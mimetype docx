--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -39,146 +39,524 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38069CE1" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70BD2C44" w14:textId="382BD2DC" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...6 lines deleted...]
-        <w:t>Kijan pou w genyen sèvis MASSTART?</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Kijan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sèvis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MASSTART?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24582650" w14:textId="2E15D8EE" w:rsidR="00D143BA" w:rsidRPr="00B155D4" w:rsidRDefault="00D143BA" w:rsidP="00D143BA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Kontakte youn nan founisè Rejyonal MASSTART yo oswa MA DPH’s Community Support Line (Liy Asistans Kominotè) pou timoun ki genyen bezwen espesyal sante nan:  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Kontakte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>youn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>founisè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Rejyonal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MA DPH’s Community Support Line (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Liy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Asistans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Kominotè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>espesyal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C29D68" w14:textId="12C20121" w:rsidR="00495F2E" w:rsidRPr="00B155D4" w:rsidRDefault="001174E9" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Community Support Line:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAE820E" w14:textId="77777777" w:rsidR="008A0E12" w:rsidRPr="00B155D4" w:rsidRDefault="00000000" w:rsidP="008A0E12">
+    <w:p w14:paraId="5DAE820E" w14:textId="77777777" w:rsidR="008A0E12" w:rsidRPr="00AE24CE" w:rsidRDefault="00000000" w:rsidP="008A0E12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="008A0E12" w:rsidRPr="00B155D4">
+        <w:r w:rsidR="008A0E12" w:rsidRPr="00AE24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="auto"/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>specialhealthneeds@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="191D9086" w14:textId="748CA7E1" w:rsidR="00F83158" w:rsidRPr="00B155D4" w:rsidRDefault="001174E9" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...4 lines deleted...]
-        <w:t>Telefòn: 1-800-882-1435</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>: 1-800-882-1435</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="536497D6" w14:textId="77777777" w:rsidR="00F83158" w:rsidRPr="00B155D4" w:rsidRDefault="00F83158" w:rsidP="00DB79EF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5521BF63" w14:textId="77777777" w:rsidR="00E53D42" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="001174E9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Pou enfòmasyon sou pwogram nan kontakte:</w:t>
+        <w:t>Pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enfòmasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pwogram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>kontakte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB82038" w14:textId="1709003D" w:rsidR="00550569" w:rsidRPr="00B155D4" w:rsidRDefault="00843CF9" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1) Stefanie Hall, P</w:t>
       </w:r>
       <w:r w:rsidR="002F603E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -186,168 +564,363 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ediatric </w:t>
       </w:r>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B8C35C" w14:textId="41F3BF4C" w:rsidR="00E4595C" w:rsidRPr="00B155D4" w:rsidRDefault="00941BC0" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0E12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kowòdonatè </w:t>
+        <w:t>Kowòdonatè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MASSTART </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509C9DEB" w14:textId="41CACFC6" w:rsidR="00550569" w:rsidRPr="00B155D4" w:rsidRDefault="00550569" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>MA DPH-Divizyon pou Timoun ak Jèn ki genyen Bezwen Sante Espesyal</w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>MA DPH-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Divizyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jèn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Espesyal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="236321EE" w14:textId="77777777" w:rsidR="00741BE1" w:rsidRPr="00AE24CE" w:rsidRDefault="00000000" w:rsidP="00550569">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="003F52CB" w:rsidRPr="00B155D4">
+        <w:r w:rsidR="003F52CB" w:rsidRPr="00AE24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="auto"/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Stefanie.A.Hall@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2D196DF8" w14:textId="77777777" w:rsidR="00741BE1" w:rsidRPr="00B155D4" w:rsidRDefault="001174E9" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...5 lines deleted...]
-        <w:t>Telefòn: 617-645-3856</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: 617-645-3856</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="439C9A03" w14:textId="77777777" w:rsidR="00550569" w:rsidRPr="00B155D4" w:rsidRDefault="00550569" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69CD338A" w14:textId="37DF735E" w:rsidR="001174E9" w:rsidRPr="00B155D4" w:rsidRDefault="00843CF9" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2) Dr. Katja Gerhardt, MPH</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003F15CB" w14:textId="77777777" w:rsidR="001174E9" w:rsidRPr="00B155D4" w:rsidRDefault="001174E9" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Direktè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Swen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Konplèks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0F33CC5D" w14:textId="2E93D6F6" w:rsidR="00550569" w:rsidRPr="00B155D4" w:rsidRDefault="00550569" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MA Dept. of Public Health </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5133C76E" w14:textId="77777777" w:rsidR="00550569" w:rsidRPr="00B155D4" w:rsidRDefault="00550569" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -390,84 +963,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>250 Washington Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C974C8" w14:textId="77777777" w:rsidR="00550569" w:rsidRPr="00B155D4" w:rsidRDefault="00550569" w:rsidP="00550569">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Boston, MA  02108</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2291FE84" w14:textId="77777777" w:rsidR="001174E9" w:rsidRPr="00B155D4" w:rsidRDefault="00000000" w:rsidP="00E53D42">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="2291FE84" w14:textId="77777777" w:rsidR="001174E9" w:rsidRPr="00AE24CE" w:rsidRDefault="00000000" w:rsidP="00E53D42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="003F52CB" w:rsidRPr="00B155D4">
+        <w:r w:rsidR="003F52CB" w:rsidRPr="00AE24CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="auto"/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>www.mass.gov/dph/specialhealthneeds</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55DDC9F8" w14:textId="77777777" w:rsidR="001174E9" w:rsidRPr="00B155D4" w:rsidRDefault="001174E9" w:rsidP="001174E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...5 lines deleted...]
-        <w:t>Telefòn: 781-223-2731</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: 781-223-2731</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389A1BE4" w14:textId="77777777" w:rsidR="00550FAC" w:rsidRPr="00B155D4" w:rsidRDefault="00550FAC" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B2CC9C8" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5045A9DD" w14:textId="237C7988" w:rsidR="00550FAC" w:rsidRPr="00B155D4" w:rsidRDefault="00550FAC" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -679,51 +1263,207 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MetroWest ak Pi Gwo Boston, Rejyon Nòdès, ak Rejyon Sidès</w:t>
+        <w:t xml:space="preserve"> MetroWest </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gwo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Boston, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rejyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nòdès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rejyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sidès</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20323F67" w14:textId="09CB18D9" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Boston Children's Hospital (BCH)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42B71F72" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:tabs>
@@ -754,683 +1494,684 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>300 Longwood Avenue, Boston, MA 02115</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19884B65" w14:textId="74D2B02D" w:rsidR="00C50200" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00F663EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Kontakte:</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>Kontakte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD8CD26" w14:textId="6D60B0DF" w:rsidR="00836295" w:rsidRPr="00FE2A83" w:rsidRDefault="00836295" w:rsidP="00FE2A83">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="360"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE2A83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heather Engholm, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B155D4">
+      <w:r w:rsidRPr="00FE2A83">
         <w:rPr>
           <w:rStyle w:val="xemailstyle18"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MPH, BSN, RN, CPN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B42DFA1" w14:textId="77777777" w:rsidR="00836295" w:rsidRPr="00B155D4" w:rsidRDefault="00000000" w:rsidP="00836295">
+    <w:p w14:paraId="5B42DFA1" w14:textId="6237CF05" w:rsidR="00836295" w:rsidRPr="002472BF" w:rsidRDefault="00000000" w:rsidP="00FE2A83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00FE2A83" w:rsidRPr="002472BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>Heather.Engholm@childrens.harvard.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003F52CB" w:rsidRPr="002472BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F89FF80" w14:textId="4EF911E5" w:rsidR="00836295" w:rsidRDefault="00836295" w:rsidP="00836295">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="2F89FF80" w14:textId="4EF911E5" w:rsidR="00836295" w:rsidRPr="00B155D4" w:rsidRDefault="00836295" w:rsidP="00836295">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: 857-218-4331</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E045133" w14:textId="77777777" w:rsidR="006C6FE7" w:rsidRDefault="006C6FE7" w:rsidP="00836295">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="5EAAA3DB" w14:textId="77777777" w:rsidR="00941FE1" w:rsidRPr="00B155D4" w:rsidRDefault="00941FE1" w:rsidP="00DB79EF">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D7C56D9" w14:textId="77777777" w:rsidR="006C6FE7" w:rsidRPr="00FE2A83" w:rsidRDefault="006C6FE7" w:rsidP="00FE2A83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1CCD05AB" w14:textId="77777777" w:rsidR="00E03563" w:rsidRPr="00B155D4" w:rsidRDefault="00E03563" w:rsidP="00E03563">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE2A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Brooklyn Ryan, BSN, RN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561CB7A5" w14:textId="15A48B96" w:rsidR="006C6FE7" w:rsidRPr="002472BF" w:rsidRDefault="00000000" w:rsidP="00FE2A83">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00FE2A83" w:rsidRPr="002472BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Brooklyn.Ryan@childrens.harvard.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006C6FE7" w:rsidRPr="002472BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BE15AD" w14:textId="77777777" w:rsidR="006C6FE7" w:rsidRPr="00941FE1" w:rsidRDefault="006C6FE7" w:rsidP="006C6FE7">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: 857-218-5800</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710BD1CB" w14:textId="77777777" w:rsidR="006C6FE7" w:rsidRPr="00E66947" w:rsidRDefault="006C6FE7" w:rsidP="00836295">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EAAA3DB" w14:textId="77777777" w:rsidR="00941FE1" w:rsidRPr="00E66947" w:rsidRDefault="00941FE1" w:rsidP="00DB79EF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DB6395D" w14:textId="0802DB91" w:rsidR="00951C4F" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00951C4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Rejyon Santral</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="005F24E7" w14:textId="77777777" w:rsidR="00E03563" w:rsidRPr="00B155D4" w:rsidRDefault="00E03563" w:rsidP="00E03563">
+        <w:t>Rejyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Santral</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00951C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> epi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00951C4F" w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rejyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00951C4F" w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00951C4F" w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lwès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00951C4F" w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9041E7" w14:textId="3D8574DF" w:rsidR="00F451BB" w:rsidRPr="00B155D4" w:rsidRDefault="00F451BB" w:rsidP="00B65BE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...63 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Kontakte:</w:t>
-[...75 lines deleted...]
-        <w:r w:rsidR="00E03563" w:rsidRPr="006073C5">
+        <w:t>Kontakte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3CF6B6" w14:textId="7CABE64F" w:rsidR="00890F96" w:rsidRPr="00B155D4" w:rsidRDefault="00890F96" w:rsidP="00FE2A83">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Elizabeth (Ford) Dolan, CPN, BSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAA932D" w14:textId="763E441F" w:rsidR="00F609D5" w:rsidRPr="002472BF" w:rsidRDefault="00000000" w:rsidP="00FE2A83">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00FE2A83" w:rsidRPr="002472BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Rachel.Matthew@umassmed.edu</w:t>
+          <w:t>Elizabeth.M.Ford@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="063F4B08" w14:textId="77777777" w:rsidR="00E03563" w:rsidRPr="00B155D4" w:rsidRDefault="00E03563" w:rsidP="00E03563">
-[...113 lines deleted...]
-        <w:ind w:firstLine="360"/>
+    <w:p w14:paraId="3895AD5A" w14:textId="6F657A73" w:rsidR="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="00890F96">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-    <w:p w14:paraId="3895AD5A" w14:textId="6F657A73" w:rsidR="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="00890F96">
+    </w:p>
+    <w:p w14:paraId="79A4D5C4" w14:textId="77777777" w:rsidR="007D5765" w:rsidRDefault="007D5765" w:rsidP="00890F96">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DBA37A5" w14:textId="51E62FCD" w:rsidR="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="007D7548">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="5E8432C7" w14:textId="77777777" w:rsidR="007D5765" w:rsidRDefault="007D5765" w:rsidP="00890F96">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DBA37A5" w14:textId="43A9A74E" w:rsidR="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="00890F96">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23B6CE34" wp14:editId="3CDF837F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23B6CE34" wp14:editId="34E8191B">
             <wp:extent cx="762000" cy="762000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Picture 8" descr="MA DPH's seal."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Picture 8" descr="MA DPH's seal."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16" r:link="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="762000" cy="762000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B21AF4" w14:textId="30C0DA4F" w:rsidR="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="00890F96">
-[...42 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4D85A1BA" w14:textId="1A9A2DA5" w:rsidR="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="00890F96">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27D5DAF3" w14:textId="111196F7" w:rsidR="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="00890F96">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41939966" w14:textId="77777777" w:rsidR="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="00F609D5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3180CD48" w14:textId="05B5716D" w:rsidR="00F609D5" w:rsidRPr="00F609D5" w:rsidRDefault="003B3C44" w:rsidP="00F609D5">
+    <w:p w14:paraId="3180CD48" w14:textId="1FC8FE31" w:rsidR="00F609D5" w:rsidRPr="00F609D5" w:rsidRDefault="003B3C44" w:rsidP="00F609D5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kreyòl Ayisyen </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E03563">
+        <w:t>Kreyòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>10/1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00114283">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>/25</w:t>
+        <w:t>Ayisyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>12/15/25</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185CABEE" w14:textId="77777777" w:rsidR="00F609D5" w:rsidRPr="00F609D5" w:rsidRDefault="00F609D5" w:rsidP="00890F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FF29214" w14:textId="204D55ED" w:rsidR="00C7264F" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
@@ -1448,122 +2189,378 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="56"/>
         </w:rPr>
         <w:t>MASSTART</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0939FB05" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Ekip Resous</w:t>
-      </w:r>
+        <w:t>Ekip</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Resous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="105F9B41" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Asistans Teknoloji Massachusetts</w:t>
+        <w:t>Asistans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Teknoloji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED3B513" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AD67709" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Yon Pwogram Sèvis Gratis pou</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Yon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Pwogram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Sèvis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gratis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="70A18C01" w14:textId="2929F4C9" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Timoun ki genyen Bezwen Swen Sante Espesyal ki Gendwa Bezwen Asistans Teknoloji Medikal nan Kad Lekòl</w:t>
-      </w:r>
+        <w:t>Timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Swen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Espesyal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Gendwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Asistans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Teknoloji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Medikal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan Kad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0084E63F" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0581B750" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C6222EC" w14:textId="7A5A4ECF" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="0017789F" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -1635,56 +2632,65 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F1B1AFA" w14:textId="77777777" w:rsidR="001C2C4F" w:rsidRPr="00E24BBE" w:rsidRDefault="001C2C4F" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DE6DB89" w14:textId="77777777" w:rsidR="00920B1D" w:rsidRPr="00E24BBE" w:rsidRDefault="00920B1D" w:rsidP="00920B1D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Esponnsò Li se</w:t>
+        <w:t>Esponnsò</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Li se</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C80F435" w14:textId="77777777" w:rsidR="00920B1D" w:rsidRPr="00B155D4" w:rsidRDefault="00920B1D" w:rsidP="00920B1D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Massachusetts Department of Public Health</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A255C22" w14:textId="77777777" w:rsidR="00920B1D" w:rsidRPr="00B155D4" w:rsidRDefault="00920B1D" w:rsidP="00920B1D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -1692,78 +2698,208 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Bureau of Family Health and Nutrition</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="364C7E1C" w14:textId="77777777" w:rsidR="00920B1D" w:rsidRPr="00E24BBE" w:rsidRDefault="00920B1D" w:rsidP="00920B1D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Divizyon pou Timoun ak Jèn ki genyen Bezwen Sante Espesyal</w:t>
-      </w:r>
+        <w:t>Divizyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Jèn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Espesyal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2F8ED862" w14:textId="00E886B0" w:rsidR="00920B1D" w:rsidRPr="00E24BBE" w:rsidRDefault="0017789F" w:rsidP="00920B1D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37115DE2" wp14:editId="5D209D2F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37115DE2" wp14:editId="2D225E50">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>17145</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2743200" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Line 9">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
@@ -1786,51 +2922,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="06F4B426" id="Line 9" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,1.35pt" to="3in,1.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDlrFStsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X5xk6z6MOD2k7S7t&#13;&#10;FqDdD2Ak2RYmiwKpxM6/r6QmWbHdhvkgSCL59N4jvbqZBicOhtiib+RiNpfCeIXa+q6RP5/v33+R&#13;&#10;giN4DQ69aeTRsLxZX71bjaE2S+zRaUMigXiux9DIPsZQVxWr3gzAMwzGp2CLNEBMR+oqTTAm9MFV&#13;&#10;y/n8UzUi6UCoDHO6vX0NynXBb1uj4o+2ZROFa2TiFstKZd3ltVqvoO4IQm/ViQb8A4sBrE+PXqBu&#13;&#10;IYLYk/0LarCKkLGNM4VDhW1rlSkakprF/A81Tz0EU7QkczhcbOL/B6u+HzZ+S5m6mvxTeED1i4XH&#13;&#10;TQ++M4XA8zGkxi2yVdUYuL6U5AOHLYnd+Ig65cA+YnFhamnIkEmfmIrZx4vZZopCpcvl548fUgel&#13;&#10;UOdYBfW5MBDHbwYHkTeNdNZnH6CGwwPHTATqc0q+9nhvnSu9dF6Mjfx6vbwuBYzO6hzMaUzdbuNI&#13;&#10;HCBPQ/mKqhR5m0a497qA9Qb03WkfwbrXfXrc+ZMZWX8eNq53qI9bOpuU2lVYnkYrz8Pbc6n+/QOs&#13;&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALfo0EPdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#13;&#10;wzAQRO9I/QdrK3GpqEOKAKVxqoqSGxcKiOs2XpKo8TqN3Tbw9Sxc4LLS02hmZ/LV6Dp1oiG0ng1c&#13;&#10;zxNQxJW3LdcGXl/Kq3tQISJb7DyTgU8KsComFzlm1p/5mU7bWCsJ4ZChgSbGPtM6VA05DHPfE4v2&#13;&#10;4QeHUXCotR3wLOGu02mS3GqHLcuHBnt6aKjab4/OQCjf6FB+zapZ8r6oPaWHzdMjGnM5HTdLOesl&#13;&#10;qEhj/HPAzwbpD4UU2/kj26A6A7ImGkjvQIl4s0iFd7+si1z/X1B8AwAA//8DAFBLAQItABQABgAI&#13;&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#13;&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#13;&#10;Ai0AFAAGAAgAAAAhAOWsVK2wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#13;&#10;UEsBAi0AFAAGAAgAAAAhALfo0EPdAAAACQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2&#13;&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#13;&#10;"/>
+              <v:line w14:anchorId="76DCC6EF" id="Line 9" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,1.35pt" to="3in,1.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDlrFStsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X5xk6z6MOD2k7S7t&#13;&#10;FqDdD2Ak2RYmiwKpxM6/r6QmWbHdhvkgSCL59N4jvbqZBicOhtiib+RiNpfCeIXa+q6RP5/v33+R&#13;&#10;giN4DQ69aeTRsLxZX71bjaE2S+zRaUMigXiux9DIPsZQVxWr3gzAMwzGp2CLNEBMR+oqTTAm9MFV&#13;&#10;y/n8UzUi6UCoDHO6vX0NynXBb1uj4o+2ZROFa2TiFstKZd3ltVqvoO4IQm/ViQb8A4sBrE+PXqBu&#13;&#10;IYLYk/0LarCKkLGNM4VDhW1rlSkakprF/A81Tz0EU7QkczhcbOL/B6u+HzZ+S5m6mvxTeED1i4XH&#13;&#10;TQ++M4XA8zGkxi2yVdUYuL6U5AOHLYnd+Ig65cA+YnFhamnIkEmfmIrZx4vZZopCpcvl548fUgel&#13;&#10;UOdYBfW5MBDHbwYHkTeNdNZnH6CGwwPHTATqc0q+9nhvnSu9dF6Mjfx6vbwuBYzO6hzMaUzdbuNI&#13;&#10;HCBPQ/mKqhR5m0a497qA9Qb03WkfwbrXfXrc+ZMZWX8eNq53qI9bOpuU2lVYnkYrz8Pbc6n+/QOs&#13;&#10;XwAAAP//AwBQSwMEFAAGAAgAAAAhALfo0EPdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#13;&#10;wzAQRO9I/QdrK3GpqEOKAKVxqoqSGxcKiOs2XpKo8TqN3Tbw9Sxc4LLS02hmZ/LV6Dp1oiG0ng1c&#13;&#10;zxNQxJW3LdcGXl/Kq3tQISJb7DyTgU8KsComFzlm1p/5mU7bWCsJ4ZChgSbGPtM6VA05DHPfE4v2&#13;&#10;4QeHUXCotR3wLOGu02mS3GqHLcuHBnt6aKjab4/OQCjf6FB+zapZ8r6oPaWHzdMjGnM5HTdLOesl&#13;&#10;qEhj/HPAzwbpD4UU2/kj26A6A7ImGkjvQIl4s0iFd7+si1z/X1B8AwAA//8DAFBLAQItABQABgAI&#13;&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#13;&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#13;&#10;Ai0AFAAGAAgAAAAhAOWsVK2wAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#13;&#10;UEsBAi0AFAAGAAgAAAAhALfo0EPdAAAACQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2&#13;&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#13;&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="160FE3C6" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AA1D0EF" w14:textId="77777777" w:rsidR="00F83158" w:rsidRPr="00E24BBE" w:rsidRDefault="00F83158" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CD94EE5" w14:textId="77777777" w:rsidR="006F425D" w:rsidRDefault="006F425D" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
@@ -1891,280 +3027,1821 @@
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5593847F" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="174ECF76" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>MASSTART se yon sèvis GRATIS Depatman Sante Piblik Massachusetts sipòte</w:t>
-      </w:r>
+        <w:t xml:space="preserve">MASSTART se yon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sèvis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GRATIS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Depatman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Piblik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massachusetts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sipòte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="457994BE" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="644C23AC" w14:textId="09B07740" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">san danje </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:t>Founisè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fanmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>planifye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sekirite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>espesyal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sitou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>asistans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>teknoloji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>medikal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, yon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fason</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ale </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C357C3" w:rsidRPr="007D5765">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>san</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C357C3" w:rsidRPr="007D5765">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C357C3" w:rsidRPr="007D5765">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>danje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C357C3" w:rsidRPr="007D5765">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nan Massachusetts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="580177D7" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B5F64B2" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:t>Founisè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>anpil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>eksperyans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ofri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sèvis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>adolesan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>latriye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>kondisyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>konplèks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>teknoloji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="25A6E897" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F35C03A" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C1C1C9B" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...6 lines deleted...]
-        <w:t>Kiyès ki kapab itilize sèvis MASSTART?</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Kiyès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>kapab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>itilize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sèvis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MASSTART?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D822E3C" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0634C264" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00F83158">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Fanmi ki genyen timoun ak pwoblèm sante konplèks ak/oswa ki genyen asistans teknoloji medikal (egz. yon timoun gendwa sèvi ak tib alimantè, trakeyostomi, vantilatè, oksijèn, liy entravenez) oswa genyen maladi kwonik.</w:t>
+        <w:t xml:space="preserve">Fanmi ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pwoblèm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>konplèks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>asistans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>teknoloji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>medikal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>egz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. yon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>gendwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sèvi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tib </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>alimantè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>trakeyostomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>vantilatè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>oksijèn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>liy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>entravenez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>oswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>maladi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>kwonik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31121CEB" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00F83158">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Founisè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEC2BC1" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00F83158">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Pèsonèl lekòl la </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Pèsonèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6557506C" w14:textId="0D83325F" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00F83158">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Founisè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Entèvansyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bonè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B519BF" w14:textId="77777777" w:rsidR="009E1902" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00F83158">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Ajans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>kominotè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7BA99E68" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="352EFCCF" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66A562F2" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -2267,255 +4944,1622 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CAFDC91" w14:textId="77777777" w:rsidR="00B155D4" w:rsidRDefault="00B155D4" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="197EE147" w14:textId="3967C2FB" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...6 lines deleted...]
-        <w:t>Kisa MASSTART fè?</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Kisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33951E29" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB2DBAA" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...13 lines deleted...]
-        <w:t>MASSTART yo travay an kolaborasyon ak fanmi ansanm ak pèsonèl lekòl yo pou:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Founisè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>travay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>kolaborasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fanmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ansanm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pèsonèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA2019E" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7424E3C9" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
+    <w:p w14:paraId="7424E3C9" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00E66947" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="28294E6D" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ekip</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>konprann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sante </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>espesyal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>nan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="46438A9C" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00E66947" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28294E6D" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00E66947" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="00A2234A" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Travay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>fanmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>nan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>objektif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>rezoud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>pwoblèm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> k </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>fè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>enpak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>sou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sante </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>nan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>pandan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>jounen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B27793" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00E66947" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00A2234A" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00E66947" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Fòme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>pèsonèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>reponn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sante </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>sou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>endividyèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E66947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67307C09" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00E66947" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A136147" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Bay asistans nan devlòpman plan swen sante ak plan ijans pou lekòl timoun endividyèl la.</w:t>
+        <w:t xml:space="preserve">Bay </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>asistans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>devlòpman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ijans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>endividyèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6487B755" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45913037" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...4 lines deleted...]
-        <w:t>Ofri pwogram edikasyon sou timoun ki genyen bezwen swen sante espesyal nan lekòl.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Ofri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pwogram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>edikasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>genyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>espesyal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF37CE1" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="310AA7D8" w14:textId="77777777" w:rsidR="001B39C6" w:rsidRPr="00B155D4" w:rsidRDefault="001B39C6" w:rsidP="00DC0AD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...4 lines deleted...]
-        <w:t>Ofri enfòmasyon, referans, ak      resous kominotè.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Ofri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>enfòmasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>referans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>resous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>kominotè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D5D6B9" w14:textId="77777777" w:rsidR="00332182" w:rsidRPr="00B155D4" w:rsidRDefault="00332182" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="269B351A" w14:textId="77777777" w:rsidR="00332182" w:rsidRPr="00B155D4" w:rsidRDefault="00332182" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B50DB46" w14:textId="77777777" w:rsidR="00332182" w:rsidRPr="00B155D4" w:rsidRDefault="00332182" w:rsidP="001B39C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -2540,174 +6584,1085 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="611BFF1D" w14:textId="77777777" w:rsidR="00B65BE0" w:rsidRPr="00B155D4" w:rsidRDefault="00B65BE0" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A16D813" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B155D4">
-[...6 lines deleted...]
-        <w:t>Kòmantè fanmi ak pèsonèl lekòl ki te sèvi ak sèvis MASSTART yo:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Kòmantè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fanmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pèsonèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lekòl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sèvi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sèvis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="296C10E5" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31D0D950" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>"MASSTART reponn imedyatman lè ou rele l."</w:t>
+        <w:t xml:space="preserve">"MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>reponn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>imedyatman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>rele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342DADC7" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57706B5B" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>"MASSTART vrèman ede tout moun rete fokis pandan n ap kontinye travay sou chak pwoblèm."</w:t>
+        <w:t xml:space="preserve">"MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>vrèman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tout </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>moun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rete </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fokis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pandan n ap </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>kontinye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>travay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>chak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pwoblèm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ED36784" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F36E42E" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>"MASSTART pran tout dispozisyon posib pou asire pitit mwen an jwen sante ak plan swen ijans li bezwen."</w:t>
+        <w:t xml:space="preserve">"MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tout </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>dispozisyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>posib</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>asire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pitit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>jwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ijans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> li </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57DC9F83" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45E04685" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>"MASSTART te ban mwen yon lòt moun konpetan pou devlope lide mwen yo."</w:t>
+        <w:t xml:space="preserve">"MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ban </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lòt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>moun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>konpetan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>devlope</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>lide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>mwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>yo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FE45AA" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00C37370" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00B155D4" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B155D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>"MASSTART devwe tèt li nan fè pledwaye pou bezwen swen sante timoun."</w:t>
+        <w:t xml:space="preserve">"MASSTART </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>devwe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>tèt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> li nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pledwaye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bezwen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>swen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>timoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B155D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="653039A5" w14:textId="77777777" w:rsidR="00DB79EF" w:rsidRPr="00E24BBE" w:rsidRDefault="00DB79EF" w:rsidP="00DB79EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0620645C" w14:textId="36B86533" w:rsidR="00673206" w:rsidRPr="00952187" w:rsidRDefault="0017789F" w:rsidP="00E53D42">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:drawing>
@@ -2752,155 +7707,155 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00673206" w:rsidRPr="00952187" w:rsidSect="006F425D">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="245" w:right="432" w:bottom="245" w:left="432" w:header="288" w:footer="432" w:gutter="0"/>
       <w:cols w:num="3" w:space="864"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0192BF0C" w14:textId="77777777" w:rsidR="00316098" w:rsidRDefault="00316098" w:rsidP="000F30E7">
+    <w:p w14:paraId="16D2BAA5" w14:textId="77777777" w:rsidR="00195545" w:rsidRDefault="00195545" w:rsidP="000F30E7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BCAE5CD" w14:textId="77777777" w:rsidR="00316098" w:rsidRDefault="00316098" w:rsidP="000F30E7">
+    <w:p w14:paraId="4F160A97" w14:textId="77777777" w:rsidR="00195545" w:rsidRDefault="00195545" w:rsidP="000F30E7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="74DEA072" w14:textId="77777777" w:rsidR="00316098" w:rsidRDefault="00316098"/>
+    <w:p w14:paraId="0CE84095" w14:textId="77777777" w:rsidR="00195545" w:rsidRDefault="00195545"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="707A081B" w14:textId="77777777" w:rsidR="00316098" w:rsidRDefault="00316098" w:rsidP="000F30E7">
+    <w:p w14:paraId="002F0523" w14:textId="77777777" w:rsidR="00195545" w:rsidRDefault="00195545" w:rsidP="000F30E7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="551E4719" w14:textId="77777777" w:rsidR="00316098" w:rsidRDefault="00316098" w:rsidP="000F30E7">
+    <w:p w14:paraId="316E9CFC" w14:textId="77777777" w:rsidR="00195545" w:rsidRDefault="00195545" w:rsidP="000F30E7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="10BB721B" w14:textId="77777777" w:rsidR="00316098" w:rsidRDefault="00316098"/>
+    <w:p w14:paraId="59BAB033" w14:textId="77777777" w:rsidR="00195545" w:rsidRDefault="00195545"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02582ACE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="403A534A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -3620,52 +8575,53 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1425106399">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1931771036">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="868765836">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1401560301">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1623730088">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="203103446">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="102"/>
+  <w:zoom w:percent="136"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -3681,380 +8637,382 @@
     <w:rsid w:val="00015494"/>
     <w:rsid w:val="000154A1"/>
     <w:rsid w:val="000159D2"/>
     <w:rsid w:val="000262E5"/>
     <w:rsid w:val="00026971"/>
     <w:rsid w:val="00033E19"/>
     <w:rsid w:val="0003562C"/>
     <w:rsid w:val="00035790"/>
     <w:rsid w:val="000647D2"/>
     <w:rsid w:val="0006738E"/>
     <w:rsid w:val="0007068B"/>
     <w:rsid w:val="00075B0F"/>
     <w:rsid w:val="000834AE"/>
     <w:rsid w:val="00083ADC"/>
     <w:rsid w:val="00084CA4"/>
     <w:rsid w:val="000912C2"/>
     <w:rsid w:val="000A05E5"/>
     <w:rsid w:val="000C0389"/>
     <w:rsid w:val="000E0F49"/>
     <w:rsid w:val="000E3A39"/>
     <w:rsid w:val="000F30E7"/>
     <w:rsid w:val="000F49AB"/>
     <w:rsid w:val="001013B1"/>
     <w:rsid w:val="00101A88"/>
     <w:rsid w:val="00112C22"/>
-    <w:rsid w:val="00114283"/>
     <w:rsid w:val="001174E9"/>
     <w:rsid w:val="00127B44"/>
     <w:rsid w:val="00130C7D"/>
     <w:rsid w:val="001310CD"/>
     <w:rsid w:val="00134292"/>
     <w:rsid w:val="001377ED"/>
     <w:rsid w:val="00152561"/>
     <w:rsid w:val="00153161"/>
     <w:rsid w:val="001725D1"/>
     <w:rsid w:val="00173B8F"/>
     <w:rsid w:val="0017789F"/>
     <w:rsid w:val="00181562"/>
     <w:rsid w:val="00184590"/>
     <w:rsid w:val="00184982"/>
     <w:rsid w:val="00194D7F"/>
+    <w:rsid w:val="00195545"/>
     <w:rsid w:val="001B39C6"/>
     <w:rsid w:val="001B6EAC"/>
     <w:rsid w:val="001C055D"/>
     <w:rsid w:val="001C2C4F"/>
     <w:rsid w:val="001C5575"/>
     <w:rsid w:val="001C6D9E"/>
     <w:rsid w:val="001D10AE"/>
     <w:rsid w:val="001E5FF0"/>
     <w:rsid w:val="00204F74"/>
     <w:rsid w:val="00206461"/>
     <w:rsid w:val="0022104D"/>
     <w:rsid w:val="00222110"/>
     <w:rsid w:val="002315DD"/>
     <w:rsid w:val="00232F05"/>
     <w:rsid w:val="00234E5A"/>
-    <w:rsid w:val="002360F4"/>
-    <w:rsid w:val="00241259"/>
+    <w:rsid w:val="002472BF"/>
     <w:rsid w:val="00254FFE"/>
     <w:rsid w:val="002650AB"/>
     <w:rsid w:val="00273DF7"/>
     <w:rsid w:val="0028315C"/>
     <w:rsid w:val="002A32C1"/>
     <w:rsid w:val="002A750C"/>
     <w:rsid w:val="002C4FF3"/>
     <w:rsid w:val="002D65B7"/>
     <w:rsid w:val="002F519E"/>
     <w:rsid w:val="002F603E"/>
     <w:rsid w:val="002F6F3B"/>
     <w:rsid w:val="00315417"/>
-    <w:rsid w:val="00316098"/>
     <w:rsid w:val="00323AFB"/>
     <w:rsid w:val="00323D36"/>
     <w:rsid w:val="003260AF"/>
     <w:rsid w:val="00327A7A"/>
     <w:rsid w:val="00332182"/>
     <w:rsid w:val="00343986"/>
     <w:rsid w:val="0036545C"/>
     <w:rsid w:val="0037582E"/>
     <w:rsid w:val="00390DD7"/>
     <w:rsid w:val="00392DBA"/>
     <w:rsid w:val="003A0F9E"/>
     <w:rsid w:val="003A3E0D"/>
+    <w:rsid w:val="003B1457"/>
     <w:rsid w:val="003B3C44"/>
     <w:rsid w:val="003B5114"/>
     <w:rsid w:val="003C2E47"/>
     <w:rsid w:val="003C792A"/>
     <w:rsid w:val="003D070C"/>
     <w:rsid w:val="003D1B93"/>
     <w:rsid w:val="003E0829"/>
     <w:rsid w:val="003F52CB"/>
     <w:rsid w:val="00414502"/>
     <w:rsid w:val="0042405D"/>
     <w:rsid w:val="00430DB3"/>
     <w:rsid w:val="004352C1"/>
     <w:rsid w:val="00444D71"/>
     <w:rsid w:val="0044657C"/>
-    <w:rsid w:val="00446C13"/>
     <w:rsid w:val="00450C14"/>
     <w:rsid w:val="00455F3B"/>
     <w:rsid w:val="00464753"/>
     <w:rsid w:val="0046517D"/>
     <w:rsid w:val="004867BD"/>
     <w:rsid w:val="00491F4F"/>
     <w:rsid w:val="00495F2E"/>
     <w:rsid w:val="004A0294"/>
     <w:rsid w:val="004D1C07"/>
     <w:rsid w:val="004D3D1E"/>
     <w:rsid w:val="004D77D1"/>
     <w:rsid w:val="004D7BE9"/>
     <w:rsid w:val="004E305C"/>
-    <w:rsid w:val="004E3F1A"/>
     <w:rsid w:val="004F3687"/>
     <w:rsid w:val="004F3A56"/>
     <w:rsid w:val="00502862"/>
     <w:rsid w:val="005045AD"/>
     <w:rsid w:val="00510506"/>
     <w:rsid w:val="005128D1"/>
     <w:rsid w:val="00516B89"/>
     <w:rsid w:val="0052348F"/>
     <w:rsid w:val="0053654C"/>
     <w:rsid w:val="00542AAE"/>
     <w:rsid w:val="0054504C"/>
     <w:rsid w:val="00550569"/>
     <w:rsid w:val="00550FAC"/>
     <w:rsid w:val="00555992"/>
     <w:rsid w:val="005570BF"/>
     <w:rsid w:val="005651F7"/>
     <w:rsid w:val="00567BFC"/>
     <w:rsid w:val="0057356A"/>
     <w:rsid w:val="005777FB"/>
     <w:rsid w:val="00591787"/>
     <w:rsid w:val="00593EF2"/>
     <w:rsid w:val="005A172B"/>
     <w:rsid w:val="005E5425"/>
     <w:rsid w:val="006078A3"/>
     <w:rsid w:val="006225F1"/>
     <w:rsid w:val="00624C09"/>
     <w:rsid w:val="0063539E"/>
     <w:rsid w:val="0063594A"/>
     <w:rsid w:val="00654FF6"/>
     <w:rsid w:val="00656AD8"/>
     <w:rsid w:val="00657D8D"/>
     <w:rsid w:val="006647BA"/>
     <w:rsid w:val="00672740"/>
     <w:rsid w:val="00673206"/>
     <w:rsid w:val="006834D4"/>
     <w:rsid w:val="00691926"/>
     <w:rsid w:val="0069343E"/>
     <w:rsid w:val="00694203"/>
     <w:rsid w:val="00694C0E"/>
     <w:rsid w:val="006972CA"/>
     <w:rsid w:val="006B670D"/>
     <w:rsid w:val="006C5941"/>
     <w:rsid w:val="006C65E2"/>
+    <w:rsid w:val="006C6FE7"/>
     <w:rsid w:val="006E4E01"/>
     <w:rsid w:val="006F044F"/>
     <w:rsid w:val="006F425D"/>
     <w:rsid w:val="007220DD"/>
     <w:rsid w:val="00722EF4"/>
     <w:rsid w:val="007314C9"/>
     <w:rsid w:val="00733AFD"/>
     <w:rsid w:val="00735132"/>
     <w:rsid w:val="007410BD"/>
     <w:rsid w:val="00741BE1"/>
     <w:rsid w:val="007476FC"/>
     <w:rsid w:val="00773E59"/>
     <w:rsid w:val="0077430D"/>
     <w:rsid w:val="00776045"/>
     <w:rsid w:val="00777ACC"/>
     <w:rsid w:val="00777DBC"/>
     <w:rsid w:val="007961FF"/>
     <w:rsid w:val="007B0EEE"/>
     <w:rsid w:val="007B18F5"/>
     <w:rsid w:val="007B6C69"/>
     <w:rsid w:val="007C4E50"/>
     <w:rsid w:val="007C6834"/>
     <w:rsid w:val="007D4B58"/>
-    <w:rsid w:val="007D7548"/>
+    <w:rsid w:val="007D5765"/>
     <w:rsid w:val="007E50E0"/>
     <w:rsid w:val="007F38D1"/>
     <w:rsid w:val="007F3AEF"/>
     <w:rsid w:val="007F5DC6"/>
     <w:rsid w:val="008047BB"/>
     <w:rsid w:val="008135D2"/>
     <w:rsid w:val="00814592"/>
+    <w:rsid w:val="0081747D"/>
     <w:rsid w:val="00820CA9"/>
     <w:rsid w:val="00831C2C"/>
     <w:rsid w:val="00835BFA"/>
     <w:rsid w:val="00836295"/>
     <w:rsid w:val="00843CF9"/>
     <w:rsid w:val="00885A3A"/>
     <w:rsid w:val="00890F96"/>
     <w:rsid w:val="00894EBB"/>
     <w:rsid w:val="008A0E12"/>
     <w:rsid w:val="008A3857"/>
     <w:rsid w:val="008C69F4"/>
     <w:rsid w:val="0090014C"/>
     <w:rsid w:val="009104E9"/>
     <w:rsid w:val="00914CF8"/>
     <w:rsid w:val="00920B1D"/>
     <w:rsid w:val="00923F94"/>
     <w:rsid w:val="00925EC3"/>
+    <w:rsid w:val="00931B58"/>
     <w:rsid w:val="00941BC0"/>
     <w:rsid w:val="00941FE1"/>
     <w:rsid w:val="00944204"/>
     <w:rsid w:val="00951C4F"/>
     <w:rsid w:val="00952187"/>
     <w:rsid w:val="009536E6"/>
     <w:rsid w:val="00954B3A"/>
     <w:rsid w:val="00997245"/>
     <w:rsid w:val="009B0063"/>
     <w:rsid w:val="009B2A9F"/>
     <w:rsid w:val="009C085E"/>
     <w:rsid w:val="009C35A6"/>
     <w:rsid w:val="009D3BD6"/>
     <w:rsid w:val="009D63F4"/>
     <w:rsid w:val="009D6CAD"/>
     <w:rsid w:val="009E1902"/>
     <w:rsid w:val="009E54E7"/>
     <w:rsid w:val="00A024E7"/>
     <w:rsid w:val="00A43D2F"/>
-    <w:rsid w:val="00A55333"/>
     <w:rsid w:val="00A55681"/>
     <w:rsid w:val="00A61122"/>
     <w:rsid w:val="00A80FF6"/>
     <w:rsid w:val="00A90026"/>
+    <w:rsid w:val="00A90B8B"/>
     <w:rsid w:val="00AA1E8D"/>
     <w:rsid w:val="00AA1ED9"/>
     <w:rsid w:val="00AC3B8A"/>
     <w:rsid w:val="00AC3E3A"/>
     <w:rsid w:val="00AC5D03"/>
     <w:rsid w:val="00AD10C6"/>
     <w:rsid w:val="00AD46F6"/>
+    <w:rsid w:val="00AE24CE"/>
     <w:rsid w:val="00AE5403"/>
     <w:rsid w:val="00B05F54"/>
     <w:rsid w:val="00B155D4"/>
     <w:rsid w:val="00B171A9"/>
     <w:rsid w:val="00B250E3"/>
     <w:rsid w:val="00B446B2"/>
     <w:rsid w:val="00B50BFF"/>
     <w:rsid w:val="00B55C1A"/>
     <w:rsid w:val="00B62793"/>
     <w:rsid w:val="00B65BE0"/>
     <w:rsid w:val="00B66BEC"/>
     <w:rsid w:val="00B67C12"/>
     <w:rsid w:val="00B709A4"/>
     <w:rsid w:val="00B724D9"/>
     <w:rsid w:val="00B77058"/>
     <w:rsid w:val="00B77477"/>
     <w:rsid w:val="00B83718"/>
     <w:rsid w:val="00BB5F3C"/>
     <w:rsid w:val="00BC6514"/>
     <w:rsid w:val="00BD5827"/>
     <w:rsid w:val="00BF5FD4"/>
     <w:rsid w:val="00C048EC"/>
     <w:rsid w:val="00C070B8"/>
     <w:rsid w:val="00C1034C"/>
     <w:rsid w:val="00C10782"/>
     <w:rsid w:val="00C13ACC"/>
     <w:rsid w:val="00C31C70"/>
     <w:rsid w:val="00C33239"/>
     <w:rsid w:val="00C357C3"/>
     <w:rsid w:val="00C4184C"/>
     <w:rsid w:val="00C50200"/>
     <w:rsid w:val="00C64B94"/>
     <w:rsid w:val="00C7264F"/>
+    <w:rsid w:val="00C82343"/>
     <w:rsid w:val="00C83F2E"/>
     <w:rsid w:val="00C91B31"/>
     <w:rsid w:val="00C91BB3"/>
     <w:rsid w:val="00C9266F"/>
     <w:rsid w:val="00CD6790"/>
     <w:rsid w:val="00CE0E32"/>
     <w:rsid w:val="00CE1A78"/>
     <w:rsid w:val="00CE398D"/>
     <w:rsid w:val="00CE481A"/>
     <w:rsid w:val="00CF5FE2"/>
     <w:rsid w:val="00D0055E"/>
     <w:rsid w:val="00D143BA"/>
     <w:rsid w:val="00D21525"/>
     <w:rsid w:val="00D54C91"/>
     <w:rsid w:val="00D54FF9"/>
     <w:rsid w:val="00D641DD"/>
     <w:rsid w:val="00D7089F"/>
     <w:rsid w:val="00D7250E"/>
     <w:rsid w:val="00D802C1"/>
     <w:rsid w:val="00D9012A"/>
     <w:rsid w:val="00D90EDA"/>
     <w:rsid w:val="00DA0140"/>
     <w:rsid w:val="00DA2941"/>
     <w:rsid w:val="00DA38D4"/>
     <w:rsid w:val="00DA56CD"/>
     <w:rsid w:val="00DA67F5"/>
     <w:rsid w:val="00DB0F90"/>
     <w:rsid w:val="00DB6B86"/>
     <w:rsid w:val="00DB79EF"/>
     <w:rsid w:val="00DC0AD5"/>
     <w:rsid w:val="00DC384D"/>
     <w:rsid w:val="00DD18BA"/>
     <w:rsid w:val="00DD3EDD"/>
     <w:rsid w:val="00DE14E0"/>
     <w:rsid w:val="00DF06FF"/>
     <w:rsid w:val="00DF4C5D"/>
     <w:rsid w:val="00E0043B"/>
-    <w:rsid w:val="00E03563"/>
     <w:rsid w:val="00E075A7"/>
     <w:rsid w:val="00E15C92"/>
     <w:rsid w:val="00E24BBE"/>
     <w:rsid w:val="00E3584F"/>
     <w:rsid w:val="00E40984"/>
     <w:rsid w:val="00E43561"/>
     <w:rsid w:val="00E44B21"/>
     <w:rsid w:val="00E4595C"/>
     <w:rsid w:val="00E53D42"/>
     <w:rsid w:val="00E54595"/>
     <w:rsid w:val="00E62A51"/>
     <w:rsid w:val="00E654BC"/>
+    <w:rsid w:val="00E66947"/>
     <w:rsid w:val="00E66C46"/>
     <w:rsid w:val="00E826AC"/>
     <w:rsid w:val="00E95FA0"/>
     <w:rsid w:val="00EB0298"/>
     <w:rsid w:val="00EB55A0"/>
     <w:rsid w:val="00EC1EAE"/>
     <w:rsid w:val="00ED635D"/>
     <w:rsid w:val="00EE7F84"/>
     <w:rsid w:val="00EF61D7"/>
     <w:rsid w:val="00EF7D6E"/>
     <w:rsid w:val="00F004AB"/>
     <w:rsid w:val="00F01784"/>
     <w:rsid w:val="00F01C21"/>
     <w:rsid w:val="00F14DCE"/>
     <w:rsid w:val="00F338FC"/>
     <w:rsid w:val="00F37B56"/>
     <w:rsid w:val="00F451BB"/>
     <w:rsid w:val="00F56B85"/>
     <w:rsid w:val="00F570B5"/>
     <w:rsid w:val="00F609D5"/>
     <w:rsid w:val="00F65BD7"/>
     <w:rsid w:val="00F663EE"/>
     <w:rsid w:val="00F67FA5"/>
     <w:rsid w:val="00F72FB3"/>
     <w:rsid w:val="00F74495"/>
     <w:rsid w:val="00F76EE4"/>
     <w:rsid w:val="00F80B30"/>
     <w:rsid w:val="00F83158"/>
     <w:rsid w:val="00F90894"/>
     <w:rsid w:val="00F96B47"/>
     <w:rsid w:val="00FC2054"/>
-    <w:rsid w:val="00FC3636"/>
     <w:rsid w:val="00FC5C98"/>
     <w:rsid w:val="00FC7B11"/>
     <w:rsid w:val="00FD0729"/>
     <w:rsid w:val="00FD3F50"/>
     <w:rsid w:val="00FD455F"/>
     <w:rsid w:val="00FE1308"/>
+    <w:rsid w:val="00FE2A83"/>
     <w:rsid w:val="00FF55EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -4711,51 +9669,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1564170741">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Engholm@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/specialhealthneeds" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://healthnet.dph.state.ma.us/dphinfo/health_communication/logo/dph_logo_blue.jpg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Katja.Gerhardt@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.M.Dolan@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:specialhealthneeds@state.ma.us" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rachel.Matthew@umassmed.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Engholm@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/specialhealthneeds" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://healthnet.dph.state.ma.us/dphinfo/health_communication/logo/dph_logo_blue.jpg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Katja.Gerhardt@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.M.Ford@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:specialhealthneeds@state.ma.us" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Brooklyn.Ryan@childrens.harvard.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5041,50 +9999,59 @@
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="fb1e1941-e971-4fcd-9647-5c92aa44abc0">
       <UserInfo>
         <DisplayName>Gerhardt, Katja (DPH)</DisplayName>
         <AccountId>10</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Roos, Nicole (DPH)</DisplayName>
         <AccountId>29</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010041FCC5F2C8880F45B59EA6BBBA4E1A66" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="797b5c1f878e8263e0bf380844ea4f93">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c5e887a9-3264-4a11-98fe-00f96354db3e" xmlns:ns3="fb1e1941-e971-4fcd-9647-5c92aa44abc0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4e7bd5529e6deb901b23a48d810b78d" ns2:_="" ns3:_="">
     <xsd:import namespace="c5e887a9-3264-4a11-98fe-00f96354db3e"/>
     <xsd:import namespace="fb1e1941-e971-4fcd-9647-5c92aa44abc0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c5e887a9-3264-4a11-98fe-00f96354db3e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -5217,126 +10184,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E6F6C21-8537-4ED4-AB19-49EE84CB7229}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="fb1e1941-e971-4fcd-9647-5c92aa44abc0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FD7E120-0926-4EFD-BBA5-CC4C6D2088AB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0873B78C-0275-43CE-AB23-B7AED8C63111}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c5e887a9-3264-4a11-98fe-00f96354db3e"/>
     <ds:schemaRef ds:uri="fb1e1941-e971-4fcd-9647-5c92aa44abc0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>578</Words>
-  <Characters>3297</Characters>
+  <Words>564</Words>
+  <Characters>3218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3868</CharactersWithSpaces>
+  <CharactersWithSpaces>3775</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>3670046</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Elizabeth.M.Ford@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>524414</vt:i4>
       </vt:variant>
       <vt:variant>