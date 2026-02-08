--- v0 (2025-11-28)
+++ v1 (2026-02-08)
@@ -328,76 +328,50 @@
     </w:p>
     <w:p w14:paraId="0E92B90C" w14:textId="77777777" w:rsidR="00E707B4" w:rsidRPr="00ED0E60" w:rsidRDefault="00E707B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DD1BD61" w14:textId="77777777" w:rsidR="0087168D" w:rsidRPr="00064962" w:rsidRDefault="0087168D" w:rsidP="00E707B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="625AF8AB" w14:textId="77777777" w:rsidR="005D24E0" w:rsidRPr="00064962" w:rsidRDefault="005D24E0" w:rsidP="00E707B4">
-      <w:pPr>
-[...24 lines deleted...]
-    <w:p w14:paraId="1CEAAAE6" w14:textId="77777777" w:rsidR="005D24E0" w:rsidRPr="00064962" w:rsidRDefault="005D24E0" w:rsidP="00E707B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71AAF379" w14:textId="77777777" w:rsidR="00E707B4" w:rsidRPr="00064962" w:rsidRDefault="00E707B4" w:rsidP="00E707B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064962">
@@ -1248,69 +1222,67 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004A3D59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>saúde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004A3D59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183CFE20" w14:textId="32728F6B" w:rsidR="00631A44" w:rsidRPr="00951746" w:rsidRDefault="00951746" w:rsidP="00631A44">
+    <w:p w14:paraId="183CFE20" w14:textId="32728F6B" w:rsidR="00631A44" w:rsidRPr="00683256" w:rsidRDefault="00951746" w:rsidP="00631A44">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00951746">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00683256">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>CSL:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0318CA18" w14:textId="77777777" w:rsidR="00C26831" w:rsidRPr="00E95650" w:rsidRDefault="00000000" w:rsidP="00C26831">
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00C26831" w:rsidRPr="00E95650">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>specialhealthneeds@ma</w:t>
         </w:r>
         <w:r w:rsidR="00C26831">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>ss.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="76EDDD13" w14:textId="1E366FF3" w:rsidR="00631A44" w:rsidRPr="00E95650" w:rsidRDefault="00631A44" w:rsidP="00631A44">
@@ -1698,156 +1670,136 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>250 Washington Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744EF8A0" w14:textId="77777777" w:rsidR="00631A44" w:rsidRPr="00B65BE0" w:rsidRDefault="00631A44" w:rsidP="00631A44">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B65BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Boston, MA  02108</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177E6326" w14:textId="5491CB26" w:rsidR="00631A44" w:rsidRDefault="00000000" w:rsidP="00631A44">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+    <w:p w14:paraId="177E6326" w14:textId="5491CB26" w:rsidR="00631A44" w:rsidRPr="00683256" w:rsidRDefault="00000000" w:rsidP="00631A44">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00631A44" w:rsidRPr="00ED0E60">
+        <w:r w:rsidR="00631A44" w:rsidRPr="00683256">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
-            <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>www.mass.gov/dph/specialhealthneeds</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00631A44" w:rsidRPr="00ED0E60">
-[...3 lines deleted...]
-          <w:lang w:val="es-ES"/>
+      <w:r w:rsidR="00631A44" w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5FD32D" w14:textId="77777777" w:rsidR="00951746" w:rsidRPr="00ED0E60" w:rsidRDefault="00951746" w:rsidP="00951746">
-[...29 lines deleted...]
-    <w:p w14:paraId="782B476B" w14:textId="77777777" w:rsidR="00951746" w:rsidRPr="00ED0E60" w:rsidRDefault="00951746" w:rsidP="00631A44">
+    <w:p w14:paraId="2F5FD32D" w14:textId="77777777" w:rsidR="00951746" w:rsidRPr="00683256" w:rsidRDefault="00951746" w:rsidP="00951746">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Phone: 781-223-2731</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782B476B" w14:textId="77777777" w:rsidR="00951746" w:rsidRPr="00683256" w:rsidRDefault="00951746" w:rsidP="00631A44">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="66AE7A06" w14:textId="77777777" w:rsidR="00631A44" w:rsidRPr="00ED0E60" w:rsidRDefault="00631A44" w:rsidP="00631A44">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66AE7A06" w14:textId="77777777" w:rsidR="00631A44" w:rsidRPr="00683256" w:rsidRDefault="00631A44" w:rsidP="00631A44">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73C65FFF" w14:textId="77777777" w:rsidR="006C6A3D" w:rsidRPr="00064962" w:rsidRDefault="006C6A3D" w:rsidP="00951746">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="503C9B0B" w14:textId="77777777" w:rsidR="00643B6D" w:rsidRPr="00ED0E60" w:rsidRDefault="00643B6D">
-[...15 lines deleted...]
-          <w:lang w:val="es-ES"/>
+    <w:p w14:paraId="503C9B0B" w14:textId="77777777" w:rsidR="00643B6D" w:rsidRPr="00683256" w:rsidRDefault="00643B6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4014E564" w14:textId="3CE45511" w:rsidR="00643B6D" w:rsidRPr="00683256" w:rsidRDefault="00643B6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CB0F27C" w14:textId="6B17F845" w:rsidR="005D24E0" w:rsidRPr="00064962" w:rsidRDefault="005D24E0" w:rsidP="00E707B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B5371FD" w14:textId="22A3BE19" w:rsidR="00643B6D" w:rsidRDefault="00643B6D" w:rsidP="00E707B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2298,502 +2250,463 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00631A44" w:rsidRPr="00E24BBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Heather.Engholm@childrens.harvard.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00631A44" w:rsidRPr="00E24BBE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE710A2" w14:textId="1AAA8384" w:rsidR="00631A44" w:rsidRPr="0055254B" w:rsidRDefault="00631A44" w:rsidP="00245D90">
+    <w:p w14:paraId="2BE710A2" w14:textId="1AAA8384" w:rsidR="00631A44" w:rsidRDefault="00631A44" w:rsidP="00245D90">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055254B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Phone: 857-218-4331</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778D2FD5" w14:textId="28858525" w:rsidR="0087168D" w:rsidRPr="00064962" w:rsidRDefault="0087168D" w:rsidP="00643B6D">
+    <w:p w14:paraId="2CFA7510" w14:textId="77777777" w:rsidR="00683256" w:rsidRDefault="00683256" w:rsidP="00245D90">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="6AA312F5" w14:textId="77777777" w:rsidR="008848DD" w:rsidRPr="008848DD" w:rsidRDefault="00070A35" w:rsidP="008848DD">
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1560DF96" w14:textId="77777777" w:rsidR="00683256" w:rsidRPr="00683256" w:rsidRDefault="00683256" w:rsidP="00683256">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="450" w:hanging="450"/>
-[...136 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Brooklyn Ryan, BSN, RN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406E3012" w14:textId="77777777" w:rsidR="00683256" w:rsidRPr="00683256" w:rsidRDefault="00000000" w:rsidP="00683256">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="360"/>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="008848DD" w:rsidRPr="001F781E">
-[...191 lines deleted...]
-        <w:r w:rsidR="0055333C" w:rsidRPr="00362B2E">
+        <w:r w:rsidR="00683256" w:rsidRPr="00683256">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Elizabeth.M.Dolan@mass.gov</w:t>
+          <w:t>Brooklyn.Ryan@childrens.harvard.edu</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00683256" w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E36ED51" w14:textId="77777777" w:rsidR="00683256" w:rsidRPr="00683256" w:rsidRDefault="00683256" w:rsidP="00683256">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: 857-218-5800</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345337E5" w14:textId="77777777" w:rsidR="00683256" w:rsidRPr="0055254B" w:rsidRDefault="00683256" w:rsidP="00245D90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="778D2FD5" w14:textId="28858525" w:rsidR="0087168D" w:rsidRPr="00064962" w:rsidRDefault="0087168D" w:rsidP="00643B6D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E70E3FA" w14:textId="239CDC91" w:rsidR="00E707B4" w:rsidRPr="00683256" w:rsidRDefault="00070A35" w:rsidP="00070A35">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E707B4" w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Região</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E707B4" w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Central</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1C14" w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FC1C14" w:rsidRPr="00ED0E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Região</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FC1C14" w:rsidRPr="00ED0E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oeste</w:t>
+      </w:r>
+      <w:r w:rsidR="00E707B4" w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCFB6FA" w14:textId="69E5080F" w:rsidR="00CE23DE" w:rsidRPr="00683256" w:rsidRDefault="00245D90" w:rsidP="00ED0E60">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0E60" w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Contactar</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0E60" w:rsidRPr="00683256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B1B154" w14:textId="626545B7" w:rsidR="00CE23DE" w:rsidRDefault="00CE23DE" w:rsidP="00245D90">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elizabeth </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ford) </w:t>
+      </w:r>
+      <w:r w:rsidR="00245D90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dolan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00132385">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CPN, BSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AE7DE0" w14:textId="4818090B" w:rsidR="004A3D59" w:rsidRDefault="00000000" w:rsidP="00245D90">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="008C7113" w:rsidRPr="0065485F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Elizabeth.M.Ford@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0814A7E7" w14:textId="22BF1338" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="00CE23DE">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32D734BA" w14:textId="38C9FB85" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="00CE23DE">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18D143D3" w14:textId="107F0B37" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="00235578">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="18D143D3" w14:textId="107F0B37" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="00CE23DE">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6AB52F4C" wp14:editId="2CB124AD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6AB52F4C" wp14:editId="198142D8">
             <wp:extent cx="762000" cy="762000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Picture 12" descr="DPH Seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="DPH Seal"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15" r:link="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -2806,157 +2719,181 @@
                       <a:ext cx="762000" cy="762000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="083E5018" w14:textId="653A75B6" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="00CE23DE">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD6F18C" w14:textId="77777777" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
+    <w:p w14:paraId="2BAAF56A" w14:textId="77777777" w:rsidR="004A3D59" w:rsidRPr="00683256" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2BAAF56A" w14:textId="77777777" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="024EBF5D" w14:textId="77777777" w:rsidR="004A3D59" w:rsidRPr="00683256" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="024EBF5D" w14:textId="77777777" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B4BAFD5" w14:textId="77777777" w:rsidR="004A3D59" w:rsidRPr="00683256" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5B4BAFD5" w14:textId="77777777" w:rsidR="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A31215" w14:textId="77777777" w:rsidR="004A3D59" w:rsidRPr="00683256" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="781051BE" w14:textId="7C5D98F2" w:rsidR="004A3D59" w:rsidRPr="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="781051BE" w14:textId="66FE9060" w:rsidR="004A3D59" w:rsidRPr="004A3D59" w:rsidRDefault="004A3D59" w:rsidP="004A3D59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A3D59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Portuguese </w:t>
       </w:r>
-      <w:r w:rsidR="008848DD">
+      <w:r w:rsidR="00FC1C14">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>10/1</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="0055333C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="0055333C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>/25</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266C0072" w14:textId="21B6F920" w:rsidR="00AD7B52" w:rsidRPr="00235578" w:rsidRDefault="005D24E0" w:rsidP="00235578">
+    <w:p w14:paraId="1DCC77B8" w14:textId="7CA57DE8" w:rsidR="00E92276" w:rsidRDefault="005D24E0" w:rsidP="0087168D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064962">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F597C2E" w14:textId="1826DFFF" w:rsidR="00AD7B52" w:rsidRPr="00ED0E60" w:rsidRDefault="00AD7B52" w:rsidP="00AD7B52">
+    <w:p w14:paraId="3E5610E0" w14:textId="77777777" w:rsidR="00E707B4" w:rsidRPr="00683256" w:rsidRDefault="00E707B4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76DE7DAA" w14:textId="77777777" w:rsidR="00AD7B52" w:rsidRDefault="00AD7B52" w:rsidP="00AD7B52">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="56"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F597C2E" w14:textId="1826DFFF" w:rsidR="00AD7B52" w:rsidRPr="00ED0E60" w:rsidRDefault="00AD7B52" w:rsidP="004A6A37">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED0E60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -3416,187 +3353,187 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="231F20"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Saúde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5B046BC2" w14:textId="79A4E1A3" w:rsidR="00E707B4" w:rsidRPr="00ED0E60" w:rsidRDefault="00822C01" w:rsidP="00822C01">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E707B4" w:rsidRPr="00ED0E60">
         <w:t>(Massachusetts Department of Public Health</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53A6E41E" w14:textId="08B4F8BC" w:rsidR="00E707B4" w:rsidRDefault="00E707B4" w:rsidP="00443C76">
+    <w:p w14:paraId="53A6E41E" w14:textId="36E22103" w:rsidR="00E707B4" w:rsidRDefault="00E707B4" w:rsidP="00443C76">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED0E60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Division for Children &amp; Youth with Special Health Needs</w:t>
       </w:r>
       <w:r w:rsidR="00443C76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE3F533" w14:textId="77777777" w:rsidR="00FC1C14" w:rsidRDefault="00FC1C14" w:rsidP="00443C76">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FC1C14" w:rsidSect="00E707B4">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="432" w:bottom="720" w:left="432" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="3" w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36C371F8" w14:textId="77777777" w:rsidR="00D80501" w:rsidRDefault="00D80501" w:rsidP="00E707B4">
+    <w:p w14:paraId="11741FEE" w14:textId="77777777" w:rsidR="00A226D5" w:rsidRDefault="00A226D5" w:rsidP="00E707B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F9AAA6B" w14:textId="77777777" w:rsidR="00D80501" w:rsidRDefault="00D80501" w:rsidP="00E707B4">
+    <w:p w14:paraId="3AC7FB8A" w14:textId="77777777" w:rsidR="00A226D5" w:rsidRDefault="00A226D5" w:rsidP="00E707B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="243D9535" w14:textId="77777777" w:rsidR="00D80501" w:rsidRDefault="00D80501" w:rsidP="00E707B4">
+    <w:p w14:paraId="768A43C5" w14:textId="77777777" w:rsidR="00A226D5" w:rsidRDefault="00A226D5" w:rsidP="00E707B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CE1D47D" w14:textId="77777777" w:rsidR="00D80501" w:rsidRDefault="00D80501" w:rsidP="00E707B4">
+    <w:p w14:paraId="68A30E4D" w14:textId="77777777" w:rsidR="00A226D5" w:rsidRDefault="00A226D5" w:rsidP="00E707B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60F968D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14A209F2"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -3771,161 +3708,129 @@
         <w:ind w:left="6210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1956402564">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1922249464">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1985349371">
-[...28 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="102"/>
+  <w:zoom w:percent="136"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E707B4"/>
     <w:rsid w:val="000429F1"/>
     <w:rsid w:val="00064962"/>
     <w:rsid w:val="00070A35"/>
     <w:rsid w:val="00132385"/>
-    <w:rsid w:val="001F781E"/>
     <w:rsid w:val="00220742"/>
-    <w:rsid w:val="00235578"/>
     <w:rsid w:val="00245D90"/>
     <w:rsid w:val="002C2DE2"/>
-    <w:rsid w:val="00361159"/>
     <w:rsid w:val="00397E0E"/>
     <w:rsid w:val="00425EA3"/>
     <w:rsid w:val="00443C76"/>
     <w:rsid w:val="004444A5"/>
     <w:rsid w:val="00471F63"/>
     <w:rsid w:val="004A02CE"/>
     <w:rsid w:val="004A3D59"/>
+    <w:rsid w:val="004A6A37"/>
     <w:rsid w:val="00500D24"/>
     <w:rsid w:val="0055254B"/>
     <w:rsid w:val="0055333C"/>
     <w:rsid w:val="00563EDF"/>
+    <w:rsid w:val="005758CC"/>
     <w:rsid w:val="0058702A"/>
     <w:rsid w:val="005D24E0"/>
     <w:rsid w:val="00631A44"/>
     <w:rsid w:val="00643B6D"/>
+    <w:rsid w:val="00683256"/>
     <w:rsid w:val="006C6A3D"/>
     <w:rsid w:val="00701868"/>
     <w:rsid w:val="00747B0D"/>
     <w:rsid w:val="007D44A0"/>
     <w:rsid w:val="00822C01"/>
     <w:rsid w:val="0087168D"/>
-    <w:rsid w:val="008848DD"/>
     <w:rsid w:val="008957B3"/>
+    <w:rsid w:val="008C7113"/>
     <w:rsid w:val="00951746"/>
     <w:rsid w:val="009E4ED0"/>
     <w:rsid w:val="00A15BBB"/>
+    <w:rsid w:val="00A226D5"/>
     <w:rsid w:val="00A84453"/>
     <w:rsid w:val="00AC63ED"/>
     <w:rsid w:val="00AD7B52"/>
-    <w:rsid w:val="00AE6063"/>
     <w:rsid w:val="00B1592A"/>
     <w:rsid w:val="00B513BD"/>
-    <w:rsid w:val="00B976DF"/>
-    <w:rsid w:val="00BD32F9"/>
     <w:rsid w:val="00BE41E4"/>
     <w:rsid w:val="00C26831"/>
     <w:rsid w:val="00CD44BB"/>
     <w:rsid w:val="00CE23DE"/>
+    <w:rsid w:val="00D27C9C"/>
     <w:rsid w:val="00D332EA"/>
     <w:rsid w:val="00D41F17"/>
-    <w:rsid w:val="00D80501"/>
     <w:rsid w:val="00E31675"/>
     <w:rsid w:val="00E33D32"/>
     <w:rsid w:val="00E646B3"/>
     <w:rsid w:val="00E707B4"/>
     <w:rsid w:val="00E85F54"/>
     <w:rsid w:val="00E92276"/>
     <w:rsid w:val="00E95650"/>
     <w:rsid w:val="00ED0E60"/>
     <w:rsid w:val="00FC1C14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -5357,51 +5262,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1876772779">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rachel.Matthew@umassmed.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Engholm@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://healthnet.dph.state.ma.us/dphinfo/health_communication/logo/dph_logo_blue.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/specialhealthneeds" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Stefanie.A.Hall@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:specialhealthneeds@state.ma.us" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.M.Dolan@mass.gov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Brooklyn.Ryan@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Engholm@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://healthnet.dph.state.ma.us/dphinfo/health_communication/logo/dph_logo_blue.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/specialhealthneeds" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Stefanie.A.Hall@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:specialhealthneeds@state.ma.us" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.M.Ford@mass.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5666,66 +5571,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91016A56-E220-4E6D-A383-5423091B085F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>674</Words>
-  <Characters>3842</Characters>
+  <Words>659</Words>
+  <Characters>3762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4507</CharactersWithSpaces>
+  <CharactersWithSpaces>4413</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Guilbeault, Denise (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>