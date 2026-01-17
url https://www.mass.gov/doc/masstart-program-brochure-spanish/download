--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -433,61 +433,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096212B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">• Agencias comunitarias </w:t>
       </w:r>
       <w:r w:rsidRPr="0096212B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2A414E" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="0096212B" w:rsidRDefault="00C25F3D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F8447F4" w14:textId="77777777" w:rsidR="007C7D23" w:rsidRDefault="007C7D23" w:rsidP="00C25F3D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50C92B24" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="00056CA4" w:rsidRDefault="00C25F3D" w:rsidP="00C25F3D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
@@ -1535,392 +1524,374 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1C5514" w14:textId="77777777" w:rsidR="007C7D23" w:rsidRDefault="007C7D23" w:rsidP="00BA75E3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D918F6" w14:textId="1E5DD88C" w:rsidR="00C25F3D" w:rsidRDefault="00BA75E3">
+    <w:p w14:paraId="73D918F6" w14:textId="1E5DD88C" w:rsidR="00C25F3D" w:rsidRPr="00415F60" w:rsidRDefault="00BA75E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009371E7">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>¿</w:t>
+        <w:t>¿Cómo se puede obtener servicios MASSTART?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11493ED7" w14:textId="77777777" w:rsidR="00D15252" w:rsidRPr="0096212B" w:rsidRDefault="00D15252">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A9F7EB7" w14:textId="77777777" w:rsidR="00BA75E3" w:rsidRPr="00415F60" w:rsidRDefault="00BA75E3" w:rsidP="00BA75E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contacta el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009371E7">
-[...5 lines deleted...]
-        <w:t>Cómo</w:t>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009371E7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> se </w:t>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009371E7">
-[...5 lines deleted...]
-        <w:t>puede</w:t>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009371E7">
-[...3 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w14:paraId="2E0331D5" w14:textId="7048EF99" w:rsidR="00BA75E3" w:rsidRDefault="00BA75E3" w:rsidP="00FE6B81">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009371E7">
-[...5 lines deleted...]
-        <w:t>obtener</w:t>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Health’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009371E7">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009371E7">
-[...5 lines deleted...]
-        <w:t>servicios</w:t>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009371E7">
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0096212B">
-[...6 lines deleted...]
-        <w:t>Contacta</w:t>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Support</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0096212B">
-[...77 lines deleted...]
-        <w:t xml:space="preserve">(CSL) </w:t>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Line</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6B81" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSL) </w:t>
       </w:r>
       <w:r w:rsidRPr="007B7233">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>para los niños con necesidades especiales de salud</w:t>
       </w:r>
       <w:r w:rsidR="000521AE" w:rsidRPr="007B7233">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391CBB9D" w14:textId="653D25D0" w:rsidR="00FE6B81" w:rsidRPr="00FE6B81" w:rsidRDefault="00FE6B81" w:rsidP="00FE6B81">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="777777"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE6B81">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>CSL:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2F1EA8" w14:textId="77777777" w:rsidR="00960E36" w:rsidRDefault="00000000" w:rsidP="00960E36">
+    <w:p w14:paraId="4B2F1EA8" w14:textId="77777777" w:rsidR="00960E36" w:rsidRPr="00415F60" w:rsidRDefault="00000000" w:rsidP="00960E36">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00960E36" w:rsidRPr="007B7233">
+        <w:r w:rsidR="00960E36" w:rsidRPr="00415F60">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
+            <w:lang w:val="es-ES"/>
           </w:rPr>
-          <w:t>specialhealthneeds@</w:t>
-[...7 lines deleted...]
-          <w:t>mass.gov</w:t>
+          <w:t>specialhealthneeds@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B9B7D50" w14:textId="2B2D96F5" w:rsidR="000521AE" w:rsidRPr="007B7233" w:rsidRDefault="00C0354F" w:rsidP="000521AE">
-[...28 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4B9B7D50" w14:textId="2B2D96F5" w:rsidR="000521AE" w:rsidRPr="00415F60" w:rsidRDefault="00C0354F" w:rsidP="000521AE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Teléfono</w:t>
+      </w:r>
+      <w:r w:rsidR="000521AE" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="000521AE" w:rsidRPr="007B7233">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="000521AE" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE6B81">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="00FE6B81" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>1-</w:t>
       </w:r>
-      <w:r w:rsidR="000521AE" w:rsidRPr="007B7233">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="000521AE" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>800-882-1435</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EF84B5A" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="00056CA4" w:rsidRDefault="00C25F3D">
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0EF84B5A" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="00415F60" w:rsidRDefault="00C25F3D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666F6E1F" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="00415F60" w:rsidRDefault="00C25F3D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BE07E77" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="00056CA4" w:rsidRDefault="00C25F3D" w:rsidP="00C25F3D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056CA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Para más información, favor de comunicarse con:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6087F3" w14:textId="0EACE3A4" w:rsidR="000521AE" w:rsidRPr="006F5B92" w:rsidRDefault="006F5B92" w:rsidP="000521AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2250,258 +2221,229 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>250 Washington Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C5D7644" w14:textId="77777777" w:rsidR="000521AE" w:rsidRPr="00B65BE0" w:rsidRDefault="000521AE" w:rsidP="000521AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B65BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Boston, MA  02108</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F55E99" w14:textId="77777777" w:rsidR="00FE6B81" w:rsidRDefault="00000000" w:rsidP="000521AE">
+    <w:p w14:paraId="01F55E99" w14:textId="77777777" w:rsidR="00FE6B81" w:rsidRPr="00415F60" w:rsidRDefault="00000000" w:rsidP="000521AE">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="000521AE" w:rsidRPr="0096212B">
+        <w:r w:rsidR="000521AE" w:rsidRPr="00415F60">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
-            <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>www.mass.gov/dph/specialhealthneeds</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D3AC57C" w14:textId="26828CA9" w:rsidR="00FE6B81" w:rsidRPr="0096212B" w:rsidRDefault="00C0354F" w:rsidP="00FE6B81">
-[...5 lines deleted...]
-          <w:lang w:val="es-ES"/>
+    <w:p w14:paraId="3D3AC57C" w14:textId="26828CA9" w:rsidR="00FE6B81" w:rsidRPr="00415F60" w:rsidRDefault="00C0354F" w:rsidP="00FE6B81">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00C0354F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eléfono</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C0354F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE6B81" w:rsidRPr="0096212B">
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+      <w:r w:rsidR="00FE6B81" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>781-223-2731</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716FC0A4" w14:textId="0E2D7BDC" w:rsidR="000521AE" w:rsidRPr="0096212B" w:rsidRDefault="000521AE" w:rsidP="000521AE">
+    <w:p w14:paraId="716FC0A4" w14:textId="0E2D7BDC" w:rsidR="000521AE" w:rsidRPr="00415F60" w:rsidRDefault="000521AE" w:rsidP="000521AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="es-ES"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673E5A86" w14:textId="77777777" w:rsidR="000521AE" w:rsidRPr="0096212B" w:rsidRDefault="000521AE" w:rsidP="000521AE">
+    <w:p w14:paraId="673E5A86" w14:textId="77777777" w:rsidR="000521AE" w:rsidRPr="00415F60" w:rsidRDefault="000521AE" w:rsidP="000521AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...17 lines deleted...]
-          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E23A5C3" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="00415F60" w:rsidRDefault="00C25F3D" w:rsidP="00C25F3D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1AC21B" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="0096212B" w:rsidRDefault="00C25F3D">
-[...39 lines deleted...]
-    <w:p w14:paraId="0B50BE79" w14:textId="713329C2" w:rsidR="008F45B2" w:rsidRDefault="008F45B2" w:rsidP="00C25F3D">
+    <w:p w14:paraId="6C1AC21B" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="00415F60" w:rsidRDefault="00C25F3D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="599587A8" w14:textId="77777777" w:rsidR="00BA75E3" w:rsidRPr="00415F60" w:rsidRDefault="00BA75E3" w:rsidP="00BA75E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1577F5B3" w14:textId="6BC16D72" w:rsidR="00C25F3D" w:rsidRPr="00415F60" w:rsidRDefault="00C25F3D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36198003" w14:textId="4FFE4BA6" w:rsidR="00303903" w:rsidRPr="00415F60" w:rsidRDefault="00303903" w:rsidP="00303903">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B50BE79" w14:textId="713329C2" w:rsidR="008F45B2" w:rsidRPr="00415F60" w:rsidRDefault="008F45B2" w:rsidP="00C25F3D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="5F04AF21" w14:textId="77777777" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="00C25F3D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D5EBB1" w14:textId="73BFB4A6" w:rsidR="00FE6B81" w:rsidRPr="00415F60" w:rsidRDefault="00FE6B81" w:rsidP="00FE6B81"/>
+    <w:p w14:paraId="1C822BDC" w14:textId="77777777" w:rsidR="00FE6B81" w:rsidRPr="00415F60" w:rsidRDefault="00FE6B81" w:rsidP="00FE6B81"/>
+    <w:p w14:paraId="33A7D118" w14:textId="77777777" w:rsidR="008F45B2" w:rsidRPr="00415F60" w:rsidRDefault="008F45B2" w:rsidP="008F45B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="480D54D8" w14:textId="77777777" w:rsidR="007C7D23" w:rsidRPr="00415F60" w:rsidRDefault="007C7D23" w:rsidP="008F45B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F04AF21" w14:textId="77777777" w:rsidR="009371E7" w:rsidRPr="00415F60" w:rsidRDefault="009371E7" w:rsidP="00C25F3D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="427CB51D" w14:textId="5429B4AA" w:rsidR="00C25F3D" w:rsidRPr="00056CA4" w:rsidRDefault="00C25F3D" w:rsidP="00C25F3D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB79AE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>PROVEEDORES REGIONALES de MASSTART</w:t>
       </w:r>
       <w:r w:rsidRPr="00056CA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
@@ -2544,155 +2486,112 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB79AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Región del área metropolitana de Boston</w:t>
       </w:r>
       <w:r w:rsidR="00FE6B81" w:rsidRPr="00CB79AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42398DAD" w14:textId="7E832653" w:rsidR="00C25F3D" w:rsidRPr="0096212B" w:rsidRDefault="00C25F3D" w:rsidP="00CB79AE">
+    <w:p w14:paraId="42398DAD" w14:textId="7E832653" w:rsidR="00C25F3D" w:rsidRPr="00415F60" w:rsidRDefault="00C25F3D" w:rsidP="00CB79AE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0096212B">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0096212B">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Región del Noroeste</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6B81" w:rsidRPr="00415F60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B79371F" w14:textId="08624A1F" w:rsidR="007B7233" w:rsidRPr="00056CA4" w:rsidRDefault="00C25F3D" w:rsidP="00CB79AE">
+    <w:p w14:paraId="6B79371F" w14:textId="08624A1F" w:rsidR="007B7233" w:rsidRPr="00415F60" w:rsidRDefault="00C25F3D" w:rsidP="00CB79AE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00056CA4">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...24 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Región Sureste</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="24448D22" w14:textId="232823A5" w:rsidR="00C25F3D" w:rsidRPr="00056CA4" w:rsidRDefault="00C25F3D" w:rsidP="00C25F3D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056CA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boston Children's Hospital </w:t>
       </w:r>
       <w:r w:rsidR="00CB79AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2727,821 +2626,746 @@
         </w:rPr>
         <w:cr/>
         <w:t>300 Lo</w:t>
       </w:r>
       <w:r w:rsidR="007B7233">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ngwood Avenue, Boston, MA 02115</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A53EB81" w14:textId="1D73836C" w:rsidR="007B7233" w:rsidRDefault="00C25F3D" w:rsidP="00DB4B12">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CB79AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Contacto</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00056CA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14672C5A" w14:textId="52EB4607" w:rsidR="007B7233" w:rsidRPr="00E24BBE" w:rsidRDefault="007B7233" w:rsidP="00CB79AE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24BBE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Heather Engholm, </w:t>
+        <w:t xml:space="preserve">Heather </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E24BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Engholm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E24BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A63EFC">
         <w:rPr>
           <w:rStyle w:val="xemailstyle18"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MPH, BSN, RN, CPN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551D29EC" w14:textId="77777777" w:rsidR="007B7233" w:rsidRPr="00E24BBE" w:rsidRDefault="00000000" w:rsidP="00CB79AE">
+    <w:p w14:paraId="551D29EC" w14:textId="77777777" w:rsidR="007B7233" w:rsidRPr="00415F60" w:rsidRDefault="00000000" w:rsidP="00CB79AE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="007B7233" w:rsidRPr="00E24BBE">
+        <w:r w:rsidR="007B7233" w:rsidRPr="00415F60">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>Heather.Engholm@childrens.harvard.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007B7233" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADE2989" w14:textId="19D74400" w:rsidR="007B7233" w:rsidRDefault="00C0354F" w:rsidP="00CB79AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Teléfono:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB79AE" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7233" w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>857-218-4331</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166AE212" w14:textId="77777777" w:rsidR="00F60DA6" w:rsidRDefault="00F60DA6" w:rsidP="00CB79AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EEF050A" w14:textId="77777777" w:rsidR="00F60DA6" w:rsidRPr="00F60DA6" w:rsidRDefault="00F60DA6" w:rsidP="00F60DA6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Brooklyn Ryan, BSN, RN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A11A24" w14:textId="77777777" w:rsidR="00F60DA6" w:rsidRPr="00F60DA6" w:rsidRDefault="00000000" w:rsidP="00F60DA6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00F60DA6" w:rsidRPr="00F60DA6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Heather.Engholm@childrens.harvard.edu</w:t>
+          <w:t>Brooklyn.Ryan@childrens.harvard.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007B7233" w:rsidRPr="00E24BBE">
+      <w:r w:rsidR="00F60DA6" w:rsidRPr="00F60DA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADE2989" w14:textId="19D74400" w:rsidR="007B7233" w:rsidRPr="00E24BBE" w:rsidRDefault="00C0354F" w:rsidP="00CB79AE">
+    <w:p w14:paraId="197491D3" w14:textId="77777777" w:rsidR="00F60DA6" w:rsidRPr="00F60DA6" w:rsidRDefault="00F60DA6" w:rsidP="00F60DA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...13 lines deleted...]
-        <w:t>eléfono</w:t>
+      <w:r w:rsidRPr="00F60DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Telefòn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C0354F">
-[...24 lines deleted...]
-    <w:p w14:paraId="76167A2E" w14:textId="575A3869" w:rsidR="00175075" w:rsidRDefault="00175075" w:rsidP="007B7233">
+      <w:r w:rsidRPr="00F60DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: 857-218-5800</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEA8FF7" w14:textId="77777777" w:rsidR="00F60DA6" w:rsidRPr="00415F60" w:rsidRDefault="00F60DA6" w:rsidP="00CB79AE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="11EC37E0" w14:textId="77777777" w:rsidR="00F47ED2" w:rsidRPr="00F47ED2" w:rsidRDefault="00CB79AE" w:rsidP="00F47ED2">
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76167A2E" w14:textId="575A3869" w:rsidR="00175075" w:rsidRPr="00415F60" w:rsidRDefault="00175075" w:rsidP="007B7233">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27662A2A" w14:textId="10E66712" w:rsidR="007B7233" w:rsidRPr="0096212B" w:rsidRDefault="00CB79AE" w:rsidP="00650F92">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415F60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C25F3D" w:rsidRPr="00415F60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F47ED2" w:rsidRPr="00F47ED2">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Región Central</w:t>
+      </w:r>
+      <w:r w:rsidR="00650F92" w:rsidRPr="00415F60">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F47ED2" w:rsidRPr="00F47ED2">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25F3D" w:rsidRPr="0096212B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="2E28404D" w14:textId="77777777" w:rsidR="00F47ED2" w:rsidRPr="00F47ED2" w:rsidRDefault="00F47ED2" w:rsidP="00F47ED2">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Región Oeste</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156C63A7" w14:textId="08BADEFF" w:rsidR="007B7233" w:rsidRPr="0096212B" w:rsidRDefault="007B7233" w:rsidP="001B5C2D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB79AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Contacto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0096212B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A37D82" w14:textId="6C3503EC" w:rsidR="006E38D1" w:rsidRPr="00890F96" w:rsidRDefault="006E38D1" w:rsidP="00CB79AE">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00890F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elizabeth </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB79AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ford</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB79AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) Dolan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...47 lines deleted...]
-        <w:ind w:left="360"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C65AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...31 lines deleted...]
-        <w:r w:rsidR="00F47ED2" w:rsidRPr="00F47ED2">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CPN, BSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1612AEB6" w14:textId="7612CACA" w:rsidR="006E38D1" w:rsidRDefault="00000000" w:rsidP="00CB79AE">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="006E38D1" w:rsidRPr="00890F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:bCs/>
-[...170 lines deleted...]
-            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Elizabeth.M.Ford@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49FA95AD" w14:textId="0C4226F2" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="00F47ED2">
-[...4 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+    <w:p w14:paraId="49FA95AD" w14:textId="2F62D112" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="035A9601" w14:textId="77777777" w:rsidR="007B6C5E" w:rsidRDefault="007B6C5E" w:rsidP="007B6C5E">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="2FB8A360" w14:textId="77777777" w:rsidR="001C52FF" w:rsidRDefault="001C52FF" w:rsidP="006E38D1">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B26CE59" w14:textId="77777777" w:rsidR="007B6C5E" w:rsidRDefault="007B6C5E" w:rsidP="007B6C5E">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="7CFB690A" w14:textId="5E5CF890" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47B6D4AC" wp14:editId="3128DDE8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47B6D4AC" wp14:editId="7962CCEF">
             <wp:extent cx="762000" cy="762000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Picture 8" descr="DPH Seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="DPH Seal"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" r:link="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="762000" cy="762000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBA110C" w14:textId="7C39421D" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
+    <w:p w14:paraId="5ADD7249" w14:textId="7C763A80" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69394280" w14:textId="54B91167" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
+    <w:p w14:paraId="5EAF347D" w14:textId="027D8026" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ADD7249" w14:textId="7C763A80" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
+    <w:p w14:paraId="23A9D207" w14:textId="44EB0E11" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EAF347D" w14:textId="027D8026" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
-[...21 lines deleted...]
-    <w:p w14:paraId="3990E6B9" w14:textId="0FE2B8C5" w:rsidR="009371E7" w:rsidRPr="009371E7" w:rsidRDefault="009371E7" w:rsidP="009371E7">
+    <w:p w14:paraId="0C040104" w14:textId="10A7A3A3" w:rsidR="00F60DA6" w:rsidRPr="009371E7" w:rsidRDefault="009371E7" w:rsidP="009371E7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009371E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Spanish</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009371E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F47ED2">
+      <w:r w:rsidR="00F60DA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>10/1</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="08878383" w14:textId="51CCEA31" w:rsidR="009371E7" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
+        <w:t>12/15/25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08878383" w14:textId="51CCEA31" w:rsidR="009371E7" w:rsidRPr="00415F60" w:rsidRDefault="009371E7" w:rsidP="006E38D1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B334BC3" w14:textId="741DC2D6" w:rsidR="00F446C6" w:rsidRPr="0096212B" w:rsidRDefault="00F446C6" w:rsidP="007B6C5E">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E367420" w14:textId="77777777" w:rsidR="0096212B" w:rsidRPr="0096212B" w:rsidRDefault="0096212B" w:rsidP="0096212B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A11F9A6" w14:textId="1777C74D" w:rsidR="0096212B" w:rsidRPr="0096212B" w:rsidRDefault="0096212B" w:rsidP="0096212B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F3A2974" w14:textId="77777777" w:rsidR="00650F92" w:rsidRDefault="00650F92" w:rsidP="00F446C6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="56"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278359DD" w14:textId="77777777" w:rsidR="001B5C2D" w:rsidRDefault="001B5C2D" w:rsidP="001C52FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="56"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B334BC3" w14:textId="16FC466C" w:rsidR="00F446C6" w:rsidRPr="0096212B" w:rsidRDefault="00F446C6" w:rsidP="00F446C6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096212B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="56"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>MASSTART</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EE34E7" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="00056CA4" w:rsidRDefault="00C25F3D" w:rsidP="00C25F3D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -3892,177 +3716,151 @@
         </w:rPr>
         <w:t>Public</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C25F3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C25F3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Health</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6CDDC02C" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRDefault="00C25F3D" w:rsidP="00C25F3D">
+    <w:p w14:paraId="6CDDC02C" w14:textId="77777777" w:rsidR="00C25F3D" w:rsidRPr="0096212B" w:rsidRDefault="00C25F3D" w:rsidP="00C25F3D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096212B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Division for Children &amp; Youth with Special Health Needs)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C2CD8D" w14:textId="77777777" w:rsidR="007B6C5E" w:rsidRDefault="007B6C5E" w:rsidP="00C25F3D">
-[...25 lines deleted...]
-    <w:sectPr w:rsidR="007B6C5E" w:rsidRPr="0096212B" w:rsidSect="007C7D23">
+    <w:sectPr w:rsidR="00C25F3D" w:rsidRPr="0096212B" w:rsidSect="007C7D23">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="576" w:right="432" w:bottom="576" w:left="432" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="3" w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B78F5E3" w14:textId="77777777" w:rsidR="002970CB" w:rsidRDefault="002970CB" w:rsidP="00FE48C3">
+    <w:p w14:paraId="3C14C744" w14:textId="77777777" w:rsidR="00346D6C" w:rsidRDefault="00346D6C" w:rsidP="00FE48C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00449BF1" w14:textId="77777777" w:rsidR="002970CB" w:rsidRDefault="002970CB" w:rsidP="00FE48C3">
+    <w:p w14:paraId="5C20312E" w14:textId="77777777" w:rsidR="00346D6C" w:rsidRDefault="00346D6C" w:rsidP="00FE48C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DCC1B2F" w14:textId="77777777" w:rsidR="002970CB" w:rsidRDefault="002970CB" w:rsidP="00FE48C3">
+    <w:p w14:paraId="26E3C18D" w14:textId="77777777" w:rsidR="00346D6C" w:rsidRDefault="00346D6C" w:rsidP="00FE48C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72D042F4" w14:textId="77777777" w:rsidR="002970CB" w:rsidRDefault="002970CB" w:rsidP="00FE48C3">
+    <w:p w14:paraId="2ABA605F" w14:textId="77777777" w:rsidR="00346D6C" w:rsidRDefault="00346D6C" w:rsidP="00FE48C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33422090"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2E8F4D8"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -4126,143 +3924,142 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="253513471">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="205"/>
+  <w:zoom w:percent="136"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C25F3D"/>
     <w:rsid w:val="000521AE"/>
     <w:rsid w:val="00056CA4"/>
     <w:rsid w:val="00107A82"/>
     <w:rsid w:val="00175075"/>
     <w:rsid w:val="001B5C2D"/>
+    <w:rsid w:val="001C52FF"/>
     <w:rsid w:val="001D0194"/>
-    <w:rsid w:val="001D0450"/>
     <w:rsid w:val="001F2C90"/>
     <w:rsid w:val="00207B50"/>
     <w:rsid w:val="00250BBF"/>
-    <w:rsid w:val="002970CB"/>
     <w:rsid w:val="002A3A06"/>
     <w:rsid w:val="00303903"/>
+    <w:rsid w:val="00346D6C"/>
+    <w:rsid w:val="003F3317"/>
     <w:rsid w:val="00410E81"/>
+    <w:rsid w:val="00415F60"/>
     <w:rsid w:val="0049775A"/>
     <w:rsid w:val="005503EC"/>
     <w:rsid w:val="005858C3"/>
     <w:rsid w:val="00586ED5"/>
     <w:rsid w:val="005C39A4"/>
     <w:rsid w:val="00650F92"/>
     <w:rsid w:val="006915CB"/>
     <w:rsid w:val="00694056"/>
     <w:rsid w:val="006A097C"/>
     <w:rsid w:val="006E38D1"/>
     <w:rsid w:val="006F2E75"/>
     <w:rsid w:val="006F5B92"/>
-    <w:rsid w:val="007B6C5E"/>
     <w:rsid w:val="007B7233"/>
+    <w:rsid w:val="007C5DAB"/>
     <w:rsid w:val="007C7D23"/>
     <w:rsid w:val="007E6286"/>
     <w:rsid w:val="008040B4"/>
     <w:rsid w:val="008D1F28"/>
     <w:rsid w:val="008F45B2"/>
     <w:rsid w:val="00903E71"/>
     <w:rsid w:val="009371E7"/>
     <w:rsid w:val="00960E36"/>
     <w:rsid w:val="0096212B"/>
-    <w:rsid w:val="009B6BD5"/>
     <w:rsid w:val="009C65AA"/>
     <w:rsid w:val="00A33CAC"/>
     <w:rsid w:val="00A63EFC"/>
     <w:rsid w:val="00B22D83"/>
     <w:rsid w:val="00B455EF"/>
     <w:rsid w:val="00B76795"/>
     <w:rsid w:val="00BA75E3"/>
     <w:rsid w:val="00BB2D35"/>
-    <w:rsid w:val="00BC0B1C"/>
     <w:rsid w:val="00C00D17"/>
     <w:rsid w:val="00C0354F"/>
-    <w:rsid w:val="00C16CF3"/>
     <w:rsid w:val="00C25F3D"/>
     <w:rsid w:val="00C64436"/>
     <w:rsid w:val="00C76FCE"/>
     <w:rsid w:val="00C97E12"/>
     <w:rsid w:val="00CB43CC"/>
     <w:rsid w:val="00CB79AE"/>
-    <w:rsid w:val="00CC56DF"/>
     <w:rsid w:val="00D15252"/>
     <w:rsid w:val="00D23615"/>
     <w:rsid w:val="00DB29CD"/>
     <w:rsid w:val="00DB4B12"/>
     <w:rsid w:val="00E17A58"/>
     <w:rsid w:val="00E4736C"/>
     <w:rsid w:val="00EC2676"/>
     <w:rsid w:val="00EC6A0A"/>
     <w:rsid w:val="00ED3BCD"/>
     <w:rsid w:val="00EE4A3E"/>
     <w:rsid w:val="00F446C6"/>
-    <w:rsid w:val="00F47ED2"/>
+    <w:rsid w:val="00F60DA6"/>
     <w:rsid w:val="00FA6D2A"/>
     <w:rsid w:val="00FE48C3"/>
     <w:rsid w:val="00FE6B81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -5645,51 +5442,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1851944950">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:specialhealthneeds@state.ma.us" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.M.Ford@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rachel.Matthew@umassmed.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Engholm@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://healthnet.dph.state.ma.us/dphinfo/health_communication/logo/dph_logo_blue.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/specialhealthneeds" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Stefanie.A.Hall@mass.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:specialhealthneeds@state.ma.us" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.M.Ford@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Brooklyn.Ryan@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Engholm@childrens.harvard.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://healthnet.dph.state.ma.us/dphinfo/health_communication/logo/dph_logo_blue.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/specialhealthneeds" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Stefanie.A.Hall@mass.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5938,66 +5735,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>664</Words>
-  <Characters>3791</Characters>
+  <Words>648</Words>
+  <Characters>3700</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4447</CharactersWithSpaces>
+  <CharactersWithSpaces>4340</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Guilbeault, Denise (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>