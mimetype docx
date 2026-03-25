--- v0 (2025-10-29)
+++ v1 (2026-03-25)
@@ -1,2053 +1,4286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CA2C13E" w14:textId="07AA5226" w:rsidR="00E13E4A" w:rsidRPr="003E3BCE" w:rsidRDefault="007B7E32" w:rsidP="007B7E32">
+    <w:p w14:paraId="2EDDB612" w14:textId="7A2A4FD8" w:rsidR="001A5F78" w:rsidRPr="003F1F53" w:rsidRDefault="002508D4" w:rsidP="003D6ED1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="007B7E32">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các Dịch Vụ </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3D90" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Hỗ Trợ Dài Hạn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9EA1B1" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="00ED082F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý vị có cần các dịch vụ chăm sóc sức khỏe </w:t>
+      </w:r>
+      <w:r w:rsidR="002508D4" w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và hỗ trợ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>dài hạn trong một loại cơ sở điều dưỡng?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02ADABEA" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA8F4B7" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC0FFF9" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>, quý vị phải trả lời tất cả các câu hỏi và điền vào tất cả các phần của phần bổ sung này.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3628EF17" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="00ED082F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý vị có nộp đơn xin hoặc nhận các dịch vụ chăm sóc </w:t>
+      </w:r>
+      <w:r w:rsidR="002508D4" w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và hỗ trợ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dài hạn tại nhà theo Chương trình Miễn Trừ Dịch Vụ Tại Gia và Tại Cộng Đồng </w:t>
+      </w:r>
+      <w:r w:rsidR="002508D4" w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(HCBS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B69141B" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693525F9" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711287E9" w14:textId="77777777" w:rsidR="005C51AD" w:rsidRPr="00143549" w:rsidRDefault="002508D4" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý vị có đang nộp đơn xin hoặc nhận các dịch vụ và hỗ trợ chăm sóc dài hạn thông qua </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chương Trình Chăm Sóc Toàn Diện cho Người Cao Niên (PACE) không</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C51AD">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465499E8" w14:textId="77777777" w:rsidR="005C51AD" w:rsidRPr="00143549" w:rsidRDefault="002508D4" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FEBD50" w14:textId="6EF4F47F" w:rsidR="002508D4" w:rsidRPr="003F1F53" w:rsidRDefault="002508D4" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B18991" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...481 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>, quý vị cần điền vào mục “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chuyển Nguồn Tài Nguyên</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>” ("Resource Transfers") và “Bảo Hiểm Chăm Sóc Dài Hạn (Long–Term Care Insurance)."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F761E8" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...243 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Vui lòng viết rõ ràng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>. Nếu quý vị cần thêm chỗ trống để hoàn tất bất kỳ mục nào, vui lòng sử dụng một tờ giấy riêng (trên đó có ghi tên và số an sinh xã hội của quý vị) và đính kèm vào phần bổ sung này.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B73E024" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Thông Tin Người Nộp Đơn/Thành Viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="676A9D44" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Họ, tên, viết tắt tên đệm </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002031E4" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Số an sinh xã hội </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E26B8CA" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên và địa chỉ của bệnh viện, cơ sở điều dưỡng hoặc cơ sở khác </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8C09BB" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày được nhận vào cơ sở (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5E25D2" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quý vị có được đưa vào đây bởi một tiểu bang khác không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDDCFCA" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7964CD" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1D064E" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>́, xin nêu tên tiểu bang?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0387C584" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3D90" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có phải trả chi phí bảo hộ cho người bảo hộ do tòa chỉ định không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB11101" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E601BE" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DDC093" w14:textId="3ADD6F53" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chi phí sinh hoạt của người </w:t>
+      </w:r>
+      <w:r w:rsidR="002D26EF">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>vợ/chồng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và các thành viên gia đình cư ngụ trong nhà</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>(Không hoàn tất phần này nếu quý vị đang nộp đơn xin Miễn Trừ Dịch Vụ Tại Gia và Tại Cộng Đồng</w:t>
+      </w:r>
+      <w:r w:rsidR="002508D4" w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc PACE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D31861F" w14:textId="192792DD" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:pStyle w:val="Pa3"/>
+        <w:spacing w:before="60"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Người </w:t>
+      </w:r>
+      <w:r w:rsidR="002D26EF">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>vợ/chồng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cư ngụ trong nhà cùng quý vị có thể giữ lại một phần thu nhập của quý vị. Điền vào các thông tin sau đây về chi phí sinh hoạt hiện tại </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">của người </w:t>
+      </w:r>
+      <w:r w:rsidR="002D26EF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>vợ/chồng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của quý vị. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu quý vị không có người </w:t>
+      </w:r>
+      <w:r w:rsidR="002D26EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>vợ/chồng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy chuyển sang phần tiếp theo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>(Chuyển Nguồn Tài Nguyên)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF30803" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gửi bằng chứng </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">về chi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="221E1F"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>phí sinh hoạt hiện tại của vợ/chồng của quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69873022" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Họ, tên, viết tắt tên đệm của vợ/chồng quý vị</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024E686A" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số an sinh xã hội</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150858BE" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E3D90" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vợ/chồng của quý vị trả bao nhiêu mỗi tháng cho:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C412745" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tiền thuê nhà?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8C8663" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Khoản vay thế chấp (gốc và lãi)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0C7BC7" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Bảo hiểm của chủ nhà/người thuê nhà?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F545C6" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Thuế bất động sản?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D82BDE1" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Phí bảo trì cần thiết cho một căn nhà condo hoặc nhà ở hợp tác co-op?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBB51CD" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chi phí ăn ở tại một nơi cư ngụ có dịch vụ trợ giúp y tế?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3E2958" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3D90" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Vợ/chồng của quý vị có trả tiền phí mở máy sưởi ấm không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C5092E" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFE1F59" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0579E9" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="001A5F78" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3D90" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Vợ/chồng của quý vị có trả tiền cho các tiện ích không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7922E504" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB8B094" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5B0DC9" w14:textId="2BE482B2" w:rsidR="001A5F78" w:rsidRPr="00A77B14" w:rsidRDefault="001A5F78" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>5.?</w:t>
+      </w:r>
+      <w:r w:rsidR="004E3D90" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Có đứa trẻ, cha mẹ, anh chị </w:t>
+      </w:r>
+      <w:r w:rsidR="002508D4" w:rsidRPr="003F1F53">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">em </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3D90" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>nào sống với vợ/chồng của quý vị không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022CA0B4" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051DD437" w14:textId="77777777" w:rsidR="004E3D90" w:rsidRPr="00A77B14" w:rsidRDefault="004E3D90" w:rsidP="004E3D90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6462E5A6" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">́, hãy điền vào phần này. Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy chuyển đến phần tiếp theo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>(Chuyển Nguồn Tài Nguyên)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4110ED75" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gửi bằng chứng </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>về thu nhập hằng tháng của họ trước khi khấu trừ. Một khoản khấu trừ có thể được cho phép đối với các nhu cầu bảo trì của họ. Những người này phải có quan hệ ruột thịt với quý vị hoặc là vợ/chồng của quý vị, và một trong hai quý vị phải khai họ là người phụ thuộc trong tờ khai thuế thu nhập liên bang của quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41727C18" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="600F6F58" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số an sinh xã hội</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2F7FE0" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mối quan hệ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78498658" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày sinh (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B3D33B" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Thu nhập hằng tháng trước khi khấu trừ $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BB629E" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C2F542" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số an sinh xã hội</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D479EBF" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mối quan hệ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA1E0F3" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày sinh (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703FA2C4" w14:textId="77777777" w:rsidR="00803B57" w:rsidRPr="00A77B14" w:rsidRDefault="00803B57" w:rsidP="00803B57">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Thu nhập hằng tháng trước khi khấu trừ $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545426E6" w14:textId="77777777" w:rsidR="00063CE6" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chuyển Nguồn Tài Nguyên (nguồn tài nguyên bao gồm cả thu nhập và tài sản)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B651C66" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44760" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trong 60 tháng qua:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FF3C8A" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>a. Có bất kỳ tài sản nào có sẵn hoặc thuộc về bạn hoặc vợ/chồng của bạn đã được chuyển vào hoặc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC2388C" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="6E300922" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>chu</w:t>
+      </w:r>
+      <w:r w:rsidR="14FD0021" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ển ra khỏi</w:t>
+      </w:r>
+      <w:r w:rsidR="0972A23B" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>quỹ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44760" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tín thác? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18003877" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B82EC65" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B3BD40" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. Quý vị, vợ/chồng của quý vị, hoặc người thay mặt quý vị có chuyển thu nhập hay quyền hưởng thu nhập không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327022EF" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F8E6C5" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B9D307" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c. Quý vị, vợ/chồng của quý vị, hoặc ai đó thay mặt quý vị chuyển nhượng, thay đổi quyền sở hữu, cho đi, hoặc bán bất kỳ tài sản nào, bao gồm nhà hoặc bất động sản khác của quý vị? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E1ADFB" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDC222A" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54179700" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. Quý vị, vợ/chồng của quý vị hoặc người thay mặt quý vị có thay đổi chứng thư hoặc quyền sở hữu bất kỳ bất động sản nào, bao gồm cả việc tạo một bất động sản trọn đời, ngay cả khi bất động sản trọn đời này được mua tại nơi cư trú của một người khác không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2808B60A" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="713C6BB5" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FCE2EF" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e. Nếu quý vị mua một bất động sản trọn đời tại nhà của một người khác, quý vị có sống trong ngôi nhà đó ít nhất một năm sau khi quý vị mua bất động sản trọn đời này không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419ABF1E" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A2C8FF" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4805DC71" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f. Quý vị, vợ/chồng của quý vị hoặc người thay mặt quý vị có thêm một tên nào khác vào chứng thư của bất kỳ tài sản nào mà quý vị đang sở hữu không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E6B3EB" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6491022E" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0D8750" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">g. Quý vị, vợ/chồng của quý vị hoặc người thay mặt quý vị có nhận hoặc cho bất kỳ ai một khoản thế chấp, khoản vay hoặc giấy hẹn trả tiền trên bất kỳ bất động sản hoặc tài sản nào khác không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640CD16A" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACAC90A" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="308F764D" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">h. Quý vị, vợ/chồng của quý vị, hoặc người thay mặt quý vị có mua hoặc bằng cách nào đó thay đổi niên kim không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABA3082" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E3981C" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4F3C71" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị trả lời có cho bất kỳ câu hỏi nào ở trên</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>, quý vị phải điền vào những mục sau đây và gửi cho chúng tôi bằng chứng về các thông tin này.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CEA5D4" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mô tả tài sản/thu nhập </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BC6358" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày chuyển nhượng (tháng/ngày/năm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3C230D" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đã chuyển cho người mà </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D197BC5" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mối quan hệ với quý vị hoặc vợ/chồng của quý vị </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AE0A6F" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Số tiền chuyển $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D3244E" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mô tả tài sản/thu nhập </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F24B853" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày chuyển nhượng (tháng/ngày/năm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC028E2" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đã chuyển cho người mà </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CED531F" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mối quan hệ với quý vị hoặc vợ/chồng của quý vị </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179AB131" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số tiền chuyển $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248C71FB" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mô tả tài sản/thu nhập </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFD611B" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày chuyển nhượng (tháng/ngày/năm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2583281F" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đã chuyển cho người mà </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A6E289" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mối quan hệ với quý vị hoặc vợ/chồng của quý vị </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244D813B" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số tiền chuyển $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6377A5" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="006D6BA6" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44760" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị, vợ/chồng của quý vị hoặc người thay mặt quý vị có đặt cọc cho bất kỳ cơ sở chăm sóc sức khỏe hoặc cơ sở nội trú nào, như một cơ sở có dịch vụ trợ giúp, cộng đồng hưu trí chăm sóc thường xuyên hoặc cộng đồng chăm sóc đời sống người cao niên không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF1CC29" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3204DB" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F115BB" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy cho chúng tôi biết tên và địa chỉ của cơ sở, số tiền đặt cọc, trả lời các câu hỏi sau và </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gửi cho chúng tôi một bản sao </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>của hợp đồng quý vị đã ký với cơ sở và bất kỳ tài liệu nào liên quan đến khoản tiền đặt cọc này.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DB8E69" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên cơ sở</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F32610" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Địa chỉ của cơ sở</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05081E70" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số tiền $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2384745F" w14:textId="77777777" w:rsidR="00B82CA7" w:rsidRPr="00A77B14" w:rsidRDefault="00B82CA7" w:rsidP="00B82CA7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44760" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Cơ sở có còn giữ tiền đặt cọc không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B713781" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316B2548" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768217B1" w14:textId="77777777" w:rsidR="00B82CA7" w:rsidRPr="00A77B14" w:rsidRDefault="006D6BA6" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44760" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Cơ sở có trả lại tiền đặt cọc không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D3C7A6" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129F304E" w14:textId="77777777" w:rsidR="00E44760" w:rsidRPr="00A77B14" w:rsidRDefault="00E44760" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000CE3B3" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="007429C8" w:rsidP="00E44760">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>, hãy cho chúng tôi tên và địa chỉ của người nhận tiền đặt cọc từ cơ sở.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098808D2" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="007429C8" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên người nhận</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C71C02" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="007429C8" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Địa chỉ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8A574D" w14:textId="77777777" w:rsidR="000702BE" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Bất động sản</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35442626" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Câu trả lời cho các câu hỏi sau đây sẽ được sử dụng để quyết định xem: (1) bất động sản của quý vị sẽ được tính là một tài sản; hoặc (2) một quyền thế chấp sẽ được đặt lên bất động sản của quý vị. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12785F57" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lưu ý: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu phần vốn chủ sở hữu tại nơi cư trú chính của quý vị vượt quá một giới hạn nhất định, quý vị có thể không đủ điều kiện để nhận thanh toán cho các dịch vụ chăm sóc dài hạn, trừ khi một số điều kiện nhất định được đáp ứng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEE56C9" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="00A77B14" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00283DEC" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị hoặc vợ/chồng của quý vị có sở hữu hoặc có lợi ích hợp pháp đối với căn nhà của quý vị, bao gồm cả tài sản trọn đời không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0884301E" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5236B33B" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1786D174" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có́</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy điền những thông tin sau và trả lời từ câu hỏi số 9 đến số 15. Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, chỉ trả lời câu hỏi số 15. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1DFBA6" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên và địa chỉ của (những) người trên giấy tờ sở hữu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4BE519" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mô tả và địa chỉ của vị trí bất động sản </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A0C91A" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Loại quyền sở hữu (Đánh dấu một ô.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784F95D3" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Sở hữu cá nhân (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Giá trị thị trường hợp lý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)$ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2033C660" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Sở hữu chung (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Giá trị thị trường hợp lý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) $ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4E1B20" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Đồng sở hữu (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Giá trị thị trường hợp lý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) $ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38739B0E" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Bất động sản trọn đời (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Giá trị thị trường hợp lý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) $ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46102873" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên và địa chỉ của (những) người trên giấy tờ sở hữu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74EC9EBD" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mô tả và địa chỉ của vị trí bất động sản </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3492A622" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Loại quyền sở hữu (Đánh dấu một ô.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78FC285C" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Sở hữu cá nhân (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Giá trị thị trường hợp lý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)$ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA55298" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Sở hữu chung (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Giá trị thị trường hợp lý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) $ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5E971D" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Đồng sở hữu (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Giá trị thị trường hợp lý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) $ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D82427" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Bất động sản trọn đời (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Giá trị thị trường hợp lý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) $ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEFC64E" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Quý vị có vợ/chồng không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F978BE2" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DE2601" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C64EA73" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy điền vào phần này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268321CF" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên Người này có sống trong nhà của quý vị không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB4C87C" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257BFF10" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F4BD44" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Quý vị có một đứa trẻ vĩnh viễn và hoàn toàn bị khuyết tật hoặc bị mù? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680D92DF" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC8658D" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01ECCBAF" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy điền vào phần này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744EBCFB" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên Người này có sống trong nhà của quý vị không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB4E32C" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357BCE73" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69ABE5D8" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Quý vị có một đứa trẻ dưới 21 tuổi không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029D8808" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70785858" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E22613" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu Có, hãy điền vào phần này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DB8C48" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A176C7" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ngày sinh (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37569B37" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Người này có sống trong nhà quý vị không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108D6E9E" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD94A83" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570C5662" w14:textId="7876B1BD" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Quý vị có anh chị em có quyền lợi hợp pháp đối với ngôi nhà và đã từng sống tại đây ít nhất một năm ngay trước khi quý vị được nhận vào cơ sở y tế không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5AE2CB" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBB3C85" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260D8BB1" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu Có, hãy điền vào phần này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B4C2D0" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A2AAA2" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Người này có sống trong nhà của quý vị không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3878F978" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14074AA9" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C7F59B" w14:textId="7C8DA002" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Quý vị có con đã sống trong nhà ít nhất hai năm qua trước khi quý vị được nhận vào cơ sở y tế và đã chăm sóc cho quý vị để quý vị có thể sống trong ngôi nhà này không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70262EB2" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DA5861" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7D4280" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy điền vào phần này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626D0A5B" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C332771" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Người này có sống trong nhà của quý vị không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="217CE07C" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBCC4FF" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADE3D35" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Quý vị có người thân phụ thuộc không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADEFA89" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573E4344" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA77E51" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy điền vào phần này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A5B181" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D979807" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Người này có sống trong nhà của quý vị không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB0092E" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5CEBE0" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D1B2C3" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mô tả mối quan hệ và bản chất của sự phụ thuộc: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C3BA22" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Quý vị có dự định trở về nhà không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C87549" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25481736" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AF341B" w14:textId="77777777" w:rsidR="00283DEC" w:rsidRPr="00A77B14" w:rsidRDefault="00283DEC" w:rsidP="00283DEC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>(Không trả lời câu hỏi này nếu quý vị đang nộp đơn xin Miễn Trừ Dịch Vụ Tại Gia và Tại Cộng Đồng.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316ECBB6" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Quý vị hoặc vợ/chồng của quý vị có sở hữu hoặc có quyền lợi hợp pháp đối với các bất động sản khác không được liệt kê trong câu hỏi số </w:t>
+      </w:r>
+      <w:r w:rsidR="43D342EA" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ở trên không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0289C376" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1C3E23" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2888AE5E" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:pStyle w:val="Pa32"/>
+        <w:spacing w:before="20" w:after="60"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vui lòng mô tả các bất động sản này và liệt kê địa chỉ bên dưới. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E961B0D" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị cần thêm chỗ trống, xin vui lòng sử dụng một tờ giấy riêng biệt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F987F76" w14:textId="77777777" w:rsidR="00A04663" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Bảo Hiểm Chăm Sóc Dài Hạn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2388FB" w14:textId="77777777" w:rsidR="00223836" w:rsidRDefault="00E13E4A" w:rsidP="00223836">
-[...21 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="185EC57C" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Quý vị hoặc vợ/chồng của quý vị có bảo hiểm chăm sóc dài hạn không? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CAE404" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309A293F" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Không </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252D2DC8" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy điền vào phần này. Nếu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hãy chuyển đến phần tiếp theo (Tờ Khai Thuế). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5142079B" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Gửi một bản sao</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hợp đồng bảo hiểm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D2A96C1" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tên công ty/Số hợp đồng </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-        <w:br/>
+    </w:p>
+    <w:p w14:paraId="15E654F7" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên chủ hợp đồng </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40563C1B" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày có hiệu lực (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474CB060" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phí bảo hiểm $ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6417212C" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên công ty/Số hợp đồng </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66608E11" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên chủ hợp đồng </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21371066" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày có hiệu lực (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587CD3F2" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Phí bảo hiểm $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452AB884" w14:textId="77777777" w:rsidR="00223836" w:rsidRPr="003E3BCE" w:rsidRDefault="00223836" w:rsidP="00223836">
-[...16 lines deleted...]
-    <w:p w14:paraId="729F2264" w14:textId="0822EAD3" w:rsidR="00E13E4A" w:rsidRPr="003E3BCE" w:rsidRDefault="00223836" w:rsidP="00E13E4A">
+    <w:p w14:paraId="47DBE246" w14:textId="77777777" w:rsidR="00A04663" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00AE3C4A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00223836">
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tờ Khai Thuế</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B2B166" w14:textId="77777777" w:rsidR="00223836" w:rsidRDefault="00E13E4A" w:rsidP="00223836">
-      <w:r w:rsidRPr="003E3BCE">
+    <w:p w14:paraId="59847ED4" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="00A77B14" w:rsidRDefault="00F876AE" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">18. </w:t>
       </w:r>
-      <w:r w:rsidR="00223836">
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A35314" w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị hoặc vợ/chồng của quý vị có nộp tờ khai thuế thu nhập tại Hoa Kỳ trong hai năm qua không? (Đánh dấu một ô.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B027E54" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1685"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có, cả hai năm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B54B43" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có, một trong những năm này</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B150EA5" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không, không phải năm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325ACBF3" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu có</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, quý vị phải </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>gửi bản sao</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của các tờ khai này. Nếu quý vị không giữ bản sao của một hoặc nhiều tờ khai thuế này, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>quý vị phải gửi Mẫu Đơn 4506 của IRS đã điền và ký tên</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>. Mẫu đơn 4506 được đính kèm ở cuối đơn này.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604F0404" w14:textId="77777777" w:rsidR="00A04663" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>KÝ VÀO PHỤ LỤC NÀY.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5259E604" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khi ký tên vào phụ lục dưới đây, tôi xin xác nhận chịu hình phạt nếu khai man rằng những đệ trình và tuyên bố tôi đã gửi trong phụ lục này là đúng sự thật và đầy đủ theo hiểu biết của tôi, đồng thời tôi đồng ý chấp nhận và tuân thủ các quyền và trách nhiệm bên trên. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDA1C1D" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quan trọng: Nếu quý vị nộp phụ lục này với tư cách là đại diện được ủy quyền, quý vị phải gửi Đơn Chỉ Định Người Đại Diện Được Ủy Quyền (ARD) cho chúng tôi để chúng tôi xử lý đơn xin này. Điều quan trọng là phải hoàn thành mẫu đơn này vì đây là cách duy nhất chúng tôi có thể nói chuyện với quý vị về đơn xin này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13757D9F" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chữ ký của người nộp đơn/thành viên hoặc người đại diện được ủy quyền </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D61049F" w14:textId="77777777" w:rsidR="00A35314" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="00A35314">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ghi tên rõ ràng </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DFB02A8" w14:textId="08FF6823" w:rsidR="003D6ED1" w:rsidRPr="00A77B14" w:rsidRDefault="00A35314" w:rsidP="003D6ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Có, cả hai năm</w:t>
-[...97 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+        <w:t xml:space="preserve">Ngày </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003D6ED1" w:rsidRPr="00A77B14" w:rsidSect="003D6ED1">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1170" w:left="1080" w:header="432" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="270" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15EB55CA" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="267AEC66" w14:textId="77777777" w:rsidR="00E5218C" w:rsidRDefault="00E5218C" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D426F01" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="2BEDCBF8" w14:textId="77777777" w:rsidR="00E5218C" w:rsidRDefault="00E5218C" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Source Sans Pro">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro SemiBold">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aller">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4FCAB5E7" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D">
-[...5 lines deleted...]
-  <w:p w14:paraId="2EB12E45" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D">
+  <w:p w14:paraId="44EB2437" w14:textId="77777777" w:rsidR="0029533E" w:rsidRDefault="0029533E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
+  <w:p w14:paraId="0BD92455" w14:textId="77777777" w:rsidR="0029533E" w:rsidRDefault="0029533E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2B40A8E3" w14:textId="6298FA1A" w:rsidR="00CC6BD7" w:rsidRPr="003A3AC1" w:rsidRDefault="007B7E32" w:rsidP="00CC6BD7">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-433282828"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="67EDD26C" w14:textId="247280D9" w:rsidR="0029533E" w:rsidRDefault="00CA6E78" w:rsidP="003D6ED1">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>65</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FF1F6A0" w14:textId="77777777" w:rsidR="003D6ED1" w:rsidRDefault="003D6ED1" w:rsidP="003D6ED1">
     <w:pPr>
-      <w:spacing w:after="360"/>
-[...2 lines deleted...]
-        <w:szCs w:val="16"/>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5760"/>
+      </w:tabs>
+      <w:rPr>
+        <w:noProof/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007B7E32">
-[...4 lines deleted...]
-      <w:t>LTC-SUPP-VN-0320</w:t>
+    <w:r w:rsidRPr="003D6ED1">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>LTC-SUPP_VN_2026-03</w:t>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1053201591"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F9CD8F1" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="2E345D4B" w14:textId="77777777" w:rsidR="00E5218C" w:rsidRDefault="00E5218C" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2607C2AF" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="574011D6" w14:textId="77777777" w:rsidR="00E5218C" w:rsidRDefault="00E5218C" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2A1D6E81" w14:textId="77777777" w:rsidR="00655E2E" w:rsidRDefault="00655E2E" w:rsidP="00655E2E">
+  <w:p w14:paraId="59E3C78C" w14:textId="77777777" w:rsidR="0029533E" w:rsidRDefault="0029533E">
     <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="126B2087" w14:textId="77777777" w:rsidR="0029533E" w:rsidRDefault="0029533E"/>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="24619BC7" w14:textId="567F60BE" w:rsidR="0029533E" w:rsidRPr="00ED082F" w:rsidRDefault="0029533E" w:rsidP="0073782C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="EE0000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003E3BCE">
-[...3 lines deleted...]
-      <w:t>Please note. This document has been formatted for use with screen readers.</w:t>
+    <w:r w:rsidRPr="2CCF7F91">
+      <w:rPr>
+        <w:color w:val="EE0000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Lưu ý: Tài </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="2CCF7F91">
+      <w:rPr>
+        <w:color w:val="EE0000"/>
+      </w:rPr>
+      <w:t>liệunàyđượcđịnhdạngđểdùngvớitrìnhđọcmànhình</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="2CCF7F91">
+      <w:rPr>
+        <w:color w:val="EE0000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:r>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidRPr="2CCF7F91">
+      <w:rPr>
+        <w:color w:val="EE0000"/>
+      </w:rPr>
+      <w:t>Sốtrangthamkhảotrongtàiliệunày—dùnằmtrongphầnmụclụchoặcbấtkỳchỗnàokhác—đềcậpđếnsốtrangtrongấnphẩmgốc.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:textHash int2:hashCode="7inXJNI983dyo9" int2:id="flqUf4dK">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="yhaKZPQwwbPlIH" int2:id="w2VAHAIR">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="96F01F6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="004D3D76"/>
+    <w:nsid w:val="175142B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A98E1C36"/>
-[...15 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:tmpl w:val="9AD68F76"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...102 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...563 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17EA29D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BB042F2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E42E99A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2117,2927 +4350,1446 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1BB0650E"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="215445A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="49640A6A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="19346742"/>
+    <w:lvl w:ilvl="0" w:tplc="580A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...123 lines deleted...]
-      <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-[...210 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25945ABC"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27E944A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EA82FF56"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="281A2B74"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73889FBA"/>
+    <w:lvl w:ilvl="0" w:tplc="580A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E192542"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="02E8BF98"/>
+    <w:lvl w:ilvl="0" w:tplc="580A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C41653E"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32D9642D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6360B51A"/>
-    <w:lvl w:ilvl="0" w:tplc="151C1A70">
+    <w:tmpl w:val="28046CA6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C1F0C9DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36FD4133"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23DAD45A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38805746"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3426FF54"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%1)"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E6B4050C">
+      <w:start w:val="27"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2760" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4200" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4920" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5640" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6360" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7080" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E577920"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39121F3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1F10E94A"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="FCBED18C"/>
+    <w:lvl w:ilvl="0" w:tplc="580A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1646" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2366" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3086" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3806" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4526" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5246" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5966" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6686" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3161064E"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43112D0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="16842878"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="31D29FEC"/>
+    <w:lvl w:ilvl="0" w:tplc="C1F0C9DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43A43542"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5912733C"/>
+    <w:lvl w:ilvl="0" w:tplc="26500F3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="A252990A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B4409C4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="657E0BD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E0D868FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="68748138">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A8ECF7C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3B8CBF56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EC8652E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="327851D5"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B827FE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="27A65694"/>
-[...349 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="117662F4"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1612 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4FBD496B"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BD44DFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0E32E924"/>
+    <w:tmpl w:val="B6569394"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C1F0C9DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DBF51D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12AA6210"/>
+    <w:lvl w:ilvl="0" w:tplc="C1F0C9DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F2D29F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="052A5530"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51A854B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2FAAE38"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -5103,2298 +5855,3443 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="529E50FC"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="33EAF0DC"/>
+    <w:tmpl w:val="52FE2CE6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3650" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4370" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5090" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6530" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="545851F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87621A6E"/>
+    <w:lvl w:ilvl="0" w:tplc="EC64790A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="324CF040">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8130ADDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F970C276">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="BCDAB1E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A1FCE31E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9CBC6CF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="058C2DA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F2728DAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B5C6452"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8EE8E09A"/>
+    <w:lvl w:ilvl="0" w:tplc="F5F8D508">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1966A6EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="250E1742">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="83B06214">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FA343246">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F76233D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1A5E00F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="800CD0CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="02582B9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BB15C80"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EB720C74"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60CF3A29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF7E859E"/>
+    <w:lvl w:ilvl="0" w:tplc="C1F0C9DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C5956D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E0565E6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="10AE2732"/>
+    <w:lvl w:ilvl="0" w:tplc="18C81004">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CD2CA0AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8BB2A9B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BBEE4376">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66A42558">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="056EB8CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FE046A76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D1BE0CCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8FA0713E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="546142D3"/>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71F939E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D56C3F4C"/>
-    <w:lvl w:ilvl="0" w:tplc="B50C41CA">
+    <w:tmpl w:val="AD5C4434"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EC64790A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...10 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-[...70 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
-[...455 lines deleted...]
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74227DFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="05248304"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="bullet"/>
+    <w:tmpl w:val="161C82F6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="bulletlist"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="759E0D21"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3405CD6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="792D06D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C30E68C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A0564B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D64A7A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
-[...339 lines deleted...]
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="1" w16cid:durableId="131601115">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1257715903">
-    <w:abstractNumId w:val="45"/>
+  <w:num w:numId="2" w16cid:durableId="150563209">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="125660217">
+  <w:num w:numId="3" w16cid:durableId="1659769347">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1464035538">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1171261042">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1336297092">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="514921874">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1267695094">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="555700606">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1251158820">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1289823615">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="793476941">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="44566918">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="214195875">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1986199805">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1409304029">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="973371232">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1627734273">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="934483867">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1037775452">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="480318716">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1251239132">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="139812494">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1482305805">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="301468284">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1692605286">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2092580573">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1503086758">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="882671542">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1056977778">
-[...101 lines deleted...]
-  <w:num w:numId="38" w16cid:durableId="1870681921">
+  <w:num w:numId="30" w16cid:durableId="1885487758">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1302081518">
-[...17 lines deleted...]
-  <w:num w:numId="45" w16cid:durableId="503786817">
+  <w:num w:numId="31" w16cid:durableId="371536303">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="213010425">
-[...2 lines deleted...]
-  <w:numIdMacAtCleanup w:val="6"/>
+  <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="116737"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00142935"/>
     <w:rsid w:val="00000F2D"/>
+    <w:rsid w:val="00002A58"/>
     <w:rsid w:val="00005515"/>
     <w:rsid w:val="00006B9E"/>
     <w:rsid w:val="00010925"/>
     <w:rsid w:val="00011C91"/>
+    <w:rsid w:val="00012253"/>
+    <w:rsid w:val="00014130"/>
+    <w:rsid w:val="000142F6"/>
     <w:rsid w:val="00015228"/>
+    <w:rsid w:val="00017B2C"/>
     <w:rsid w:val="0002033E"/>
+    <w:rsid w:val="00025B14"/>
+    <w:rsid w:val="0003460B"/>
     <w:rsid w:val="00034791"/>
+    <w:rsid w:val="00034991"/>
     <w:rsid w:val="000353A9"/>
+    <w:rsid w:val="000359A9"/>
+    <w:rsid w:val="0003610C"/>
     <w:rsid w:val="0003641D"/>
+    <w:rsid w:val="000368AB"/>
+    <w:rsid w:val="0003748A"/>
+    <w:rsid w:val="00043071"/>
     <w:rsid w:val="00043085"/>
+    <w:rsid w:val="0004446D"/>
+    <w:rsid w:val="0004477D"/>
     <w:rsid w:val="000459C1"/>
+    <w:rsid w:val="00045FC0"/>
+    <w:rsid w:val="00045FD4"/>
+    <w:rsid w:val="00046A42"/>
     <w:rsid w:val="00046B45"/>
     <w:rsid w:val="00047A07"/>
+    <w:rsid w:val="00052F47"/>
     <w:rsid w:val="00055763"/>
     <w:rsid w:val="00057734"/>
+    <w:rsid w:val="00057CB1"/>
+    <w:rsid w:val="00057E2C"/>
     <w:rsid w:val="00062BE6"/>
     <w:rsid w:val="00063CE6"/>
+    <w:rsid w:val="000650F8"/>
+    <w:rsid w:val="0006592B"/>
     <w:rsid w:val="000663C3"/>
     <w:rsid w:val="000702BE"/>
+    <w:rsid w:val="00070726"/>
+    <w:rsid w:val="000723D3"/>
     <w:rsid w:val="00072A87"/>
     <w:rsid w:val="00075490"/>
+    <w:rsid w:val="00075B8C"/>
     <w:rsid w:val="0007622E"/>
     <w:rsid w:val="00076865"/>
     <w:rsid w:val="00080484"/>
     <w:rsid w:val="00080AAE"/>
+    <w:rsid w:val="00081FC3"/>
+    <w:rsid w:val="00085A35"/>
     <w:rsid w:val="00085D3D"/>
+    <w:rsid w:val="00086054"/>
+    <w:rsid w:val="00087738"/>
+    <w:rsid w:val="00090CC0"/>
     <w:rsid w:val="00095595"/>
     <w:rsid w:val="00096808"/>
     <w:rsid w:val="000A0849"/>
     <w:rsid w:val="000A0C7C"/>
+    <w:rsid w:val="000A0FAB"/>
     <w:rsid w:val="000A311D"/>
     <w:rsid w:val="000A36CD"/>
+    <w:rsid w:val="000A3C6E"/>
     <w:rsid w:val="000A463E"/>
+    <w:rsid w:val="000A76BD"/>
+    <w:rsid w:val="000B36A3"/>
+    <w:rsid w:val="000B43B8"/>
     <w:rsid w:val="000C1658"/>
+    <w:rsid w:val="000C18E8"/>
     <w:rsid w:val="000C1C16"/>
     <w:rsid w:val="000C20F5"/>
+    <w:rsid w:val="000C3DD3"/>
+    <w:rsid w:val="000C716E"/>
     <w:rsid w:val="000D0D68"/>
     <w:rsid w:val="000D15DE"/>
     <w:rsid w:val="000D1B13"/>
+    <w:rsid w:val="000D53B9"/>
     <w:rsid w:val="000E08ED"/>
+    <w:rsid w:val="000E27E0"/>
     <w:rsid w:val="000E315B"/>
+    <w:rsid w:val="000E3B6C"/>
+    <w:rsid w:val="000E472B"/>
     <w:rsid w:val="000E5B07"/>
     <w:rsid w:val="000E63BA"/>
+    <w:rsid w:val="000F1D5E"/>
     <w:rsid w:val="000F2BE3"/>
+    <w:rsid w:val="000F3B14"/>
     <w:rsid w:val="000F40A2"/>
     <w:rsid w:val="000F432D"/>
     <w:rsid w:val="000F447B"/>
+    <w:rsid w:val="000F5467"/>
+    <w:rsid w:val="000F5A5D"/>
     <w:rsid w:val="000F6F6D"/>
     <w:rsid w:val="000F7633"/>
+    <w:rsid w:val="00100293"/>
     <w:rsid w:val="001012A1"/>
     <w:rsid w:val="00102BE4"/>
+    <w:rsid w:val="001052A5"/>
+    <w:rsid w:val="00105922"/>
     <w:rsid w:val="00105B05"/>
-    <w:rsid w:val="00106787"/>
+    <w:rsid w:val="0010635A"/>
+    <w:rsid w:val="00106780"/>
+    <w:rsid w:val="00107F90"/>
     <w:rsid w:val="00113952"/>
+    <w:rsid w:val="00115566"/>
     <w:rsid w:val="001168C1"/>
     <w:rsid w:val="00120827"/>
+    <w:rsid w:val="0012219D"/>
+    <w:rsid w:val="00123BA1"/>
+    <w:rsid w:val="0012456F"/>
+    <w:rsid w:val="00126689"/>
+    <w:rsid w:val="00130065"/>
     <w:rsid w:val="00134F9C"/>
-    <w:rsid w:val="0013515A"/>
     <w:rsid w:val="001414A4"/>
+    <w:rsid w:val="00141EDD"/>
+    <w:rsid w:val="00141FF4"/>
     <w:rsid w:val="00142935"/>
+    <w:rsid w:val="00143549"/>
+    <w:rsid w:val="001438E1"/>
+    <w:rsid w:val="001448A6"/>
     <w:rsid w:val="00147792"/>
     <w:rsid w:val="00151FE3"/>
     <w:rsid w:val="001530A5"/>
     <w:rsid w:val="00153A97"/>
     <w:rsid w:val="00155AD2"/>
+    <w:rsid w:val="00155EE0"/>
+    <w:rsid w:val="00156D94"/>
     <w:rsid w:val="00157EBA"/>
     <w:rsid w:val="00162614"/>
+    <w:rsid w:val="00163133"/>
+    <w:rsid w:val="00167493"/>
     <w:rsid w:val="00170993"/>
     <w:rsid w:val="00172C8F"/>
+    <w:rsid w:val="00174823"/>
     <w:rsid w:val="00175F48"/>
     <w:rsid w:val="00180C56"/>
+    <w:rsid w:val="001824CC"/>
+    <w:rsid w:val="00182AF9"/>
     <w:rsid w:val="00185169"/>
     <w:rsid w:val="001856D5"/>
-    <w:rsid w:val="001A0E9A"/>
+    <w:rsid w:val="00187ADC"/>
+    <w:rsid w:val="00195AEE"/>
     <w:rsid w:val="001A45F5"/>
+    <w:rsid w:val="001A5320"/>
+    <w:rsid w:val="001A5F78"/>
+    <w:rsid w:val="001B00CB"/>
+    <w:rsid w:val="001B2D24"/>
+    <w:rsid w:val="001B3355"/>
     <w:rsid w:val="001B4B50"/>
     <w:rsid w:val="001B501B"/>
     <w:rsid w:val="001C04D5"/>
+    <w:rsid w:val="001C1271"/>
     <w:rsid w:val="001C1AEE"/>
+    <w:rsid w:val="001C29D3"/>
+    <w:rsid w:val="001C3A55"/>
     <w:rsid w:val="001C4760"/>
+    <w:rsid w:val="001C49E3"/>
+    <w:rsid w:val="001C4CD7"/>
     <w:rsid w:val="001C552A"/>
+    <w:rsid w:val="001C7D10"/>
     <w:rsid w:val="001D1962"/>
     <w:rsid w:val="001D51D1"/>
+    <w:rsid w:val="001D6CA0"/>
     <w:rsid w:val="001D7A60"/>
+    <w:rsid w:val="001E002B"/>
     <w:rsid w:val="001E008F"/>
     <w:rsid w:val="001E0D12"/>
     <w:rsid w:val="001E4A33"/>
     <w:rsid w:val="001F0743"/>
+    <w:rsid w:val="001F1CFF"/>
     <w:rsid w:val="001F326C"/>
     <w:rsid w:val="001F4155"/>
     <w:rsid w:val="001F49CB"/>
     <w:rsid w:val="00200CC2"/>
+    <w:rsid w:val="00203C4B"/>
+    <w:rsid w:val="00203FCF"/>
+    <w:rsid w:val="00204D92"/>
     <w:rsid w:val="00205737"/>
     <w:rsid w:val="00206622"/>
     <w:rsid w:val="00207C43"/>
     <w:rsid w:val="00216CA9"/>
+    <w:rsid w:val="0021717F"/>
     <w:rsid w:val="00217CB0"/>
+    <w:rsid w:val="00217E84"/>
+    <w:rsid w:val="00220ECF"/>
     <w:rsid w:val="00222BD9"/>
-    <w:rsid w:val="00223836"/>
     <w:rsid w:val="002246DF"/>
+    <w:rsid w:val="002252A5"/>
     <w:rsid w:val="00226D30"/>
+    <w:rsid w:val="00227070"/>
     <w:rsid w:val="00232EA3"/>
+    <w:rsid w:val="002330D8"/>
     <w:rsid w:val="0023496E"/>
     <w:rsid w:val="002358A9"/>
     <w:rsid w:val="00236C12"/>
+    <w:rsid w:val="00243FF4"/>
     <w:rsid w:val="00245961"/>
     <w:rsid w:val="00246753"/>
+    <w:rsid w:val="00247462"/>
+    <w:rsid w:val="002477DD"/>
+    <w:rsid w:val="002500A9"/>
+    <w:rsid w:val="00250668"/>
+    <w:rsid w:val="002508D4"/>
+    <w:rsid w:val="0025525C"/>
     <w:rsid w:val="00255D0E"/>
+    <w:rsid w:val="00261EFB"/>
     <w:rsid w:val="00262414"/>
-    <w:rsid w:val="00262F7F"/>
+    <w:rsid w:val="00262EC2"/>
     <w:rsid w:val="00264129"/>
+    <w:rsid w:val="00264A24"/>
     <w:rsid w:val="00266149"/>
     <w:rsid w:val="00267CDF"/>
+    <w:rsid w:val="00270164"/>
+    <w:rsid w:val="00270D57"/>
+    <w:rsid w:val="002724B0"/>
+    <w:rsid w:val="00276202"/>
+    <w:rsid w:val="002770B9"/>
+    <w:rsid w:val="00280FF2"/>
+    <w:rsid w:val="00281397"/>
     <w:rsid w:val="00283850"/>
+    <w:rsid w:val="00283DEC"/>
+    <w:rsid w:val="00284FDD"/>
     <w:rsid w:val="0028661D"/>
+    <w:rsid w:val="00287367"/>
     <w:rsid w:val="00292683"/>
+    <w:rsid w:val="00292746"/>
     <w:rsid w:val="00292DF8"/>
-    <w:rsid w:val="002941DC"/>
+    <w:rsid w:val="00294958"/>
     <w:rsid w:val="00294C55"/>
+    <w:rsid w:val="0029533E"/>
+    <w:rsid w:val="0029610F"/>
+    <w:rsid w:val="002965B6"/>
     <w:rsid w:val="002A2FAC"/>
     <w:rsid w:val="002A5070"/>
     <w:rsid w:val="002A6CB7"/>
     <w:rsid w:val="002A6EBE"/>
+    <w:rsid w:val="002B00B9"/>
+    <w:rsid w:val="002B3D21"/>
     <w:rsid w:val="002B71C9"/>
+    <w:rsid w:val="002C0251"/>
+    <w:rsid w:val="002C0CD1"/>
     <w:rsid w:val="002C4F67"/>
+    <w:rsid w:val="002C5622"/>
+    <w:rsid w:val="002C579C"/>
+    <w:rsid w:val="002C6D0B"/>
+    <w:rsid w:val="002D0397"/>
     <w:rsid w:val="002D21E5"/>
+    <w:rsid w:val="002D26EF"/>
     <w:rsid w:val="002D357A"/>
     <w:rsid w:val="002D57A1"/>
     <w:rsid w:val="002D5B64"/>
     <w:rsid w:val="002D5EC6"/>
+    <w:rsid w:val="002E0322"/>
+    <w:rsid w:val="002E0D76"/>
+    <w:rsid w:val="002E0EE7"/>
+    <w:rsid w:val="002E19B5"/>
     <w:rsid w:val="002E431D"/>
     <w:rsid w:val="002E5842"/>
+    <w:rsid w:val="002E6255"/>
     <w:rsid w:val="002E6C1A"/>
     <w:rsid w:val="002F14F4"/>
     <w:rsid w:val="002F18EC"/>
     <w:rsid w:val="002F2B68"/>
+    <w:rsid w:val="002F52BB"/>
+    <w:rsid w:val="002F5491"/>
+    <w:rsid w:val="002F5780"/>
+    <w:rsid w:val="002F5DEE"/>
     <w:rsid w:val="003003F4"/>
     <w:rsid w:val="00300657"/>
     <w:rsid w:val="0030338B"/>
     <w:rsid w:val="00305B84"/>
     <w:rsid w:val="00307B99"/>
     <w:rsid w:val="00307DF3"/>
+    <w:rsid w:val="003104A8"/>
+    <w:rsid w:val="00310B69"/>
+    <w:rsid w:val="0031203A"/>
+    <w:rsid w:val="00312954"/>
+    <w:rsid w:val="003137D8"/>
     <w:rsid w:val="00313FB3"/>
+    <w:rsid w:val="003160D3"/>
     <w:rsid w:val="00316EA9"/>
+    <w:rsid w:val="00317DB0"/>
+    <w:rsid w:val="00320883"/>
     <w:rsid w:val="00320D35"/>
+    <w:rsid w:val="0032105A"/>
+    <w:rsid w:val="003230F9"/>
     <w:rsid w:val="00323B0D"/>
     <w:rsid w:val="00324583"/>
+    <w:rsid w:val="0032573B"/>
+    <w:rsid w:val="0032622D"/>
+    <w:rsid w:val="00330B71"/>
+    <w:rsid w:val="00331238"/>
     <w:rsid w:val="0033179D"/>
     <w:rsid w:val="00332CF4"/>
     <w:rsid w:val="00334095"/>
     <w:rsid w:val="00335104"/>
+    <w:rsid w:val="00337696"/>
     <w:rsid w:val="00340603"/>
     <w:rsid w:val="00340891"/>
+    <w:rsid w:val="00340BCF"/>
     <w:rsid w:val="00342A7C"/>
     <w:rsid w:val="00344836"/>
-    <w:rsid w:val="00344B10"/>
+    <w:rsid w:val="003461E1"/>
     <w:rsid w:val="0034723C"/>
+    <w:rsid w:val="003514E3"/>
     <w:rsid w:val="00353452"/>
+    <w:rsid w:val="00354B77"/>
+    <w:rsid w:val="00354D9F"/>
     <w:rsid w:val="00357495"/>
     <w:rsid w:val="00357741"/>
     <w:rsid w:val="00360501"/>
     <w:rsid w:val="00361829"/>
     <w:rsid w:val="00361831"/>
     <w:rsid w:val="00361B96"/>
+    <w:rsid w:val="0036270F"/>
+    <w:rsid w:val="00364496"/>
     <w:rsid w:val="003655D9"/>
+    <w:rsid w:val="003658AD"/>
+    <w:rsid w:val="00366F37"/>
+    <w:rsid w:val="00371AD0"/>
+    <w:rsid w:val="003721F9"/>
     <w:rsid w:val="00373319"/>
     <w:rsid w:val="00373390"/>
     <w:rsid w:val="00377048"/>
     <w:rsid w:val="00380D14"/>
+    <w:rsid w:val="00385AE7"/>
     <w:rsid w:val="00387285"/>
     <w:rsid w:val="0039059B"/>
     <w:rsid w:val="00390665"/>
+    <w:rsid w:val="00391C03"/>
+    <w:rsid w:val="00392DF7"/>
     <w:rsid w:val="00392F76"/>
+    <w:rsid w:val="003934F9"/>
     <w:rsid w:val="00393CE3"/>
-    <w:rsid w:val="0039631F"/>
+    <w:rsid w:val="00394B2D"/>
+    <w:rsid w:val="003952A6"/>
+    <w:rsid w:val="00396E1A"/>
+    <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A13BC"/>
-    <w:rsid w:val="003A3AC1"/>
+    <w:rsid w:val="003A14B6"/>
     <w:rsid w:val="003A444B"/>
     <w:rsid w:val="003A4D9E"/>
+    <w:rsid w:val="003A5061"/>
     <w:rsid w:val="003A6E9B"/>
+    <w:rsid w:val="003B04D7"/>
+    <w:rsid w:val="003B0FBB"/>
     <w:rsid w:val="003B54E3"/>
     <w:rsid w:val="003B6632"/>
+    <w:rsid w:val="003B6781"/>
     <w:rsid w:val="003B7195"/>
     <w:rsid w:val="003C018F"/>
+    <w:rsid w:val="003C5B72"/>
     <w:rsid w:val="003C70D4"/>
     <w:rsid w:val="003D16BA"/>
+    <w:rsid w:val="003D1834"/>
     <w:rsid w:val="003D3925"/>
     <w:rsid w:val="003D528A"/>
     <w:rsid w:val="003D6409"/>
+    <w:rsid w:val="003D6DA0"/>
+    <w:rsid w:val="003D6ED1"/>
     <w:rsid w:val="003D6FEC"/>
+    <w:rsid w:val="003E0D72"/>
+    <w:rsid w:val="003E24FB"/>
+    <w:rsid w:val="003E2E78"/>
+    <w:rsid w:val="003E3705"/>
     <w:rsid w:val="003E3BCE"/>
+    <w:rsid w:val="003E489D"/>
+    <w:rsid w:val="003E54C6"/>
+    <w:rsid w:val="003E638E"/>
     <w:rsid w:val="003E63D7"/>
+    <w:rsid w:val="003E6AA7"/>
     <w:rsid w:val="003E6C36"/>
     <w:rsid w:val="003F09E5"/>
+    <w:rsid w:val="003F16DB"/>
+    <w:rsid w:val="003F1F53"/>
+    <w:rsid w:val="003F23CB"/>
     <w:rsid w:val="003F35DD"/>
+    <w:rsid w:val="003F670B"/>
+    <w:rsid w:val="003F6BA5"/>
+    <w:rsid w:val="00400916"/>
     <w:rsid w:val="00400FDD"/>
+    <w:rsid w:val="00401F3D"/>
     <w:rsid w:val="004023ED"/>
     <w:rsid w:val="00403545"/>
+    <w:rsid w:val="0040471E"/>
     <w:rsid w:val="00404D7E"/>
     <w:rsid w:val="00410F03"/>
     <w:rsid w:val="00413D6D"/>
     <w:rsid w:val="00413DFA"/>
+    <w:rsid w:val="004163AD"/>
+    <w:rsid w:val="004177F0"/>
     <w:rsid w:val="0042183F"/>
+    <w:rsid w:val="00421FFF"/>
+    <w:rsid w:val="004235C9"/>
     <w:rsid w:val="004243CC"/>
     <w:rsid w:val="00427B2E"/>
+    <w:rsid w:val="00427C5D"/>
+    <w:rsid w:val="00430F94"/>
+    <w:rsid w:val="00433A3D"/>
+    <w:rsid w:val="00434418"/>
     <w:rsid w:val="00435E51"/>
+    <w:rsid w:val="00441B32"/>
     <w:rsid w:val="00444304"/>
+    <w:rsid w:val="00444A0E"/>
+    <w:rsid w:val="00445133"/>
+    <w:rsid w:val="004468B4"/>
+    <w:rsid w:val="00450BED"/>
+    <w:rsid w:val="00450E6A"/>
+    <w:rsid w:val="004540F4"/>
     <w:rsid w:val="004557E5"/>
     <w:rsid w:val="00457703"/>
     <w:rsid w:val="004614E4"/>
     <w:rsid w:val="00462F28"/>
+    <w:rsid w:val="00462F81"/>
+    <w:rsid w:val="0046759E"/>
     <w:rsid w:val="00467680"/>
+    <w:rsid w:val="00467789"/>
     <w:rsid w:val="004678F4"/>
     <w:rsid w:val="00470D0F"/>
+    <w:rsid w:val="004716DE"/>
     <w:rsid w:val="00473AF4"/>
+    <w:rsid w:val="00474787"/>
     <w:rsid w:val="0047561A"/>
     <w:rsid w:val="00477AD4"/>
     <w:rsid w:val="00480216"/>
+    <w:rsid w:val="00480246"/>
     <w:rsid w:val="0048143B"/>
+    <w:rsid w:val="004819A1"/>
+    <w:rsid w:val="00481F88"/>
+    <w:rsid w:val="004843D2"/>
     <w:rsid w:val="004858AF"/>
+    <w:rsid w:val="0048655A"/>
     <w:rsid w:val="0048693E"/>
     <w:rsid w:val="00486FCB"/>
     <w:rsid w:val="004874D2"/>
+    <w:rsid w:val="004930A5"/>
+    <w:rsid w:val="004932F7"/>
+    <w:rsid w:val="004937FC"/>
     <w:rsid w:val="00493C8D"/>
     <w:rsid w:val="00496A65"/>
+    <w:rsid w:val="004A72E8"/>
+    <w:rsid w:val="004B075B"/>
     <w:rsid w:val="004B0F6C"/>
     <w:rsid w:val="004B202D"/>
     <w:rsid w:val="004B213E"/>
+    <w:rsid w:val="004B2832"/>
+    <w:rsid w:val="004B2E62"/>
+    <w:rsid w:val="004B3928"/>
+    <w:rsid w:val="004B3DF2"/>
+    <w:rsid w:val="004B487B"/>
     <w:rsid w:val="004B64FC"/>
     <w:rsid w:val="004B6960"/>
     <w:rsid w:val="004C1668"/>
     <w:rsid w:val="004C1F40"/>
     <w:rsid w:val="004C1F6C"/>
+    <w:rsid w:val="004C2138"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rsid w:val="004C4158"/>
     <w:rsid w:val="004C5535"/>
+    <w:rsid w:val="004C67C3"/>
     <w:rsid w:val="004C692A"/>
     <w:rsid w:val="004C7462"/>
+    <w:rsid w:val="004C7FDD"/>
     <w:rsid w:val="004D05F8"/>
+    <w:rsid w:val="004D2799"/>
+    <w:rsid w:val="004D2BA9"/>
+    <w:rsid w:val="004D3017"/>
+    <w:rsid w:val="004D6E22"/>
+    <w:rsid w:val="004D796E"/>
     <w:rsid w:val="004E081A"/>
+    <w:rsid w:val="004E0F02"/>
     <w:rsid w:val="004E141D"/>
+    <w:rsid w:val="004E3C53"/>
+    <w:rsid w:val="004E3D90"/>
+    <w:rsid w:val="004E423E"/>
+    <w:rsid w:val="004E5493"/>
+    <w:rsid w:val="004E6D51"/>
+    <w:rsid w:val="004F1CE2"/>
     <w:rsid w:val="004F391C"/>
     <w:rsid w:val="004F536B"/>
+    <w:rsid w:val="004F61CD"/>
+    <w:rsid w:val="004F67D7"/>
+    <w:rsid w:val="004F7B25"/>
+    <w:rsid w:val="00500026"/>
     <w:rsid w:val="005001D9"/>
     <w:rsid w:val="00500A33"/>
+    <w:rsid w:val="00501FE3"/>
     <w:rsid w:val="005020F2"/>
-    <w:rsid w:val="0051684C"/>
+    <w:rsid w:val="005110C1"/>
     <w:rsid w:val="0051693E"/>
     <w:rsid w:val="00516B03"/>
     <w:rsid w:val="00520C0E"/>
     <w:rsid w:val="00521288"/>
+    <w:rsid w:val="005212E8"/>
+    <w:rsid w:val="00521603"/>
+    <w:rsid w:val="005226C7"/>
+    <w:rsid w:val="005226D4"/>
     <w:rsid w:val="00522ACB"/>
+    <w:rsid w:val="005230AB"/>
     <w:rsid w:val="005232C2"/>
+    <w:rsid w:val="005238CD"/>
     <w:rsid w:val="00523C6A"/>
     <w:rsid w:val="00523DBD"/>
+    <w:rsid w:val="00526F96"/>
     <w:rsid w:val="0053064E"/>
     <w:rsid w:val="00532126"/>
     <w:rsid w:val="00532CC0"/>
+    <w:rsid w:val="0053342F"/>
+    <w:rsid w:val="00533F19"/>
     <w:rsid w:val="005342BF"/>
+    <w:rsid w:val="005364D9"/>
     <w:rsid w:val="00540533"/>
     <w:rsid w:val="00540887"/>
     <w:rsid w:val="00540913"/>
+    <w:rsid w:val="00542356"/>
     <w:rsid w:val="00542EA4"/>
+    <w:rsid w:val="005449E6"/>
     <w:rsid w:val="00545B45"/>
+    <w:rsid w:val="005519B0"/>
     <w:rsid w:val="00552C78"/>
+    <w:rsid w:val="00554399"/>
     <w:rsid w:val="00557B93"/>
     <w:rsid w:val="00560E87"/>
+    <w:rsid w:val="00561666"/>
     <w:rsid w:val="00561DC6"/>
+    <w:rsid w:val="0056502B"/>
+    <w:rsid w:val="005678B4"/>
     <w:rsid w:val="0057054A"/>
     <w:rsid w:val="00574353"/>
+    <w:rsid w:val="0057448D"/>
     <w:rsid w:val="00574D85"/>
     <w:rsid w:val="0057529C"/>
     <w:rsid w:val="005760DE"/>
+    <w:rsid w:val="00580B49"/>
     <w:rsid w:val="00581650"/>
+    <w:rsid w:val="00581A14"/>
     <w:rsid w:val="00581B19"/>
+    <w:rsid w:val="0058321B"/>
     <w:rsid w:val="005835DB"/>
     <w:rsid w:val="00583964"/>
+    <w:rsid w:val="00584F48"/>
     <w:rsid w:val="00585B56"/>
+    <w:rsid w:val="0058768E"/>
     <w:rsid w:val="005A060B"/>
     <w:rsid w:val="005A17C3"/>
+    <w:rsid w:val="005A1E5E"/>
+    <w:rsid w:val="005A2056"/>
     <w:rsid w:val="005A3D8C"/>
+    <w:rsid w:val="005A3FCD"/>
     <w:rsid w:val="005A56BA"/>
     <w:rsid w:val="005A5B6F"/>
     <w:rsid w:val="005B06D2"/>
+    <w:rsid w:val="005B0DE9"/>
     <w:rsid w:val="005B2877"/>
+    <w:rsid w:val="005B2C87"/>
     <w:rsid w:val="005B3315"/>
+    <w:rsid w:val="005B352A"/>
+    <w:rsid w:val="005B3699"/>
     <w:rsid w:val="005B3890"/>
     <w:rsid w:val="005B3B7B"/>
+    <w:rsid w:val="005B433D"/>
+    <w:rsid w:val="005B5218"/>
+    <w:rsid w:val="005B6EFA"/>
     <w:rsid w:val="005B717E"/>
     <w:rsid w:val="005C1CC3"/>
     <w:rsid w:val="005C3A92"/>
+    <w:rsid w:val="005C469A"/>
     <w:rsid w:val="005C4D4F"/>
+    <w:rsid w:val="005C51AD"/>
+    <w:rsid w:val="005C55EE"/>
+    <w:rsid w:val="005C5719"/>
     <w:rsid w:val="005C6C83"/>
     <w:rsid w:val="005C7DE9"/>
+    <w:rsid w:val="005D013A"/>
+    <w:rsid w:val="005D108E"/>
     <w:rsid w:val="005D1966"/>
+    <w:rsid w:val="005D3D89"/>
     <w:rsid w:val="005D40BD"/>
+    <w:rsid w:val="005D4B4A"/>
+    <w:rsid w:val="005E26DA"/>
+    <w:rsid w:val="005E3534"/>
     <w:rsid w:val="005E422A"/>
+    <w:rsid w:val="005E5BE6"/>
     <w:rsid w:val="005E77CA"/>
     <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F3854"/>
+    <w:rsid w:val="005F4CB4"/>
     <w:rsid w:val="005F5AB1"/>
     <w:rsid w:val="005F6D67"/>
+    <w:rsid w:val="00600573"/>
+    <w:rsid w:val="0060147F"/>
+    <w:rsid w:val="00601E6C"/>
+    <w:rsid w:val="00603999"/>
+    <w:rsid w:val="00605BFD"/>
     <w:rsid w:val="00605FF6"/>
+    <w:rsid w:val="00607FF0"/>
+    <w:rsid w:val="00610D18"/>
+    <w:rsid w:val="00616762"/>
+    <w:rsid w:val="00617F69"/>
     <w:rsid w:val="00620EB2"/>
+    <w:rsid w:val="006212E8"/>
     <w:rsid w:val="006261A7"/>
     <w:rsid w:val="00626A5A"/>
+    <w:rsid w:val="006277AD"/>
     <w:rsid w:val="006300B3"/>
+    <w:rsid w:val="00630EA8"/>
     <w:rsid w:val="006310E4"/>
+    <w:rsid w:val="00631C3F"/>
+    <w:rsid w:val="00632B84"/>
     <w:rsid w:val="00632D4D"/>
+    <w:rsid w:val="00633CAA"/>
     <w:rsid w:val="00636299"/>
     <w:rsid w:val="006367FB"/>
     <w:rsid w:val="00637441"/>
     <w:rsid w:val="0064184A"/>
     <w:rsid w:val="006426A9"/>
     <w:rsid w:val="00642946"/>
+    <w:rsid w:val="00642B33"/>
     <w:rsid w:val="00642B87"/>
+    <w:rsid w:val="00643130"/>
     <w:rsid w:val="00645AA5"/>
     <w:rsid w:val="0064713B"/>
     <w:rsid w:val="00647A73"/>
+    <w:rsid w:val="00647ED2"/>
     <w:rsid w:val="00651E59"/>
-    <w:rsid w:val="00655E2E"/>
+    <w:rsid w:val="006546F9"/>
+    <w:rsid w:val="00655E85"/>
+    <w:rsid w:val="0065617D"/>
+    <w:rsid w:val="0066022A"/>
     <w:rsid w:val="00661574"/>
+    <w:rsid w:val="00661FF2"/>
+    <w:rsid w:val="00662665"/>
     <w:rsid w:val="0066377B"/>
+    <w:rsid w:val="00665CE2"/>
+    <w:rsid w:val="00670782"/>
     <w:rsid w:val="00671441"/>
     <w:rsid w:val="00672360"/>
+    <w:rsid w:val="0067299A"/>
+    <w:rsid w:val="006730BC"/>
+    <w:rsid w:val="00673210"/>
     <w:rsid w:val="00673F8F"/>
+    <w:rsid w:val="00675222"/>
     <w:rsid w:val="00675E54"/>
     <w:rsid w:val="006808C8"/>
     <w:rsid w:val="00682274"/>
     <w:rsid w:val="00687865"/>
     <w:rsid w:val="00687BD1"/>
+    <w:rsid w:val="0069019E"/>
+    <w:rsid w:val="006910BA"/>
     <w:rsid w:val="00691264"/>
     <w:rsid w:val="00693507"/>
+    <w:rsid w:val="00693607"/>
+    <w:rsid w:val="00693F0B"/>
+    <w:rsid w:val="006941A1"/>
+    <w:rsid w:val="00697315"/>
     <w:rsid w:val="006A0D71"/>
+    <w:rsid w:val="006A18B1"/>
     <w:rsid w:val="006A213E"/>
     <w:rsid w:val="006A3200"/>
+    <w:rsid w:val="006A3503"/>
+    <w:rsid w:val="006A3657"/>
     <w:rsid w:val="006A49B7"/>
     <w:rsid w:val="006A54F9"/>
+    <w:rsid w:val="006A5E55"/>
+    <w:rsid w:val="006B68B3"/>
+    <w:rsid w:val="006B7C64"/>
+    <w:rsid w:val="006C04EC"/>
+    <w:rsid w:val="006C1D66"/>
+    <w:rsid w:val="006C2B6A"/>
     <w:rsid w:val="006C3B81"/>
-    <w:rsid w:val="006C5888"/>
     <w:rsid w:val="006C655B"/>
+    <w:rsid w:val="006C65ED"/>
     <w:rsid w:val="006C75F9"/>
     <w:rsid w:val="006C7EB6"/>
+    <w:rsid w:val="006D103E"/>
+    <w:rsid w:val="006D1A12"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:rsid w:val="006D77F8"/>
+    <w:rsid w:val="006E0633"/>
     <w:rsid w:val="006E0F74"/>
     <w:rsid w:val="006E1DD6"/>
     <w:rsid w:val="006E23CF"/>
+    <w:rsid w:val="006E37F1"/>
     <w:rsid w:val="006E3A59"/>
     <w:rsid w:val="006E41C0"/>
     <w:rsid w:val="006E6045"/>
     <w:rsid w:val="006E6B7E"/>
     <w:rsid w:val="006E709A"/>
+    <w:rsid w:val="006F04EC"/>
+    <w:rsid w:val="006F1919"/>
     <w:rsid w:val="006F1C44"/>
+    <w:rsid w:val="006F1F1D"/>
+    <w:rsid w:val="006F2391"/>
     <w:rsid w:val="006F4196"/>
     <w:rsid w:val="006F524D"/>
+    <w:rsid w:val="006F6858"/>
     <w:rsid w:val="006F7017"/>
+    <w:rsid w:val="00704490"/>
     <w:rsid w:val="007070BD"/>
+    <w:rsid w:val="00707FA4"/>
+    <w:rsid w:val="00711527"/>
+    <w:rsid w:val="00712052"/>
     <w:rsid w:val="007121E1"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:rsid w:val="007179C0"/>
+    <w:rsid w:val="00717FDC"/>
     <w:rsid w:val="00720E7E"/>
     <w:rsid w:val="00721CA7"/>
+    <w:rsid w:val="00722EEF"/>
+    <w:rsid w:val="007239CB"/>
     <w:rsid w:val="00724260"/>
     <w:rsid w:val="007255F3"/>
     <w:rsid w:val="00725ADD"/>
     <w:rsid w:val="007266F9"/>
+    <w:rsid w:val="007307B0"/>
     <w:rsid w:val="00730A61"/>
     <w:rsid w:val="00730FEF"/>
     <w:rsid w:val="00731253"/>
+    <w:rsid w:val="007338B0"/>
     <w:rsid w:val="007350A2"/>
+    <w:rsid w:val="007354D3"/>
     <w:rsid w:val="00735A06"/>
     <w:rsid w:val="00736F93"/>
+    <w:rsid w:val="0073782C"/>
+    <w:rsid w:val="00741FC4"/>
+    <w:rsid w:val="0074237D"/>
+    <w:rsid w:val="007429C8"/>
     <w:rsid w:val="00742FBC"/>
     <w:rsid w:val="00743AF6"/>
+    <w:rsid w:val="00743BB1"/>
     <w:rsid w:val="007441EE"/>
     <w:rsid w:val="007448F8"/>
     <w:rsid w:val="00744E21"/>
+    <w:rsid w:val="0074599F"/>
+    <w:rsid w:val="00746A1E"/>
+    <w:rsid w:val="00746F7F"/>
+    <w:rsid w:val="00747410"/>
     <w:rsid w:val="0075219A"/>
     <w:rsid w:val="007560FB"/>
     <w:rsid w:val="0075704A"/>
     <w:rsid w:val="00760949"/>
+    <w:rsid w:val="00760EED"/>
+    <w:rsid w:val="00766B02"/>
     <w:rsid w:val="00767771"/>
     <w:rsid w:val="00767817"/>
     <w:rsid w:val="00770167"/>
     <w:rsid w:val="0077055F"/>
     <w:rsid w:val="007705C8"/>
     <w:rsid w:val="0077077C"/>
     <w:rsid w:val="00770CE2"/>
+    <w:rsid w:val="00773448"/>
     <w:rsid w:val="00773C6C"/>
+    <w:rsid w:val="007740E3"/>
+    <w:rsid w:val="00776DA2"/>
     <w:rsid w:val="007771E3"/>
     <w:rsid w:val="007778C5"/>
+    <w:rsid w:val="00781DAC"/>
     <w:rsid w:val="00782061"/>
     <w:rsid w:val="00782786"/>
     <w:rsid w:val="00785ECE"/>
+    <w:rsid w:val="00786001"/>
+    <w:rsid w:val="00786071"/>
     <w:rsid w:val="007863B0"/>
     <w:rsid w:val="007868C4"/>
     <w:rsid w:val="00792DB6"/>
     <w:rsid w:val="0079316E"/>
     <w:rsid w:val="00793A0E"/>
+    <w:rsid w:val="00794948"/>
     <w:rsid w:val="00795664"/>
     <w:rsid w:val="00796B84"/>
+    <w:rsid w:val="007A0A6A"/>
+    <w:rsid w:val="007A111B"/>
     <w:rsid w:val="007A1810"/>
+    <w:rsid w:val="007A1D1D"/>
     <w:rsid w:val="007A287B"/>
+    <w:rsid w:val="007A2BB8"/>
     <w:rsid w:val="007A3039"/>
     <w:rsid w:val="007A5441"/>
+    <w:rsid w:val="007A550A"/>
     <w:rsid w:val="007A5898"/>
     <w:rsid w:val="007A6079"/>
     <w:rsid w:val="007A6D87"/>
     <w:rsid w:val="007A73C6"/>
+    <w:rsid w:val="007B0112"/>
+    <w:rsid w:val="007B2920"/>
     <w:rsid w:val="007B48DF"/>
+    <w:rsid w:val="007B606E"/>
+    <w:rsid w:val="007B6504"/>
     <w:rsid w:val="007B680C"/>
-    <w:rsid w:val="007B7E32"/>
+    <w:rsid w:val="007B7BB0"/>
+    <w:rsid w:val="007C1304"/>
     <w:rsid w:val="007C3B12"/>
+    <w:rsid w:val="007C6C8A"/>
+    <w:rsid w:val="007D05FE"/>
+    <w:rsid w:val="007D2DF8"/>
     <w:rsid w:val="007D3845"/>
-    <w:rsid w:val="007D474A"/>
     <w:rsid w:val="007D6083"/>
     <w:rsid w:val="007D62D7"/>
+    <w:rsid w:val="007D6FEC"/>
+    <w:rsid w:val="007E1027"/>
+    <w:rsid w:val="007E2613"/>
+    <w:rsid w:val="007E55C0"/>
+    <w:rsid w:val="007F02CF"/>
+    <w:rsid w:val="007F1182"/>
     <w:rsid w:val="007F3ABD"/>
     <w:rsid w:val="007F7FDD"/>
+    <w:rsid w:val="0080067E"/>
+    <w:rsid w:val="00800E6B"/>
+    <w:rsid w:val="00803B57"/>
     <w:rsid w:val="00803F50"/>
+    <w:rsid w:val="00803F8A"/>
+    <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="00807353"/>
     <w:rsid w:val="008074A0"/>
     <w:rsid w:val="0081084E"/>
     <w:rsid w:val="00811399"/>
+    <w:rsid w:val="00811669"/>
     <w:rsid w:val="00811CBB"/>
+    <w:rsid w:val="00812A7B"/>
+    <w:rsid w:val="00816199"/>
     <w:rsid w:val="008162A4"/>
     <w:rsid w:val="00820885"/>
+    <w:rsid w:val="00821EB1"/>
     <w:rsid w:val="00822988"/>
     <w:rsid w:val="00822E52"/>
+    <w:rsid w:val="00823075"/>
     <w:rsid w:val="00823CE3"/>
+    <w:rsid w:val="008259CA"/>
     <w:rsid w:val="00825BD2"/>
     <w:rsid w:val="00830B57"/>
     <w:rsid w:val="008346D9"/>
     <w:rsid w:val="00841AD7"/>
+    <w:rsid w:val="00843E9F"/>
+    <w:rsid w:val="00844AAC"/>
     <w:rsid w:val="008470A7"/>
     <w:rsid w:val="0084783C"/>
     <w:rsid w:val="0085057B"/>
     <w:rsid w:val="00850868"/>
     <w:rsid w:val="008511D4"/>
+    <w:rsid w:val="00851357"/>
+    <w:rsid w:val="00851DFA"/>
+    <w:rsid w:val="00853A7F"/>
+    <w:rsid w:val="008543CA"/>
+    <w:rsid w:val="00855F20"/>
     <w:rsid w:val="008564A0"/>
+    <w:rsid w:val="0085663B"/>
+    <w:rsid w:val="00857564"/>
+    <w:rsid w:val="008577ED"/>
     <w:rsid w:val="00860234"/>
+    <w:rsid w:val="00860D56"/>
+    <w:rsid w:val="00861481"/>
+    <w:rsid w:val="00862159"/>
+    <w:rsid w:val="00863E0D"/>
     <w:rsid w:val="00865A1B"/>
     <w:rsid w:val="008676D4"/>
+    <w:rsid w:val="00870EF3"/>
+    <w:rsid w:val="00871F89"/>
+    <w:rsid w:val="00872543"/>
     <w:rsid w:val="008727E9"/>
+    <w:rsid w:val="00873C38"/>
+    <w:rsid w:val="00873D71"/>
     <w:rsid w:val="00874E1B"/>
     <w:rsid w:val="0087511A"/>
+    <w:rsid w:val="008808DD"/>
+    <w:rsid w:val="00881077"/>
     <w:rsid w:val="00882A39"/>
     <w:rsid w:val="00883985"/>
     <w:rsid w:val="00884E61"/>
     <w:rsid w:val="00886FA0"/>
     <w:rsid w:val="00887C41"/>
+    <w:rsid w:val="00890C9D"/>
     <w:rsid w:val="00892966"/>
+    <w:rsid w:val="00894B43"/>
     <w:rsid w:val="0089507D"/>
+    <w:rsid w:val="008A0A39"/>
+    <w:rsid w:val="008A2C01"/>
     <w:rsid w:val="008A4FB8"/>
+    <w:rsid w:val="008A5C11"/>
+    <w:rsid w:val="008A73B2"/>
     <w:rsid w:val="008A78C7"/>
     <w:rsid w:val="008A7CF7"/>
     <w:rsid w:val="008B3608"/>
     <w:rsid w:val="008B4E3B"/>
+    <w:rsid w:val="008B5C43"/>
+    <w:rsid w:val="008B7448"/>
+    <w:rsid w:val="008C186C"/>
     <w:rsid w:val="008C39DF"/>
     <w:rsid w:val="008C435A"/>
+    <w:rsid w:val="008C4D8C"/>
     <w:rsid w:val="008D0047"/>
     <w:rsid w:val="008D0D33"/>
     <w:rsid w:val="008D47D3"/>
+    <w:rsid w:val="008D4ECB"/>
+    <w:rsid w:val="008D5030"/>
     <w:rsid w:val="008D67A8"/>
+    <w:rsid w:val="008D7D8A"/>
+    <w:rsid w:val="008E17FD"/>
     <w:rsid w:val="008E1CB6"/>
+    <w:rsid w:val="008E3222"/>
+    <w:rsid w:val="008E39B3"/>
+    <w:rsid w:val="008E419E"/>
     <w:rsid w:val="008E4C82"/>
     <w:rsid w:val="008F0268"/>
     <w:rsid w:val="008F23DC"/>
     <w:rsid w:val="008F2521"/>
-    <w:rsid w:val="008F39CD"/>
+    <w:rsid w:val="008F2CDE"/>
     <w:rsid w:val="008F4974"/>
     <w:rsid w:val="008F4EF2"/>
+    <w:rsid w:val="008F7666"/>
+    <w:rsid w:val="00901A30"/>
+    <w:rsid w:val="00902422"/>
+    <w:rsid w:val="00902FC4"/>
     <w:rsid w:val="009035E3"/>
     <w:rsid w:val="00904721"/>
     <w:rsid w:val="00906430"/>
     <w:rsid w:val="009071B4"/>
+    <w:rsid w:val="00912C58"/>
     <w:rsid w:val="0091543E"/>
+    <w:rsid w:val="0091665D"/>
     <w:rsid w:val="009176DC"/>
-    <w:rsid w:val="00917C55"/>
+    <w:rsid w:val="009229FC"/>
+    <w:rsid w:val="00923789"/>
     <w:rsid w:val="00923B89"/>
+    <w:rsid w:val="009266B4"/>
+    <w:rsid w:val="0092704A"/>
     <w:rsid w:val="0092729E"/>
+    <w:rsid w:val="00927E52"/>
+    <w:rsid w:val="00930DCE"/>
     <w:rsid w:val="00932920"/>
+    <w:rsid w:val="0093297B"/>
+    <w:rsid w:val="00932CCE"/>
+    <w:rsid w:val="00932E1A"/>
     <w:rsid w:val="00933182"/>
     <w:rsid w:val="0093401F"/>
     <w:rsid w:val="0093455C"/>
+    <w:rsid w:val="00934A7D"/>
     <w:rsid w:val="009361D5"/>
+    <w:rsid w:val="00941CEB"/>
     <w:rsid w:val="009423FD"/>
     <w:rsid w:val="00942B98"/>
+    <w:rsid w:val="00942CC8"/>
     <w:rsid w:val="0094389E"/>
+    <w:rsid w:val="00944F3A"/>
     <w:rsid w:val="009468E8"/>
+    <w:rsid w:val="0094D72C"/>
+    <w:rsid w:val="009501AF"/>
     <w:rsid w:val="00950377"/>
+    <w:rsid w:val="00952138"/>
+    <w:rsid w:val="009538E8"/>
+    <w:rsid w:val="009548CD"/>
     <w:rsid w:val="00954C8B"/>
+    <w:rsid w:val="00956740"/>
     <w:rsid w:val="00956CC2"/>
+    <w:rsid w:val="00956CD3"/>
+    <w:rsid w:val="00957CB0"/>
+    <w:rsid w:val="00960DA7"/>
     <w:rsid w:val="00961301"/>
     <w:rsid w:val="00961622"/>
     <w:rsid w:val="00962638"/>
     <w:rsid w:val="009638EF"/>
     <w:rsid w:val="00964514"/>
     <w:rsid w:val="00964969"/>
+    <w:rsid w:val="00965B79"/>
     <w:rsid w:val="00967A47"/>
     <w:rsid w:val="00967F86"/>
+    <w:rsid w:val="00970BE7"/>
+    <w:rsid w:val="00970DB4"/>
+    <w:rsid w:val="00971796"/>
     <w:rsid w:val="009724F0"/>
     <w:rsid w:val="00973AD1"/>
     <w:rsid w:val="00974FFA"/>
     <w:rsid w:val="00976066"/>
+    <w:rsid w:val="00977265"/>
+    <w:rsid w:val="0098121B"/>
     <w:rsid w:val="009815F0"/>
     <w:rsid w:val="00981F01"/>
-    <w:rsid w:val="0098234E"/>
     <w:rsid w:val="00982D8A"/>
+    <w:rsid w:val="0098484B"/>
     <w:rsid w:val="00987338"/>
+    <w:rsid w:val="00992230"/>
     <w:rsid w:val="00993F59"/>
+    <w:rsid w:val="009947AF"/>
     <w:rsid w:val="00997F18"/>
+    <w:rsid w:val="009A21A2"/>
+    <w:rsid w:val="009A2793"/>
+    <w:rsid w:val="009A3BA6"/>
+    <w:rsid w:val="009A452E"/>
+    <w:rsid w:val="009B1F9A"/>
+    <w:rsid w:val="009B203F"/>
     <w:rsid w:val="009B2AD4"/>
+    <w:rsid w:val="009B2FD8"/>
     <w:rsid w:val="009B5EE5"/>
     <w:rsid w:val="009C3652"/>
+    <w:rsid w:val="009C56BD"/>
+    <w:rsid w:val="009C5AEB"/>
+    <w:rsid w:val="009C5EAD"/>
     <w:rsid w:val="009C66CC"/>
     <w:rsid w:val="009C6DA0"/>
+    <w:rsid w:val="009D07B8"/>
+    <w:rsid w:val="009D488A"/>
+    <w:rsid w:val="009D7C21"/>
     <w:rsid w:val="009E4751"/>
+    <w:rsid w:val="009E6296"/>
     <w:rsid w:val="009E6946"/>
     <w:rsid w:val="009F079B"/>
+    <w:rsid w:val="009F1C86"/>
+    <w:rsid w:val="009F2A85"/>
     <w:rsid w:val="009F2D63"/>
+    <w:rsid w:val="009F311E"/>
+    <w:rsid w:val="009F5D7D"/>
+    <w:rsid w:val="009F6A28"/>
+    <w:rsid w:val="00A00366"/>
     <w:rsid w:val="00A033E9"/>
     <w:rsid w:val="00A04663"/>
+    <w:rsid w:val="00A056A9"/>
     <w:rsid w:val="00A07DDB"/>
     <w:rsid w:val="00A1023C"/>
+    <w:rsid w:val="00A103EE"/>
+    <w:rsid w:val="00A12E1D"/>
+    <w:rsid w:val="00A14869"/>
+    <w:rsid w:val="00A157E3"/>
+    <w:rsid w:val="00A158C2"/>
+    <w:rsid w:val="00A17E4D"/>
+    <w:rsid w:val="00A20AD5"/>
+    <w:rsid w:val="00A21151"/>
+    <w:rsid w:val="00A22AA3"/>
+    <w:rsid w:val="00A22AD0"/>
+    <w:rsid w:val="00A2399B"/>
     <w:rsid w:val="00A25A42"/>
     <w:rsid w:val="00A27020"/>
     <w:rsid w:val="00A31576"/>
+    <w:rsid w:val="00A35314"/>
     <w:rsid w:val="00A354B3"/>
+    <w:rsid w:val="00A415CE"/>
+    <w:rsid w:val="00A422A6"/>
     <w:rsid w:val="00A423BC"/>
     <w:rsid w:val="00A437A1"/>
     <w:rsid w:val="00A43AD2"/>
     <w:rsid w:val="00A4477F"/>
     <w:rsid w:val="00A46035"/>
+    <w:rsid w:val="00A46ABA"/>
+    <w:rsid w:val="00A47651"/>
+    <w:rsid w:val="00A50AA3"/>
     <w:rsid w:val="00A50C28"/>
     <w:rsid w:val="00A512FE"/>
     <w:rsid w:val="00A51C73"/>
     <w:rsid w:val="00A52D39"/>
+    <w:rsid w:val="00A52FF3"/>
+    <w:rsid w:val="00A540B4"/>
     <w:rsid w:val="00A56A4F"/>
     <w:rsid w:val="00A57FEB"/>
     <w:rsid w:val="00A60F01"/>
     <w:rsid w:val="00A624BD"/>
     <w:rsid w:val="00A63A73"/>
     <w:rsid w:val="00A6424C"/>
     <w:rsid w:val="00A65592"/>
+    <w:rsid w:val="00A660D0"/>
+    <w:rsid w:val="00A670A8"/>
+    <w:rsid w:val="00A670E2"/>
     <w:rsid w:val="00A67512"/>
+    <w:rsid w:val="00A67C97"/>
     <w:rsid w:val="00A70637"/>
+    <w:rsid w:val="00A70976"/>
+    <w:rsid w:val="00A73E94"/>
     <w:rsid w:val="00A75B98"/>
     <w:rsid w:val="00A763F0"/>
+    <w:rsid w:val="00A77B14"/>
     <w:rsid w:val="00A80601"/>
     <w:rsid w:val="00A8165D"/>
+    <w:rsid w:val="00A81CBF"/>
+    <w:rsid w:val="00A82B01"/>
     <w:rsid w:val="00A85307"/>
     <w:rsid w:val="00A861D4"/>
-    <w:rsid w:val="00A95631"/>
+    <w:rsid w:val="00A915BF"/>
+    <w:rsid w:val="00A94139"/>
+    <w:rsid w:val="00A95E9D"/>
+    <w:rsid w:val="00A962EF"/>
+    <w:rsid w:val="00A96A04"/>
+    <w:rsid w:val="00A97DBC"/>
     <w:rsid w:val="00AA0BF1"/>
+    <w:rsid w:val="00AA0CCC"/>
+    <w:rsid w:val="00AA2308"/>
     <w:rsid w:val="00AA4006"/>
+    <w:rsid w:val="00AA4FDF"/>
     <w:rsid w:val="00AA553C"/>
+    <w:rsid w:val="00AA5F10"/>
     <w:rsid w:val="00AA6FBE"/>
     <w:rsid w:val="00AB1A4A"/>
-    <w:rsid w:val="00AB555E"/>
+    <w:rsid w:val="00AB7886"/>
+    <w:rsid w:val="00AB791E"/>
+    <w:rsid w:val="00AB7A05"/>
     <w:rsid w:val="00AC0390"/>
+    <w:rsid w:val="00AC3949"/>
+    <w:rsid w:val="00AC3DF4"/>
+    <w:rsid w:val="00AC5FE0"/>
     <w:rsid w:val="00AC615C"/>
     <w:rsid w:val="00AC6E76"/>
     <w:rsid w:val="00AD0FCF"/>
     <w:rsid w:val="00AD2540"/>
+    <w:rsid w:val="00AD43FB"/>
+    <w:rsid w:val="00AD5BA1"/>
+    <w:rsid w:val="00AD6E83"/>
     <w:rsid w:val="00AD7985"/>
+    <w:rsid w:val="00AD7B72"/>
+    <w:rsid w:val="00AE10A6"/>
+    <w:rsid w:val="00AE11EF"/>
+    <w:rsid w:val="00AE2266"/>
+    <w:rsid w:val="00AE3156"/>
+    <w:rsid w:val="00AE3C4A"/>
+    <w:rsid w:val="00AE6824"/>
     <w:rsid w:val="00AE739C"/>
+    <w:rsid w:val="00AE74E3"/>
+    <w:rsid w:val="00AF0B7D"/>
     <w:rsid w:val="00AF2119"/>
+    <w:rsid w:val="00AF2465"/>
     <w:rsid w:val="00AF3584"/>
-    <w:rsid w:val="00AF3F4B"/>
+    <w:rsid w:val="00AF541F"/>
+    <w:rsid w:val="00AF60FD"/>
     <w:rsid w:val="00B012D3"/>
+    <w:rsid w:val="00B02816"/>
+    <w:rsid w:val="00B03B7E"/>
+    <w:rsid w:val="00B07AE6"/>
+    <w:rsid w:val="00B11325"/>
     <w:rsid w:val="00B14CD2"/>
     <w:rsid w:val="00B14D0D"/>
+    <w:rsid w:val="00B15D9B"/>
+    <w:rsid w:val="00B16F50"/>
     <w:rsid w:val="00B17346"/>
+    <w:rsid w:val="00B20288"/>
+    <w:rsid w:val="00B21D97"/>
+    <w:rsid w:val="00B237BD"/>
+    <w:rsid w:val="00B250F5"/>
+    <w:rsid w:val="00B27603"/>
+    <w:rsid w:val="00B31D52"/>
+    <w:rsid w:val="00B3268E"/>
     <w:rsid w:val="00B33707"/>
+    <w:rsid w:val="00B361DB"/>
     <w:rsid w:val="00B43772"/>
+    <w:rsid w:val="00B47198"/>
+    <w:rsid w:val="00B474C9"/>
     <w:rsid w:val="00B5050B"/>
     <w:rsid w:val="00B50F4B"/>
+    <w:rsid w:val="00B51066"/>
     <w:rsid w:val="00B521E4"/>
-    <w:rsid w:val="00B5285B"/>
+    <w:rsid w:val="00B53BFE"/>
+    <w:rsid w:val="00B5544A"/>
     <w:rsid w:val="00B568D4"/>
+    <w:rsid w:val="00B56D17"/>
     <w:rsid w:val="00B57F75"/>
+    <w:rsid w:val="00B5C0F3"/>
     <w:rsid w:val="00B62365"/>
+    <w:rsid w:val="00B63139"/>
+    <w:rsid w:val="00B6315A"/>
     <w:rsid w:val="00B639F6"/>
+    <w:rsid w:val="00B641CA"/>
     <w:rsid w:val="00B64AEF"/>
+    <w:rsid w:val="00B72317"/>
+    <w:rsid w:val="00B7325F"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:rsid w:val="00B8199E"/>
     <w:rsid w:val="00B8228C"/>
+    <w:rsid w:val="00B826DE"/>
+    <w:rsid w:val="00B82CA7"/>
     <w:rsid w:val="00B82FCE"/>
+    <w:rsid w:val="00B839D3"/>
     <w:rsid w:val="00B84503"/>
     <w:rsid w:val="00B84DB8"/>
+    <w:rsid w:val="00B84DC1"/>
+    <w:rsid w:val="00B86772"/>
     <w:rsid w:val="00B86B43"/>
+    <w:rsid w:val="00B86C6A"/>
+    <w:rsid w:val="00B86E3D"/>
+    <w:rsid w:val="00B87640"/>
     <w:rsid w:val="00B90470"/>
+    <w:rsid w:val="00B91713"/>
+    <w:rsid w:val="00B91FD4"/>
+    <w:rsid w:val="00B97CA2"/>
     <w:rsid w:val="00BA0898"/>
+    <w:rsid w:val="00BA1BF4"/>
+    <w:rsid w:val="00BA3F26"/>
     <w:rsid w:val="00BA4089"/>
+    <w:rsid w:val="00BA5C11"/>
+    <w:rsid w:val="00BB01C7"/>
     <w:rsid w:val="00BB123B"/>
     <w:rsid w:val="00BC0A5B"/>
     <w:rsid w:val="00BC29DB"/>
     <w:rsid w:val="00BC3552"/>
     <w:rsid w:val="00BC3E8B"/>
+    <w:rsid w:val="00BC439E"/>
+    <w:rsid w:val="00BC479E"/>
     <w:rsid w:val="00BC4FEB"/>
     <w:rsid w:val="00BC591A"/>
+    <w:rsid w:val="00BC5BA2"/>
     <w:rsid w:val="00BC74CA"/>
+    <w:rsid w:val="00BD02BE"/>
+    <w:rsid w:val="00BD1DFB"/>
     <w:rsid w:val="00BD2397"/>
     <w:rsid w:val="00BD443D"/>
+    <w:rsid w:val="00BD4F77"/>
     <w:rsid w:val="00BD7D00"/>
     <w:rsid w:val="00BE04A7"/>
+    <w:rsid w:val="00BE0AC2"/>
+    <w:rsid w:val="00BE0B11"/>
     <w:rsid w:val="00BE6053"/>
     <w:rsid w:val="00BE7C3D"/>
+    <w:rsid w:val="00BF007F"/>
+    <w:rsid w:val="00BF0BE3"/>
+    <w:rsid w:val="00BF3441"/>
+    <w:rsid w:val="00BF441F"/>
+    <w:rsid w:val="00BF57F5"/>
+    <w:rsid w:val="00BF63E2"/>
     <w:rsid w:val="00BF796C"/>
+    <w:rsid w:val="00BF7ED1"/>
     <w:rsid w:val="00C005F8"/>
+    <w:rsid w:val="00C02244"/>
+    <w:rsid w:val="00C04032"/>
+    <w:rsid w:val="00C04367"/>
+    <w:rsid w:val="00C074E5"/>
+    <w:rsid w:val="00C104FD"/>
     <w:rsid w:val="00C1054C"/>
     <w:rsid w:val="00C12F65"/>
+    <w:rsid w:val="00C137FC"/>
+    <w:rsid w:val="00C13F3F"/>
+    <w:rsid w:val="00C1509C"/>
     <w:rsid w:val="00C164D6"/>
     <w:rsid w:val="00C17374"/>
     <w:rsid w:val="00C17DC9"/>
+    <w:rsid w:val="00C224F4"/>
     <w:rsid w:val="00C232DA"/>
     <w:rsid w:val="00C23C08"/>
     <w:rsid w:val="00C24236"/>
+    <w:rsid w:val="00C259BA"/>
     <w:rsid w:val="00C26CC3"/>
+    <w:rsid w:val="00C279BC"/>
+    <w:rsid w:val="00C3063D"/>
     <w:rsid w:val="00C3093B"/>
+    <w:rsid w:val="00C31144"/>
     <w:rsid w:val="00C319B6"/>
+    <w:rsid w:val="00C31BC5"/>
     <w:rsid w:val="00C31F7A"/>
+    <w:rsid w:val="00C32216"/>
     <w:rsid w:val="00C32D2F"/>
     <w:rsid w:val="00C33181"/>
     <w:rsid w:val="00C33EDB"/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="00C36899"/>
+    <w:rsid w:val="00C37553"/>
+    <w:rsid w:val="00C4061D"/>
+    <w:rsid w:val="00C4345B"/>
+    <w:rsid w:val="00C449CD"/>
     <w:rsid w:val="00C46BF1"/>
+    <w:rsid w:val="00C46C7C"/>
     <w:rsid w:val="00C46DCE"/>
+    <w:rsid w:val="00C46E67"/>
     <w:rsid w:val="00C47520"/>
     <w:rsid w:val="00C52E43"/>
     <w:rsid w:val="00C549FC"/>
+    <w:rsid w:val="00C54E95"/>
+    <w:rsid w:val="00C5510B"/>
     <w:rsid w:val="00C6108E"/>
     <w:rsid w:val="00C62307"/>
+    <w:rsid w:val="00C62FCF"/>
+    <w:rsid w:val="00C64444"/>
     <w:rsid w:val="00C65526"/>
     <w:rsid w:val="00C7119E"/>
+    <w:rsid w:val="00C72437"/>
     <w:rsid w:val="00C745AA"/>
+    <w:rsid w:val="00C75B86"/>
+    <w:rsid w:val="00C807FD"/>
     <w:rsid w:val="00C8246C"/>
-    <w:rsid w:val="00C829C6"/>
+    <w:rsid w:val="00C86914"/>
+    <w:rsid w:val="00C9067D"/>
     <w:rsid w:val="00C91A95"/>
+    <w:rsid w:val="00C920FA"/>
     <w:rsid w:val="00C93EF6"/>
     <w:rsid w:val="00C93F68"/>
+    <w:rsid w:val="00C93FB1"/>
+    <w:rsid w:val="00C975A3"/>
     <w:rsid w:val="00CA3D82"/>
+    <w:rsid w:val="00CA68F3"/>
+    <w:rsid w:val="00CA6E78"/>
     <w:rsid w:val="00CB024B"/>
     <w:rsid w:val="00CB0251"/>
+    <w:rsid w:val="00CB25F0"/>
+    <w:rsid w:val="00CB30D4"/>
+    <w:rsid w:val="00CB6934"/>
     <w:rsid w:val="00CC1396"/>
-    <w:rsid w:val="00CC6BD7"/>
     <w:rsid w:val="00CC6DBF"/>
     <w:rsid w:val="00CC7837"/>
+    <w:rsid w:val="00CD0A19"/>
     <w:rsid w:val="00CD14CD"/>
     <w:rsid w:val="00CD45C4"/>
     <w:rsid w:val="00CD5D7C"/>
-    <w:rsid w:val="00CD707B"/>
     <w:rsid w:val="00CD7103"/>
     <w:rsid w:val="00CD73F6"/>
     <w:rsid w:val="00CE0467"/>
+    <w:rsid w:val="00CE3363"/>
+    <w:rsid w:val="00CE5BF6"/>
+    <w:rsid w:val="00CE706C"/>
+    <w:rsid w:val="00CE7174"/>
     <w:rsid w:val="00CE7D10"/>
+    <w:rsid w:val="00CF08E2"/>
+    <w:rsid w:val="00CF10B6"/>
+    <w:rsid w:val="00CF1435"/>
     <w:rsid w:val="00CF1ADD"/>
     <w:rsid w:val="00CF1B30"/>
     <w:rsid w:val="00CF221A"/>
-    <w:rsid w:val="00CF2F96"/>
+    <w:rsid w:val="00CF2C64"/>
     <w:rsid w:val="00CF3EDB"/>
+    <w:rsid w:val="00CF46BD"/>
+    <w:rsid w:val="00CF53D6"/>
     <w:rsid w:val="00CF557C"/>
+    <w:rsid w:val="00CF5667"/>
     <w:rsid w:val="00CF5A38"/>
     <w:rsid w:val="00CF684E"/>
+    <w:rsid w:val="00CF7BD3"/>
+    <w:rsid w:val="00D016E5"/>
+    <w:rsid w:val="00D0185C"/>
     <w:rsid w:val="00D03048"/>
     <w:rsid w:val="00D037A3"/>
     <w:rsid w:val="00D04C46"/>
     <w:rsid w:val="00D05F62"/>
     <w:rsid w:val="00D077C9"/>
     <w:rsid w:val="00D10798"/>
+    <w:rsid w:val="00D141F8"/>
+    <w:rsid w:val="00D149A1"/>
     <w:rsid w:val="00D14ED0"/>
     <w:rsid w:val="00D15563"/>
     <w:rsid w:val="00D157C1"/>
+    <w:rsid w:val="00D15906"/>
     <w:rsid w:val="00D15E10"/>
+    <w:rsid w:val="00D1612A"/>
+    <w:rsid w:val="00D16869"/>
+    <w:rsid w:val="00D20F9B"/>
+    <w:rsid w:val="00D235FB"/>
     <w:rsid w:val="00D25249"/>
     <w:rsid w:val="00D25D6C"/>
+    <w:rsid w:val="00D26CC3"/>
     <w:rsid w:val="00D26D6D"/>
     <w:rsid w:val="00D26EC9"/>
     <w:rsid w:val="00D27183"/>
     <w:rsid w:val="00D27B58"/>
+    <w:rsid w:val="00D27BFE"/>
     <w:rsid w:val="00D305F4"/>
+    <w:rsid w:val="00D31232"/>
+    <w:rsid w:val="00D31E97"/>
+    <w:rsid w:val="00D32C55"/>
     <w:rsid w:val="00D33619"/>
+    <w:rsid w:val="00D34104"/>
     <w:rsid w:val="00D40EEB"/>
     <w:rsid w:val="00D43B9D"/>
     <w:rsid w:val="00D441C6"/>
+    <w:rsid w:val="00D448C7"/>
     <w:rsid w:val="00D456D9"/>
+    <w:rsid w:val="00D460E9"/>
+    <w:rsid w:val="00D46F72"/>
     <w:rsid w:val="00D4712C"/>
     <w:rsid w:val="00D4757A"/>
+    <w:rsid w:val="00D4770D"/>
+    <w:rsid w:val="00D50970"/>
     <w:rsid w:val="00D56124"/>
+    <w:rsid w:val="00D56B2E"/>
+    <w:rsid w:val="00D5701A"/>
     <w:rsid w:val="00D57717"/>
     <w:rsid w:val="00D57D0C"/>
+    <w:rsid w:val="00D62E4B"/>
+    <w:rsid w:val="00D643D5"/>
+    <w:rsid w:val="00D64F1B"/>
     <w:rsid w:val="00D66F3B"/>
     <w:rsid w:val="00D672FE"/>
+    <w:rsid w:val="00D67E2E"/>
+    <w:rsid w:val="00D74133"/>
+    <w:rsid w:val="00D749F7"/>
     <w:rsid w:val="00D74DF4"/>
     <w:rsid w:val="00D75BDD"/>
     <w:rsid w:val="00D75D72"/>
     <w:rsid w:val="00D765CB"/>
+    <w:rsid w:val="00D770A1"/>
+    <w:rsid w:val="00D770FF"/>
     <w:rsid w:val="00D77600"/>
     <w:rsid w:val="00D7767E"/>
     <w:rsid w:val="00D80EB8"/>
     <w:rsid w:val="00D81826"/>
+    <w:rsid w:val="00D8265C"/>
+    <w:rsid w:val="00D85424"/>
+    <w:rsid w:val="00D86502"/>
+    <w:rsid w:val="00D90826"/>
     <w:rsid w:val="00D94832"/>
+    <w:rsid w:val="00D96D1B"/>
+    <w:rsid w:val="00D972CF"/>
     <w:rsid w:val="00DA01AF"/>
+    <w:rsid w:val="00DA3EFC"/>
     <w:rsid w:val="00DA7D84"/>
+    <w:rsid w:val="00DB0EFD"/>
+    <w:rsid w:val="00DB13D0"/>
+    <w:rsid w:val="00DB247E"/>
+    <w:rsid w:val="00DB3580"/>
+    <w:rsid w:val="00DB3CEF"/>
     <w:rsid w:val="00DB41AB"/>
     <w:rsid w:val="00DB4BFD"/>
+    <w:rsid w:val="00DB5B48"/>
+    <w:rsid w:val="00DB62D4"/>
+    <w:rsid w:val="00DB7732"/>
+    <w:rsid w:val="00DC06D9"/>
     <w:rsid w:val="00DC1C61"/>
     <w:rsid w:val="00DC61D4"/>
     <w:rsid w:val="00DC7AA3"/>
     <w:rsid w:val="00DC7DEB"/>
+    <w:rsid w:val="00DD0CDE"/>
     <w:rsid w:val="00DD0E2A"/>
     <w:rsid w:val="00DD4873"/>
     <w:rsid w:val="00DD70C1"/>
+    <w:rsid w:val="00DD7682"/>
     <w:rsid w:val="00DE0A1A"/>
+    <w:rsid w:val="00DE174C"/>
     <w:rsid w:val="00DE5C26"/>
+    <w:rsid w:val="00DE6BCC"/>
     <w:rsid w:val="00DE7355"/>
     <w:rsid w:val="00DF003F"/>
-    <w:rsid w:val="00DF248D"/>
+    <w:rsid w:val="00DF10C9"/>
+    <w:rsid w:val="00DF2252"/>
+    <w:rsid w:val="00DF37A6"/>
     <w:rsid w:val="00DF4216"/>
     <w:rsid w:val="00DF5600"/>
-    <w:rsid w:val="00E02A33"/>
+    <w:rsid w:val="00E0051A"/>
+    <w:rsid w:val="00E007CA"/>
+    <w:rsid w:val="00E0127D"/>
+    <w:rsid w:val="00E023F7"/>
+    <w:rsid w:val="00E02E46"/>
     <w:rsid w:val="00E02EC9"/>
     <w:rsid w:val="00E05814"/>
-    <w:rsid w:val="00E13E4A"/>
+    <w:rsid w:val="00E05B89"/>
+    <w:rsid w:val="00E11B5B"/>
+    <w:rsid w:val="00E12B23"/>
+    <w:rsid w:val="00E1408C"/>
     <w:rsid w:val="00E144D2"/>
+    <w:rsid w:val="00E16A1C"/>
     <w:rsid w:val="00E201E4"/>
+    <w:rsid w:val="00E21BD7"/>
     <w:rsid w:val="00E24448"/>
     <w:rsid w:val="00E30AF8"/>
+    <w:rsid w:val="00E30D2C"/>
+    <w:rsid w:val="00E32A51"/>
     <w:rsid w:val="00E33B4F"/>
+    <w:rsid w:val="00E33ED3"/>
+    <w:rsid w:val="00E3671D"/>
+    <w:rsid w:val="00E36776"/>
     <w:rsid w:val="00E4227B"/>
+    <w:rsid w:val="00E426D9"/>
     <w:rsid w:val="00E43429"/>
+    <w:rsid w:val="00E44760"/>
+    <w:rsid w:val="00E44926"/>
+    <w:rsid w:val="00E45B79"/>
+    <w:rsid w:val="00E464C0"/>
+    <w:rsid w:val="00E475DD"/>
+    <w:rsid w:val="00E5218C"/>
+    <w:rsid w:val="00E5258E"/>
     <w:rsid w:val="00E53938"/>
     <w:rsid w:val="00E55110"/>
+    <w:rsid w:val="00E6002C"/>
+    <w:rsid w:val="00E61173"/>
     <w:rsid w:val="00E61675"/>
+    <w:rsid w:val="00E621AB"/>
+    <w:rsid w:val="00E621DC"/>
+    <w:rsid w:val="00E62589"/>
+    <w:rsid w:val="00E63307"/>
     <w:rsid w:val="00E71CEE"/>
+    <w:rsid w:val="00E7248A"/>
+    <w:rsid w:val="00E74706"/>
+    <w:rsid w:val="00E77069"/>
+    <w:rsid w:val="00E774AF"/>
+    <w:rsid w:val="00E8398E"/>
     <w:rsid w:val="00E84FEC"/>
     <w:rsid w:val="00E862C7"/>
+    <w:rsid w:val="00E8768E"/>
+    <w:rsid w:val="00E87EA3"/>
+    <w:rsid w:val="00E920B1"/>
+    <w:rsid w:val="00E921B9"/>
     <w:rsid w:val="00E945E9"/>
     <w:rsid w:val="00E97072"/>
     <w:rsid w:val="00EA17C9"/>
+    <w:rsid w:val="00EA213D"/>
     <w:rsid w:val="00EA29DE"/>
     <w:rsid w:val="00EA44A2"/>
+    <w:rsid w:val="00EA5D11"/>
     <w:rsid w:val="00EA6485"/>
+    <w:rsid w:val="00EA7E5D"/>
+    <w:rsid w:val="00EB04EF"/>
     <w:rsid w:val="00EB283C"/>
+    <w:rsid w:val="00EB3022"/>
+    <w:rsid w:val="00EB31BB"/>
+    <w:rsid w:val="00EB462C"/>
     <w:rsid w:val="00EC3371"/>
     <w:rsid w:val="00EC3D52"/>
+    <w:rsid w:val="00EC4177"/>
+    <w:rsid w:val="00EC4A4F"/>
+    <w:rsid w:val="00EC4CE9"/>
     <w:rsid w:val="00EC63B6"/>
     <w:rsid w:val="00EC71D3"/>
+    <w:rsid w:val="00ED082F"/>
+    <w:rsid w:val="00ED305E"/>
     <w:rsid w:val="00ED3127"/>
     <w:rsid w:val="00ED463D"/>
     <w:rsid w:val="00ED5E98"/>
+    <w:rsid w:val="00ED6213"/>
     <w:rsid w:val="00ED782E"/>
     <w:rsid w:val="00ED7A7E"/>
     <w:rsid w:val="00ED7D54"/>
     <w:rsid w:val="00EE132F"/>
+    <w:rsid w:val="00EE388D"/>
+    <w:rsid w:val="00EE453F"/>
+    <w:rsid w:val="00EE4FC1"/>
+    <w:rsid w:val="00EE577B"/>
     <w:rsid w:val="00EE6903"/>
+    <w:rsid w:val="00EE7B78"/>
     <w:rsid w:val="00EF2661"/>
     <w:rsid w:val="00EF4278"/>
     <w:rsid w:val="00EF4971"/>
+    <w:rsid w:val="00EF497D"/>
     <w:rsid w:val="00EF5BC8"/>
     <w:rsid w:val="00F00435"/>
+    <w:rsid w:val="00F0102F"/>
+    <w:rsid w:val="00F01B1D"/>
     <w:rsid w:val="00F02728"/>
+    <w:rsid w:val="00F03F40"/>
+    <w:rsid w:val="00F05870"/>
     <w:rsid w:val="00F06D97"/>
+    <w:rsid w:val="00F07518"/>
+    <w:rsid w:val="00F13D28"/>
     <w:rsid w:val="00F15888"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rsid w:val="00F216DB"/>
+    <w:rsid w:val="00F225F5"/>
     <w:rsid w:val="00F232C7"/>
+    <w:rsid w:val="00F25DAA"/>
     <w:rsid w:val="00F2628F"/>
+    <w:rsid w:val="00F26AB8"/>
     <w:rsid w:val="00F27313"/>
     <w:rsid w:val="00F27D9D"/>
     <w:rsid w:val="00F3098E"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:rsid w:val="00F319AE"/>
+    <w:rsid w:val="00F32516"/>
     <w:rsid w:val="00F338B2"/>
     <w:rsid w:val="00F35BF0"/>
+    <w:rsid w:val="00F4085F"/>
+    <w:rsid w:val="00F40EC2"/>
     <w:rsid w:val="00F43467"/>
     <w:rsid w:val="00F44805"/>
     <w:rsid w:val="00F468AB"/>
     <w:rsid w:val="00F46AE7"/>
+    <w:rsid w:val="00F46F3E"/>
     <w:rsid w:val="00F47354"/>
     <w:rsid w:val="00F509AB"/>
+    <w:rsid w:val="00F50A9C"/>
+    <w:rsid w:val="00F53076"/>
     <w:rsid w:val="00F53370"/>
     <w:rsid w:val="00F5384F"/>
+    <w:rsid w:val="00F56403"/>
+    <w:rsid w:val="00F5666E"/>
+    <w:rsid w:val="00F645FB"/>
     <w:rsid w:val="00F650B9"/>
     <w:rsid w:val="00F6745E"/>
+    <w:rsid w:val="00F70607"/>
     <w:rsid w:val="00F721E4"/>
     <w:rsid w:val="00F75063"/>
     <w:rsid w:val="00F764F1"/>
     <w:rsid w:val="00F76761"/>
     <w:rsid w:val="00F83419"/>
+    <w:rsid w:val="00F848C3"/>
+    <w:rsid w:val="00F876AE"/>
+    <w:rsid w:val="00F87982"/>
+    <w:rsid w:val="00F87F51"/>
+    <w:rsid w:val="00F92244"/>
+    <w:rsid w:val="00F924EA"/>
+    <w:rsid w:val="00F955BF"/>
     <w:rsid w:val="00F956BF"/>
+    <w:rsid w:val="00F96175"/>
+    <w:rsid w:val="00FA116D"/>
+    <w:rsid w:val="00FA1A66"/>
     <w:rsid w:val="00FA1F2B"/>
+    <w:rsid w:val="00FA233A"/>
     <w:rsid w:val="00FA325E"/>
     <w:rsid w:val="00FA473C"/>
     <w:rsid w:val="00FA4DDA"/>
     <w:rsid w:val="00FA53DD"/>
     <w:rsid w:val="00FA5921"/>
     <w:rsid w:val="00FB04F4"/>
     <w:rsid w:val="00FB24E7"/>
     <w:rsid w:val="00FB2BA6"/>
+    <w:rsid w:val="00FC0BC4"/>
     <w:rsid w:val="00FC2F8D"/>
+    <w:rsid w:val="00FC6B55"/>
+    <w:rsid w:val="00FD29BE"/>
     <w:rsid w:val="00FD393E"/>
     <w:rsid w:val="00FD4C12"/>
     <w:rsid w:val="00FD5D45"/>
+    <w:rsid w:val="00FE0716"/>
     <w:rsid w:val="00FE0CFB"/>
     <w:rsid w:val="00FE274C"/>
+    <w:rsid w:val="00FE2B12"/>
+    <w:rsid w:val="00FE2C20"/>
     <w:rsid w:val="00FE4693"/>
     <w:rsid w:val="00FE48AD"/>
     <w:rsid w:val="00FE506A"/>
+    <w:rsid w:val="00FE51E9"/>
     <w:rsid w:val="00FE5431"/>
     <w:rsid w:val="00FE6FD8"/>
+    <w:rsid w:val="00FF2EE6"/>
     <w:rsid w:val="00FF3B6E"/>
     <w:rsid w:val="00FF41E9"/>
     <w:rsid w:val="00FF41F7"/>
+    <w:rsid w:val="00FF53BB"/>
+    <w:rsid w:val="01E1A428"/>
+    <w:rsid w:val="023273B6"/>
+    <w:rsid w:val="035973F7"/>
+    <w:rsid w:val="037A342D"/>
+    <w:rsid w:val="04146A8D"/>
+    <w:rsid w:val="042DFD20"/>
+    <w:rsid w:val="04474D91"/>
+    <w:rsid w:val="04F19ABC"/>
+    <w:rsid w:val="05538397"/>
+    <w:rsid w:val="0572BD74"/>
+    <w:rsid w:val="05A1F0FF"/>
+    <w:rsid w:val="06061619"/>
+    <w:rsid w:val="06667A22"/>
+    <w:rsid w:val="070663AE"/>
+    <w:rsid w:val="07534D9B"/>
+    <w:rsid w:val="075CA879"/>
+    <w:rsid w:val="08FE51C4"/>
+    <w:rsid w:val="094110AD"/>
+    <w:rsid w:val="0972A23B"/>
+    <w:rsid w:val="09C2252A"/>
+    <w:rsid w:val="0A2942AD"/>
+    <w:rsid w:val="0B4388F4"/>
+    <w:rsid w:val="0B48DF26"/>
+    <w:rsid w:val="0B4E46B9"/>
+    <w:rsid w:val="0B707F2B"/>
+    <w:rsid w:val="0C370795"/>
+    <w:rsid w:val="0C581193"/>
+    <w:rsid w:val="0E4C3073"/>
+    <w:rsid w:val="0E57FDAF"/>
+    <w:rsid w:val="0F086342"/>
+    <w:rsid w:val="0F0BE54E"/>
+    <w:rsid w:val="0F5A9C56"/>
+    <w:rsid w:val="10873FC9"/>
+    <w:rsid w:val="10927F3B"/>
+    <w:rsid w:val="1149F73B"/>
+    <w:rsid w:val="11E2A1C3"/>
+    <w:rsid w:val="12677779"/>
+    <w:rsid w:val="12B81EED"/>
+    <w:rsid w:val="130A0BA2"/>
+    <w:rsid w:val="1352B2F4"/>
+    <w:rsid w:val="13F5D022"/>
+    <w:rsid w:val="14BE4502"/>
+    <w:rsid w:val="14FA1CCE"/>
+    <w:rsid w:val="14FD0021"/>
+    <w:rsid w:val="1526C47E"/>
+    <w:rsid w:val="1529397A"/>
+    <w:rsid w:val="152E0D9E"/>
+    <w:rsid w:val="1680478E"/>
+    <w:rsid w:val="1750BC6F"/>
+    <w:rsid w:val="176D4CB3"/>
+    <w:rsid w:val="17B3EF48"/>
+    <w:rsid w:val="1870FDF6"/>
+    <w:rsid w:val="18D5926E"/>
+    <w:rsid w:val="1A0BC693"/>
+    <w:rsid w:val="1AC4D248"/>
+    <w:rsid w:val="1C4EB461"/>
+    <w:rsid w:val="1D1DA054"/>
+    <w:rsid w:val="1E715FA4"/>
+    <w:rsid w:val="1F0DA425"/>
+    <w:rsid w:val="1F2E5838"/>
+    <w:rsid w:val="1FA40B81"/>
+    <w:rsid w:val="1FAE5E39"/>
+    <w:rsid w:val="1FAFF8E7"/>
+    <w:rsid w:val="201AA925"/>
+    <w:rsid w:val="20391F21"/>
+    <w:rsid w:val="211EA9D3"/>
+    <w:rsid w:val="21E0522C"/>
+    <w:rsid w:val="228B25C7"/>
+    <w:rsid w:val="22DBEEA8"/>
+    <w:rsid w:val="22EEF5FB"/>
+    <w:rsid w:val="234C85A8"/>
+    <w:rsid w:val="25327AD9"/>
+    <w:rsid w:val="25A28AE7"/>
+    <w:rsid w:val="2732AE05"/>
+    <w:rsid w:val="2733807B"/>
+    <w:rsid w:val="2744C7CE"/>
+    <w:rsid w:val="275FD8ED"/>
+    <w:rsid w:val="28C9DDEF"/>
+    <w:rsid w:val="293E88A6"/>
+    <w:rsid w:val="298C2A4D"/>
+    <w:rsid w:val="298FA4B4"/>
+    <w:rsid w:val="29C9C30F"/>
+    <w:rsid w:val="2AC89593"/>
+    <w:rsid w:val="2AF92DE7"/>
+    <w:rsid w:val="2B61D315"/>
+    <w:rsid w:val="2B6D93A5"/>
+    <w:rsid w:val="2C2EE9E1"/>
+    <w:rsid w:val="2C67A497"/>
+    <w:rsid w:val="2C74AEA1"/>
+    <w:rsid w:val="2CC9115F"/>
+    <w:rsid w:val="2CCF7F91"/>
+    <w:rsid w:val="2CEDEC1C"/>
+    <w:rsid w:val="2FEADC6B"/>
+    <w:rsid w:val="3177DDB3"/>
+    <w:rsid w:val="31DE7202"/>
+    <w:rsid w:val="32047F7F"/>
+    <w:rsid w:val="324A1A12"/>
+    <w:rsid w:val="3251E82B"/>
+    <w:rsid w:val="33364CA8"/>
+    <w:rsid w:val="33CC3281"/>
+    <w:rsid w:val="33FC1F8D"/>
+    <w:rsid w:val="34A730B5"/>
+    <w:rsid w:val="34E9FBE9"/>
+    <w:rsid w:val="35009252"/>
+    <w:rsid w:val="356D36C0"/>
+    <w:rsid w:val="35A02A9E"/>
+    <w:rsid w:val="3618C8EF"/>
+    <w:rsid w:val="3674DB32"/>
+    <w:rsid w:val="36B7000B"/>
+    <w:rsid w:val="36E89948"/>
+    <w:rsid w:val="37ED773C"/>
+    <w:rsid w:val="3867BEC3"/>
+    <w:rsid w:val="38A2F4E2"/>
+    <w:rsid w:val="397A0749"/>
+    <w:rsid w:val="39926030"/>
+    <w:rsid w:val="39BE74C9"/>
+    <w:rsid w:val="3A79655C"/>
+    <w:rsid w:val="3A7A3330"/>
+    <w:rsid w:val="3A7C6687"/>
+    <w:rsid w:val="3BCBC97A"/>
+    <w:rsid w:val="3C8A6C53"/>
+    <w:rsid w:val="3DF51389"/>
+    <w:rsid w:val="3F4E5563"/>
+    <w:rsid w:val="404C949B"/>
+    <w:rsid w:val="40CE7DC6"/>
+    <w:rsid w:val="411007DF"/>
+    <w:rsid w:val="4110D18B"/>
+    <w:rsid w:val="414D4120"/>
+    <w:rsid w:val="4170408C"/>
+    <w:rsid w:val="41D4B2F3"/>
+    <w:rsid w:val="42CA3B49"/>
+    <w:rsid w:val="431B8C16"/>
+    <w:rsid w:val="43D342EA"/>
+    <w:rsid w:val="4450D707"/>
+    <w:rsid w:val="45C89372"/>
+    <w:rsid w:val="45EAC7B5"/>
+    <w:rsid w:val="464B04B0"/>
+    <w:rsid w:val="4849C7A7"/>
+    <w:rsid w:val="48529E1B"/>
+    <w:rsid w:val="48791D93"/>
+    <w:rsid w:val="487A8E46"/>
+    <w:rsid w:val="494CB39E"/>
+    <w:rsid w:val="4A8D46FD"/>
+    <w:rsid w:val="4ADE0C85"/>
+    <w:rsid w:val="4B3CC870"/>
+    <w:rsid w:val="4B4787CF"/>
+    <w:rsid w:val="4B51CCBB"/>
+    <w:rsid w:val="4B6CC3F4"/>
+    <w:rsid w:val="4B8D7725"/>
+    <w:rsid w:val="4B9FD350"/>
+    <w:rsid w:val="4D39815A"/>
+    <w:rsid w:val="4D3FE273"/>
+    <w:rsid w:val="4EA06298"/>
+    <w:rsid w:val="4EEC109F"/>
+    <w:rsid w:val="4F542D15"/>
+    <w:rsid w:val="4FE32936"/>
+    <w:rsid w:val="502D451D"/>
+    <w:rsid w:val="531A44F2"/>
+    <w:rsid w:val="53736DBE"/>
+    <w:rsid w:val="53785CA9"/>
+    <w:rsid w:val="54062053"/>
+    <w:rsid w:val="551587FB"/>
+    <w:rsid w:val="55BB9BDD"/>
+    <w:rsid w:val="5674872E"/>
+    <w:rsid w:val="56E9A5F6"/>
+    <w:rsid w:val="56F9DE40"/>
+    <w:rsid w:val="5707D690"/>
+    <w:rsid w:val="570D6A17"/>
+    <w:rsid w:val="579B370A"/>
+    <w:rsid w:val="57D45AA2"/>
+    <w:rsid w:val="5801F1E9"/>
+    <w:rsid w:val="5952CCA6"/>
+    <w:rsid w:val="59E7C30F"/>
+    <w:rsid w:val="5A0CB210"/>
+    <w:rsid w:val="5AA77FEB"/>
+    <w:rsid w:val="5BE4E59B"/>
+    <w:rsid w:val="5CB9582D"/>
+    <w:rsid w:val="5CD809EA"/>
+    <w:rsid w:val="5CEACE1A"/>
+    <w:rsid w:val="5CFCAB93"/>
+    <w:rsid w:val="5D838185"/>
+    <w:rsid w:val="5DCB7293"/>
+    <w:rsid w:val="5E3A8EF9"/>
+    <w:rsid w:val="5EC4DDD9"/>
+    <w:rsid w:val="5ECD86C7"/>
+    <w:rsid w:val="5EFBC70E"/>
+    <w:rsid w:val="5F34834E"/>
+    <w:rsid w:val="5F914631"/>
+    <w:rsid w:val="6034C827"/>
+    <w:rsid w:val="60659259"/>
+    <w:rsid w:val="60730C82"/>
+    <w:rsid w:val="60A8EFF2"/>
+    <w:rsid w:val="60F73A46"/>
+    <w:rsid w:val="621EBF40"/>
+    <w:rsid w:val="625BA9A9"/>
+    <w:rsid w:val="627F8CBA"/>
+    <w:rsid w:val="63174C60"/>
+    <w:rsid w:val="63590F16"/>
+    <w:rsid w:val="6413980B"/>
+    <w:rsid w:val="641C4121"/>
+    <w:rsid w:val="643006E4"/>
+    <w:rsid w:val="6440122E"/>
+    <w:rsid w:val="647B20F3"/>
+    <w:rsid w:val="66152D88"/>
+    <w:rsid w:val="66A7030B"/>
+    <w:rsid w:val="66D3624C"/>
+    <w:rsid w:val="684319F7"/>
+    <w:rsid w:val="687EDF55"/>
+    <w:rsid w:val="6908B7A5"/>
+    <w:rsid w:val="6998F81B"/>
+    <w:rsid w:val="6AB980A6"/>
+    <w:rsid w:val="6B0D42CC"/>
+    <w:rsid w:val="6BE2BF2B"/>
+    <w:rsid w:val="6DE2C17B"/>
+    <w:rsid w:val="6DFFA9E7"/>
+    <w:rsid w:val="6E300922"/>
+    <w:rsid w:val="6E65EEDF"/>
+    <w:rsid w:val="6EC2276D"/>
+    <w:rsid w:val="6ECFDFD4"/>
+    <w:rsid w:val="6EF52E59"/>
+    <w:rsid w:val="6F2B9851"/>
+    <w:rsid w:val="6F3446C1"/>
+    <w:rsid w:val="6F7495AF"/>
+    <w:rsid w:val="6F840140"/>
+    <w:rsid w:val="7026DD98"/>
+    <w:rsid w:val="7049EFF7"/>
+    <w:rsid w:val="721213E5"/>
+    <w:rsid w:val="7216CFC6"/>
+    <w:rsid w:val="7299A8C0"/>
+    <w:rsid w:val="72BAD9C6"/>
+    <w:rsid w:val="72DC8D6B"/>
+    <w:rsid w:val="734E813A"/>
+    <w:rsid w:val="735A9206"/>
+    <w:rsid w:val="746E00C9"/>
+    <w:rsid w:val="74D79AE6"/>
+    <w:rsid w:val="74E96DD2"/>
+    <w:rsid w:val="75A9EFC1"/>
+    <w:rsid w:val="75AB4A6D"/>
+    <w:rsid w:val="75ADCB25"/>
+    <w:rsid w:val="7618E193"/>
+    <w:rsid w:val="7753A01D"/>
+    <w:rsid w:val="78A30DE5"/>
+    <w:rsid w:val="78CA1F82"/>
+    <w:rsid w:val="78E53E76"/>
+    <w:rsid w:val="793F0E65"/>
+    <w:rsid w:val="79557549"/>
+    <w:rsid w:val="79C1CF22"/>
+    <w:rsid w:val="7AB42406"/>
+    <w:rsid w:val="7C7E51D6"/>
+    <w:rsid w:val="7CE0D4AD"/>
+    <w:rsid w:val="7DA14A81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="116737"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7EB01D90"/>
-  <w15:docId w15:val="{0288B56A-FB16-4E26-A11C-13A80274BB52}"/>
+  <w14:docId w14:val="69CD72B9"/>
+  <w15:docId w15:val="{53204866-62AF-4C28-8166-BADB1AAF8270}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7446,51 +9343,51 @@
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -7525,51 +9422,51 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
@@ -7645,624 +9542,626 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="002477DD"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF248D"/>
+    <w:rsid w:val="003D6ED1"/>
     <w:pPr>
+      <w:spacing w:after="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="0073782C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="120"/>
+      <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="005C5719"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00DF248D"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="003D6ED1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C400A0"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="0073782C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C400A0"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="005C5719"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00715F38"/>
-[...1 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rsid w:val="00713D02"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009815F0"/>
     <w:pPr>
-      <w:spacing w:after="600"/>
+      <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00715F38"/>
-[...2 lines deleted...]
-      <w:i/>
+    <w:rsid w:val="009815F0"/>
+    <w:rPr>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="000A0849"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="0"/>
-      <w:ind w:left="360" w:right="360"/>
+      <w:spacing w:before="200" w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="90" w:right="360" w:hanging="90"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008727E9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
@@ -8402,50 +10301,51 @@
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullets">
     <w:name w:val="bullets"/>
     <w:basedOn w:val="body2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001012A1"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001012A1"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00470D0F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A6">
     <w:name w:val="A6"/>
     <w:uiPriority w:val="99"/>
@@ -8791,70 +10691,73 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB1A4A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB1A4A"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -8872,101 +10775,109 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00B568D4"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="19" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="732"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00B568D4"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007868C4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist2">
     <w:name w:val="bullet list 2"/>
     <w:basedOn w:val="NoSpacing"/>
+    <w:qFormat/>
     <w:rsid w:val="005835DB"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:ind w:left="1080"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist">
     <w:name w:val="bullet list"/>
     <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="005835DB"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="indent">
     <w:name w:val="indent"/>
     <w:basedOn w:val="text"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
@@ -8975,168 +10886,770 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text">
     <w:name w:val="text"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subhead2">
     <w:name w:val="Subhead 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="7"/>
       </w:numPr>
+      <w:spacing w:before="0" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="citable">
     <w:name w:val="citable"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="flush">
     <w:name w:val="flush"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="postal-code">
     <w:name w:val="postal-code"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
+    <w:name w:val="Style"/>
+    <w:rsid w:val="00823075"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="textindent">
+    <w:name w:val="text_indent"/>
+    <w:basedOn w:val="NoParagraphStyle"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="680"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="31" w:after="60" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="612" w:hanging="310"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="formbold">
+    <w:name w:val="form/bold"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
+    <w:name w:val="Unresolved Mention2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F5467"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="abc">
+    <w:name w:val="abc"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927E52"/>
+    <w:pPr>
+      <w:ind w:left="180" w:hanging="180"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa18">
+    <w:name w:val="Pa18"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa33">
+    <w:name w:val="Pa33"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0069019E"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa100">
+    <w:name w:val="Pa100"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa50">
+    <w:name w:val="Pa50"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A11">
+    <w:name w:val="A11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="221E1F"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa69">
+    <w:name w:val="Pa69"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa102">
+    <w:name w:val="Pa102"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C469A"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa74">
+    <w:name w:val="Pa74"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa34">
+    <w:name w:val="Pa34"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa124">
+    <w:name w:val="Pa124"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00320883"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa125">
+    <w:name w:val="Pa125"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa129">
+    <w:name w:val="Pa129"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa130">
+    <w:name w:val="Pa130"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A13">
+    <w:name w:val="A13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rPr>
+      <w:color w:val="211D1E"/>
+      <w:sz w:val="11"/>
+      <w:szCs w:val="11"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa37">
+    <w:name w:val="Pa37"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa147">
+    <w:name w:val="Pa147"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa42">
+    <w:name w:val="Pa42"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa59">
+    <w:name w:val="Pa59"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa57">
+    <w:name w:val="Pa57"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa27">
+    <w:name w:val="Pa27"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa35">
+    <w:name w:val="Pa35"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa58">
+    <w:name w:val="Pa58"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0032573B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa21">
+    <w:name w:val="Pa21"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005212E8"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa26">
+    <w:name w:val="Pa26"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00025B14"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa11">
+    <w:name w:val="Pa11"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00025B14"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa29">
+    <w:name w:val="Pa29"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00025B14"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa30">
+    <w:name w:val="Pa30"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00025B14"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa31">
+    <w:name w:val="Pa31"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00025B14"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa32">
+    <w:name w:val="Pa32"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00025B14"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa51">
+    <w:name w:val="Pa51"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00330B71"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa3">
+    <w:name w:val="Pa3"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0021717F"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa52">
+    <w:name w:val="Pa52"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F216DB"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa53">
+    <w:name w:val="Pa53"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C449CD"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa61">
+    <w:name w:val="Pa61"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00662665"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A15">
+    <w:name w:val="A15"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C62FCF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="221E1F"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa89">
+    <w:name w:val="Pa89"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C62FCF"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa113">
+    <w:name w:val="Pa113"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00281397"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa41">
+    <w:name w:val="Pa41"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A35314"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa132">
+    <w:name w:val="Pa132"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B5544A"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa156">
+    <w:name w:val="Pa156"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005110C1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa158">
+    <w:name w:val="Pa158"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005110C1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="104925855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="439951861">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -9153,58 +11666,85 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1503158095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1959682137">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2099667568">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9457,78 +11997,92 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA44B225-ECCD-45E4-933C-81996AA9A1AC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F8C53E-6805-4E54-B4CF-5FC0E9C5E2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>8856</Characters>
+  <Pages>8</Pages>
+  <Words>1555</Words>
+  <Characters>8868</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10389</CharactersWithSpaces>
+  <CharactersWithSpaces>10403</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>aaa7d9a83786136fd2b438c08dfca16853b7bac83268ebe8aa4807df06b9fb20</vt:lpwstr>
+  </property>
+</Properties>
+</file>