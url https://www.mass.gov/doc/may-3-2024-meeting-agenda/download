--- v0 (2025-11-04)
+++ v1 (2026-03-28)
@@ -3,61 +3,62 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00860EA5" w:rsidR="00B334E4" w:rsidP="007B6AA6" w:rsidRDefault="007B6AA6" w14:paraId="5A64AE63" w14:textId="1F969AA1">
+    <w:p w14:paraId="5A64AE63" w14:textId="1F969AA1" w:rsidR="00B334E4" w:rsidRPr="00860EA5" w:rsidRDefault="007B6AA6" w:rsidP="007B6AA6">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="158A9A1D" wp14:editId="65457510">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -91,129 +92,129 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="3C8BB863" w14:textId="77777777">
+                          <w:p w14:paraId="3C8BB863" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="540"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>TEL:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:tab/>
                               <w:t>(617) 727-2040</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="572D7A8A" w14:textId="77777777">
+                          <w:p w14:paraId="572D7A8A" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="540"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>FAX:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:tab/>
                               <w:t>(617) 727-2779</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="06C2F267" w14:textId="77777777">
+                          <w:p w14:paraId="06C2F267" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>www.mass.gov/eoaf</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="158A9A1D">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" style="position:absolute;left:0;text-align:left;margin-left:390.75pt;margin-top:32.85pt;width:117pt;height:54pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHYMkR3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJki414hRdiw4D&#10;ugvQ7QNkWbKN2aJGKrGzrx8lp2m2vQ17ESiRPuQ5PN7ejH0nDgapBVfIxWwuhXEaqtbVhfz29eHN&#10;RgoKylWqA2cKeTQkb3avX20Hn5slNNBVBgWDOMoHX8gmBJ9nGenG9Ipm4I3jpAXsVeAr1lmFamD0&#10;vsuW8/lVNgBWHkEbIn69n5Jyl/CtNTp8tpZMEF0hebaQTkxnGc9st1V5jco3rT6Nof5hil61jpue&#10;oe5VUGKP7V9QfasRCGyYaegzsLbVJnFgNov5H2yeGuVN4sLikD/LRP8PVn86PPkvKML4DkZeYCJB&#10;/hH0dxIO7hrlanOLCENjVMWNF1GybPCUnz6NUlNOEaQcPkLFS1b7AAlotNhHVZinYHRewPEsuhmD&#10;0LHlarO+nnNKc+5qs95wHFuo/PlrjxTeG+hFDAqJvNSErg6PFKbS55LYzMFD23VpsZ377YEx40ua&#10;Pg48jR7GcuTqyKKE6sg8ECafsK85aAB/SjGwRwpJP/YKjRTdB8daXC9Wq2iqdFmt3y75gpeZ8jKj&#10;nGaoQgYppvAuTEbce2zrhjtN6ju4Zf1sm6i9THWam32QxDl5Nhrt8p6qXv6s3S8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQBbZX9K3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qJ1CmjaNUyEQW1DLQ2LnxtMkajyOYrcJf890Bbt5HN05U2wm14kzDqH1pCGZKRBIlbct1Ro+3l/u&#10;liBCNGRN5wk1/GCATXl9VZjc+pG2eN7FWnAIhdxoaGLscylD1aAzYeZ7JN4d/OBM5HaopR3MyOGu&#10;k3OlFtKZlvhCY3p8arA67k5Ow+fr4fvrQb3Vzy7tRz8pSW4ltb69mR7XICJO8Q+Giz6rQ8lOe38i&#10;G0SnIVsmKaMaFmkG4gKoJOXJnqvsPgNZFvL/D+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAEdgyRHeAQAAoQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFtlf0rfAAAACwEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="3C8BB863" w14:textId="77777777">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="540"/>
                         </w:tabs>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>TEL:</w:t>
                       </w:r>
@@ -309,51 +310,51 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="6B305EBB" w14:textId="77777777">
+                          <w:p w14:paraId="6B305EBB" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="26"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="26"/>
                               </w:rPr>
                               <w:t xml:space="preserve">The </w:t>
                             </w:r>
                             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:smallCaps/>
@@ -363,134 +364,134 @@
                                   <w:t>Commonwealth</w:t>
                                 </w:r>
                               </w:smartTag>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:smallCaps/>
                                   <w:spacing w:val="24"/>
                                   <w:sz w:val="26"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> of </w:t>
                               </w:r>
                               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:smallCaps/>
                                     <w:spacing w:val="24"/>
                                     <w:sz w:val="26"/>
                                   </w:rPr>
                                   <w:t>Massachusetts</w:t>
                                 </w:r>
                               </w:smartTag>
                             </w:smartTag>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="39AF27A4" w14:textId="77777777">
+                          <w:p w14:paraId="39AF27A4" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>Executive Office for</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="0F909439" w14:textId="77777777">
+                          <w:p w14:paraId="0F909439" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>Administration and Finance</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="389319C9" w14:textId="77777777">
+                          <w:p w14:paraId="389319C9" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">STATE HOUSE    </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>▪</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">    ROOM 373</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="7E510E01" w14:textId="77777777">
+                          <w:p w14:paraId="7E510E01" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:smallCaps/>
                                     <w:spacing w:val="10"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                   <w:t>BOSTON</w:t>
                                 </w:r>
                               </w:smartTag>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -528,51 +529,51 @@
                                     <w:spacing w:val="10"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                   <w:t>02133</w:t>
                                 </w:r>
                               </w:smartTag>
                             </w:smartTag>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:shape id="Text Box 1" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:19.35pt;width:324pt;height:126pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6Jf2Z4gEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOsq4z4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lu2m2vRV9EURSPjznkN5eTUPPDgq9AVvxYpVzpqyExti24j++3725&#10;5MwHYRvRg1UVPyrPr3avX21HV6o1dNA3ChmBWF+OruJdCK7MMi87NQi/AqcsFTXgIAKF2GYNipHQ&#10;hz5b5/lFNgI2DkEq7yl7Oxf5LuFrrWT4qrVXgfUVJ24hnZjOOp7ZbivKFoXrjFxoiGewGISx1PQE&#10;dSuCYHs0/0ENRiJ40GElYchAayNV0kBqivwfNQ+dcCppIXO8O9nkXw5Wfjk8uG/IwvQBJhpgEuHd&#10;Pcifnlm46YRt1TUijJ0SDTUuomXZ6Hy5fBqt9qWPIPX4GRoastgHSECTxiG6QjoZodMAjifT1RSY&#10;pOSmKDaXOZUk1YqLPKexph6ifPzcoQ8fFQwsXiqONNUELw73PkQ6onx8ErtZuDN9nybb278S9DBm&#10;Ev3IeOYepnpiplm0RTU1NEfSgzDvC+03XTrA35yNtCsV97/2AhVn/SdLnrwvNpu4XCnYvH23pgDP&#10;K/V5RVhJUBUPnM3XmzAv5N6haTvqNE/BwjX5qE1S+MRqoU/7kIQvuxsX7jxOr57+sN0fAAAA//8D&#10;AFBLAwQUAAYACAAAACEA6VUD3NwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3KhNKW0asqkQiCuo5Ufi5sbbJCJeR7HbhLdnOcFxZ0Yz3xabyXfqRENsAyNczwwo4iq4lmuE&#10;t9enqwxUTJad7QITwjdF2JTnZ4XNXRh5S6ddqpWUcMwtQpNSn2sdq4a8jbPQE4t3CIO3Sc6h1m6w&#10;o5T7Ts+NWWpvW5aFxvb00FD1tTt6hPfnw+fHwrzUj/62H8NkNPu1Rry8mO7vQCWa0l8YfvEFHUph&#10;2ocju6g6BHkkIdxkK1DiLheZCHuE+dqsQJeF/s9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQB6Jf2Z4gEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDpVQPc3AAAAAcBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" w14:anchorId="0147032F">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="6B305EBB" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="24"/>
                           <w:sz w:val="26"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="24"/>
                           <w:sz w:val="26"/>
                         </w:rPr>
                         <w:t xml:space="preserve">The </w:t>
                       </w:r>
                       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
@@ -743,89 +744,89 @@
                             <w:sz w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:smallCaps/>
                               <w:spacing w:val="10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>02133</w:t>
                           </w:r>
                         </w:smartTag>
                       </w:smartTag>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="002F1744">
+      <w:r w:rsidR="00564964">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="447358D1">
-          <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
-            <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:52.5pt;margin-top:94.5pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fillcolor="window" o:preferrelative="f" type="#_x0000_t75">
-            <v:imagedata o:title="" r:id="rId10"/>
+          <v:shape id="_x0000_s1029" type="#_x0000_t75" alt="Massachusetts state seal" style="position:absolute;left:0;text-align:left;margin-left:52.5pt;margin-top:94.5pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:preferrelative="f" fillcolor="window">
+            <v:imagedata r:id="rId10" o:title=""/>
             <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00346C6B" w:rsidR="00B334E4">
+      <w:r w:rsidR="00B334E4" w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18231934" wp14:editId="2410F898">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>518160</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1734185</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1463040" cy="1161415"/>
                 <wp:effectExtent l="3810" t="635" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -844,820 +845,793 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="10702CC2" w14:textId="77777777">
+                          <w:p w14:paraId="10702CC2" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="45720" tIns="45720" rIns="45720" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:shape id="Text Box 3" style="position:absolute;left:0;text-align:left;margin-left:40.8pt;margin-top:136.55pt;width:115.2pt;height:91.45pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9L2h13wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P0zAQfEfiP1h+p2lKr6Co6em40yGk&#10;40M6+AGO4yQWidfsuk3Kr2ft9HoF3hAvltd2ZmdmJ9vraejFwSBZcKXMF0spjNNQW9eW8tvX+1dv&#10;paCgXK16cKaUR0PyevfyxXb0hVlBB31tUDCIo2L0pexC8EWWke7MoGgB3ji+bAAHFbjENqtRjYw+&#10;9NlqudxkI2DtEbQh4tO7+VLuEn7TGB0+Nw2ZIPpSMreQVkxrFddst1VFi8p3Vp9oqH9gMSjruOkZ&#10;6k4FJfZo/4IarEYgaMJCw5BB01htkgZWky//UPPYKW+SFjaH/Nkm+n+w+tPh0X9BEaZ3MPEAkwjy&#10;D6C/k3Bw2ynXmhtEGDujam6cR8uy0VNx+jRaTQVFkGr8CDUPWe0DJKCpwSG6wjoFo/MAjmfTzRSE&#10;ji3Xm9fLNV9pvsvzTb7Or1IPVTx97pHCewODiJtSIk81wavDA4VIRxVPT2I3B/e279Nke/fbAT+M&#10;J4l+ZDxzD1M1CVuXchX7RjUV1EfWgzDnhfPNmw7wpxQjZ6WU9GOv0EjRf3DsyfrqzSqG67LAy6K6&#10;LJTTDFXKIMW8vQ1zIPcebdtxp3kKDm7Yx8Ymhc+sTvQ5D0n4KbsxcJd1evX8h+1+AQAA//8DAFBL&#10;AwQUAAYACAAAACEAdVv3598AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KidtA1Rmk2FEEiAuFDSuxtvk4h4HcVuG/4ec4Ljap9m3pTb2Q7iTJPvHSMkCwWCuHGm5xah/ny+&#10;y0H4oNnowTEhfJOHbXV9VerCuAt/0HkXWhFD2BcaoQthLKT0TUdW+4UbiePv6CarQzynVppJX2K4&#10;HWSqVCat7jk2dHqkx46ar93JIlBueV+v0veGgzrm9bR+eXp7Rby9mR82IALN4Q+GX/2oDlV0OrgT&#10;Gy8GhDzJIomQ3i8TEBFYJmkcd0BYrTMFsirl/wnVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQA9L2h13wEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB1W/fn3wAAAAoBAAAPAAAAAAAAAAAAAAAAADkEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" w14:anchorId="18231934">
                 <v:textbox inset="3.6pt,,3.6pt">
                   <w:txbxContent>
                     <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="10702CC2" w14:textId="77777777">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="007B6AA6" w14:paraId="6383014D" w14:textId="10DA282E">
+    <w:p w14:paraId="6383014D" w14:textId="10DA282E" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="007B6AA6" w:rsidP="00B334E4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00001580">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ederal Funds Equity &amp; Accountability Review Panel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008F7D21">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="002479BF" w:rsidRDefault="00B334E4" w14:paraId="2CE7DF7E" w14:textId="4A2A5A97">
+    <w:p w14:paraId="2CE7DF7E" w14:textId="4A2A5A97" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B334E4" w:rsidP="002479BF">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Notice of Public Meeting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="3EDF519C" w:rsidRDefault="00CE0C5C" w14:paraId="5675A30A" w14:textId="316436C1">
+    <w:p w14:paraId="5675A30A" w14:textId="316436C1" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="1A7E6006" w:rsidP="3EDF519C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Friday</w:t>
       </w:r>
-      <w:r w:rsidRPr="63035364" w:rsidR="006463F4">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="006463F4" w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="63035364" w:rsidR="097DE391">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="097DE391" w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>May 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="63035364" w:rsidR="006463F4">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="006463F4" w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="63035364" w:rsidR="161F3E16">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="161F3E16" w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="63035364" w:rsidR="00777241">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00777241" w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="3EDF519C" w:rsidRDefault="006463F4" w14:paraId="79FC8E4C" w14:textId="15E10A58">
+    <w:p w14:paraId="79FC8E4C" w14:textId="15E10A58" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="006463F4" w:rsidP="3EDF519C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>2:</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="46035C9F">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="46035C9F" w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="006463F4">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="0089119F">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="0089119F" w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="006463F4">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>3:</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="1945AA10">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="1945AA10" w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="006463F4">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>0 p.m.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7B2C" w:rsidP="00326DDC" w:rsidRDefault="006D7B2C" w14:paraId="5F9BCA01" w14:textId="77777777">
+    <w:p w14:paraId="5F9BCA01" w14:textId="77777777" w:rsidR="006D7B2C" w:rsidRDefault="006D7B2C" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7B2C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>In accordance with Section 20 of Chapter 20 of the Acts of 2021, as extended by Chapter 107 of the Acts of 2022, this meeting will be conducted, and open to the public, via Zoom and Teleconference.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383E4A" w:rsidP="63035364" w:rsidRDefault="00383E4A" w14:paraId="755C2391" w14:textId="6BE532A6">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="755C2391" w14:textId="6BE532A6" w:rsidR="00383E4A" w:rsidRDefault="00383E4A" w:rsidP="63035364">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:bCs w:val="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Zoom URL</w:t>
       </w:r>
-      <w:r w:rsidRPr="63035364" w:rsidR="00B334E4">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00B334E4" w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00334354">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R8ec36ee401c74a09">
-        <w:r w:rsidRPr="63035364" w:rsidR="06EAD4DB">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidR="06EAD4DB" w:rsidRPr="63035364">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
-[...9 lines deleted...]
-            <w:lang w:val="en-US"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>https://us02web.zoom.us/j/83752660337?pwd=aU1pOW5WMm16NjE5eWFkU0xRQ0xxQT09</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="63035364" w:rsidR="06EAD4DB">
-[...12 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="06EAD4DB" w:rsidRPr="63035364">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006B2702" w:rsidR="006B2702" w:rsidP="00326DDC" w:rsidRDefault="00326DDC" w14:paraId="0A3B08A0" w14:textId="459731A7">
+    <w:p w14:paraId="0A3B08A0" w14:textId="459731A7" w:rsidR="006B2702" w:rsidRPr="006B2702" w:rsidRDefault="4E052D04" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="63035364" w:rsidR="4E052D04">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Meeting ID:</w:t>
       </w:r>
-      <w:r w:rsidR="4E052D04">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> 837 5266 0337</w:t>
       </w:r>
       <w:r w:rsidR="00326DDC">
-        <w:rPr/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006B2702" w:rsidR="006B2702" w:rsidP="00326DDC" w:rsidRDefault="00326DDC" w14:paraId="6EB0E1C1" w14:textId="6F42A1A1">
+    <w:p w14:paraId="6EB0E1C1" w14:textId="6F42A1A1" w:rsidR="006B2702" w:rsidRPr="006B2702" w:rsidRDefault="00326DDC" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="63035364" w:rsidR="00326DDC">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="63035364">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Passcode</w:t>
       </w:r>
-      <w:r w:rsidR="00326DDC">
-[...4 lines deleted...]
-        <w:rPr/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="279DC37B">
+        <w:t>011160</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69135FF4" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013B4CF2" w14:textId="14761A1F" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B334E4" w:rsidP="00142E6A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346C6B">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>AGENDA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F99B14B" w14:textId="0BA7D659" w:rsidR="006463F4" w:rsidRPr="00DD6244" w:rsidRDefault="00B21E51" w:rsidP="00DD6244">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="279DC37B">
-[...2 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="69135FF4" w14:textId="77777777">
-[...35 lines deleted...]
-    <w:p w:rsidRPr="00A96037" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="315D0A78" w14:textId="4E4D622E">
+    <w:p w14:paraId="315D0A78" w14:textId="4E4D622E" w:rsidR="00B334E4" w:rsidRPr="00A96037" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Administrative Matters:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006463F4" w:rsidP="006463F4" w:rsidRDefault="00C46186" w14:paraId="2D28D7A4" w14:textId="5374D1F3">
+    <w:p w14:paraId="2D28D7A4" w14:textId="5374D1F3" w:rsidR="006463F4" w:rsidRDefault="00C46186" w:rsidP="006463F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="00C46186">
-        <w:rPr/>
+      <w:r>
         <w:t>Roll Call</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008D7C9A" w:rsidR="00CE0978" w:rsidP="00B334E4" w:rsidRDefault="00EF03D4" w14:paraId="48886B25" w14:textId="5EA86F23">
+    <w:p w14:paraId="48886B25" w14:textId="5EA86F23" w:rsidR="00CE0978" w:rsidRPr="008D7C9A" w:rsidRDefault="00EF03D4" w:rsidP="00B334E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr/>
-[...4 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Adoption of Meeting Minutes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004D7E4A">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3E9A07CE">
-        <w:rPr/>
         <w:t xml:space="preserve">October </w:t>
       </w:r>
       <w:r w:rsidR="006463F4">
-        <w:rPr/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="338B3228">
-        <w:rPr/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006463F4">
-        <w:rPr/>
         <w:t xml:space="preserve">, 2023 </w:t>
       </w:r>
       <w:r w:rsidR="00477E5B">
-        <w:rPr/>
         <w:t>(vote)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00293636" w:rsidP="006463F4" w:rsidRDefault="00293636" w14:paraId="427C0748" w14:textId="77777777">
+    <w:p w14:paraId="427C0748" w14:textId="77777777" w:rsidR="00293636" w:rsidRDefault="00293636" w:rsidP="006463F4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF701C" w:rsidR="003A5F3D" w:rsidP="00DF701C" w:rsidRDefault="00DE2F95" w14:paraId="290CCA9E" w14:textId="0E4140EA">
+    <w:p w14:paraId="290CCA9E" w14:textId="0E4140EA" w:rsidR="003A5F3D" w:rsidRPr="00DF701C" w:rsidRDefault="00DE2F95" w:rsidP="00DF701C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:b w:val="1"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ARPA </w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="006463F4">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="006463F4" w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Spending</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="00DE2F95">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Update</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006463F4" w:rsidR="005D0149" w:rsidP="3EDF519C" w:rsidRDefault="006463F4" w14:paraId="7622C5B8" w14:textId="138E12CC">
-[...1 lines deleted...]
-        <w:keepNext w:val="1"/>
+    <w:p w14:paraId="7622C5B8" w14:textId="138E12CC" w:rsidR="005D0149" w:rsidRPr="006463F4" w:rsidRDefault="6F03E8B4" w:rsidP="3EDF519C">
+      <w:pPr>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:b w:val="1"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Program Benchmarks Update</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006463F4">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006463F4" w:rsidP="006463F4" w:rsidRDefault="006463F4" w14:paraId="5714C9F0" w14:textId="2081D436">
+    <w:p w14:paraId="5714C9F0" w14:textId="2081D436" w:rsidR="006463F4" w:rsidRDefault="7EF6DEFC" w:rsidP="006463F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:b w:val="1"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> to the Legislature </w:t>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panel Recommendation to the Legislature </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00435659" w:rsidR="00B334E4" w:rsidP="3EDF519C" w:rsidRDefault="00B334E4" w14:paraId="3A107507" w14:noSpellErr="1" w14:textId="79D6341C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="3A107507" w14:textId="79D6341C" w:rsidR="00B334E4" w:rsidRPr="00435659" w:rsidRDefault="00B334E4" w:rsidP="3EDF519C">
+      <w:pPr>
         <w:keepNext/>
-        <w:ind/>
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="24665FBE" w14:textId="55A5F003">
+    <w:p w14:paraId="24665FBE" w14:textId="55A5F003" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="00B334E4">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Adjournment</w:t>
       </w:r>
-      <w:r w:rsidRPr="3EDF519C" w:rsidR="00575FB9">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="00575FB9" w:rsidRPr="3EDF519C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00960422" w:rsidRDefault="00960422" w14:paraId="3CB09467" w14:textId="77777777"/>
+    <w:p w14:paraId="3CB09467" w14:textId="77777777" w:rsidR="00960422" w:rsidRDefault="00960422"/>
     <w:sectPr w:rsidR="00960422" w:rsidSect="00F75F66">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
+      <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB" w14:paraId="6FCB3A2B" w14:textId="77777777">
+    <w:p w14:paraId="59682F34" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB" w14:paraId="6A39E943" w14:textId="77777777">
+    <w:p w14:paraId="302FD63A" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB" w14:paraId="5B2BF3AE" w14:textId="77777777"/>
+    <w:p w14:paraId="75062492" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="002F1744" w:rsidRDefault="002F1744" w14:paraId="11F2FA47" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11F2FA47" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="002F1744" w:rsidRDefault="002F1744" w14:paraId="6AFF0049" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6AFF0049" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="002F1744" w:rsidRDefault="002F1744" w14:paraId="51A06E0B" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51A06E0B" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB" w14:paraId="4F5B5E7A" w14:textId="77777777">
+    <w:p w14:paraId="40D683B3" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB" w14:paraId="7BDB842E" w14:textId="77777777">
+    <w:p w14:paraId="60184F42" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB" w14:paraId="31835595" w14:textId="77777777"/>
+    <w:p w14:paraId="2C58575C" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="002F1744" w:rsidRDefault="002F1744" w14:paraId="0673B978" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0673B978" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="000340DF" w:rsidR="002F1744" w:rsidP="000340DF" w:rsidRDefault="002F1744" w14:paraId="0A4FDBD6" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A4FDBD6" w14:textId="77777777" w:rsidR="00564964" w:rsidRPr="000340DF" w:rsidRDefault="00564964" w:rsidP="000340DF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         <w:b/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="002F1744" w:rsidRDefault="002F1744" w14:paraId="44A3871C" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44A3871C" w14:textId="77777777" w:rsidR="00564964" w:rsidRDefault="00564964">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A27292F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F7C72B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1831,166 +1805,170 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="60099068">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1699282981">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B334E4"/>
     <w:rsid w:val="00001580"/>
     <w:rsid w:val="00006202"/>
     <w:rsid w:val="000438E1"/>
     <w:rsid w:val="000550C8"/>
     <w:rsid w:val="00065A46"/>
     <w:rsid w:val="000A20A1"/>
     <w:rsid w:val="000F510D"/>
     <w:rsid w:val="00103B96"/>
+    <w:rsid w:val="001238E1"/>
     <w:rsid w:val="00142E6A"/>
     <w:rsid w:val="00147B54"/>
     <w:rsid w:val="001B0CF8"/>
     <w:rsid w:val="001D5C5D"/>
     <w:rsid w:val="001E3FE4"/>
     <w:rsid w:val="002150A0"/>
     <w:rsid w:val="002358B4"/>
     <w:rsid w:val="002479BF"/>
     <w:rsid w:val="0027571D"/>
     <w:rsid w:val="00293636"/>
     <w:rsid w:val="00294A0B"/>
     <w:rsid w:val="00296177"/>
     <w:rsid w:val="002B0450"/>
     <w:rsid w:val="002D6C65"/>
     <w:rsid w:val="00326DDC"/>
     <w:rsid w:val="00334354"/>
     <w:rsid w:val="00340878"/>
     <w:rsid w:val="00341B75"/>
     <w:rsid w:val="00352D0A"/>
     <w:rsid w:val="00383E4A"/>
     <w:rsid w:val="003A5F3D"/>
     <w:rsid w:val="00411691"/>
     <w:rsid w:val="00442840"/>
     <w:rsid w:val="0045245D"/>
     <w:rsid w:val="00477E5B"/>
     <w:rsid w:val="004A11C6"/>
     <w:rsid w:val="004A2763"/>
     <w:rsid w:val="004B58AA"/>
     <w:rsid w:val="004B62CF"/>
     <w:rsid w:val="004C3130"/>
     <w:rsid w:val="004C6FAA"/>
     <w:rsid w:val="004D78CA"/>
     <w:rsid w:val="004D7E4A"/>
+    <w:rsid w:val="00564964"/>
     <w:rsid w:val="00575FB9"/>
     <w:rsid w:val="005B7E97"/>
     <w:rsid w:val="005D0149"/>
     <w:rsid w:val="006463F4"/>
     <w:rsid w:val="00651F48"/>
     <w:rsid w:val="00655E5F"/>
+    <w:rsid w:val="00692C8A"/>
     <w:rsid w:val="006A7BDB"/>
     <w:rsid w:val="006B2702"/>
     <w:rsid w:val="006C2375"/>
     <w:rsid w:val="006C6B5B"/>
     <w:rsid w:val="006D7B2C"/>
     <w:rsid w:val="006D7F1D"/>
     <w:rsid w:val="007349C5"/>
     <w:rsid w:val="00777241"/>
     <w:rsid w:val="00787304"/>
     <w:rsid w:val="007B6AA6"/>
     <w:rsid w:val="007C769C"/>
     <w:rsid w:val="007F0BC2"/>
     <w:rsid w:val="00812227"/>
     <w:rsid w:val="00831ED9"/>
     <w:rsid w:val="00837D27"/>
     <w:rsid w:val="00844A79"/>
     <w:rsid w:val="00860EA5"/>
     <w:rsid w:val="00880B22"/>
     <w:rsid w:val="0089119F"/>
     <w:rsid w:val="008C3962"/>
     <w:rsid w:val="008D5C7F"/>
     <w:rsid w:val="008D7962"/>
     <w:rsid w:val="008F7D21"/>
     <w:rsid w:val="00906AEF"/>
     <w:rsid w:val="00915FC4"/>
     <w:rsid w:val="00960422"/>
     <w:rsid w:val="00A13BD9"/>
     <w:rsid w:val="00A56D08"/>
     <w:rsid w:val="00A607A3"/>
     <w:rsid w:val="00A83726"/>
     <w:rsid w:val="00AB2556"/>
     <w:rsid w:val="00AC00F0"/>
     <w:rsid w:val="00B02074"/>
     <w:rsid w:val="00B05A30"/>
     <w:rsid w:val="00B21E51"/>
     <w:rsid w:val="00B334E4"/>
     <w:rsid w:val="00B362E3"/>
     <w:rsid w:val="00B57FF3"/>
     <w:rsid w:val="00B66B51"/>
     <w:rsid w:val="00B70041"/>
     <w:rsid w:val="00BC3104"/>
     <w:rsid w:val="00BE0215"/>
     <w:rsid w:val="00C12114"/>
     <w:rsid w:val="00C46186"/>
+    <w:rsid w:val="00C5442A"/>
     <w:rsid w:val="00C6038B"/>
     <w:rsid w:val="00C6356D"/>
     <w:rsid w:val="00C93E10"/>
     <w:rsid w:val="00C96DB7"/>
     <w:rsid w:val="00CD66B4"/>
     <w:rsid w:val="00CD7B41"/>
     <w:rsid w:val="00CD7D38"/>
     <w:rsid w:val="00CE0978"/>
     <w:rsid w:val="00CE0C5C"/>
     <w:rsid w:val="00D048CB"/>
     <w:rsid w:val="00D14B01"/>
     <w:rsid w:val="00D4272D"/>
     <w:rsid w:val="00D532D4"/>
     <w:rsid w:val="00D57F0A"/>
     <w:rsid w:val="00D90A41"/>
     <w:rsid w:val="00D955DE"/>
     <w:rsid w:val="00DB0297"/>
     <w:rsid w:val="00DD13EC"/>
     <w:rsid w:val="00DD6244"/>
     <w:rsid w:val="00DE1650"/>
     <w:rsid w:val="00DE2F95"/>
     <w:rsid w:val="00DF701C"/>
     <w:rsid w:val="00E00886"/>
     <w:rsid w:val="00E42242"/>
     <w:rsid w:val="00E81BB7"/>
@@ -2018,151 +1996,156 @@
     <w:rsid w:val="46035C9F"/>
     <w:rsid w:val="4E052D04"/>
     <w:rsid w:val="4FC95166"/>
     <w:rsid w:val="5BFBA4A6"/>
     <w:rsid w:val="5FD967C8"/>
     <w:rsid w:val="63035364"/>
     <w:rsid w:val="631F0378"/>
     <w:rsid w:val="6F03E8B4"/>
     <w:rsid w:val="745D0AF4"/>
     <w:rsid w:val="77FE46D1"/>
     <w:rsid w:val="7EF6DEFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1030"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15274527"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{65B794A3-CDFA-402E-8C9E-446F4212BBC1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2318,52 +2301,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2430,261 +2413,262 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B334E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00B334E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00B334E4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="00B334E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00B334E4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004A11C6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00383E4A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00383E4A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D57F0A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00334354"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B2702"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlainTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B2702"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00BC3104"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1491404733">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/j/83752660337?pwd=aU1pOW5WMm16NjE5eWFkU0xRQ0xxQT09" TargetMode="External" Id="R8ec36ee401c74a09" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/j/83752660337?pwd=aU1pOW5WMm16NjE5eWFkU0xRQ0xxQT09" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2951,52 +2935,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030E95B6BB7C9A442BF76651FCC540C11" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4dd169b6b1e52023a50dbd379e4f51bb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ff3fead84a8faac8e49f9340acd51831" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030E95B6BB7C9A442BF76651FCC540C11" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db15e1aaa4721992bb72ceffea85196a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50947e83a158857da62b7a6d6a96ce26" ns2:_="" ns3:_="">
     <xsd:import namespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
     <xsd:import namespace="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3191,126 +3184,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6dd3fc6d-0329-44eb-acde-fee98b7e96fa">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7052C31-3389-407D-BEAA-EA325F82620C}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D8DB29D-804B-4455-A3F3-869741D35648}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE8BCF45-2523-49BD-B675-42D8FECDD09E}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBCE0DF-29CE-4673-88A3-F33B51624047}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <ds:schemaRef ds:uri="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>112</Words>
+  <Characters>641</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>752</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Govoni, Kelly K (A&amp;F)</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Albanese, Natalie (A&amp;F)</lastModifiedBy>
-  <revision>4</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010030E95B6BB7C9A442BF76651FCC540C11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>21600</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>