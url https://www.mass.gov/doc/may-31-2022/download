--- v0 (2025-11-04)
+++ v1 (2026-03-28)
@@ -4,59 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5A64AE63" w14:textId="1F969AA1" w:rsidR="00B334E4" w:rsidRPr="00860EA5" w:rsidRDefault="007B6AA6" w:rsidP="007B6AA6">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="158A9A1D" wp14:editId="65457510">
@@ -744,80 +745,80 @@
                             <w:sz w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:smallCaps/>
                               <w:spacing w:val="10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>02133</w:t>
                           </w:r>
                         </w:smartTag>
                       </w:smartTag>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00BC38EE">
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="447358D1">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:52.5pt;margin-top:94.5pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:preferrelative="f" fillcolor="window">
+          <v:shape id="_x0000_s1028" type="#_x0000_t75" alt="Massachusetts state seal" style="position:absolute;left:0;text-align:left;margin-left:52.5pt;margin-top:94.5pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:preferrelative="f" fillcolor="window">
             <v:imagedata r:id="rId10" o:title=""/>
             <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s1028" DrawAspect="Content" ObjectID="_1715148501" r:id="rId11"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s1028" DrawAspect="Content" ObjectID="_1831553996" r:id="rId11"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B334E4" w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18231934" wp14:editId="2410F898">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>518160</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1734185</wp:posOffset>
                 </wp:positionV>
@@ -1486,203 +1487,233 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Adjournment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB09467" w14:textId="77777777" w:rsidR="00960422" w:rsidRDefault="00960422"/>
     <w:sectPr w:rsidR="00960422" w:rsidSect="00F75F66">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B2DE1DF" w14:textId="77777777" w:rsidR="00BC38EE" w:rsidRDefault="00BC38EE">
+    <w:p w14:paraId="51E4DD48" w14:textId="77777777" w:rsidR="00715AFF" w:rsidRDefault="00715AFF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CBE4ACE" w14:textId="77777777" w:rsidR="00BC38EE" w:rsidRDefault="00BC38EE">
+    <w:p w14:paraId="1C629DF9" w14:textId="77777777" w:rsidR="00715AFF" w:rsidRDefault="00715AFF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="217B8A73" w14:textId="77777777" w:rsidR="00BC38EE" w:rsidRDefault="00BC38EE"/>
+    <w:p w14:paraId="274E6E85" w14:textId="77777777" w:rsidR="00715AFF" w:rsidRDefault="00715AFF"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="11F2FA47" w14:textId="77777777" w:rsidR="00D453C6" w:rsidRDefault="00BC38EE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11F2FA47" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6AFF0049" w14:textId="77777777" w:rsidR="00D453C6" w:rsidRDefault="00BC38EE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6AFF0049" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="51A06E0B" w14:textId="77777777" w:rsidR="00D453C6" w:rsidRDefault="00BC38EE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51A06E0B" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42E29233" w14:textId="77777777" w:rsidR="00BC38EE" w:rsidRDefault="00BC38EE">
+    <w:p w14:paraId="37B170CA" w14:textId="77777777" w:rsidR="00715AFF" w:rsidRDefault="00715AFF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33D570FC" w14:textId="77777777" w:rsidR="00BC38EE" w:rsidRDefault="00BC38EE">
+    <w:p w14:paraId="2A0FD2BE" w14:textId="77777777" w:rsidR="00715AFF" w:rsidRDefault="00715AFF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55CF839C" w14:textId="77777777" w:rsidR="00BC38EE" w:rsidRDefault="00BC38EE"/>
+    <w:p w14:paraId="7C90AA70" w14:textId="77777777" w:rsidR="00715AFF" w:rsidRDefault="00715AFF"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0673B978" w14:textId="77777777" w:rsidR="00D453C6" w:rsidRDefault="00BC38EE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0673B978" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0A4FDBD6" w14:textId="77777777" w:rsidR="000340DF" w:rsidRPr="000340DF" w:rsidRDefault="00BC38EE" w:rsidP="000340DF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A4FDBD6" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="000340DF" w:rsidRDefault="00000000" w:rsidP="000340DF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         <w:b/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="44A3871C" w14:textId="77777777" w:rsidR="00D453C6" w:rsidRDefault="00BC38EE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44A3871C" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A27292F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F7C72B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1846,61 +1877,61 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="761418189">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1930961059">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B334E4"/>
     <w:rsid w:val="00001580"/>
@@ -1927,145 +1958,149 @@
     <w:rsid w:val="002B799C"/>
     <w:rsid w:val="002D6C65"/>
     <w:rsid w:val="00302178"/>
     <w:rsid w:val="00305C16"/>
     <w:rsid w:val="00383E4A"/>
     <w:rsid w:val="0039137C"/>
     <w:rsid w:val="003947FD"/>
     <w:rsid w:val="003A7C4C"/>
     <w:rsid w:val="003D6A9D"/>
     <w:rsid w:val="00411B9C"/>
     <w:rsid w:val="004179BA"/>
     <w:rsid w:val="004A11C6"/>
     <w:rsid w:val="004C3130"/>
     <w:rsid w:val="00515562"/>
     <w:rsid w:val="00566285"/>
     <w:rsid w:val="005832FD"/>
     <w:rsid w:val="00584A2B"/>
     <w:rsid w:val="00636F1C"/>
     <w:rsid w:val="00656512"/>
     <w:rsid w:val="00665DFD"/>
     <w:rsid w:val="006B6777"/>
     <w:rsid w:val="006C55D3"/>
     <w:rsid w:val="006D7F1D"/>
     <w:rsid w:val="006E1F22"/>
     <w:rsid w:val="006F4DFB"/>
+    <w:rsid w:val="00715AFF"/>
     <w:rsid w:val="00715FCA"/>
     <w:rsid w:val="00756877"/>
+    <w:rsid w:val="00771D2C"/>
     <w:rsid w:val="00787304"/>
     <w:rsid w:val="007A192F"/>
     <w:rsid w:val="007A196E"/>
     <w:rsid w:val="007A7270"/>
     <w:rsid w:val="007B6AA6"/>
     <w:rsid w:val="007C1139"/>
     <w:rsid w:val="007C769C"/>
     <w:rsid w:val="00816C86"/>
     <w:rsid w:val="00860EA5"/>
     <w:rsid w:val="00880B22"/>
     <w:rsid w:val="0089119F"/>
     <w:rsid w:val="008C28D9"/>
     <w:rsid w:val="008C3962"/>
     <w:rsid w:val="008D4139"/>
     <w:rsid w:val="00900E04"/>
     <w:rsid w:val="009457E9"/>
     <w:rsid w:val="00960422"/>
     <w:rsid w:val="00986C1E"/>
     <w:rsid w:val="009F241C"/>
     <w:rsid w:val="00A2643E"/>
     <w:rsid w:val="00A302E3"/>
     <w:rsid w:val="00A579EE"/>
     <w:rsid w:val="00A67E86"/>
     <w:rsid w:val="00A85EBB"/>
     <w:rsid w:val="00AB2556"/>
     <w:rsid w:val="00AB76E4"/>
     <w:rsid w:val="00AC3F14"/>
     <w:rsid w:val="00B01E7E"/>
     <w:rsid w:val="00B209D1"/>
     <w:rsid w:val="00B334E4"/>
     <w:rsid w:val="00B66B51"/>
     <w:rsid w:val="00B70041"/>
     <w:rsid w:val="00B82526"/>
     <w:rsid w:val="00BA4AD2"/>
     <w:rsid w:val="00BB0ED8"/>
     <w:rsid w:val="00BC38EE"/>
     <w:rsid w:val="00BE2DAF"/>
     <w:rsid w:val="00C13E73"/>
     <w:rsid w:val="00C31A4C"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00C449A9"/>
     <w:rsid w:val="00C46186"/>
+    <w:rsid w:val="00C5442A"/>
     <w:rsid w:val="00C6356D"/>
     <w:rsid w:val="00C67594"/>
     <w:rsid w:val="00CD6EFF"/>
     <w:rsid w:val="00CE0978"/>
     <w:rsid w:val="00D048CB"/>
     <w:rsid w:val="00D20080"/>
     <w:rsid w:val="00D57F0A"/>
     <w:rsid w:val="00D73D2B"/>
     <w:rsid w:val="00E95477"/>
     <w:rsid w:val="00EC1FEA"/>
     <w:rsid w:val="00EC2070"/>
+    <w:rsid w:val="00ED6E04"/>
     <w:rsid w:val="00FC282F"/>
     <w:rsid w:val="00FC615F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1029"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15274527"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{65B794A3-CDFA-402E-8C9E-446F4212BBC1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2554,51 +2589,51 @@
     <w:rsid w:val="00383E4A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D57F0A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="7610201">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="603347199">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2900,128 +2935,189 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...17 lines deleted...]
-    <xsd:import namespace="9f2df0ba-6bb7-4f77-8da0-040ed292941d"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030E95B6BB7C9A442BF76651FCC540C11" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db15e1aaa4721992bb72ceffea85196a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50947e83a158857da62b7a6d6a96ce26" ns2:_="" ns3:_="">
+    <xsd:import namespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
+    <xsd:import namespace="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f95772f7-5be7-4436-9eae-fc1650fe511f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9f2df0ba-6bb7-4f77-8da0-040ed292941d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71edd43e-718e-4f82-9145-3875adf2a1d5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{490fc7d9-7446-4235-a222-e1c2d93a21c6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="71edd43e-718e-4f82-9145-3875adf2a1d5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -3079,121 +3175,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6dd3fc6d-0329-44eb-acde-fee98b7e96fa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBCE0DF-29CE-4673-88A3-F33B51624047}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E7657A6-E780-47AF-AB0F-6A36B5DCECC3}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D8DB29D-804B-4455-A3F3-869741D35648}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7173084D-B351-4471-9A02-FE035AB26C3A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBCE0DF-29CE-4673-88A3-F33B51624047}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="f95772f7-5be7-4436-9eae-fc1650fe511f"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>114</Words>
-  <Characters>655</Characters>
+  <Characters>654</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>768</CharactersWithSpaces>
+  <CharactersWithSpaces>767</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Govoni, Kelly K (A&amp;F)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010009328F3A7E452743868B232F99CA4711</vt:lpwstr>
+    <vt:lpwstr>0x01010030E95B6BB7C9A442BF76651FCC540C11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>21600</vt:r8>
   </property>
 </Properties>
 </file>