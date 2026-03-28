--- v0 (2025-11-04)
+++ v1 (2026-03-28)
@@ -1,1185 +1,1177 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="007C06C4" w14:textId="77777777">
+    <w:p w14:paraId="007C06C4" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="94" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="148" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="71EBE2BE" wp14:editId="01668C7D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="71EBE2BE" wp14:editId="628F2B61">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-75877</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-256394</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1018540" cy="1188720"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="105" name="Picture 105"/>
+            <wp:docPr id="105" name="Picture 105" descr="Massachusetts state seal"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="105" name="Picture 105"/>
+                    <pic:cNvPr id="105" name="Picture 105" descr="Massachusetts state seal"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1018540" cy="1188720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">HE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">OMMONWEALTH OF </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>ASSACHUSETTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="311C366A" w14:textId="77777777">
+    <w:p w14:paraId="311C366A" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5" w:right="137"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">XECUTIVE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>FFICE FOR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="2260569B" w14:textId="5BBDADB1">
+    <w:p w14:paraId="2260569B" w14:textId="5BBDADB1" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="91" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-2928" w:right="-15"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">TEL: (617) 727-2040 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">DMINISTRATION AND </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>INANCE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="34"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="34"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>FAX: (617) 727-2779 STATE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>HOUSE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="64E72BF8" w14:textId="77777777">
+    <w:p w14:paraId="64E72BF8" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5" w:right="119"/>
       </w:pPr>
       <w:r>
         <w:t>BOSTON,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>MA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t>02133</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="138EBF5F" w14:textId="77777777">
+    <w:p w14:paraId="138EBF5F" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="1649" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="529" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="66505B74" w14:textId="77777777">
+    <w:p w14:paraId="66505B74" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="124" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Meeting Minutes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="33D156F8" w14:textId="77777777">
+    <w:p w14:paraId="33D156F8" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="68" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF6CE4" w:rsidP="00BF6CE4" w:rsidRDefault="0058328A" w14:paraId="6961CDF1" w14:textId="77777777">
+    <w:p w14:paraId="6961CDF1" w14:textId="77777777" w:rsidR="00BF6CE4" w:rsidRDefault="0058328A" w:rsidP="00BF6CE4">
       <w:pPr>
         <w:spacing w:after="13"/>
         <w:ind w:left="3553" w:right="2266" w:hanging="1397"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Federal Funds Equity &amp; Accountability Review Panel</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidP="00BF6CE4" w:rsidRDefault="00BF6CE4" w14:paraId="01023C2B" w14:textId="3179C896">
+    <w:p w14:paraId="01023C2B" w14:textId="3179C896" w:rsidR="00545A84" w:rsidRDefault="00BF6CE4" w:rsidP="00BF6CE4">
       <w:pPr>
         <w:spacing w:after="13"/>
         <w:ind w:left="3553" w:right="2266" w:hanging="1397"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Wednesday, May 31, </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2023,</w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 2:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>0 – 3:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>0 p.m.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="4DCAE974" w14:textId="77777777">
+    <w:p w14:paraId="4DCAE974" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="2485" w:right="108" w:hanging="2266"/>
       </w:pPr>
       <w:r>
         <w:t>In accordance with Section 20 of Chapter 20 of the Acts of 2021, this meeting will be conducted, and open to the public, via Zoom and Teleconference:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF6CE4" w:rsidP="00BF6CE4" w:rsidRDefault="0058328A" w14:paraId="7C6AEAF1" w14:textId="347515ED">
+    <w:p w14:paraId="7C6AEAF1" w14:textId="347515ED" w:rsidR="00BF6CE4" w:rsidRDefault="0058328A" w:rsidP="00BF6CE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="122"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Zoom URL:</w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="00BF6CE4" w14:paraId="2CC4291F" w14:textId="38C5E1B6">
+    <w:p w14:paraId="2CC4291F" w14:textId="38C5E1B6" w:rsidR="00545A84" w:rsidRDefault="00BF6CE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="124"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId11">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00D05494">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
           <w:t>https://zoom.us/w/93075273822?tk=MBBcFUP86RrdAVP884XztRHWUATdCHU97RcyCEFs1yA.DQMAAAAVq7f4XhZyYkJqOXlFR1MzSzM5dnZ4U2dVel9nAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&amp;pwd=RmFyeTh3M0U1VGY5aHd2OWxjOUMxZz09&amp;uuid=WN_vaEiEnscSIGSrFK_WOAiow</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="7C6A509E" w14:textId="3E99B9B3">
+    <w:p w14:paraId="7C6A509E" w14:textId="3E99B9B3" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="121"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Passcode:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF6CE4" w:rsidR="00BF6CE4">
+      <w:r w:rsidR="00BF6CE4" w:rsidRPr="00BF6CE4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF6CE4">
         <w:t>856512 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="15A3ACBF" w14:textId="169375ED">
+    <w:p w14:paraId="15A3ACBF" w14:textId="169375ED" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="127"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Teleconference Line: </w:t>
       </w:r>
       <w:r w:rsidR="00BF6CE4">
         <w:t>+1</w:t>
       </w:r>
       <w:r w:rsidR="00D12FF3">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00BF6CE4">
         <w:t>301</w:t>
       </w:r>
       <w:r w:rsidR="00D12FF3">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00BF6CE4">
         <w:t>715</w:t>
       </w:r>
       <w:r w:rsidR="00D12FF3">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>8592</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> conference code: </w:t>
       </w:r>
       <w:r w:rsidR="00BF6CE4">
         <w:t>856512 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="4326CBDE" w14:textId="77777777">
+    <w:p w14:paraId="4326CBDE" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="68" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="4267CB21" w14:textId="4A487E2A">
+    <w:p w14:paraId="4267CB21" w14:textId="4A487E2A" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="10" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A meeting of the Federal Funds Equity &amp; Accountability Review Panel was held via teleconference on </w:t>
       </w:r>
       <w:r w:rsidR="00BF6CE4">
         <w:t>Wednesday, May31, 2023</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, in accordance with Section 20 of Chapter 20 of the Acts of 2021. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="22E895C5" w14:textId="77777777">
+    <w:p w14:paraId="22E895C5" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="4FC665CE" w14:textId="5CFDCEA8">
+    <w:p w14:paraId="4FC665CE" w14:textId="5CFDCEA8" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="10" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Meeting was called to order at 2:</w:t>
       </w:r>
       <w:r w:rsidR="00BF6CE4">
         <w:t>35</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PM </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="093C755E" w14:textId="77777777">
+    <w:p w14:paraId="093C755E" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="6F6F4F58" w14:textId="77777777">
+    <w:p w14:paraId="6F6F4F58" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="13"/>
         <w:ind w:left="-4" w:right="2266"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Panel members comprising a quorum: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="1C43C5A7" w14:textId="77777777">
+    <w:p w14:paraId="1C43C5A7" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A1BD4" w:rsidP="003A1BD4" w:rsidRDefault="0058328A" w14:paraId="566585E8" w14:textId="77777777">
+    <w:p w14:paraId="566585E8" w14:textId="77777777" w:rsidR="003A1BD4" w:rsidRDefault="0058328A" w:rsidP="003A1BD4">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Nicole Obi, Panel Co- Chair,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Coalition for an Equitable Economy  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A1BD4" w:rsidR="003A1BD4" w:rsidP="003A1BD4" w:rsidRDefault="003A1BD4" w14:paraId="6AB65F8F" w14:textId="114A8739">
+    <w:p w14:paraId="6AB65F8F" w14:textId="114A8739" w:rsidR="003A1BD4" w:rsidRPr="003A1BD4" w:rsidRDefault="003A1BD4" w:rsidP="003A1BD4">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Almedia</w:t>
+        <w:t>Marcony</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">- Barros, Panel Co-Chair, </w:t>
+        <w:t xml:space="preserve"> Almedia- Barros, Panel Co-Chair, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A1BD4">
         <w:t>Governors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A1BD4">
         <w:t xml:space="preserve"> Office</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidP="003A1BD4" w:rsidRDefault="003A1BD4" w14:paraId="15120577" w14:textId="6E760A37">
+    <w:p w14:paraId="15120577" w14:textId="6E760A37" w:rsidR="00545A84" w:rsidRDefault="003A1BD4" w:rsidP="003A1BD4">
       <w:pPr>
         <w:ind w:left="0" w:right="108" w:firstLine="706"/>
       </w:pPr>
       <w:r>
         <w:t>Diana D</w:t>
       </w:r>
       <w:r w:rsidR="00B63D79">
         <w:t>iZoglio</w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:t xml:space="preserve">, Auditor of the Commonwealth </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B63D79" w:rsidRDefault="0058328A" w14:paraId="6995D4ED" w14:textId="77777777">
+    <w:p w14:paraId="6995D4ED" w14:textId="77777777" w:rsidR="00B63D79" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Erica Seery, Chief Digital Officer, Executive Office of Technology Services and </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve">Security </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0047476A" w14:paraId="6F685270" w14:textId="450846ED">
+    <w:p w14:paraId="6F685270" w14:textId="450846ED" w:rsidR="00545A84" w:rsidRDefault="0047476A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Marie</w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:t xml:space="preserve">-Frances Rivera, Massachusetts Budget and Policy Center, Inc.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="102F72F9" w14:textId="77777777">
+    <w:p w14:paraId="102F72F9" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Elizabeth Weyant, Massachusetts Association of Regional Planning Agencies  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="075A7DAC" w14:textId="77777777">
+    <w:p w14:paraId="075A7DAC" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bill McAvoy, Supplier Diversity Office  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B63D79" w:rsidRDefault="0058328A" w14:paraId="6B5207F6" w14:textId="77777777">
+    <w:p w14:paraId="6B5207F6" w14:textId="77777777" w:rsidR="00B63D79" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kristina Johnson, Chief Data Officer, Executive Office of Technology Services and Security </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="3593E057" w14:textId="4172C73B">
+    <w:p w14:paraId="3593E057" w14:textId="4172C73B" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Raquel Halsey, North American Indian Center of Boston, Inc.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="05122D92" w14:textId="77777777">
+    <w:p w14:paraId="05122D92" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Michael Frieber, Inspector General’s Office  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="00352178" w14:paraId="256AE3DA" w14:textId="15EC9115">
+    <w:p w14:paraId="256AE3DA" w14:textId="15EC9115" w:rsidR="00545A84" w:rsidRDefault="00352178">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Kevin Murray</w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:t xml:space="preserve">, Massachusetts Association of Community Development Corporations   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="10B3E350" w14:textId="3FE7E639">
+    <w:p w14:paraId="10B3E350" w14:textId="3FE7E639" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Yasmin </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>Pada sees</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Commission on the Status of Asian Americans and Pacific Islanders  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="6024219E" w14:textId="6E02F57C">
+    <w:p w14:paraId="6024219E" w14:textId="6E02F57C" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
-      <w:r w:rsidR="0058328A">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Amy </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
-        <w:rPr/>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="1ECA4777">
-        <w:rPr/>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
-        <w:rPr/>
         <w:t>ble</w:t>
       </w:r>
-      <w:r w:rsidR="0058328A">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">, Office of the Comptroller  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidP="00B63D79" w:rsidRDefault="0058328A" w14:paraId="652A9505" w14:textId="16910539">
+    <w:p w14:paraId="652A9505" w14:textId="16910539" w:rsidR="00545A84" w:rsidRDefault="0058328A" w:rsidP="00B63D79">
       <w:pPr>
         <w:ind w:left="0" w:right="108" w:firstLine="706"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Luisa Santos, Green Justice Coalition  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A37D81" w:rsidP="00A37D81" w:rsidRDefault="0058328A" w14:paraId="6D44B480" w14:textId="0C035AD5">
+    <w:p w14:paraId="6D44B480" w14:textId="0C035AD5" w:rsidR="00A37D81" w:rsidRDefault="0058328A" w:rsidP="00A37D81">
       <w:pPr>
         <w:ind w:left="720" w:right="3314" w:hanging="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Leemarie Mosca, Massachusetts Nonprofit Network, Inc. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidP="00B63D79" w:rsidRDefault="0058328A" w14:paraId="2DA3CCDD" w14:textId="77C04CF5">
+    <w:p w14:paraId="2DA3CCDD" w14:textId="77C04CF5" w:rsidR="00545A84" w:rsidRDefault="0058328A" w:rsidP="00B63D79">
       <w:pPr>
         <w:ind w:left="720" w:right="3314" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Joe </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047476A">
         <w:t>Curtatone</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Northeast Clean Energy Council, Inc.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275539F5" w14:textId="7F07799E" w:rsidR="00A37D81" w:rsidRDefault="00A37D81" w:rsidP="00B63D79">
+      <w:pPr>
+        <w:ind w:left="720" w:right="3314" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Shaheer Mustafa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HopeWell</w:t>
+      </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A37D81" w:rsidP="00B63D79" w:rsidRDefault="00A37D81" w14:paraId="275539F5" w14:textId="7F07799E">
+    </w:p>
+    <w:p w14:paraId="74272E62" w14:textId="77777777" w:rsidR="00A37D81" w:rsidRDefault="00A37D81" w:rsidP="00A37D81">
       <w:pPr>
         <w:ind w:left="720" w:right="3314" w:firstLine="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:t>Leemarie Mosca, Rosie’s Place</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A37D81" w:rsidP="00A37D81" w:rsidRDefault="00A37D81" w14:paraId="0955E7CA" w14:textId="1E2B69ED">
+    <w:p w14:paraId="0955E7CA" w14:textId="1E2B69ED" w:rsidR="00A37D81" w:rsidRDefault="00A37D81" w:rsidP="00A37D81">
       <w:pPr>
         <w:ind w:left="720" w:right="3314" w:firstLine="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Denella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Clark, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37D81">
         <w:t>Boston Arts Academy Foundation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A37D81" w:rsidP="00A37D81" w:rsidRDefault="00A37D81" w14:paraId="5A40B57D" w14:textId="2546A095">
+    <w:p w14:paraId="5A40B57D" w14:textId="2546A095" w:rsidR="00A37D81" w:rsidRDefault="00A37D81" w:rsidP="00A37D81">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Geoff Foster, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37D81">
         <w:t>Common Cause Mass.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A37D81" w:rsidP="00A37D81" w:rsidRDefault="00A37D81" w14:paraId="4B380203" w14:textId="2F868DC0">
+    <w:p w14:paraId="4B380203" w14:textId="2F868DC0" w:rsidR="00A37D81" w:rsidRDefault="00A37D81" w:rsidP="00A37D81">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Gwen Hart, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37D81">
         <w:t>Center for Women &amp; Enterprise</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352178" w:rsidP="00352178" w:rsidRDefault="00352178" w14:paraId="169BF1F0" w14:textId="77777777">
+    <w:p w14:paraId="169BF1F0" w14:textId="77777777" w:rsidR="00352178" w:rsidRDefault="00352178" w:rsidP="00352178">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Yasmin Padamsee, </w:t>
       </w:r>
       <w:r w:rsidRPr="00352178">
         <w:t>Asian American Commission</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00352178" w:rsidR="00352178" w:rsidP="00352178" w:rsidRDefault="00352178" w14:paraId="0B3CAC0F" w14:textId="53559AAA">
+    <w:p w14:paraId="0B3CAC0F" w14:textId="53559AAA" w:rsidR="00352178" w:rsidRPr="00352178" w:rsidRDefault="00352178" w:rsidP="00352178">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Raquel Halsey, </w:t>
       </w:r>
       <w:r w:rsidRPr="00352178">
         <w:t>North American Indian Center of Boston</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352178" w:rsidP="00352178" w:rsidRDefault="00352178" w14:paraId="3C13581D" w14:textId="44A4397C">
+    <w:p w14:paraId="3C13581D" w14:textId="44A4397C" w:rsidR="00352178" w:rsidRDefault="00352178" w:rsidP="00352178">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bishop Tony Branch, </w:t>
       </w:r>
       <w:r w:rsidRPr="00352178">
         <w:t>NAACP-New England Area Conference</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352178" w:rsidP="00352178" w:rsidRDefault="00352178" w14:paraId="0F577997" w14:textId="77777777">
+    <w:p w14:paraId="0F577997" w14:textId="77777777" w:rsidR="00352178" w:rsidRDefault="00352178" w:rsidP="00352178">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Elizabeth Weyant, </w:t>
       </w:r>
       <w:r w:rsidRPr="00352178">
         <w:t>Metropolitan Area Planning Council</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352178" w:rsidP="00352178" w:rsidRDefault="00352178" w14:paraId="04085A37" w14:textId="29E052EC">
+    <w:p w14:paraId="04085A37" w14:textId="29E052EC" w:rsidR="00352178" w:rsidRDefault="00352178" w:rsidP="00352178">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Max Charles, </w:t>
       </w:r>
       <w:r w:rsidRPr="00352178">
         <w:t>Mass. Minority Contractors Association, Inc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352178" w:rsidP="00352178" w:rsidRDefault="00352178" w14:paraId="1DDA0300" w14:textId="460DEA64">
+    <w:p w14:paraId="1DDA0300" w14:textId="460DEA64" w:rsidR="00352178" w:rsidRDefault="00352178" w:rsidP="00352178">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Cindy </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidRPr="00352178" w:rsidR="00352178" w:rsidP="00352178" w:rsidRDefault="00352178" w14:paraId="7B385F1C" w14:textId="67D80866">
+        <w:t>Cindy Luppi, Clean Water Action</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B385F1C" w14:textId="67D80866" w:rsidR="00352178" w:rsidRPr="00352178" w:rsidRDefault="00352178" w:rsidP="00352178">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
       </w:pPr>
-      <w:r w:rsidR="00352178">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Tracye Whitfield, </w:t>
       </w:r>
       <w:r w:rsidR="41F52188">
-        <w:rPr/>
         <w:t>Coalition for an Equitable Economy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="00545A84" w14:paraId="445EA636" w14:textId="0C10E520">
+    <w:p w14:paraId="445EA636" w14:textId="0C10E520" w:rsidR="00545A84" w:rsidRDefault="00545A84">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="7E1B4226" w14:textId="77777777">
+    <w:p w14:paraId="7E1B4226" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="76C5B884" w14:textId="77777777">
+    <w:p w14:paraId="76C5B884" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="13"/>
         <w:ind w:left="-4" w:right="2266"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Others in attendance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidP="001E17C3" w:rsidRDefault="0058328A" w14:paraId="5678E800" w14:textId="7E6F4307">
+    <w:p w14:paraId="5678E800" w14:textId="7E6F4307" w:rsidR="00545A84" w:rsidRDefault="0058328A" w:rsidP="001E17C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="77692D26" w14:textId="77777777">
+    <w:p w14:paraId="77692D26" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Danielle Littmann, Executive Office for Administration and Finance </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="18F61340" w14:textId="77777777">
+    <w:p w14:paraId="18F61340" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Robert Braza, Executive Office for Administration and Finance </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="00545A84" w14:paraId="6D49F41F" w14:textId="527D7871">
+    <w:p w14:paraId="6D49F41F" w14:textId="527D7871" w:rsidR="00545A84" w:rsidRDefault="00545A84">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="492734EF" w14:textId="77777777">
+    <w:p w14:paraId="492734EF" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-4" w:right="2266"/>
       </w:pPr>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Administrative Matters </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="00268F6B" w14:textId="4FD58C2E">
+    <w:p w14:paraId="00268F6B" w14:textId="4FD58C2E" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:ind w:left="1080" w:right="108" w:hanging="501"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Ms. </w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">Littmann </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">conducted the roll call for the meeting. Co-chair </w:t>
+        <w:t xml:space="preserve">conducted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the roll</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> call for the meeting. Co-chair </w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t>Obi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> called the meeting to order. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="6258A022" w14:textId="77777777">
+    <w:p w14:paraId="6258A022" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="7D043541" w14:textId="35DDAAA5">
+    <w:p w14:paraId="7D043541" w14:textId="35DDAAA5" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-4" w:right="2266"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Discuss </w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">Approving Previous Three Meeting Minutes </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E17C3" w:rsidP="007E7D80" w:rsidRDefault="0058328A" w14:paraId="2C2C9204" w14:textId="01E96BD3">
+    <w:p w14:paraId="2C2C9204" w14:textId="01E96BD3" w:rsidR="001E17C3" w:rsidRDefault="0058328A" w:rsidP="007E7D80">
       <w:pPr>
         <w:ind w:left="1079" w:right="108" w:hanging="501"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Co-chair Obi </w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
-        <w:t>proposed voting on approving all three the meeting minutes with edits. The three</w:t>
+        <w:t xml:space="preserve">proposed voting on approving all three </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001E17C3">
+        <w:t>the meeting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001E17C3">
+        <w:t xml:space="preserve"> minutes with edits. The three</w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">meeting minutes with edits passed all yes and one abstained. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00120C14" w:rsidR="00120C14" w:rsidP="00120C14" w:rsidRDefault="001E17C3" w14:paraId="4C659030" w14:textId="1DFFFDF8">
+    <w:p w14:paraId="4C659030" w14:textId="1DFFFDF8" w:rsidR="00120C14" w:rsidRPr="00120C14" w:rsidRDefault="001E17C3" w:rsidP="00120C14">
       <w:pPr>
         <w:ind w:left="0" w:right="108" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E17C3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3. Discuss ARPA Spending Update</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E7D80" w:rsidP="00120C14" w:rsidRDefault="00120C14" w14:paraId="31F13573" w14:textId="779D41C7">
+    <w:p w14:paraId="31F13573" w14:textId="779D41C7" w:rsidR="007E7D80" w:rsidRDefault="00120C14" w:rsidP="00120C14">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r w:rsidRPr="00120C14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t>Co-chair Obi asked Ms.</w:t>
       </w:r>
       <w:r w:rsidR="00603FB5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t>Littmann to provide an update on the ARPA allocations and spending for the Commonwealth of Massachusetts. Ms.</w:t>
       </w:r>
       <w:r w:rsidR="00603FB5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1192,463 +1184,505 @@
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">5.3 </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">illion and is through April 2023. </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>Ms. Littmann commented that the legislature</w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve"> the Executive Office for Administration and </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>Finance (</w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>ANF)</w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
-        <w:t xml:space="preserve"> has allocated </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001E17C3">
+        <w:t>has</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001E17C3">
+        <w:t xml:space="preserve"> allocated </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>$</w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">4.977 </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">illion. </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>Ms. Littmann continued by stating that of the $4.977 billion allocated, $</w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">2.821 </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve">billion has been </w:t>
       </w:r>
       <w:r w:rsidR="00603FB5">
         <w:t>encumbered</w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>$</w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">2.618 </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve">billion has been </w:t>
       </w:r>
       <w:r w:rsidR="001E17C3">
         <w:t xml:space="preserve">spent. </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>$</w:t>
       </w:r>
       <w:r w:rsidR="00603FB5">
-        <w:t>300 million has yet to allocated by the legislature.</w:t>
+        <w:t xml:space="preserve">300 million has yet to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00603FB5">
+        <w:t>allocated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00603FB5">
+        <w:t xml:space="preserve"> by the legislature.</w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve"> Ms. Littmann emphasized the timeline </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007E7D80">
         <w:t>forexpending</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve"> the CSFRF funds as follows: All funds to be obligated by </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve">December 31, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0047476A">
         <w:t>2024</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve"> spent by December 31.2026. </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>Ms. Littmann</w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve"> will send out additional materials later in the week for the Panel to review. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00603FB5" w:rsidP="007E7D80" w:rsidRDefault="00603FB5" w14:paraId="2097FA27" w14:textId="01645CE6">
+    <w:p w14:paraId="2097FA27" w14:textId="01645CE6" w:rsidR="00603FB5" w:rsidRDefault="00603FB5" w:rsidP="007E7D80">
       <w:pPr>
         <w:ind w:left="0" w:right="108" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E7D80" w:rsidP="007E7D80" w:rsidRDefault="00603FB5" w14:paraId="71A72B26" w14:textId="33BE900E">
+    <w:p w14:paraId="71A72B26" w14:textId="33BE900E" w:rsidR="007E7D80" w:rsidRDefault="00603FB5" w:rsidP="007E7D80">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Amy Nable asked if there was a risk in CSFRF being clawed back at the federal level. </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>Ms. Littmann</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> answered that </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve">ANF is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">working with </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>its counterparts and partners</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on this and that we do not believe CSFRF are at risk for </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>claw back</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. CSFRF is fully obligated at the federal level. </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve">Co-chair Obi then discussed the difference between encumbered and spent and highlighted that $300 million has not been allocated by the legislature. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00603FB5" w:rsidP="007E7D80" w:rsidRDefault="00603FB5" w14:paraId="1CE90DF8" w14:textId="33C9A3C2">
+    <w:p w14:paraId="1CE90DF8" w14:textId="33C9A3C2" w:rsidR="00603FB5" w:rsidRDefault="00603FB5" w:rsidP="007E7D80">
       <w:pPr>
         <w:ind w:left="0" w:right="108" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0045144A" w:rsidP="0045144A" w:rsidRDefault="00603FB5" w14:paraId="2936B4D4" w14:textId="3BE3FFC5">
+    <w:p w14:paraId="2936B4D4" w14:textId="3BE3FFC5" w:rsidR="0045144A" w:rsidRDefault="00603FB5" w:rsidP="0045144A">
       <w:pPr>
         <w:ind w:left="219" w:right="108" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Marie-Frances asked if half the money being spent is </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t xml:space="preserve">typical </w:t>
       </w:r>
       <w:r>
         <w:t>for government spending. Ms.</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Littman</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">explained that for CSFRF </w:t>
       </w:r>
       <w:r w:rsidR="007E7D80">
         <w:t>the Commonwealth is</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> working within the confines of what the legislature has </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>appropriated,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and that spending differs based on programs.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0045144A" w:rsidR="0045144A">
+      <w:r w:rsidR="0045144A" w:rsidRPr="0045144A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0045144A">
         <w:t xml:space="preserve">Co-chair Obi indicated that there are 145 programs and 617 earmarks that make up CSFRF. Michael Frieber asked for a document associated with the programs and earmarks. </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>Ms. Littmann</w:t>
       </w:r>
       <w:r w:rsidR="0045144A">
         <w:t xml:space="preserve"> showed the Panel the Federal Funds Office</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0045144A">
         <w:t xml:space="preserve">(FFO) website and </w:t>
       </w:r>
       <w:r w:rsidR="0045144A">
         <w:lastRenderedPageBreak/>
         <w:t>highlighted that the CSFRF Spending Table on the website should be relatively up to date and is a good source to download data.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0045144A" w:rsidP="0045144A" w:rsidRDefault="0045144A" w14:paraId="2351824B" w14:textId="77777777">
+    <w:p w14:paraId="2351824B" w14:textId="77777777" w:rsidR="0045144A" w:rsidRDefault="0045144A" w:rsidP="0045144A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00603FB5" w:rsidP="0045144A" w:rsidRDefault="00603FB5" w14:paraId="55A2C7F5" w14:textId="34D802A2">
+    <w:p w14:paraId="55A2C7F5" w14:textId="34D802A2" w:rsidR="00603FB5" w:rsidRDefault="00603FB5" w:rsidP="0045144A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Kevin Murray asked about funds that have been assigned but not encumbered. Ms.</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Littmann explained that these funds are in the program design and compliance process phases. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0045144A" w:rsidP="0045144A" w:rsidRDefault="0045144A" w14:paraId="749646C9" w14:textId="77777777">
+    <w:p w14:paraId="749646C9" w14:textId="77777777" w:rsidR="0045144A" w:rsidRDefault="0045144A" w:rsidP="0045144A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00603FB5" w:rsidP="0045144A" w:rsidRDefault="00603FB5" w14:paraId="09A9EDA4" w14:textId="442690AB">
+    <w:p w14:paraId="09A9EDA4" w14:textId="442690AB" w:rsidR="00603FB5" w:rsidRDefault="00603FB5" w:rsidP="0045144A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Co-chair Obi asked the Panel if anyone had anymore questions about where the spending of CSFRF is. </w:t>
+        <w:t xml:space="preserve">Co-chair Obi asked the Panel if anyone had </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>anymore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> questions about where the spending </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> CSFRF is. </w:t>
       </w:r>
       <w:r w:rsidR="00D002A0">
         <w:t xml:space="preserve">There were no further questions. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0045144A" w:rsidP="0045144A" w:rsidRDefault="0045144A" w14:paraId="1688CF82" w14:textId="77777777">
+    <w:p w14:paraId="1688CF82" w14:textId="77777777" w:rsidR="0045144A" w:rsidRDefault="0045144A" w:rsidP="0045144A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00603FB5" w:rsidP="0097483B" w:rsidRDefault="0097483B" w14:paraId="68014B98" w14:textId="637BD3C7">
+    <w:p w14:paraId="68014B98" w14:textId="637BD3C7" w:rsidR="00603FB5" w:rsidRDefault="0097483B" w:rsidP="0097483B">
       <w:pPr>
         <w:ind w:right="108"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E17C3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Discuss </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Public Comment Period</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097483B" w:rsidP="0097483B" w:rsidRDefault="0097483B" w14:paraId="20787348" w14:textId="0814F33D">
+    <w:p w14:paraId="20787348" w14:textId="0814F33D" w:rsidR="0097483B" w:rsidRDefault="0097483B" w:rsidP="0097483B">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120C14" w:rsidP="00120C14" w:rsidRDefault="0097483B" w14:paraId="47F3C58D" w14:textId="3D49C314">
+    <w:p w14:paraId="47F3C58D" w14:textId="3D49C314" w:rsidR="00120C14" w:rsidRDefault="0097483B" w:rsidP="00120C14">
       <w:pPr>
         <w:ind w:left="219" w:right="108" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Co-chair Obi gave the floor to </w:t>
       </w:r>
       <w:r w:rsidR="003A1BD4">
         <w:t xml:space="preserve">Equity Metrics Subcommittee co-leads </w:t>
       </w:r>
       <w:r>
         <w:t>Lizzi W</w:t>
       </w:r>
       <w:r w:rsidR="003A1BD4">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t>yant and Marie-Frances Rivera to discuss the results of</w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>reviewing the Public Comment Period comments.</w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t xml:space="preserve"> Marie-Frances Rivera started by providing a review of the current Equity Allocation Metrics uploaded on the FFO website. Marie-Frances Rivera continued by discussing the tiering system developed and the distribution of funds determined by the Panel.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E17C3" w:rsidP="00120C14" w:rsidRDefault="001E17C3" w14:paraId="0B3794E1" w14:textId="6DEE9846">
+    <w:p w14:paraId="0B3794E1" w14:textId="6DEE9846" w:rsidR="001E17C3" w:rsidRDefault="001E17C3" w:rsidP="00120C14">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0097483B" w:rsidP="00120C14" w:rsidRDefault="00120C14" w14:paraId="10C84C86" w14:textId="148ED1B9">
+    <w:p w14:paraId="10C84C86" w14:textId="148ED1B9" w:rsidR="0097483B" w:rsidRDefault="00120C14" w:rsidP="00120C14">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Marie-Frances Rivera</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve"> and the subcommittee </w:t>
       </w:r>
       <w:r>
         <w:t>completed a review of the public c</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve">omments and agree with the comments to remove </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the gateway city </w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve">metric because of </w:t>
       </w:r>
       <w:r w:rsidR="000276AF">
         <w:t>duplicity</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with the vaccine equity metric</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>This was agreed upon by the subcommittee as an actionable suggestion from the public comment period because</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve"> the gateway cities are for the most part included in the vaccine equity initiative community with a few exceptions. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00120C14" w:rsidP="00120C14" w:rsidRDefault="00120C14" w14:paraId="0DB04AF1" w14:textId="77777777">
+    <w:p w14:paraId="0DB04AF1" w14:textId="77777777" w:rsidR="00120C14" w:rsidRDefault="00120C14" w:rsidP="00120C14">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0097483B" w:rsidP="00120C14" w:rsidRDefault="00120C14" w14:paraId="7E50BB9A" w14:textId="2027C059">
+    <w:p w14:paraId="7E50BB9A" w14:textId="2027C059" w:rsidR="0097483B" w:rsidRDefault="00120C14" w:rsidP="00120C14">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Marie-Frances Rivera continued to highlight that the public comment period resulted in </w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve">overwhelming input from rural communities asking to add a measure that specifically focused on rural communities and the subcommittee </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">thoroughly </w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t>reviewed this</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> suggestion</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve">There was </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
-        <w:t>input on immigrant communities and the subcommittee</w:t>
+        <w:t xml:space="preserve">input on immigrant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0097483B">
+        <w:t>communities</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0097483B">
+        <w:t xml:space="preserve"> and the subcommittee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> thoroughly</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve"> reviewed this </w:t>
       </w:r>
       <w:r>
         <w:t>suggestion as well</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097483B" w:rsidRDefault="0097483B" w14:paraId="39F80C55" w14:textId="7BFDDA10">
+    <w:p w14:paraId="39F80C55" w14:textId="7BFDDA10" w:rsidR="0097483B" w:rsidRDefault="0097483B">
       <w:pPr>
         <w:ind w:left="1079" w:right="108" w:hanging="501"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0097483B" w:rsidP="00120C14" w:rsidRDefault="00120C14" w14:paraId="54A39910" w14:textId="09171310">
+    <w:p w14:paraId="54A39910" w14:textId="09171310" w:rsidR="0097483B" w:rsidRDefault="00120C14" w:rsidP="00120C14">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Ultimately, t</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="003A1BD4">
         <w:t>Equity Metrics Subcommittee</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve"> is recommending removing the gateway city </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>tier,</w:t>
       </w:r>
       <w:r w:rsidR="0097483B">
         <w:t xml:space="preserve"> going from 5 to 4 tiers. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0047476A" w:rsidP="0047476A" w:rsidRDefault="0047476A" w14:paraId="274FBE12" w14:textId="77777777">
+    <w:p w14:paraId="274FBE12" w14:textId="77777777" w:rsidR="0047476A" w:rsidRDefault="0047476A" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000276AF" w:rsidP="0047476A" w:rsidRDefault="000276AF" w14:paraId="73FD871B" w14:textId="27273CAF">
+    <w:p w14:paraId="73FD871B" w14:textId="27273CAF" w:rsidR="000276AF" w:rsidRDefault="000276AF" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tracye Whitfield asked why </w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t xml:space="preserve">remove </w:t>
       </w:r>
       <w:r>
         <w:t>gateway</w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t xml:space="preserve"> cities as a metric</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> instead of </w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>vaccine</w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
@@ -1662,98 +1696,111 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> replied that vac</w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t>cine equity metric</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> was mandated and that the focus of the Panel is </w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r>
         <w:t>Coronavirus</w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t xml:space="preserve"> and negative impacts from it</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
         <w:t xml:space="preserve"> Kris Johnson added that Barnstable is the only community that will move down a tier because of this change in tiering. Co-Chair Obi commented that every community gets something because the tiering system developed is a multiplier system.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00120C14" w:rsidR="00120C14">
+      <w:r w:rsidR="00120C14" w:rsidRPr="00120C14">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00120C14">
-        <w:t>Leemarie Mosca asked if there were changes for other communities. Kris Johnson responded that some communities moved up in tiering like Boston.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0047476A" w:rsidP="0047476A" w:rsidRDefault="0047476A" w14:paraId="3D2C27C1" w14:textId="77777777">
+        <w:t xml:space="preserve">Leemarie Mosca asked if there were changes for other communities. Kris Johnson responded that some communities moved up in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00120C14">
+        <w:t>tiering</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00120C14">
+        <w:t xml:space="preserve"> like Boston.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2C27C1" w14:textId="77777777" w:rsidR="0047476A" w:rsidRDefault="0047476A" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000276AF" w:rsidP="0047476A" w:rsidRDefault="001A7F61" w14:paraId="0CEA78BE" w14:textId="7422C8F6">
+    <w:p w14:paraId="0CEA78BE" w14:textId="7422C8F6" w:rsidR="000276AF" w:rsidRDefault="001A7F61" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Co-chair </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000276AF">
-        <w:t>Marcony Almeida-Barros applauded the work of the subcommittee and commented that it does not appear that a large change in tiering has occurred. He commented that the subcommittee has spent a lot of work on providing this recommendation and that we should move forward with the recommendation.</w:t>
+        <w:t>Marcony</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000276AF">
+        <w:t xml:space="preserve"> Almeida-Barros applauded the work of the subcommittee and commented that it does not appear that a large change in tiering has occurred. He commented that the subcommittee has spent a lot of work on providing this recommendation and that we should move forward with the recommendation.</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000276AF">
         <w:t>Erica Seery agreed and would like to move forward with the recommendation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0047476A" w:rsidP="0047476A" w:rsidRDefault="0047476A" w14:paraId="73EEB2DC" w14:textId="77777777">
+    <w:p w14:paraId="73EEB2DC" w14:textId="77777777" w:rsidR="0047476A" w:rsidRDefault="0047476A" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000276AF" w:rsidP="0047476A" w:rsidRDefault="000276AF" w14:paraId="68D3E7DD" w14:textId="75846A4B">
+    <w:p w14:paraId="68D3E7DD" w14:textId="75846A4B" w:rsidR="000276AF" w:rsidRDefault="000276AF" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Marie-Frances Rivera discussed sending a document to the legislature highlighting the needs of the rural communities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0047476A" w:rsidP="0047476A" w:rsidRDefault="0047476A" w14:paraId="5D2B44AF" w14:textId="77777777">
+    <w:p w14:paraId="5D2B44AF" w14:textId="77777777" w:rsidR="0047476A" w:rsidRDefault="0047476A" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A7F61" w:rsidP="0047476A" w:rsidRDefault="000276AF" w14:paraId="360967BA" w14:textId="74440677">
+    <w:p w14:paraId="360967BA" w14:textId="74440677" w:rsidR="001A7F61" w:rsidRDefault="000276AF" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Co-</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>hair Obi asked if the Panel was ready to vote on the recommendations.</w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:t xml:space="preserve"> On a motion made </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>by Leemarie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Mosca </w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:t xml:space="preserve">the Panel voted </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
@@ -1772,511 +1819,552 @@
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="001A7F61">
         <w:t>Co-chairs will write a letter</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve"> with support from Ms. Littmann</w:t>
       </w:r>
       <w:r w:rsidR="001A7F61">
         <w:t xml:space="preserve"> to the legislature and inform them of </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve">the approval of the </w:t>
       </w:r>
       <w:r w:rsidR="001A7F61">
         <w:t xml:space="preserve">tiering </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>system</w:t>
       </w:r>
       <w:r w:rsidR="001A7F61">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0047476A" w:rsidP="0047476A" w:rsidRDefault="0047476A" w14:paraId="36AE8E9E" w14:textId="77777777">
+    <w:p w14:paraId="36AE8E9E" w14:textId="77777777" w:rsidR="0047476A" w:rsidRDefault="0047476A" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A7F61" w:rsidP="0047476A" w:rsidRDefault="001A7F61" w14:paraId="402BFE7E" w14:textId="655BE0E2">
+    <w:p w14:paraId="402BFE7E" w14:textId="655BE0E2" w:rsidR="001A7F61" w:rsidRDefault="001A7F61" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Co-cha</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Obi announced that she will be stepping down from her position and Tracye Whitfield from CEE will take over as Co-chair.</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Tracye Whitfield thanked the work of the Panel and discussed her background.</w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Co-chair Obi thanked the Panel. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000276AF" w:rsidRDefault="000276AF" w14:paraId="112AA57B" w14:textId="2F5333B6">
+    <w:p w14:paraId="112AA57B" w14:textId="2F5333B6" w:rsidR="000276AF" w:rsidRDefault="000276AF">
       <w:pPr>
         <w:ind w:left="1079" w:right="108" w:hanging="501"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A7F61" w:rsidP="0047476A" w:rsidRDefault="001A7F61" w14:paraId="25F38C95" w14:textId="73EA6951">
+    <w:p w14:paraId="25F38C95" w14:textId="73EA6951" w:rsidR="001A7F61" w:rsidRDefault="001A7F61" w:rsidP="0047476A">
       <w:pPr>
         <w:ind w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Michael Frieber asked if the letter to the legislature </w:t>
       </w:r>
       <w:r w:rsidR="00FF52C0">
         <w:t xml:space="preserve">should mention that the programs are not all at individual level and measuring equity will be a challenge. Co-chair Obi agreed to the </w:t>
       </w:r>
       <w:r w:rsidR="0047476A">
         <w:t>difficulties</w:t>
       </w:r>
       <w:r w:rsidR="00FF52C0">
         <w:t xml:space="preserve"> with how the programs are spent. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidP="007E7D80" w:rsidRDefault="00545A84" w14:paraId="5C836497" w14:textId="472B764C">
+    <w:p w14:paraId="5C836497" w14:textId="472B764C" w:rsidR="00545A84" w:rsidRDefault="00545A84" w:rsidP="007E7D80">
       <w:pPr>
         <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="2D0D88FD" w14:textId="77777777">
+    <w:p w14:paraId="2D0D88FD" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-4" w:right="2266"/>
       </w:pPr>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Adjournment  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="7B4D11BF" w14:textId="262B9474">
+    <w:p w14:paraId="7B4D11BF" w14:textId="262B9474" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="650"/>
           <w:tab w:val="center" w:pos="2817"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>I.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>The meeting was adjourned at 3:</w:t>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> meeting was adjourned at 3:</w:t>
       </w:r>
       <w:r w:rsidR="001A7F61">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00FF52C0">
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PM. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="56AEC34C" w14:textId="77777777">
+    <w:p w14:paraId="56AEC34C" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="09871EA4" w14:textId="77777777">
+    <w:p w14:paraId="09871EA4" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="1FAF3FDD" w14:textId="77777777">
+    <w:p w14:paraId="1FAF3FDD" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="2131C34D" w14:textId="77777777">
+    <w:p w14:paraId="2131C34D" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="215"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> _________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF52C0" w:rsidP="00FF52C0" w:rsidRDefault="00FF52C0" w14:paraId="0EC7485D" w14:textId="77777777">
+    <w:p w14:paraId="0EC7485D" w14:textId="77777777" w:rsidR="00FF52C0" w:rsidRDefault="00FF52C0" w:rsidP="00FF52C0">
       <w:pPr>
         <w:ind w:left="716" w:right="108"/>
       </w:pPr>
       <w:r>
         <w:t>Robert Braza</w:t>
       </w:r>
       <w:r w:rsidR="0058328A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Executive Office for Administration and Finance </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="0D1E156D" w14:textId="0E2FD2FB">
+    <w:p w14:paraId="0D1E156D" w14:textId="0E2FD2FB" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="107"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00545A84" w:rsidRDefault="0058328A" w14:paraId="5628AFC4" w14:textId="77777777">
+    <w:p w14:paraId="5628AFC4" w14:textId="77777777" w:rsidR="00545A84" w:rsidRDefault="0058328A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00545A84">
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1184" w:right="1316" w:bottom="1502" w:left="1439" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34973A73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="183879BE"/>
     <w:lvl w:ilvl="0" w:tplc="0704A7CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1122"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5E3A7074">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7A523E46">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2585"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="6352A236">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3305"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="7774FD70">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4025"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="66C8789E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4745"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="EBB4EF5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5465"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D76E3774">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6185"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A9DA9308">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6905"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
-        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77802ADC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7406ACE"/>
     <w:lvl w:ilvl="0" w:tplc="88408C46">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="939" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -2337,204 +2425,207 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5619" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6339" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1667660432">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1794443602">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00545A84"/>
     <w:rsid w:val="000276AF"/>
     <w:rsid w:val="00120C14"/>
     <w:rsid w:val="001A7F61"/>
     <w:rsid w:val="001E17C3"/>
     <w:rsid w:val="00352178"/>
     <w:rsid w:val="003A1BD4"/>
+    <w:rsid w:val="003D718F"/>
     <w:rsid w:val="0045144A"/>
     <w:rsid w:val="0047476A"/>
     <w:rsid w:val="0047668A"/>
     <w:rsid w:val="00512F9C"/>
     <w:rsid w:val="00545A84"/>
     <w:rsid w:val="0058328A"/>
     <w:rsid w:val="00603FB5"/>
     <w:rsid w:val="007E7D80"/>
     <w:rsid w:val="0097483B"/>
     <w:rsid w:val="00A37D81"/>
     <w:rsid w:val="00A86577"/>
     <w:rsid w:val="00B63D79"/>
     <w:rsid w:val="00BF6CE4"/>
     <w:rsid w:val="00D002A0"/>
     <w:rsid w:val="00D12FF3"/>
+    <w:rsid w:val="00DE2BE1"/>
+    <w:rsid w:val="00E45B28"/>
     <w:rsid w:val="00FF52C0"/>
     <w:rsid w:val="1ECA4777"/>
     <w:rsid w:val="41F52188"/>
     <w:rsid w:val="5AA5216A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5F979D20"/>
   <w15:docId w15:val="{1E9FFEB6-BCDC-41E0-925D-0D00065D6A32}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2690,52 +2781,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2802,193 +2893,193 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="12" w:line="248" w:lineRule="auto"/>
       <w:ind w:left="229" w:hanging="10"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:ind w:left="10" w:right="152" w:hanging="10"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="13" w:line="248" w:lineRule="auto"/>
       <w:ind w:left="2166" w:right="2281" w:hanging="10"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF6CE4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF6CE4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="xcontentpasted0" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="xcontentpasted0">
     <w:name w:val="x_contentpasted0"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BF6CE4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00120C14"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="50156085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1724476390">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3247,51 +3338,52 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1013537190">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/w/93075273822?tk=MBBcFUP86RrdAVP884XztRHWUATdCHU97RcyCEFs1yA.DQMAAAAVq7f4XhZyYkJqOXlFR1MzSzM5dnZ4U2dVel9nAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&amp;pwd=RmFyeTh3M0U1VGY5aHd2OWxjOUMxZz09&amp;uuid=WN_vaEiEnscSIGSrFK_WOAiow" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mass-gov-anf.zoom.us/j/87409079171?pwd=U2JFRVcvYnRHTjhzOGhyd3U5a3Zpdz09" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/w/93075273822?tk=MBBcFUP86RrdAVP884XztRHWUATdCHU97RcyCEFs1yA.DQMAAAAVq7f4XhZyYkJqOXlFR1MzSzM5dnZ4U2dVel9nAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&amp;pwd=RmFyeTh3M0U1VGY5aHd2OWxjOUMxZz09&amp;uuid=WN_vaEiEnscSIGSrFK_WOAiow" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mass-gov-anf.zoom.us/j/87409079171?pwd=U2JFRVcvYnRHTjhzOGhyd3U5a3Zpdz09" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3562,78 +3654,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c38a5cd47dc839ce57398b552ba6cb03" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030E95B6BB7C9A442BF76651FCC540C11" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db15e1aaa4721992bb72ceffea85196a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50947e83a158857da62b7a6d6a96ce26" ns2:_="" ns3:_="">
     <xsd:import namespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
     <xsd:import namespace="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3657,50 +3746,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71edd43e-718e-4f82-9145-3875adf2a1d5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3800,119 +3894,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6dd3fc6d-0329-44eb-acde-fee98b7e96fa">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4782907-8A10-4D9B-B1BA-27B5844D78BA}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8296EAA-DDB7-4EF0-A448-B3D6F69B81FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{541CFB5C-4A42-488C-B3FF-3DE3EFA6FC23}"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{688FDB11-B496-4E1C-AFC1-B37DCC6BBE32}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
+    <ds:schemaRef ds:uri="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EAD6CB1-54E3-41EA-BF84-B5EDAE190256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1358</Words>
+  <Characters>7747</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>9087</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Govoni, Kelly K (A&amp;F)</dc:creator>
-  <keywords/>
-[...1 lines deleted...]
-  <revision>3</revision>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010030E95B6BB7C9A442BF76651FCC540C11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>