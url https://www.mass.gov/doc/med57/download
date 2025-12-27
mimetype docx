--- v0 (2025-10-30)
+++ v1 (2025-12-27)
@@ -106,119 +106,119 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65E4D6F9" w14:textId="1CFF2417" w:rsidR="00680B92" w:rsidRDefault="00680B92" w:rsidP="00625E99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc212458027"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc213669801"/>
       <w:r w:rsidRPr="00CA6AF1">
         <w:t>Contract User Guid</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00625E99" w:rsidRPr="00625E99">
         <w:t>MED57: Pharmaceutical GPO</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="70B8C797" w14:textId="77777777" w:rsidR="009C1015" w:rsidRPr="009C1015" w:rsidRDefault="009C1015" w:rsidP="009C1015">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B3AFAB3" w14:textId="6AA26EBE" w:rsidR="003121D1" w:rsidRDefault="00803BD8" w:rsidP="003E0898">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc212458028"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc213669802"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="5129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00F36D77">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="769F69EC">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1572"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="006D293A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="0DFC9A12" w14:textId="77777777" w:rsidR="00976519" w:rsidRPr="003A5F88" w:rsidRDefault="00976519" w:rsidP="00976519">
             <w:pPr>
               <w:tabs>
@@ -296,51 +296,51 @@
                 </w:rPr>
                 <w:t>Tina Sang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="18E36C1D" w14:textId="30CF9E47" w:rsidR="00B1168A" w:rsidRPr="00606368" w:rsidRDefault="00976519" w:rsidP="00976519">
             <w:pPr>
               <w:ind w:left="2880" w:hanging="2880"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A01F40">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>617-359-7287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="00625E99">
+      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="769F69EC">
         <w:trPr>
           <w:trHeight w:val="1257"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="00625E99" w:rsidRPr="00136526" w:rsidRDefault="00625E99" w:rsidP="00625E99">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
@@ -404,51 +404,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00203E4C">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">One (1), 4-year extension to </w:t>
             </w:r>
             <w:r w:rsidR="00976519">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">June 30, </w:t>
             </w:r>
             <w:r w:rsidRPr="00203E4C">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2033</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="00F36D77">
+      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="769F69EC">
         <w:trPr>
           <w:trHeight w:val="1258"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="00625E99" w:rsidRPr="00136526" w:rsidRDefault="00625E99" w:rsidP="00625E99">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
             </w:r>
@@ -551,100 +551,100 @@
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> system</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00633100">
+      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="769F69EC">
         <w:trPr>
           <w:trHeight w:val="403"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="00625E99" w:rsidRPr="00136526" w:rsidRDefault="00625E99" w:rsidP="00625E99">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598ACD9D" w14:textId="22EDAFCC" w:rsidR="00625E99" w:rsidRPr="00136526" w:rsidRDefault="00625E99" w:rsidP="00633100">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00201987">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quotes are not required for purchasing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00633100">
+      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="769F69EC">
         <w:trPr>
           <w:trHeight w:val="664"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="00625E99" w:rsidRPr="00136526" w:rsidRDefault="00625E99" w:rsidP="00625E99">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
@@ -671,137 +671,89 @@
             </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Vendor_List_and_1" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="009C1015">
+      <w:tr w:rsidR="00625E99" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="769F69EC">
         <w:trPr>
           <w:trHeight w:val="673"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="00625E99" w:rsidRPr="00136526" w:rsidRDefault="00625E99" w:rsidP="00625E99">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="22C190E8" w:rsidR="00625E99" w:rsidRPr="00136526" w:rsidRDefault="007712B3" w:rsidP="00625E99">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="14685198" w14:textId="0E8AA2F0" w:rsidR="00625E99" w:rsidRPr="00136526" w:rsidRDefault="5A88DD85" w:rsidP="769F69EC">
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>12/17/25 updated Vendor Contact Information</w:t>
             </w:r>
-            <w:r w:rsidR="00625E99" w:rsidRPr="00203E4C">
-[...39 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="6F282E6D">
+              <w:t xml:space="preserve"> for Managed Healthcare Associates.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52DAD034" w14:textId="77777777" w:rsidR="0064148A" w:rsidRDefault="0064148A" w:rsidP="00D332F1"/>
     <w:p w14:paraId="1354F26A" w14:textId="77777777" w:rsidR="00B172F8" w:rsidRDefault="00B172F8" w:rsidP="00D332F1"/>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
@@ -825,157 +777,149 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF7BD81" w14:textId="0EBFB5D1" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+    <w:p w14:paraId="2AF7BD81" w14:textId="4BE957A2" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Page </w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> PAGE </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00BC3748">
+      <w:r w:rsidR="008E73EB">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00BC3748">
+      <w:r w:rsidR="008E73EB">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
@@ -1022,1601 +966,1521 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="49BC28C3" w14:textId="0C657628" w:rsidR="00042F28" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="70DCC016" w14:textId="1882E963" w:rsidR="00D1028C" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc212458027" w:history="1">
-            <w:r w:rsidR="00042F28" w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669801" w:history="1">
+            <w:r w:rsidR="00D1028C" w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Contract User Guide MED57: Pharmaceutical GPO</w:t>
             </w:r>
-            <w:r w:rsidR="00042F28">
+            <w:r w:rsidR="00D1028C">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00042F28">
+            <w:r w:rsidR="00D1028C">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00042F28">
+            <w:r w:rsidR="00D1028C">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458027 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669801 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00042F28">
+            <w:r w:rsidR="00D1028C">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00042F28">
+            <w:r w:rsidR="00D1028C">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00042F28">
+            <w:r w:rsidR="00D1028C">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00042F28">
+            <w:r w:rsidR="00D1028C">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5274AB2A" w14:textId="65956830" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="5FC2121D" w14:textId="456520AE" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458028" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669802" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458028 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669802 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="60D73A6E" w14:textId="17E0A560" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="333DC1C5" w14:textId="45E82C11" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458029" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669803" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458029 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669803 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3BE97570" w14:textId="2EB54A5E" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="633F773C" w14:textId="563A2006" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458030" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669804" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458030 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669804 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="064B1D9C" w14:textId="2AB707E1" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="14CE1C61" w14:textId="78BDDB3E" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458031" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669805" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458031 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669805 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0ABBADEF" w14:textId="475C2C79" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="42237813" w14:textId="1B2EE6A7" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458032" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669806" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458032 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669806 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D0C6F82" w14:textId="75A8E8DE" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="65C24BA3" w14:textId="2328E36F" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458033" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669807" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458033 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669807 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="411EA538" w14:textId="025702D9" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="69DCAB24" w14:textId="7A8C7ED4" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458034" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669808" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458034 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669808 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FB52AC3" w14:textId="417E13ED" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="519E78BE" w14:textId="0F1A6111" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458035" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669809" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458035 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669809 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74365760" w14:textId="55DF6502" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="478AE3BE" w14:textId="659C7883" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458036" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669810" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458036 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669810 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63C2E43A" w14:textId="161D5784" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="364FDE3E" w14:textId="20E85A3C" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458037" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669811" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458037 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669811 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46BA63B4" w14:textId="39D76FF5" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="310DD1C8" w14:textId="353E36A4" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458038" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669812" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458038 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669812 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="778FDA09" w14:textId="1FA7A725" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="7A35B6A7" w14:textId="0918D663" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458039" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669813" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458039 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669813 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="64AC8FD1" w14:textId="5FE06ED1" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="79AD0C11" w14:textId="2E9F2F79" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458040" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669814" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Subcontractors</w:t>
+              <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458040 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669814 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B162B34" w14:textId="16A783FA" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="7EB4DB7D" w14:textId="40F5D2ED" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458041" w:history="1">
-[...72 lines deleted...]
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669815" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458042 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669815 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="68CE129D" w14:textId="7653D524" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="7B55393A" w14:textId="564E8055" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458043" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669816" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458043 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669816 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44ACF716" w14:textId="62DD49A4" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="0F8158CA" w14:textId="768451E7" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458044" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669817" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Geographical Service Area</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458044 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669817 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3A8FEFF8" w14:textId="0104654F" w:rsidR="00042F28" w:rsidRDefault="00042F28">
+        <w:p w14:paraId="7037F474" w14:textId="38322537" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc212458045" w:history="1">
-            <w:r w:rsidRPr="00673744">
+          <w:hyperlink w:anchor="_Toc213669818" w:history="1">
+            <w:r w:rsidRPr="0018782F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc212458045 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669818 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2DA9F363" w14:textId="5279D743" w:rsidR="00D1028C" w:rsidRDefault="00D1028C">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213669819" w:history="1">
+            <w:r w:rsidRPr="0018782F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>United Nations Standard Products and Services Code</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018782F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>®</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018782F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (UNSPSC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018782F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>®</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018782F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213669819 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3EF5C2ED" w14:textId="7A61C2D7" w:rsidR="00042F28" w:rsidRDefault="00042F28">
-[...101 lines deleted...]
-        <w:p w14:paraId="50AC2B20" w14:textId="7543E306" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="50AC2B20" w14:textId="6BEAF082" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1F1FD247" w14:textId="77777777" w:rsidR="002C0D69" w:rsidRDefault="002C0D69">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="002C0D69" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId19"/>
           <w:footerReference w:type="first" r:id="rId20"/>
@@ -2634,63 +2498,52 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0375B9DC" w14:textId="3930A0B7" w:rsidR="00975D07" w:rsidRDefault="002C0D69" w:rsidP="002C0D69">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="22D2BB6C" w14:textId="77777777" w:rsidR="002C0D69" w:rsidRDefault="002C0D69">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="002C0D69" w:rsidSect="002C0D69">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68D68935" w14:textId="77777777" w:rsidR="002C0D69" w:rsidRDefault="002C0D69">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
@@ -2709,51 +2562,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="002C0D69" w:rsidRDefault="002C0D69">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="002C0D69" w:rsidSect="00975D07">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
-      <w:bookmarkStart w:id="5" w:name="_Toc212458029"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc213669803"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="098DA820" w14:textId="38B3B8FC" w:rsidR="00157721" w:rsidRDefault="00AB7712" w:rsidP="00157721">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A323D1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2954,117 +2807,113 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Any limitations, including for procurements involving </w:t>
       </w:r>
       <w:r w:rsidRPr="008754E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>construction</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, are outlined in this Contract User Guide.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRDefault="00EF0700" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc194066617"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc212458030"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc213669804"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Savings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="082CDB9C" w14:textId="214D317C" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Statewide </w:t>
       </w:r>
       <w:r w:rsidR="008B1C1B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontracts are an easy way to obtain benefits for your organization by: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF1A2D9" w14:textId="4F6B6A80" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="008F4357">
+    <w:p w14:paraId="3BF1A2D9" w14:textId="2F14DF1A" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="718DCC79" w:rsidP="665661BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t>Leveraging the Commonwealth’s buying power</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="665661BD">
+        <w:t>Leveraging the collective purchasing power of the Commonwealth and GPO members</w:t>
+      </w:r>
+      <w:r w:rsidR="551DEBE6" w:rsidRPr="665661BD">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40013AFF" w14:textId="3AAB4685" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Simplifying the solicitation process</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A410C27" w14:textId="005683D9" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="008F4357">
@@ -3109,104 +2958,93 @@
         <w:t>Enhancing vendor relationships through proactive management and oversight</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367B6D3F" w14:textId="41A14A8D" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Offering competitive pricing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381ADBA2" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="008F4357">
+    <w:p w14:paraId="381ADBA2" w14:textId="57F802A3" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="665661BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A12C2C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="665661BD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="24"/>
-[...13 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>Partner</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B0D">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A12C2C">
+        </w:rPr>
+        <w:t xml:space="preserve"> with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="665661BD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB7558">
+        </w:rPr>
+        <w:t xml:space="preserve">qualified and experienced vendor </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B0D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A12C2C">
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B0D" w:rsidRPr="0063555B">
+        <w:t>Managed Health Care Associates</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B0D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Discount</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4122FFB9" w14:textId="39A7C845" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00B72D6D" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B72D6D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accessing a wide range of environmentally preferable products and services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -3272,51 +3110,51 @@
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00E349CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MED56: Pharmaceutical Prime Vendor &amp; Specialty Pharmaceuticals</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E349CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> contract, and its successor contract, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc194066594"/>
-      <w:bookmarkStart w:id="9" w:name="_Toc212458031"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc213669805"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
@@ -3582,51 +3420,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc212458032"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc213669806"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="401D1AC9" w14:textId="12971B44" w:rsidR="00E54FD7" w:rsidRPr="008D426E" w:rsidRDefault="00E54FD7" w:rsidP="00BE3164">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E54FD7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Since the Group Purchasing Organization </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3645,51 +3483,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E54FD7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not process direct purchases or payments, it does not have any vendor price files or pricing options</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Quote_Response_and"/>
       <w:bookmarkStart w:id="13" w:name="_Toc194066596"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc212458033"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc213669807"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="2C34700B" w14:textId="79A69F6E" w:rsidR="00BE3164" w:rsidRPr="008D426E" w:rsidRDefault="008675B6" w:rsidP="00BE3164">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008675B6">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>Group Purchasing Organization (</w:t>
       </w:r>
       <w:r w:rsidRPr="008675B6">
         <w:t>GPO</w:t>
       </w:r>
@@ -3719,51 +3557,51 @@
           </w:rPr>
           <w:t>State Office of Pharmacy Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F2665A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F2665A" w:rsidRPr="00DA6201">
         <w:t>(SOPS</w:t>
       </w:r>
       <w:r w:rsidR="00F2665A">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BE3164" w:rsidRPr="008D426E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. As a Medicare Part D provider, there may be a small processing fee for this service. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Extend_Beyond_(Performance"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc212458034"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc213669808"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="37DC3E94" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4094,51 +3932,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc212458035"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc213669809"/>
       <w:bookmarkStart w:id="18" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -4663,51 +4501,51 @@
       <w:r w:rsidR="004F1460">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="004F1460">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MED57 Master Blanket Purchase Order (MBPO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004F1460">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="20" w:name="_Toc212458036"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc213669810"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="4E33E5A4" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, </w:t>
       </w:r>
       <w:r w:rsidR="00C906F9">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -5019,51 +4857,51 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc212458037"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc213669811"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
@@ -5280,51 +5118,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc212458038"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc213669812"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="007002E9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
@@ -5423,51 +5261,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Vendor_List_and_1" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc212458039"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc213669813"/>
       <w:r w:rsidRPr="007418B6">
         <w:lastRenderedPageBreak/>
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
@@ -5553,191 +5391,105 @@
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C87046" w14:textId="1F466293" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
+    <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc212458040"/>
-[...86 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="_Toc212458041"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc213669814"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the Procurated website, </w:t>
@@ -5846,63 +5598,63 @@
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00B752C6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="00B752C6" w:rsidRPr="00C954EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sonia Castro</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B752C6">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="00B752C6" w:rsidRPr="003A5F88">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tina Sang</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B752C6">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BE3164">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
@@ -6079,71 +5831,71 @@
         </w:rPr>
         <w:t>CAP</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, or suspend/terminate the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="30" w:name="_Toc212458042"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc213669815"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="456A7498" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6351,63 +6103,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00B04E30">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B04E30">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="00B04E30" w:rsidRPr="00C954EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sonia Castro</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B04E30">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00B04E30" w:rsidRPr="003A5F88">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tina Sang</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B04E30">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BE3164">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
@@ -6427,66 +6179,66 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc194066620"/>
-      <w:bookmarkStart w:id="32" w:name="_Toc212458043"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc213669816"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="7E58B0D1" w14:textId="008EAAAB" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
       <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
@@ -6525,109 +6277,109 @@
         </w:rPr>
         <w:t>MED57</w:t>
       </w:r>
       <w:r w:rsidR="00BE3164">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="_Contract_Summary"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="39" w:name="_Frequently_Purchased_Items"/>
+      <w:bookmarkStart w:id="31" w:name="_Contract_Summary"/>
+      <w:bookmarkStart w:id="32" w:name="_Who_Can_Use_2"/>
+      <w:bookmarkStart w:id="33" w:name="_Find_Bid/Contract_Documents"/>
+      <w:bookmarkStart w:id="34" w:name="_Who_Can_Use_3"/>
+      <w:bookmarkStart w:id="35" w:name="_Contract_Categories_3"/>
+      <w:bookmarkStart w:id="36" w:name="_Additional_Information/FAQs_3"/>
+      <w:bookmarkStart w:id="37" w:name="_Frequently_Purchased_Items"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
-      <w:bookmarkEnd w:id="38"/>
-      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please address all inquiries regarding</w:t>
       </w:r>
       <w:r w:rsidR="00376AED">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
@@ -6642,359 +6394,902 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-973-2468</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FEED4BE" w14:textId="23D3C975" w:rsidR="00BE3164" w:rsidRPr="00BE3164" w:rsidRDefault="00BE3164" w:rsidP="00BE3164">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc212458044"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc213669817"/>
       <w:r>
         <w:t>Geographical Service Area</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="3FD6BCE6" w14:textId="00F5ACDC" w:rsidR="00BE3164" w:rsidRDefault="00BE3164" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="003357EF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will provide the requested service(s) throughout the Commonwealth.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B7853F" w14:textId="2368E64E" w:rsidR="00FA1985" w:rsidRDefault="00FA1985" w:rsidP="00FA1985">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Vendor_List_and_1"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkStart w:id="39" w:name="_Vendor_List_and_1"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc213669818"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendor List and Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="406F9594" w14:textId="52592045" w:rsidR="00FE4A21" w:rsidRPr="00FE4A21" w:rsidRDefault="00943FCE" w:rsidP="00FE4A21">
       <w:r>
         <w:t xml:space="preserve">Please note </w:t>
       </w:r>
       <w:r w:rsidR="00FE4A21" w:rsidRPr="00FE4A21">
         <w:t xml:space="preserve">COMMBUYS is the official system of </w:t>
       </w:r>
       <w:r w:rsidR="00B068A6" w:rsidRPr="00FE4A21">
         <w:t>records</w:t>
       </w:r>
       <w:r w:rsidR="00FE4A21" w:rsidRPr="00FE4A21">
         <w:t xml:space="preserve"> for vendor contact information.</w:t>
       </w:r>
       <w:r w:rsidR="00360C7B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00360C7B" w:rsidRPr="00360C7B">
         <w:t>The Master Contract Record Master Blanket Purchase Order (MBPO) is the central repository for all common contract files. The price files may be found in the individual vendor’s MBPO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0EFA40" w14:textId="0EE2B981" w:rsidR="00FA1985" w:rsidRDefault="00FD4B11" w:rsidP="00FA1985">
-      <w:r w:rsidRPr="0086343E">
+    <w:p w14:paraId="6F0EFA40" w14:textId="0EE2B981" w:rsidR="00FA1985" w:rsidRDefault="00FD4B11" w:rsidP="116F437E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="116F437E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Vendor:</w:t>
       </w:r>
-      <w:r w:rsidR="0063555B">
-[...3 lines deleted...]
-        <w:t>Managed Health Care Associates</w:t>
+      <w:r w:rsidR="0063555B" w:rsidRPr="116F437E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Managed Health Care Associates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40CDD3CC" w14:textId="45A52CCE" w:rsidR="00FD4B11" w:rsidRDefault="00FD4B11" w:rsidP="00FA1985">
       <w:r w:rsidRPr="0086343E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Master Blanket Purchase Order Number:</w:t>
       </w:r>
       <w:r w:rsidR="0063555B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="0063555B" w:rsidRPr="00903924">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>PO-23-1080-OSD03-SRC3-29674</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A05A9F5" w14:textId="77777777" w:rsidR="0086343E" w:rsidRDefault="0063555B" w:rsidP="00FA1985">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0086343E">
+    <w:p w14:paraId="097DC031" w14:textId="5066049C" w:rsidR="00FD4B11" w:rsidRDefault="0063555B" w:rsidP="6F03AF82">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6F03AF82">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Contact Information:</w:t>
       </w:r>
-      <w:r w:rsidR="0086343E">
+      <w:r w:rsidR="56EBB7C8" w:rsidRPr="6F03AF82">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
-        <w:r w:rsidR="0086343E" w:rsidRPr="0086343E">
+      <w:r w:rsidR="6C2086FF" w:rsidRPr="6F03AF82">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Robert Villafuerte,</w:t>
+      </w:r>
+      <w:r w:rsidR="6C2086FF" w:rsidRPr="6F03AF82">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tel / Fax</w:t>
+      </w:r>
+      <w:r w:rsidR="6C2086FF" w:rsidRPr="6F03AF82">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  973-610-9580, </w:t>
+      </w:r>
+      <w:r w:rsidR="6C2086FF" w:rsidRPr="6F03AF82">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r w:rsidR="6C2086FF" w:rsidRPr="6F03AF82">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41">
+        <w:r w:rsidR="6C2086FF" w:rsidRPr="6F03AF82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Alec Weems</w:t>
+          <w:t>rvillafuerte@mhainc.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0086343E">
-[...26 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="43643717" w14:textId="170AA947" w:rsidR="00FD4B11" w:rsidRDefault="0086343E" w:rsidP="0086343E">
+    <w:p w14:paraId="417CE97B" w14:textId="3A053192" w:rsidR="00FD4B11" w:rsidRDefault="00FD4B11" w:rsidP="116F437E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1208"/>
+        <w:gridCol w:w="2504"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="116F437E" w14:paraId="551F48E1" w14:textId="77777777" w:rsidTr="116F437E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1208" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:bottom w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="625E24A2" w14:textId="021283B7" w:rsidR="116F437E" w:rsidRDefault="116F437E" w:rsidP="116F437E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="116F437E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000001"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00353AD7" w14:textId="0D4BD63C" w:rsidR="116F437E" w:rsidRDefault="116F437E" w:rsidP="116F437E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000001"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43643717" w14:textId="7FDD8930" w:rsidR="00FD4B11" w:rsidRDefault="0086343E" w:rsidP="116F437E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc212458046"/>
-      <w:r w:rsidRPr="0086343E">
+      <w:bookmarkStart w:id="41" w:name="_Toc213669819"/>
+      <w:r>
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
-      <w:r w:rsidRPr="0086343E">
+      <w:r w:rsidRPr="116F437E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="0086343E">
+      <w:r>
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
-      <w:r w:rsidRPr="0086343E">
+      <w:r w:rsidRPr="116F437E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="0086343E">
+      <w:r>
         <w:t>)</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="6B85F581" w14:textId="1296F7B7" w:rsidR="00931DF2" w:rsidRDefault="0086343E" w:rsidP="7CEE0EDC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">UNSPSC for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0009425C">
+        <w:t>MED57:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CEE0EDC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0009425C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0009425C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0009425C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0009425C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0009425C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CEE0EDC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="_Appendix_A:_Vendor"/>
+      <w:bookmarkStart w:id="43" w:name="_Vendor_Specific_Information"/>
+      <w:bookmarkStart w:id="44" w:name="_Vendor_Information*"/>
+      <w:bookmarkStart w:id="45" w:name="_Vendor_List_and"/>
+      <w:bookmarkStart w:id="46" w:name="_Appendix_A:_1"/>
+      <w:bookmarkStart w:id="47" w:name="_Appendix_A:_[add"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
-    </w:p>
-[...73 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="_Appendix_A:_[add"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
-      <w:bookmarkEnd w:id="48"/>
-      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidR="3A0841CD" w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos Narrow" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242424"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Drugs and Pharmaceutical Products</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00931DF2" w:rsidSect="00DA571D">
-      <w:footerReference w:type="first" r:id="rId44"/>
+    <w:p w14:paraId="15027BC1" w14:textId="46F01596" w:rsidR="749DAA9B" w:rsidRDefault="749DAA9B" w:rsidP="7CEE0EDC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7CEE0EDC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Categories that fall under this UNSPSC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C54756" w14:textId="6F1B198F" w:rsidR="2A71B6A7" w:rsidRPr="00C57F84" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Amebicides and trichomonacides and antiprotozoals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B7CB5B" w14:textId="7595BD2C" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Anthelmintics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6595F03C" w14:textId="2DF825D0" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Antibacterials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C57FF1" w14:textId="1C0A37DC" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Antidepressants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49AC09C5" w14:textId="056BB5BF" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Antifungal drugs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA503B2" w14:textId="34C0823C" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Antihistamines or H1 blockers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEF2FFA" w14:textId="3C2724EA" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Antihyperlipidemic and hypocholesterolemic agents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A32539" w14:textId="056F3DC4" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Antipsychotics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178B1D22" w14:textId="1F5D9428" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Antiseptics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58574DBA" w14:textId="5435DC2F" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Antiviral drugs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D10F5CC" w14:textId="3E3B1C17" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Combination antimicrobial / antiviral / antifungal agents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2133C96F" w14:textId="2C125D8C" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Combination herbs/alternative therapies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15FC8310" w14:textId="5ACE74F5" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Combination antihypertensives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9FFEE5" w14:textId="09A7C27B" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Corticosteroids</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011B5354" w14:textId="7088C7B1" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Controlled substance analgesics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74589467" w14:textId="52963C85" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Diagnostic agents and radiopharmaceuticals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD8A7CF" w14:textId="0F7B300B" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Estrogens and progestins and internal contraceptives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A67A511" w14:textId="6184D267" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fluorine-based medical imaging agents, media, and tracers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DE4832" w14:textId="747113BE" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Herbal drugs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED2EBE6" w14:textId="1AA5BA2D" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hypnotics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2050D1E1" w14:textId="73FADB11" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nonsteroidal anti</w:t>
+      </w:r>
+      <w:r w:rsidR="3CC5A309" w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>inflammatory drugs NSAIDs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A26D6E" w14:textId="5CB8CF5A" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Radiopharmaceuticals and contrast media</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B58DDE" w14:textId="0527C0DC" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sympathomimetic or adrenergic drugs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6B1365" w14:textId="5A13B9CB" w:rsidR="2A71B6A7" w:rsidRDefault="2A71B6A7" w:rsidP="00C57F84">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57F84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Tranquilizers and antimanic and antianxiety drugs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7421FE0A" w14:textId="2B61396A" w:rsidR="7CEE0EDC" w:rsidRPr="00C57F84" w:rsidRDefault="2A71B6A7" w:rsidP="006D293A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425609">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Vasodilators</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="7CEE0EDC" w:rsidRPr="00C57F84" w:rsidSect="00DA571D">
+      <w:footerReference w:type="first" r:id="rId42"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A9F2C6F" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="6A569668" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17784D28" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872"/>
+    <w:p w14:paraId="16D50ED1" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B967A9B" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="2EEBBF47" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EA901C" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872"/>
+    <w:p w14:paraId="2515E188" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7FAD5159" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872">
+    <w:p w14:paraId="09047CC3" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7033,99 +7328,102 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Narrow">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29EFE2C8" w14:textId="7024FEA6" w:rsidR="00B564C1" w:rsidRPr="00621EE2" w:rsidRDefault="00B564C1" w:rsidP="00FF756C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="5654A5B1" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -7320,51 +7618,51 @@
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B8C5047" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A21D9F" wp14:editId="5D574E5A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A21D9F" wp14:editId="5D574E5A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9705975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1730328604" name="Group 1730328604">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -7441,51 +7739,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="00F21A30" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="7B466CC1" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
@@ -7571,61 +7869,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Note:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6C17E428" w14:textId="77777777" w:rsidR="00056082" w:rsidRDefault="00056082" w:rsidP="00056082">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -7834,51 +8123,51 @@
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="397B8CA3" w14:textId="77777777" w:rsidR="00056082" w:rsidRPr="003E118F" w:rsidRDefault="00056082" w:rsidP="00056082">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="267A9F28" w14:textId="370FBB44" w:rsidR="00AA08B0" w:rsidRPr="00AA08B0" w:rsidRDefault="00056082" w:rsidP="00AA08B0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="718FEA7B" wp14:editId="1FA1269A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="718FEA7B" wp14:editId="1FA1269A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="26" name="Group 26">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -7955,51 +8244,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0FCE1437" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:560.8pt;margin-top:0;width:612pt;height:27.75pt;z-index:251663360;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQDtq9zs3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3SQ2IjGbUop6KgVbQbxNs9MkNDsbstsk/ffd9qKXB483vPdNvphMKwbqXWNZQTyLQBCXVjdc&#10;KfjefTy9gnAeWWNrmRScycGiuL/LMdN25C8atr4SoYRdhgpq77tMSlfWZNDNbEccsoPtDfpg+0rq&#10;HsdQblqZRNGLNNhwWKixo1VN5XF7Mgo+RxyXz/H7sD4eVuffXbr5Wcek1OPDtHwD4Wnyf8dwxQ/o&#10;UASmvT2xdqJVEB7xN71mSTIPfq8gTVOQRS7/0xcXAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAO2r3OzcAAAABQEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;">
+            <v:group w14:anchorId="5F7E0B86" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:560.8pt;margin-top:0;width:612pt;height:27.75pt;z-index:251658241;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQDtq9zs3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3SQ2IjGbUop6KgVbQbxNs9MkNDsbstsk/ffd9qKXB483vPdNvphMKwbqXWNZQTyLQBCXVjdc&#10;KfjefTy9gnAeWWNrmRScycGiuL/LMdN25C8atr4SoYRdhgpq77tMSlfWZNDNbEccsoPtDfpg+0rq&#10;HsdQblqZRNGLNNhwWKixo1VN5XF7Mgo+RxyXz/H7sD4eVuffXbr5Wcek1OPDtHwD4Wnyf8dwxQ/o&#10;UASmvT2xdqJVEB7xN71mSTIPfq8gTVOQRS7/0xcXAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAO2r3OzcAAAABQEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
@@ -8081,61 +8370,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="33A3C3CC" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -8330,51 +8610,51 @@
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="1036AE17" w:rsidR="005851F6" w:rsidRDefault="00056082">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51CD2D5C" wp14:editId="6DB276F4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51CD2D5C" wp14:editId="6DB276F4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="960764807" name="Group 960764807">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -8451,119 +8731,119 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="771198BE" id="Group 960764807" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:560.8pt;margin-top:0;width:612pt;height:27.75pt;z-index:251665408;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfBktClwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/0yRO0jRRs1XpTUgF&#10;Kgof4HWci0hsY3s32349Y2cvoeUBtRJIvFgez3g858yZ5PRsM/RozbXppChxdBRixAWTVSeaEn/7&#10;ev3uBCNjqahoLwUv8QM3+Gzx9s3pqApOZCv7imsESYQpRlXi1lpVBIFhLR+oOZKKC3DWUg/Ugqmb&#10;oNJ0hOxDH5AwPA5GqSulJePGwOnl5MQLn7+uObOf69pwi/oSQ23Wr9qvS7cGi1NaNJqqtmPbMugL&#10;qhhoJ+DRfapLaila6e5ZqqFjWhpZ2yMmh0DWdce4xwBoovAJmhstV8pjaYqxUXuagNonPL04Lfu0&#10;vtHqXt3pqXrY3kr23QAvwaiaYu53djMFo+X4UVbQT7qy0gPf1HpwKQAS2nh+H/b88o1FDA6zLCNJ&#10;CG1g4ItTkpB0agBroUuHa1FKTvaeq+3liMDd6Wqaem9Ai+lVX+m2Mtd5kJI5sGVex9Z9SxX3TTCO&#10;jTuNugqUfpyRKAoJiTASdAAmvoDWqGh6jo4dKFcFhO+YNROtSMiLFqL4udZybDmtoLrIxQOG2QVn&#10;GGjKH/I8I2zH9YyuKMn9Czu6aKG0sTdcDshtSqyhdN9Eur411hVzCHE9NbLvquuu772hm+VFr9Ga&#10;wkhdXb/P410zfgnrhQsW0l2bMroTj9IBmwhayuoBQGo5zSV8R2DTSv2I0QgzWWLzY0U1x6j/IICo&#10;PEqcBKw3kjQjYOi5Zzn3UMEgVYktRtP2wk6Dv1K6a1p4KfKghTwHEdedB+6In6raFgtK+kuSIlGa&#10;kzzO4+eKyv6BopI4dq/S4jeKSkJf0X4AD3J5taLIVZzl00Q8Ed5/pSj/yYJvup+17f/H/TTmtlfg&#10;4S+5+AkAAP//AwBQSwMEFAAGAAgAAAAhAO2r3OzcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwZvdJDYiMZtSinoqBVtBvE2z0yQ0Oxuy2yT99932opcHjze8902+mEwrBupd&#10;Y1lBPItAEJdWN1wp+N59PL2CcB5ZY2uZFJzJwaK4v8sx03bkLxq2vhKhhF2GCmrvu0xKV9Zk0M1s&#10;Rxyyg+0N+mD7Suoex1BuWplE0Ys02HBYqLGjVU3lcXsyCj5HHJfP8fuwPh5W599duvlZx6TU48O0&#10;fAPhafJ/x3DFD+hQBKa9PbF2olUQHvE3vWZJMg9+ryBNU5BFLv/TFxcAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAHwZLQpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA7avc7NwAAAAFAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+            <v:group w14:anchorId="5ABD1F75" id="Group 960764807" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:560.8pt;margin-top:0;width:612pt;height:27.75pt;z-index:251658242;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfBktClwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/0yRO0jRRs1XpTUgF&#10;Kgof4HWci0hsY3s32349Y2cvoeUBtRJIvFgez3g858yZ5PRsM/RozbXppChxdBRixAWTVSeaEn/7&#10;ev3uBCNjqahoLwUv8QM3+Gzx9s3pqApOZCv7imsESYQpRlXi1lpVBIFhLR+oOZKKC3DWUg/Ugqmb&#10;oNJ0hOxDH5AwPA5GqSulJePGwOnl5MQLn7+uObOf69pwi/oSQ23Wr9qvS7cGi1NaNJqqtmPbMugL&#10;qhhoJ+DRfapLaila6e5ZqqFjWhpZ2yMmh0DWdce4xwBoovAJmhstV8pjaYqxUXuagNonPL04Lfu0&#10;vtHqXt3pqXrY3kr23QAvwaiaYu53djMFo+X4UVbQT7qy0gPf1HpwKQAS2nh+H/b88o1FDA6zLCNJ&#10;CG1g4ItTkpB0agBroUuHa1FKTvaeq+3liMDd6Wqaem9Ai+lVX+m2Mtd5kJI5sGVex9Z9SxX3TTCO&#10;jTuNugqUfpyRKAoJiTASdAAmvoDWqGh6jo4dKFcFhO+YNROtSMiLFqL4udZybDmtoLrIxQOG2QVn&#10;GGjKH/I8I2zH9YyuKMn9Czu6aKG0sTdcDshtSqyhdN9Eur411hVzCHE9NbLvquuu772hm+VFr9Ga&#10;wkhdXb/P410zfgnrhQsW0l2bMroTj9IBmwhayuoBQGo5zSV8R2DTSv2I0QgzWWLzY0U1x6j/IICo&#10;PEqcBKw3kjQjYOi5Zzn3UMEgVYktRtP2wk6Dv1K6a1p4KfKghTwHEdedB+6In6raFgtK+kuSIlGa&#10;kzzO4+eKyv6BopI4dq/S4jeKSkJf0X4AD3J5taLIVZzl00Q8Ed5/pSj/yYJvup+17f/H/TTmtlfg&#10;4S+5+AkAAP//AwBQSwMEFAAGAAgAAAAhAO2r3OzcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwZvdJDYiMZtSinoqBVtBvE2z0yQ0Oxuy2yT99932opcHjze8902+mEwrBupd&#10;Y1lBPItAEJdWN1wp+N59PL2CcB5ZY2uZFJzJwaK4v8sx03bkLxq2vhKhhF2GCmrvu0xKV9Zk0M1s&#10;Rxyyg+0N+mD7Suoex1BuWplE0Ys02HBYqLGjVU3lcXsyCj5HHJfP8fuwPh5W599duvlZx6TU48O0&#10;fAPhafJ/x3DFD+hQBKa9PbF2olUQHvE3vWZJMg9+ryBNU5BFLv/TFxcAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAHwZLQpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA7avc7NwAAAAFAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDE/y3HyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X9h3CDfbm0mYyR102ZCgMBoJTho9HczbF5lKSuHb79EYQfLzf/1tvR9eJM4XYetZQzgsQxLU3&#10;LTca3t+eb1cgYkI22HkmDReKsN1MbtZYGT/wK52PqRE5hGOFGmxKfSVlrC05jHPfE2fu0weHKZ+h&#10;kSbgkMNdJ1VRLKXDlnODxZ52luqv47fT8HFqD1eVmsXpZfE02Ltr2K32B61n0/HxAUSiMf2L/9x7&#10;k+cv71VZFkqV8PtTBkBufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDE/y3HyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBtHnbTygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8Mw&#10;FIXfBf9DuIJvLl2nYuuyIQVBUHBuMvZ4ba5JsbkpSVyrv94Igo+Hc853OMv15HpxpBA7zwrmswIE&#10;cet1x0bB6+7+4gZETMgae8+k4IsirFenJ0ustR/5hY7bZESGcKxRgU1pqKWMrSWHceYH4uy9++Aw&#10;ZRmM1AHHDHe9LIviWjrsOC9YHKix1H5sP12m7Jrnt3H/fbh8ZDs9dY0JZDZKnZ9Nd7cgEk3pP/zX&#10;ftAKyvlVVVaLagG/l/IdkKsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0edtPKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7162FC24" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="14DFE985" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6FD734" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872"/>
+    <w:p w14:paraId="6D0E43DE" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CDE1466" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="7C08DF99" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC17534" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872"/>
+    <w:p w14:paraId="7B76DD86" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="190F289C" w14:textId="77777777" w:rsidR="00C81872" w:rsidRDefault="00C81872">
+    <w:p w14:paraId="7448719A" w14:textId="77777777" w:rsidR="00F00811" w:rsidRDefault="00F00811">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7762ED" wp14:editId="531B621A">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7762ED" wp14:editId="0E1A07EB">
           <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1372931080" name="Picture 5" descr="Operational Services Division Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1372931080" name="Picture 5" descr="Operational Services Division Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -8773,51 +9053,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4ED1CD40" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="106DC561" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -8845,51 +9125,51 @@
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EA6ECE6" w14:textId="0DE4A57D" w:rsidR="00DD35D3" w:rsidRDefault="00196519" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17AD6DAD" wp14:editId="44947E3E">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17AD6DAD" wp14:editId="664797C6">
           <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="852510018" name="Picture 5" descr="Operational Services Division Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="852510018" name="Picture 5" descr="Operational Services Division Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -9108,51 +9388,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="493AB20D" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="317D6216" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10569,51 +10849,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CD5EEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8DF8D188"/>
+    <w:tmpl w:val="FA263FC6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -15359,51 +15639,51 @@
   <w:num w:numId="45" w16cid:durableId="1276862561">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1803376375">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1334213503">
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="809402103">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="243419120">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="271716133">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="27"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -15504,51 +15784,50 @@
     <w:rsid w:val="00034843"/>
     <w:rsid w:val="00034DA1"/>
     <w:rsid w:val="000351B6"/>
     <w:rsid w:val="000359B4"/>
     <w:rsid w:val="00036331"/>
     <w:rsid w:val="0003637D"/>
     <w:rsid w:val="00036385"/>
     <w:rsid w:val="0003653B"/>
     <w:rsid w:val="00036729"/>
     <w:rsid w:val="0003695E"/>
     <w:rsid w:val="00036C85"/>
     <w:rsid w:val="00037112"/>
     <w:rsid w:val="00037504"/>
     <w:rsid w:val="000377EB"/>
     <w:rsid w:val="00037E2A"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00040628"/>
     <w:rsid w:val="000409EE"/>
     <w:rsid w:val="00040A67"/>
     <w:rsid w:val="00041A63"/>
     <w:rsid w:val="0004215A"/>
     <w:rsid w:val="0004258A"/>
     <w:rsid w:val="00042605"/>
     <w:rsid w:val="00042727"/>
     <w:rsid w:val="00042C1F"/>
-    <w:rsid w:val="00042F28"/>
     <w:rsid w:val="00043A65"/>
     <w:rsid w:val="00043A70"/>
     <w:rsid w:val="00043AF6"/>
     <w:rsid w:val="00043E3F"/>
     <w:rsid w:val="0004406E"/>
     <w:rsid w:val="000440D6"/>
     <w:rsid w:val="00044567"/>
     <w:rsid w:val="00044702"/>
     <w:rsid w:val="0004480A"/>
     <w:rsid w:val="0004484E"/>
     <w:rsid w:val="000454B3"/>
     <w:rsid w:val="000456E7"/>
     <w:rsid w:val="000466F9"/>
     <w:rsid w:val="00047007"/>
     <w:rsid w:val="0004772E"/>
     <w:rsid w:val="00047BD3"/>
     <w:rsid w:val="0005037F"/>
     <w:rsid w:val="00050399"/>
     <w:rsid w:val="000507A7"/>
     <w:rsid w:val="0005094B"/>
     <w:rsid w:val="00051461"/>
     <w:rsid w:val="00051537"/>
     <w:rsid w:val="00051972"/>
     <w:rsid w:val="00051C03"/>
     <w:rsid w:val="00051F6B"/>
@@ -15648,50 +15927,51 @@
     <w:rsid w:val="000859D8"/>
     <w:rsid w:val="00085F04"/>
     <w:rsid w:val="00086D13"/>
     <w:rsid w:val="00086D85"/>
     <w:rsid w:val="00086DB8"/>
     <w:rsid w:val="00086F6D"/>
     <w:rsid w:val="0008776A"/>
     <w:rsid w:val="00087CD6"/>
     <w:rsid w:val="00087E20"/>
     <w:rsid w:val="00087F2C"/>
     <w:rsid w:val="0009019F"/>
     <w:rsid w:val="00090A78"/>
     <w:rsid w:val="00090FF8"/>
     <w:rsid w:val="00091096"/>
     <w:rsid w:val="000910B0"/>
     <w:rsid w:val="00091120"/>
     <w:rsid w:val="00091677"/>
     <w:rsid w:val="000918E5"/>
     <w:rsid w:val="00092535"/>
     <w:rsid w:val="00092DDE"/>
     <w:rsid w:val="000937A5"/>
     <w:rsid w:val="00093918"/>
     <w:rsid w:val="000939B9"/>
     <w:rsid w:val="00093DC0"/>
     <w:rsid w:val="00093FAA"/>
+    <w:rsid w:val="0009425C"/>
     <w:rsid w:val="00094339"/>
     <w:rsid w:val="0009454C"/>
     <w:rsid w:val="000946AA"/>
     <w:rsid w:val="00094F0A"/>
     <w:rsid w:val="00095370"/>
     <w:rsid w:val="000953B5"/>
     <w:rsid w:val="00095986"/>
     <w:rsid w:val="000961D2"/>
     <w:rsid w:val="000963BA"/>
     <w:rsid w:val="000965C8"/>
     <w:rsid w:val="000A0837"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
     <w:rsid w:val="000A3917"/>
     <w:rsid w:val="000A3D5D"/>
     <w:rsid w:val="000A4331"/>
     <w:rsid w:val="000A4668"/>
     <w:rsid w:val="000A4D11"/>
     <w:rsid w:val="000A50FE"/>
@@ -15860,51 +16140,50 @@
     <w:rsid w:val="001168CC"/>
     <w:rsid w:val="00116C1E"/>
     <w:rsid w:val="00117182"/>
     <w:rsid w:val="00117FF3"/>
     <w:rsid w:val="00120458"/>
     <w:rsid w:val="00120504"/>
     <w:rsid w:val="0012078B"/>
     <w:rsid w:val="001209D4"/>
     <w:rsid w:val="00120A10"/>
     <w:rsid w:val="00121D78"/>
     <w:rsid w:val="001228CC"/>
     <w:rsid w:val="00122C58"/>
     <w:rsid w:val="00123283"/>
     <w:rsid w:val="00123385"/>
     <w:rsid w:val="0012351B"/>
     <w:rsid w:val="00123522"/>
     <w:rsid w:val="00123735"/>
     <w:rsid w:val="00123B60"/>
     <w:rsid w:val="00123BF6"/>
     <w:rsid w:val="00124518"/>
     <w:rsid w:val="00124E63"/>
     <w:rsid w:val="001251D1"/>
     <w:rsid w:val="001254E0"/>
     <w:rsid w:val="00125CC1"/>
     <w:rsid w:val="0012617C"/>
-    <w:rsid w:val="00126313"/>
     <w:rsid w:val="0012681F"/>
     <w:rsid w:val="00126ABE"/>
     <w:rsid w:val="00126ACA"/>
     <w:rsid w:val="0012705C"/>
     <w:rsid w:val="00127604"/>
     <w:rsid w:val="0012764F"/>
     <w:rsid w:val="0012768F"/>
     <w:rsid w:val="00127723"/>
     <w:rsid w:val="00127FAE"/>
     <w:rsid w:val="00130051"/>
     <w:rsid w:val="001300B3"/>
     <w:rsid w:val="0013059C"/>
     <w:rsid w:val="00130EC2"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="001311F6"/>
     <w:rsid w:val="00131381"/>
     <w:rsid w:val="00131479"/>
     <w:rsid w:val="0013165B"/>
     <w:rsid w:val="001318CC"/>
     <w:rsid w:val="00131B3A"/>
     <w:rsid w:val="00132062"/>
     <w:rsid w:val="00132F28"/>
     <w:rsid w:val="00132F2A"/>
     <w:rsid w:val="001339B6"/>
     <w:rsid w:val="00134155"/>
@@ -15932,69 +16211,69 @@
     <w:rsid w:val="001424D7"/>
     <w:rsid w:val="001429C0"/>
     <w:rsid w:val="00143020"/>
     <w:rsid w:val="001434FE"/>
     <w:rsid w:val="00143905"/>
     <w:rsid w:val="00143930"/>
     <w:rsid w:val="00143AD0"/>
     <w:rsid w:val="001440EE"/>
     <w:rsid w:val="001442E8"/>
     <w:rsid w:val="00144AAC"/>
     <w:rsid w:val="00145223"/>
     <w:rsid w:val="001458E0"/>
     <w:rsid w:val="001465FF"/>
     <w:rsid w:val="001468E4"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="00147352"/>
     <w:rsid w:val="0014750F"/>
     <w:rsid w:val="0014784D"/>
     <w:rsid w:val="00150A45"/>
     <w:rsid w:val="00150F50"/>
     <w:rsid w:val="001519B5"/>
     <w:rsid w:val="00151AC8"/>
     <w:rsid w:val="00151E16"/>
     <w:rsid w:val="00152088"/>
     <w:rsid w:val="00153404"/>
-    <w:rsid w:val="0015437D"/>
     <w:rsid w:val="00154511"/>
     <w:rsid w:val="001545FB"/>
     <w:rsid w:val="0015470E"/>
     <w:rsid w:val="00154BFC"/>
     <w:rsid w:val="00155137"/>
     <w:rsid w:val="001554D4"/>
     <w:rsid w:val="001557BC"/>
     <w:rsid w:val="00155D61"/>
     <w:rsid w:val="00155FF4"/>
     <w:rsid w:val="001563B2"/>
     <w:rsid w:val="001569E2"/>
     <w:rsid w:val="00156EC8"/>
     <w:rsid w:val="00157563"/>
     <w:rsid w:val="00157721"/>
     <w:rsid w:val="001607A6"/>
     <w:rsid w:val="001607B6"/>
     <w:rsid w:val="001608EC"/>
     <w:rsid w:val="001610CD"/>
+    <w:rsid w:val="00161162"/>
     <w:rsid w:val="001614C5"/>
     <w:rsid w:val="00161669"/>
     <w:rsid w:val="00161685"/>
     <w:rsid w:val="00162616"/>
     <w:rsid w:val="00162A0F"/>
     <w:rsid w:val="00163070"/>
     <w:rsid w:val="001632CC"/>
     <w:rsid w:val="00163404"/>
     <w:rsid w:val="00163557"/>
     <w:rsid w:val="00163A42"/>
     <w:rsid w:val="00163ED6"/>
     <w:rsid w:val="00164115"/>
     <w:rsid w:val="00164D61"/>
     <w:rsid w:val="001654B8"/>
     <w:rsid w:val="0016572C"/>
     <w:rsid w:val="00166284"/>
     <w:rsid w:val="00166D22"/>
     <w:rsid w:val="00166D83"/>
     <w:rsid w:val="00167937"/>
     <w:rsid w:val="0017020F"/>
     <w:rsid w:val="00170351"/>
     <w:rsid w:val="0017049A"/>
     <w:rsid w:val="001706C5"/>
     <w:rsid w:val="001708FF"/>
     <w:rsid w:val="00170EFD"/>
@@ -16038,50 +16317,51 @@
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00190DCF"/>
     <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
     <w:rsid w:val="0019234C"/>
     <w:rsid w:val="00192877"/>
     <w:rsid w:val="001933D9"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="00194012"/>
     <w:rsid w:val="0019409E"/>
     <w:rsid w:val="0019468D"/>
     <w:rsid w:val="00195244"/>
     <w:rsid w:val="00195851"/>
     <w:rsid w:val="00195F1F"/>
     <w:rsid w:val="001960DD"/>
     <w:rsid w:val="00196224"/>
     <w:rsid w:val="00196519"/>
+    <w:rsid w:val="0019698D"/>
     <w:rsid w:val="00197BB3"/>
     <w:rsid w:val="001A04D3"/>
     <w:rsid w:val="001A0C5F"/>
     <w:rsid w:val="001A1293"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
     <w:rsid w:val="001A340E"/>
     <w:rsid w:val="001A352E"/>
     <w:rsid w:val="001A3979"/>
     <w:rsid w:val="001A3A6C"/>
     <w:rsid w:val="001A3A7A"/>
     <w:rsid w:val="001A3D5D"/>
     <w:rsid w:val="001A3D90"/>
     <w:rsid w:val="001A41AE"/>
     <w:rsid w:val="001A489C"/>
     <w:rsid w:val="001A49F3"/>
     <w:rsid w:val="001A5433"/>
     <w:rsid w:val="001A559F"/>
     <w:rsid w:val="001A581C"/>
     <w:rsid w:val="001A596F"/>
     <w:rsid w:val="001A5C84"/>
     <w:rsid w:val="001A609F"/>
     <w:rsid w:val="001A66BF"/>
@@ -16455,50 +16735,51 @@
     <w:rsid w:val="00299973"/>
     <w:rsid w:val="002A02A8"/>
     <w:rsid w:val="002A03A1"/>
     <w:rsid w:val="002A0E8C"/>
     <w:rsid w:val="002A10B9"/>
     <w:rsid w:val="002A1148"/>
     <w:rsid w:val="002A1A05"/>
     <w:rsid w:val="002A1C92"/>
     <w:rsid w:val="002A2001"/>
     <w:rsid w:val="002A22A0"/>
     <w:rsid w:val="002A23C2"/>
     <w:rsid w:val="002A310B"/>
     <w:rsid w:val="002A326F"/>
     <w:rsid w:val="002A3ACC"/>
     <w:rsid w:val="002A3E20"/>
     <w:rsid w:val="002A3E79"/>
     <w:rsid w:val="002A3ED3"/>
     <w:rsid w:val="002A3FC0"/>
     <w:rsid w:val="002A400F"/>
     <w:rsid w:val="002A40B2"/>
     <w:rsid w:val="002A40E1"/>
     <w:rsid w:val="002A4290"/>
     <w:rsid w:val="002A464F"/>
     <w:rsid w:val="002A4839"/>
     <w:rsid w:val="002A4C9A"/>
+    <w:rsid w:val="002A4DFC"/>
     <w:rsid w:val="002A530A"/>
     <w:rsid w:val="002A5B1A"/>
     <w:rsid w:val="002A642B"/>
     <w:rsid w:val="002B02C8"/>
     <w:rsid w:val="002B04B8"/>
     <w:rsid w:val="002B052E"/>
     <w:rsid w:val="002B068D"/>
     <w:rsid w:val="002B06A1"/>
     <w:rsid w:val="002B0A51"/>
     <w:rsid w:val="002B0D95"/>
     <w:rsid w:val="002B1342"/>
     <w:rsid w:val="002B167F"/>
     <w:rsid w:val="002B2726"/>
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
     <w:rsid w:val="002B4F4A"/>
     <w:rsid w:val="002B5B98"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
     <w:rsid w:val="002C0D69"/>
     <w:rsid w:val="002C1276"/>
@@ -16845,51 +17126,50 @@
     <w:rsid w:val="003978CF"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A0841"/>
     <w:rsid w:val="003A0874"/>
     <w:rsid w:val="003A0FCC"/>
     <w:rsid w:val="003A102A"/>
     <w:rsid w:val="003A2781"/>
     <w:rsid w:val="003A2A75"/>
     <w:rsid w:val="003A2D6E"/>
     <w:rsid w:val="003A31B7"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="003A4299"/>
     <w:rsid w:val="003A44D0"/>
     <w:rsid w:val="003A4705"/>
     <w:rsid w:val="003A47ED"/>
     <w:rsid w:val="003A481A"/>
     <w:rsid w:val="003A4B66"/>
     <w:rsid w:val="003A5AC4"/>
     <w:rsid w:val="003A5C11"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003A6FA7"/>
-    <w:rsid w:val="003A7062"/>
     <w:rsid w:val="003A7EA0"/>
     <w:rsid w:val="003B0438"/>
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
     <w:rsid w:val="003B1E68"/>
     <w:rsid w:val="003B2440"/>
     <w:rsid w:val="003B29E6"/>
     <w:rsid w:val="003B310A"/>
     <w:rsid w:val="003B3427"/>
     <w:rsid w:val="003B3773"/>
     <w:rsid w:val="003B3797"/>
     <w:rsid w:val="003B43C6"/>
     <w:rsid w:val="003B4BD5"/>
     <w:rsid w:val="003B56A7"/>
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5DB4"/>
     <w:rsid w:val="003B63DE"/>
     <w:rsid w:val="003B6CF4"/>
     <w:rsid w:val="003B758E"/>
     <w:rsid w:val="003B7672"/>
     <w:rsid w:val="003B7E7C"/>
     <w:rsid w:val="003C0549"/>
@@ -17043,50 +17323,51 @@
     <w:rsid w:val="00414A45"/>
     <w:rsid w:val="00414E7C"/>
     <w:rsid w:val="00415547"/>
     <w:rsid w:val="00415B50"/>
     <w:rsid w:val="00416986"/>
     <w:rsid w:val="00416DD4"/>
     <w:rsid w:val="004170F2"/>
     <w:rsid w:val="004176F8"/>
     <w:rsid w:val="00417854"/>
     <w:rsid w:val="00417B67"/>
     <w:rsid w:val="00417EA8"/>
     <w:rsid w:val="0042010C"/>
     <w:rsid w:val="0042039E"/>
     <w:rsid w:val="0042045B"/>
     <w:rsid w:val="0042072C"/>
     <w:rsid w:val="004216B9"/>
     <w:rsid w:val="00421F6D"/>
     <w:rsid w:val="00422244"/>
     <w:rsid w:val="00422B43"/>
     <w:rsid w:val="0042348A"/>
     <w:rsid w:val="00423FB0"/>
     <w:rsid w:val="00424083"/>
     <w:rsid w:val="00424676"/>
     <w:rsid w:val="004251D7"/>
     <w:rsid w:val="00425514"/>
+    <w:rsid w:val="00425609"/>
     <w:rsid w:val="00425679"/>
     <w:rsid w:val="00425C7A"/>
     <w:rsid w:val="00425D98"/>
     <w:rsid w:val="00426184"/>
     <w:rsid w:val="00426192"/>
     <w:rsid w:val="004261A9"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
     <w:rsid w:val="00427F90"/>
     <w:rsid w:val="00427FDA"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="004317E4"/>
     <w:rsid w:val="00431EB4"/>
     <w:rsid w:val="0043251A"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
@@ -17349,70 +17630,72 @@
     <w:rsid w:val="004E4052"/>
     <w:rsid w:val="004E40C2"/>
     <w:rsid w:val="004E430B"/>
     <w:rsid w:val="004E465C"/>
     <w:rsid w:val="004E4757"/>
     <w:rsid w:val="004E4824"/>
     <w:rsid w:val="004E4B2C"/>
     <w:rsid w:val="004E4BCC"/>
     <w:rsid w:val="004E4D51"/>
     <w:rsid w:val="004E55E4"/>
     <w:rsid w:val="004E5706"/>
     <w:rsid w:val="004E572D"/>
     <w:rsid w:val="004E644E"/>
     <w:rsid w:val="004E686F"/>
     <w:rsid w:val="004E6BF5"/>
     <w:rsid w:val="004E78BB"/>
     <w:rsid w:val="004E7D4B"/>
     <w:rsid w:val="004E7FC1"/>
     <w:rsid w:val="004F0F63"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="004F1460"/>
     <w:rsid w:val="004F160B"/>
     <w:rsid w:val="004F1B8D"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2257"/>
+    <w:rsid w:val="004F2894"/>
     <w:rsid w:val="004F28BD"/>
     <w:rsid w:val="004F2CD1"/>
     <w:rsid w:val="004F35A5"/>
     <w:rsid w:val="004F3CBB"/>
     <w:rsid w:val="004F3D32"/>
     <w:rsid w:val="004F3E68"/>
     <w:rsid w:val="004F3E87"/>
     <w:rsid w:val="004F4864"/>
     <w:rsid w:val="004F50F1"/>
     <w:rsid w:val="004F521A"/>
     <w:rsid w:val="004F559B"/>
     <w:rsid w:val="004F5BE9"/>
     <w:rsid w:val="004F62CC"/>
     <w:rsid w:val="004F636A"/>
     <w:rsid w:val="004F6F66"/>
     <w:rsid w:val="00500724"/>
     <w:rsid w:val="005011FB"/>
     <w:rsid w:val="0050161D"/>
     <w:rsid w:val="00501859"/>
     <w:rsid w:val="00501AD6"/>
+    <w:rsid w:val="00501B84"/>
     <w:rsid w:val="00501CCF"/>
     <w:rsid w:val="00501E28"/>
     <w:rsid w:val="005023F4"/>
     <w:rsid w:val="0050272B"/>
     <w:rsid w:val="00502B07"/>
     <w:rsid w:val="00502D1B"/>
     <w:rsid w:val="00502F88"/>
     <w:rsid w:val="0050384E"/>
     <w:rsid w:val="00504258"/>
     <w:rsid w:val="0050438D"/>
     <w:rsid w:val="005043CE"/>
     <w:rsid w:val="00504788"/>
     <w:rsid w:val="00504DDC"/>
     <w:rsid w:val="00504FC3"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
     <w:rsid w:val="00507A5B"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
     <w:rsid w:val="00511804"/>
@@ -18021,83 +18304,85 @@
     <w:rsid w:val="00677486"/>
     <w:rsid w:val="00677B50"/>
     <w:rsid w:val="00677B85"/>
     <w:rsid w:val="00677C14"/>
     <w:rsid w:val="00677CE0"/>
     <w:rsid w:val="0068018F"/>
     <w:rsid w:val="006801C7"/>
     <w:rsid w:val="00680441"/>
     <w:rsid w:val="0068051C"/>
     <w:rsid w:val="00680B92"/>
     <w:rsid w:val="00680BFA"/>
     <w:rsid w:val="00680C76"/>
     <w:rsid w:val="006812FE"/>
     <w:rsid w:val="0068134D"/>
     <w:rsid w:val="0068182D"/>
     <w:rsid w:val="00681891"/>
     <w:rsid w:val="00681C1A"/>
     <w:rsid w:val="00681E96"/>
     <w:rsid w:val="006824D3"/>
     <w:rsid w:val="00682608"/>
     <w:rsid w:val="00682D2C"/>
     <w:rsid w:val="0068340E"/>
     <w:rsid w:val="00683725"/>
     <w:rsid w:val="00683AB6"/>
     <w:rsid w:val="00683D10"/>
+    <w:rsid w:val="00683F0A"/>
     <w:rsid w:val="00684285"/>
     <w:rsid w:val="006842DD"/>
     <w:rsid w:val="0068516D"/>
     <w:rsid w:val="006853F7"/>
     <w:rsid w:val="0068545D"/>
     <w:rsid w:val="0068560F"/>
     <w:rsid w:val="00685BFC"/>
     <w:rsid w:val="00685F7E"/>
     <w:rsid w:val="006868D2"/>
     <w:rsid w:val="00686E6F"/>
     <w:rsid w:val="00687D01"/>
     <w:rsid w:val="00687EF9"/>
     <w:rsid w:val="00690206"/>
     <w:rsid w:val="006904BA"/>
     <w:rsid w:val="00690647"/>
     <w:rsid w:val="0069078B"/>
     <w:rsid w:val="00690E57"/>
     <w:rsid w:val="006911AE"/>
     <w:rsid w:val="00691469"/>
     <w:rsid w:val="0069162F"/>
     <w:rsid w:val="006919A9"/>
     <w:rsid w:val="0069219E"/>
     <w:rsid w:val="00692551"/>
     <w:rsid w:val="00692813"/>
     <w:rsid w:val="00692D2C"/>
     <w:rsid w:val="00693338"/>
     <w:rsid w:val="0069357D"/>
     <w:rsid w:val="00693B8C"/>
     <w:rsid w:val="00694011"/>
     <w:rsid w:val="006940F3"/>
     <w:rsid w:val="00694493"/>
     <w:rsid w:val="00694AE3"/>
     <w:rsid w:val="006954D4"/>
+    <w:rsid w:val="006955C1"/>
     <w:rsid w:val="00695950"/>
     <w:rsid w:val="00695CED"/>
     <w:rsid w:val="00696433"/>
     <w:rsid w:val="006964B4"/>
     <w:rsid w:val="006966BC"/>
     <w:rsid w:val="0069689C"/>
     <w:rsid w:val="00696A5E"/>
     <w:rsid w:val="00696F91"/>
     <w:rsid w:val="00696FE8"/>
     <w:rsid w:val="00697069"/>
     <w:rsid w:val="006973D1"/>
     <w:rsid w:val="00697BC9"/>
     <w:rsid w:val="006A072A"/>
     <w:rsid w:val="006A0753"/>
     <w:rsid w:val="006A0936"/>
     <w:rsid w:val="006A0CB7"/>
     <w:rsid w:val="006A14CE"/>
     <w:rsid w:val="006A15FA"/>
     <w:rsid w:val="006A1692"/>
     <w:rsid w:val="006A17CD"/>
     <w:rsid w:val="006A210F"/>
     <w:rsid w:val="006A2327"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2A51"/>
     <w:rsid w:val="006A2B29"/>
@@ -18153,50 +18438,51 @@
     <w:rsid w:val="006C2811"/>
     <w:rsid w:val="006C2D38"/>
     <w:rsid w:val="006C2DAB"/>
     <w:rsid w:val="006C3491"/>
     <w:rsid w:val="006C356B"/>
     <w:rsid w:val="006C38C9"/>
     <w:rsid w:val="006C3AA4"/>
     <w:rsid w:val="006C3FA8"/>
     <w:rsid w:val="006C3FD0"/>
     <w:rsid w:val="006C43CF"/>
     <w:rsid w:val="006C6312"/>
     <w:rsid w:val="006C6519"/>
     <w:rsid w:val="006C6616"/>
     <w:rsid w:val="006C6B07"/>
     <w:rsid w:val="006C767A"/>
     <w:rsid w:val="006C798C"/>
     <w:rsid w:val="006C7FDB"/>
     <w:rsid w:val="006D0FC9"/>
     <w:rsid w:val="006D1666"/>
     <w:rsid w:val="006D16A7"/>
     <w:rsid w:val="006D1C79"/>
     <w:rsid w:val="006D21A3"/>
     <w:rsid w:val="006D2431"/>
     <w:rsid w:val="006D250A"/>
     <w:rsid w:val="006D274F"/>
+    <w:rsid w:val="006D293A"/>
     <w:rsid w:val="006D2CE8"/>
     <w:rsid w:val="006D2E7D"/>
     <w:rsid w:val="006D405E"/>
     <w:rsid w:val="006D4470"/>
     <w:rsid w:val="006D44CB"/>
     <w:rsid w:val="006D56B1"/>
     <w:rsid w:val="006D599C"/>
     <w:rsid w:val="006D5ABC"/>
     <w:rsid w:val="006D5B8B"/>
     <w:rsid w:val="006D5B9D"/>
     <w:rsid w:val="006D6608"/>
     <w:rsid w:val="006D66F1"/>
     <w:rsid w:val="006D679C"/>
     <w:rsid w:val="006E0C6E"/>
     <w:rsid w:val="006E0CDD"/>
     <w:rsid w:val="006E1330"/>
     <w:rsid w:val="006E1D77"/>
     <w:rsid w:val="006E22E4"/>
     <w:rsid w:val="006E23F1"/>
     <w:rsid w:val="006E292E"/>
     <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2FFF"/>
     <w:rsid w:val="006E3000"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3ED8"/>
@@ -18830,50 +19116,51 @@
     <w:rsid w:val="0088612E"/>
     <w:rsid w:val="008862B5"/>
     <w:rsid w:val="00886780"/>
     <w:rsid w:val="00886D4B"/>
     <w:rsid w:val="00886F53"/>
     <w:rsid w:val="0088708C"/>
     <w:rsid w:val="008870ED"/>
     <w:rsid w:val="0088733B"/>
     <w:rsid w:val="00887573"/>
     <w:rsid w:val="0088796D"/>
     <w:rsid w:val="00887F69"/>
     <w:rsid w:val="008901F5"/>
     <w:rsid w:val="008902CF"/>
     <w:rsid w:val="0089074C"/>
     <w:rsid w:val="00890931"/>
     <w:rsid w:val="00890B3F"/>
     <w:rsid w:val="00891EA7"/>
     <w:rsid w:val="00891F99"/>
     <w:rsid w:val="0089224B"/>
     <w:rsid w:val="008923E7"/>
     <w:rsid w:val="00893761"/>
     <w:rsid w:val="00893862"/>
     <w:rsid w:val="00893A28"/>
     <w:rsid w:val="00893BE2"/>
     <w:rsid w:val="00893E3B"/>
+    <w:rsid w:val="0089470A"/>
     <w:rsid w:val="00894D67"/>
     <w:rsid w:val="00894D9C"/>
     <w:rsid w:val="0089540D"/>
     <w:rsid w:val="00895415"/>
     <w:rsid w:val="008955CF"/>
     <w:rsid w:val="00895E2D"/>
     <w:rsid w:val="0089602F"/>
     <w:rsid w:val="00896086"/>
     <w:rsid w:val="0089636C"/>
     <w:rsid w:val="00896666"/>
     <w:rsid w:val="0089758C"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="00897D5F"/>
     <w:rsid w:val="008A060E"/>
     <w:rsid w:val="008A06F9"/>
     <w:rsid w:val="008A0A7D"/>
     <w:rsid w:val="008A0D58"/>
     <w:rsid w:val="008A165E"/>
     <w:rsid w:val="008A1726"/>
     <w:rsid w:val="008A196A"/>
     <w:rsid w:val="008A19DE"/>
     <w:rsid w:val="008A29B1"/>
     <w:rsid w:val="008A29CD"/>
     <w:rsid w:val="008A2B40"/>
     <w:rsid w:val="008A346F"/>
@@ -19069,100 +19356,101 @@
     <w:rsid w:val="00912E76"/>
     <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00913652"/>
     <w:rsid w:val="00913691"/>
     <w:rsid w:val="009139A7"/>
     <w:rsid w:val="00914732"/>
     <w:rsid w:val="009147A1"/>
     <w:rsid w:val="00914EB3"/>
     <w:rsid w:val="0091512A"/>
     <w:rsid w:val="00915172"/>
     <w:rsid w:val="009154B3"/>
     <w:rsid w:val="009159A2"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="009162F1"/>
     <w:rsid w:val="009164C1"/>
     <w:rsid w:val="0091722A"/>
     <w:rsid w:val="0092096A"/>
     <w:rsid w:val="00920A4A"/>
     <w:rsid w:val="00920AF3"/>
     <w:rsid w:val="00920D3F"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00921B2D"/>
     <w:rsid w:val="00922B1D"/>
     <w:rsid w:val="00922C93"/>
-    <w:rsid w:val="009230A6"/>
     <w:rsid w:val="00923624"/>
     <w:rsid w:val="00923B48"/>
     <w:rsid w:val="00923FD2"/>
     <w:rsid w:val="009247CD"/>
     <w:rsid w:val="00924F61"/>
     <w:rsid w:val="009255CB"/>
     <w:rsid w:val="00926C19"/>
     <w:rsid w:val="00926DB8"/>
     <w:rsid w:val="0092769E"/>
     <w:rsid w:val="009277DE"/>
     <w:rsid w:val="00927985"/>
     <w:rsid w:val="0093033F"/>
     <w:rsid w:val="00930B72"/>
     <w:rsid w:val="00930DEA"/>
     <w:rsid w:val="009310AC"/>
     <w:rsid w:val="00931513"/>
     <w:rsid w:val="00931787"/>
     <w:rsid w:val="00931DF2"/>
     <w:rsid w:val="00931F63"/>
     <w:rsid w:val="00931F93"/>
     <w:rsid w:val="00931FCC"/>
     <w:rsid w:val="009329E5"/>
     <w:rsid w:val="00932B3C"/>
     <w:rsid w:val="00932CA0"/>
     <w:rsid w:val="00933361"/>
     <w:rsid w:val="00934797"/>
     <w:rsid w:val="00934B33"/>
     <w:rsid w:val="00934EEC"/>
     <w:rsid w:val="009351DB"/>
     <w:rsid w:val="009358CA"/>
     <w:rsid w:val="00935D4B"/>
     <w:rsid w:val="00936138"/>
     <w:rsid w:val="00936661"/>
     <w:rsid w:val="009369A0"/>
+    <w:rsid w:val="00936D1E"/>
     <w:rsid w:val="00936D40"/>
     <w:rsid w:val="009372BC"/>
     <w:rsid w:val="0093786A"/>
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="00943337"/>
     <w:rsid w:val="0094354C"/>
     <w:rsid w:val="009436BE"/>
     <w:rsid w:val="00943764"/>
     <w:rsid w:val="00943E7F"/>
     <w:rsid w:val="00943FCE"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
+    <w:rsid w:val="00945632"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
     <w:rsid w:val="00946422"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="0094696D"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
     <w:rsid w:val="0095243C"/>
     <w:rsid w:val="0095264E"/>
     <w:rsid w:val="00952A39"/>
     <w:rsid w:val="00952CD9"/>
     <w:rsid w:val="00953DE7"/>
     <w:rsid w:val="00953DF8"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="00954043"/>
     <w:rsid w:val="009541EC"/>
     <w:rsid w:val="00954506"/>
     <w:rsid w:val="0095461C"/>
@@ -19349,50 +19637,51 @@
     <w:rsid w:val="009E1A15"/>
     <w:rsid w:val="009E1C59"/>
     <w:rsid w:val="009E23AC"/>
     <w:rsid w:val="009E2781"/>
     <w:rsid w:val="009E280D"/>
     <w:rsid w:val="009E28EA"/>
     <w:rsid w:val="009E2D17"/>
     <w:rsid w:val="009E31DC"/>
     <w:rsid w:val="009E3265"/>
     <w:rsid w:val="009E32F6"/>
     <w:rsid w:val="009E3A45"/>
     <w:rsid w:val="009E3C57"/>
     <w:rsid w:val="009E3D3E"/>
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
     <w:rsid w:val="009E5417"/>
     <w:rsid w:val="009E57AD"/>
     <w:rsid w:val="009E591E"/>
     <w:rsid w:val="009E5D94"/>
     <w:rsid w:val="009E6027"/>
     <w:rsid w:val="009E6054"/>
     <w:rsid w:val="009E612D"/>
     <w:rsid w:val="009E685D"/>
+    <w:rsid w:val="009E6A4B"/>
     <w:rsid w:val="009E6D6B"/>
     <w:rsid w:val="009E71B8"/>
     <w:rsid w:val="009E7345"/>
     <w:rsid w:val="009F0227"/>
     <w:rsid w:val="009F0AE9"/>
     <w:rsid w:val="009F148F"/>
     <w:rsid w:val="009F172F"/>
     <w:rsid w:val="009F1E6C"/>
     <w:rsid w:val="009F2D16"/>
     <w:rsid w:val="009F3464"/>
     <w:rsid w:val="009F3A57"/>
     <w:rsid w:val="009F4225"/>
     <w:rsid w:val="009F425C"/>
     <w:rsid w:val="009F4E1B"/>
     <w:rsid w:val="009F4F6F"/>
     <w:rsid w:val="009F55B6"/>
     <w:rsid w:val="009F57D1"/>
     <w:rsid w:val="009F5AC0"/>
     <w:rsid w:val="009F6189"/>
     <w:rsid w:val="009F6770"/>
     <w:rsid w:val="009F6FDB"/>
     <w:rsid w:val="009F743B"/>
     <w:rsid w:val="00A002CD"/>
     <w:rsid w:val="00A00702"/>
     <w:rsid w:val="00A00AD6"/>
@@ -19405,50 +19694,51 @@
     <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A02D41"/>
     <w:rsid w:val="00A0324D"/>
     <w:rsid w:val="00A0381B"/>
     <w:rsid w:val="00A040B6"/>
     <w:rsid w:val="00A04542"/>
     <w:rsid w:val="00A04C86"/>
     <w:rsid w:val="00A05518"/>
     <w:rsid w:val="00A05B70"/>
     <w:rsid w:val="00A05CBB"/>
     <w:rsid w:val="00A06690"/>
     <w:rsid w:val="00A069C0"/>
     <w:rsid w:val="00A07610"/>
     <w:rsid w:val="00A0791A"/>
     <w:rsid w:val="00A07CC2"/>
     <w:rsid w:val="00A07D47"/>
     <w:rsid w:val="00A10197"/>
     <w:rsid w:val="00A10584"/>
     <w:rsid w:val="00A107F6"/>
     <w:rsid w:val="00A114CB"/>
     <w:rsid w:val="00A11683"/>
     <w:rsid w:val="00A122BC"/>
     <w:rsid w:val="00A12457"/>
     <w:rsid w:val="00A1249D"/>
     <w:rsid w:val="00A12C2C"/>
+    <w:rsid w:val="00A1375F"/>
     <w:rsid w:val="00A13A57"/>
     <w:rsid w:val="00A14344"/>
     <w:rsid w:val="00A14A44"/>
     <w:rsid w:val="00A14E22"/>
     <w:rsid w:val="00A15FB5"/>
     <w:rsid w:val="00A16309"/>
     <w:rsid w:val="00A16329"/>
     <w:rsid w:val="00A163AF"/>
     <w:rsid w:val="00A168F7"/>
     <w:rsid w:val="00A17394"/>
     <w:rsid w:val="00A174EC"/>
     <w:rsid w:val="00A176B8"/>
     <w:rsid w:val="00A17C6C"/>
     <w:rsid w:val="00A17CD7"/>
     <w:rsid w:val="00A200CB"/>
     <w:rsid w:val="00A202A8"/>
     <w:rsid w:val="00A2036A"/>
     <w:rsid w:val="00A203CE"/>
     <w:rsid w:val="00A2072A"/>
     <w:rsid w:val="00A20AD2"/>
     <w:rsid w:val="00A217EE"/>
     <w:rsid w:val="00A21D3F"/>
     <w:rsid w:val="00A2205C"/>
     <w:rsid w:val="00A22805"/>
     <w:rsid w:val="00A22F12"/>
@@ -19500,50 +19790,51 @@
     <w:rsid w:val="00A42295"/>
     <w:rsid w:val="00A4303F"/>
     <w:rsid w:val="00A437A4"/>
     <w:rsid w:val="00A43C2A"/>
     <w:rsid w:val="00A43C9B"/>
     <w:rsid w:val="00A44B22"/>
     <w:rsid w:val="00A44EC1"/>
     <w:rsid w:val="00A4522E"/>
     <w:rsid w:val="00A45621"/>
     <w:rsid w:val="00A45A60"/>
     <w:rsid w:val="00A45C97"/>
     <w:rsid w:val="00A45E0A"/>
     <w:rsid w:val="00A4671E"/>
     <w:rsid w:val="00A468D1"/>
     <w:rsid w:val="00A469C4"/>
     <w:rsid w:val="00A46F29"/>
     <w:rsid w:val="00A475C1"/>
     <w:rsid w:val="00A476A7"/>
     <w:rsid w:val="00A47CE8"/>
     <w:rsid w:val="00A50339"/>
     <w:rsid w:val="00A505AE"/>
     <w:rsid w:val="00A507D2"/>
     <w:rsid w:val="00A50DED"/>
     <w:rsid w:val="00A51210"/>
     <w:rsid w:val="00A515DF"/>
+    <w:rsid w:val="00A5162B"/>
     <w:rsid w:val="00A516AE"/>
     <w:rsid w:val="00A51773"/>
     <w:rsid w:val="00A51C99"/>
     <w:rsid w:val="00A51D7E"/>
     <w:rsid w:val="00A52024"/>
     <w:rsid w:val="00A52C96"/>
     <w:rsid w:val="00A52F81"/>
     <w:rsid w:val="00A538BC"/>
     <w:rsid w:val="00A53BCF"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54127"/>
     <w:rsid w:val="00A54C3C"/>
     <w:rsid w:val="00A552CD"/>
     <w:rsid w:val="00A568DF"/>
     <w:rsid w:val="00A56907"/>
     <w:rsid w:val="00A56D30"/>
     <w:rsid w:val="00A56D8A"/>
     <w:rsid w:val="00A56FBD"/>
     <w:rsid w:val="00A57308"/>
     <w:rsid w:val="00A57CCA"/>
     <w:rsid w:val="00A60BFC"/>
     <w:rsid w:val="00A617F9"/>
     <w:rsid w:val="00A61E64"/>
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
@@ -19825,50 +20116,51 @@
     <w:rsid w:val="00B22304"/>
     <w:rsid w:val="00B22C90"/>
     <w:rsid w:val="00B22CBA"/>
     <w:rsid w:val="00B22DEF"/>
     <w:rsid w:val="00B240ED"/>
     <w:rsid w:val="00B24470"/>
     <w:rsid w:val="00B24699"/>
     <w:rsid w:val="00B24883"/>
     <w:rsid w:val="00B257BB"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
     <w:rsid w:val="00B27EF2"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
     <w:rsid w:val="00B30A6A"/>
     <w:rsid w:val="00B30E0D"/>
     <w:rsid w:val="00B313CD"/>
     <w:rsid w:val="00B316C3"/>
     <w:rsid w:val="00B31CFC"/>
+    <w:rsid w:val="00B32170"/>
     <w:rsid w:val="00B32745"/>
     <w:rsid w:val="00B32B3F"/>
     <w:rsid w:val="00B32FEB"/>
     <w:rsid w:val="00B3390A"/>
     <w:rsid w:val="00B33951"/>
     <w:rsid w:val="00B33A43"/>
     <w:rsid w:val="00B33C2D"/>
     <w:rsid w:val="00B33F71"/>
     <w:rsid w:val="00B342F6"/>
     <w:rsid w:val="00B349EE"/>
     <w:rsid w:val="00B356CF"/>
     <w:rsid w:val="00B36A5C"/>
     <w:rsid w:val="00B3704B"/>
     <w:rsid w:val="00B370B6"/>
     <w:rsid w:val="00B37E70"/>
     <w:rsid w:val="00B402CF"/>
     <w:rsid w:val="00B40C90"/>
     <w:rsid w:val="00B410D4"/>
     <w:rsid w:val="00B41726"/>
     <w:rsid w:val="00B41830"/>
     <w:rsid w:val="00B41CE4"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B4244E"/>
     <w:rsid w:val="00B4271C"/>
     <w:rsid w:val="00B42E2A"/>
@@ -20083,63 +20375,63 @@
     <w:rsid w:val="00BB71AA"/>
     <w:rsid w:val="00BB7832"/>
     <w:rsid w:val="00BB7B76"/>
     <w:rsid w:val="00BB7C29"/>
     <w:rsid w:val="00BB7DD8"/>
     <w:rsid w:val="00BC0061"/>
     <w:rsid w:val="00BC00AE"/>
     <w:rsid w:val="00BC015E"/>
     <w:rsid w:val="00BC05D2"/>
     <w:rsid w:val="00BC06A4"/>
     <w:rsid w:val="00BC0C5C"/>
     <w:rsid w:val="00BC0F18"/>
     <w:rsid w:val="00BC1029"/>
     <w:rsid w:val="00BC1081"/>
     <w:rsid w:val="00BC11FD"/>
     <w:rsid w:val="00BC12EB"/>
     <w:rsid w:val="00BC1893"/>
     <w:rsid w:val="00BC1BA2"/>
     <w:rsid w:val="00BC1E8D"/>
     <w:rsid w:val="00BC237C"/>
     <w:rsid w:val="00BC238D"/>
     <w:rsid w:val="00BC2619"/>
     <w:rsid w:val="00BC2C4D"/>
     <w:rsid w:val="00BC340D"/>
     <w:rsid w:val="00BC3653"/>
-    <w:rsid w:val="00BC3748"/>
     <w:rsid w:val="00BC4277"/>
     <w:rsid w:val="00BC4768"/>
     <w:rsid w:val="00BC4ACB"/>
     <w:rsid w:val="00BC4AF0"/>
     <w:rsid w:val="00BC517F"/>
     <w:rsid w:val="00BC56F3"/>
     <w:rsid w:val="00BC5762"/>
     <w:rsid w:val="00BC58D7"/>
     <w:rsid w:val="00BC5D65"/>
     <w:rsid w:val="00BC5DEA"/>
     <w:rsid w:val="00BC6254"/>
     <w:rsid w:val="00BC6326"/>
+    <w:rsid w:val="00BC686F"/>
     <w:rsid w:val="00BC69B5"/>
     <w:rsid w:val="00BC7097"/>
     <w:rsid w:val="00BC75E6"/>
     <w:rsid w:val="00BC75FE"/>
     <w:rsid w:val="00BC7610"/>
     <w:rsid w:val="00BC77B5"/>
     <w:rsid w:val="00BD00B0"/>
     <w:rsid w:val="00BD08FD"/>
     <w:rsid w:val="00BD1000"/>
     <w:rsid w:val="00BD171F"/>
     <w:rsid w:val="00BD19D2"/>
     <w:rsid w:val="00BD1AAA"/>
     <w:rsid w:val="00BD211F"/>
     <w:rsid w:val="00BD280E"/>
     <w:rsid w:val="00BD296A"/>
     <w:rsid w:val="00BD2E7E"/>
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
     <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD4971"/>
@@ -20194,50 +20486,51 @@
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C02022"/>
     <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
     <w:rsid w:val="00C03325"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C0549D"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
     <w:rsid w:val="00C06B02"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
     <w:rsid w:val="00C109DA"/>
+    <w:rsid w:val="00C10B0D"/>
     <w:rsid w:val="00C10E2C"/>
     <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
     <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
     <w:rsid w:val="00C16309"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
     <w:rsid w:val="00C173B7"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
@@ -20296,64 +20589,66 @@
     <w:rsid w:val="00C432A8"/>
     <w:rsid w:val="00C43679"/>
     <w:rsid w:val="00C43EB0"/>
     <w:rsid w:val="00C43F56"/>
     <w:rsid w:val="00C44180"/>
     <w:rsid w:val="00C4474E"/>
     <w:rsid w:val="00C45174"/>
     <w:rsid w:val="00C45434"/>
     <w:rsid w:val="00C455CD"/>
     <w:rsid w:val="00C45833"/>
     <w:rsid w:val="00C45E76"/>
     <w:rsid w:val="00C47508"/>
     <w:rsid w:val="00C47905"/>
     <w:rsid w:val="00C47EAD"/>
     <w:rsid w:val="00C50162"/>
     <w:rsid w:val="00C50D01"/>
     <w:rsid w:val="00C5127A"/>
     <w:rsid w:val="00C5185E"/>
     <w:rsid w:val="00C51A24"/>
     <w:rsid w:val="00C51A4E"/>
     <w:rsid w:val="00C51A68"/>
     <w:rsid w:val="00C51BF7"/>
     <w:rsid w:val="00C53640"/>
     <w:rsid w:val="00C537A2"/>
     <w:rsid w:val="00C546E6"/>
+    <w:rsid w:val="00C548A0"/>
     <w:rsid w:val="00C54F10"/>
     <w:rsid w:val="00C55773"/>
     <w:rsid w:val="00C557F6"/>
     <w:rsid w:val="00C55864"/>
     <w:rsid w:val="00C55CE1"/>
     <w:rsid w:val="00C55ECE"/>
     <w:rsid w:val="00C5637A"/>
     <w:rsid w:val="00C567EE"/>
     <w:rsid w:val="00C56A7A"/>
     <w:rsid w:val="00C56CC6"/>
     <w:rsid w:val="00C56F96"/>
     <w:rsid w:val="00C574E6"/>
     <w:rsid w:val="00C57965"/>
     <w:rsid w:val="00C57AAD"/>
+    <w:rsid w:val="00C57F84"/>
     <w:rsid w:val="00C60980"/>
     <w:rsid w:val="00C61011"/>
     <w:rsid w:val="00C6177E"/>
     <w:rsid w:val="00C61A5C"/>
     <w:rsid w:val="00C622D5"/>
     <w:rsid w:val="00C62548"/>
     <w:rsid w:val="00C63CD1"/>
     <w:rsid w:val="00C63E0C"/>
     <w:rsid w:val="00C649AB"/>
     <w:rsid w:val="00C64FAF"/>
     <w:rsid w:val="00C653B3"/>
     <w:rsid w:val="00C6715F"/>
     <w:rsid w:val="00C67564"/>
     <w:rsid w:val="00C67682"/>
     <w:rsid w:val="00C67C10"/>
     <w:rsid w:val="00C70A4C"/>
     <w:rsid w:val="00C70F3C"/>
     <w:rsid w:val="00C710D9"/>
     <w:rsid w:val="00C711A9"/>
     <w:rsid w:val="00C72039"/>
     <w:rsid w:val="00C721A8"/>
     <w:rsid w:val="00C7300A"/>
     <w:rsid w:val="00C732F1"/>
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
@@ -20575,50 +20870,51 @@
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
     <w:rsid w:val="00D0099F"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D07E22"/>
     <w:rsid w:val="00D10019"/>
+    <w:rsid w:val="00D1028C"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
     <w:rsid w:val="00D119CD"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16BF7"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
     <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
     <w:rsid w:val="00D2058E"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
@@ -21016,50 +21312,51 @@
     <w:rsid w:val="00E17219"/>
     <w:rsid w:val="00E20893"/>
     <w:rsid w:val="00E21DA4"/>
     <w:rsid w:val="00E22014"/>
     <w:rsid w:val="00E22417"/>
     <w:rsid w:val="00E227FC"/>
     <w:rsid w:val="00E22DFB"/>
     <w:rsid w:val="00E23F4C"/>
     <w:rsid w:val="00E24156"/>
     <w:rsid w:val="00E24509"/>
     <w:rsid w:val="00E24DDE"/>
     <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E2558E"/>
     <w:rsid w:val="00E25F49"/>
     <w:rsid w:val="00E262A1"/>
     <w:rsid w:val="00E262B2"/>
     <w:rsid w:val="00E2685F"/>
     <w:rsid w:val="00E26AEE"/>
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
+    <w:rsid w:val="00E3101B"/>
     <w:rsid w:val="00E31727"/>
     <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
     <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
     <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E349CC"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35F7B"/>
     <w:rsid w:val="00E365B8"/>
     <w:rsid w:val="00E37447"/>
     <w:rsid w:val="00E3784A"/>
     <w:rsid w:val="00E37E18"/>
     <w:rsid w:val="00E4037B"/>
     <w:rsid w:val="00E4091E"/>
     <w:rsid w:val="00E417D6"/>
     <w:rsid w:val="00E42421"/>
     <w:rsid w:val="00E4277C"/>
     <w:rsid w:val="00E42982"/>
     <w:rsid w:val="00E42A24"/>
@@ -21326,50 +21623,51 @@
     <w:rsid w:val="00EE72CC"/>
     <w:rsid w:val="00EE7A5E"/>
     <w:rsid w:val="00EF0700"/>
     <w:rsid w:val="00EF07F4"/>
     <w:rsid w:val="00EF1817"/>
     <w:rsid w:val="00EF31B8"/>
     <w:rsid w:val="00EF3E70"/>
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
     <w:rsid w:val="00EF4D38"/>
     <w:rsid w:val="00EF5A6C"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
     <w:rsid w:val="00EF6D27"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
     <w:rsid w:val="00F00342"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
+    <w:rsid w:val="00F00811"/>
     <w:rsid w:val="00F00C71"/>
     <w:rsid w:val="00F023AF"/>
     <w:rsid w:val="00F026B8"/>
     <w:rsid w:val="00F02C57"/>
     <w:rsid w:val="00F02E44"/>
     <w:rsid w:val="00F03A7D"/>
     <w:rsid w:val="00F0402B"/>
     <w:rsid w:val="00F047E4"/>
     <w:rsid w:val="00F05186"/>
     <w:rsid w:val="00F0545F"/>
     <w:rsid w:val="00F05601"/>
     <w:rsid w:val="00F06170"/>
     <w:rsid w:val="00F061FB"/>
     <w:rsid w:val="00F06587"/>
     <w:rsid w:val="00F06645"/>
     <w:rsid w:val="00F0707D"/>
     <w:rsid w:val="00F0752D"/>
     <w:rsid w:val="00F0793A"/>
     <w:rsid w:val="00F07E53"/>
     <w:rsid w:val="00F102E7"/>
     <w:rsid w:val="00F10442"/>
     <w:rsid w:val="00F1069D"/>
     <w:rsid w:val="00F106B8"/>
     <w:rsid w:val="00F10CA5"/>
     <w:rsid w:val="00F10E20"/>
@@ -21384,50 +21682,51 @@
     <w:rsid w:val="00F13A4A"/>
     <w:rsid w:val="00F13EEC"/>
     <w:rsid w:val="00F1498F"/>
     <w:rsid w:val="00F14E12"/>
     <w:rsid w:val="00F14EFA"/>
     <w:rsid w:val="00F15311"/>
     <w:rsid w:val="00F17EF5"/>
     <w:rsid w:val="00F17F37"/>
     <w:rsid w:val="00F17FBE"/>
     <w:rsid w:val="00F20251"/>
     <w:rsid w:val="00F207BB"/>
     <w:rsid w:val="00F20EAA"/>
     <w:rsid w:val="00F21752"/>
     <w:rsid w:val="00F21BD8"/>
     <w:rsid w:val="00F220FA"/>
     <w:rsid w:val="00F22853"/>
     <w:rsid w:val="00F229C4"/>
     <w:rsid w:val="00F22BEC"/>
     <w:rsid w:val="00F2394A"/>
     <w:rsid w:val="00F23A6E"/>
     <w:rsid w:val="00F23A93"/>
     <w:rsid w:val="00F23CD1"/>
     <w:rsid w:val="00F24CBA"/>
     <w:rsid w:val="00F251D2"/>
     <w:rsid w:val="00F25599"/>
+    <w:rsid w:val="00F25CFB"/>
     <w:rsid w:val="00F25D65"/>
     <w:rsid w:val="00F261AF"/>
     <w:rsid w:val="00F26222"/>
     <w:rsid w:val="00F2631B"/>
     <w:rsid w:val="00F2639E"/>
     <w:rsid w:val="00F2665A"/>
     <w:rsid w:val="00F267D7"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F26DFB"/>
     <w:rsid w:val="00F2712F"/>
     <w:rsid w:val="00F27392"/>
     <w:rsid w:val="00F27499"/>
     <w:rsid w:val="00F27A82"/>
     <w:rsid w:val="00F27A97"/>
     <w:rsid w:val="00F27C81"/>
     <w:rsid w:val="00F27D29"/>
     <w:rsid w:val="00F30778"/>
     <w:rsid w:val="00F3086D"/>
     <w:rsid w:val="00F309D8"/>
     <w:rsid w:val="00F30FFA"/>
     <w:rsid w:val="00F31269"/>
     <w:rsid w:val="00F31504"/>
     <w:rsid w:val="00F32129"/>
     <w:rsid w:val="00F321C0"/>
     <w:rsid w:val="00F325B1"/>
@@ -21560,50 +21859,51 @@
     <w:rsid w:val="00F811F5"/>
     <w:rsid w:val="00F81E6A"/>
     <w:rsid w:val="00F822AB"/>
     <w:rsid w:val="00F82317"/>
     <w:rsid w:val="00F82A0A"/>
     <w:rsid w:val="00F832C3"/>
     <w:rsid w:val="00F834A7"/>
     <w:rsid w:val="00F834E5"/>
     <w:rsid w:val="00F83A95"/>
     <w:rsid w:val="00F83CA4"/>
     <w:rsid w:val="00F843F0"/>
     <w:rsid w:val="00F84676"/>
     <w:rsid w:val="00F84E0A"/>
     <w:rsid w:val="00F84E34"/>
     <w:rsid w:val="00F84FBD"/>
     <w:rsid w:val="00F85138"/>
     <w:rsid w:val="00F852D0"/>
     <w:rsid w:val="00F85B4F"/>
     <w:rsid w:val="00F86068"/>
     <w:rsid w:val="00F8634D"/>
     <w:rsid w:val="00F87386"/>
     <w:rsid w:val="00F90354"/>
     <w:rsid w:val="00F90BAF"/>
     <w:rsid w:val="00F9111F"/>
     <w:rsid w:val="00F917D4"/>
+    <w:rsid w:val="00F91DC3"/>
     <w:rsid w:val="00F91DEE"/>
     <w:rsid w:val="00F92587"/>
     <w:rsid w:val="00F927F8"/>
     <w:rsid w:val="00F92CAC"/>
     <w:rsid w:val="00F92F90"/>
     <w:rsid w:val="00F93377"/>
     <w:rsid w:val="00F9341C"/>
     <w:rsid w:val="00F93850"/>
     <w:rsid w:val="00F93950"/>
     <w:rsid w:val="00F93A64"/>
     <w:rsid w:val="00F94514"/>
     <w:rsid w:val="00F94729"/>
     <w:rsid w:val="00F949D0"/>
     <w:rsid w:val="00F951D6"/>
     <w:rsid w:val="00F951EC"/>
     <w:rsid w:val="00F9532C"/>
     <w:rsid w:val="00F9541C"/>
     <w:rsid w:val="00F9569D"/>
     <w:rsid w:val="00F95E43"/>
     <w:rsid w:val="00F970DE"/>
     <w:rsid w:val="00F9728D"/>
     <w:rsid w:val="00F977AD"/>
     <w:rsid w:val="00F977E9"/>
     <w:rsid w:val="00F97B17"/>
     <w:rsid w:val="00FA0017"/>
@@ -21732,527 +22032,580 @@
     <w:rsid w:val="00FF1FE4"/>
     <w:rsid w:val="00FF2206"/>
     <w:rsid w:val="00FF2292"/>
     <w:rsid w:val="00FF23F1"/>
     <w:rsid w:val="00FF2694"/>
     <w:rsid w:val="00FF3072"/>
     <w:rsid w:val="00FF341B"/>
     <w:rsid w:val="00FF3C75"/>
     <w:rsid w:val="00FF3C9D"/>
     <w:rsid w:val="00FF4366"/>
     <w:rsid w:val="00FF47C9"/>
     <w:rsid w:val="00FF485A"/>
     <w:rsid w:val="00FF48B6"/>
     <w:rsid w:val="00FF4ACE"/>
     <w:rsid w:val="00FF4E73"/>
     <w:rsid w:val="00FF4FAF"/>
     <w:rsid w:val="00FF5775"/>
     <w:rsid w:val="00FF667F"/>
     <w:rsid w:val="00FF6C2F"/>
     <w:rsid w:val="00FF756C"/>
     <w:rsid w:val="00FF76FE"/>
     <w:rsid w:val="00FF7BBA"/>
     <w:rsid w:val="00FF7F54"/>
     <w:rsid w:val="00FF7FBF"/>
     <w:rsid w:val="010885C3"/>
+    <w:rsid w:val="01223A6C"/>
     <w:rsid w:val="019FA6FE"/>
     <w:rsid w:val="01CB89EA"/>
     <w:rsid w:val="01CD8CD1"/>
     <w:rsid w:val="01CEA699"/>
     <w:rsid w:val="01E9F111"/>
     <w:rsid w:val="03551CE2"/>
     <w:rsid w:val="035B2436"/>
     <w:rsid w:val="036DD822"/>
     <w:rsid w:val="03BC793B"/>
     <w:rsid w:val="0437704C"/>
     <w:rsid w:val="0485E228"/>
     <w:rsid w:val="049D1B31"/>
     <w:rsid w:val="0509E76F"/>
     <w:rsid w:val="054706EA"/>
+    <w:rsid w:val="05501D41"/>
     <w:rsid w:val="05AE4FF4"/>
     <w:rsid w:val="05DB7DAE"/>
     <w:rsid w:val="06789607"/>
     <w:rsid w:val="0689D6A7"/>
     <w:rsid w:val="06B94735"/>
     <w:rsid w:val="0740F279"/>
     <w:rsid w:val="074CA3AC"/>
     <w:rsid w:val="07641289"/>
+    <w:rsid w:val="07AB945E"/>
     <w:rsid w:val="07FDB4D4"/>
     <w:rsid w:val="085B772B"/>
     <w:rsid w:val="0863539B"/>
+    <w:rsid w:val="086F2E3E"/>
     <w:rsid w:val="0908CC44"/>
     <w:rsid w:val="092AFCCD"/>
     <w:rsid w:val="09754A5C"/>
     <w:rsid w:val="09856568"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
     <w:rsid w:val="0A0CB692"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
     <w:rsid w:val="0AC85023"/>
     <w:rsid w:val="0AE1AA14"/>
     <w:rsid w:val="0BCAC867"/>
     <w:rsid w:val="0C7EA2BC"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
     <w:rsid w:val="0D14C00C"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
     <w:rsid w:val="0DBCE8E0"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
     <w:rsid w:val="0FC45D6A"/>
     <w:rsid w:val="106BA343"/>
     <w:rsid w:val="10FA09CB"/>
+    <w:rsid w:val="116F437E"/>
+    <w:rsid w:val="11BAC24B"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12E59FB7"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
+    <w:rsid w:val="14D3ED25"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
     <w:rsid w:val="165133A1"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
     <w:rsid w:val="1803DD5F"/>
     <w:rsid w:val="18DBD688"/>
+    <w:rsid w:val="1915EF7A"/>
     <w:rsid w:val="19212E0F"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
+    <w:rsid w:val="19F6B7D1"/>
     <w:rsid w:val="1A6CF678"/>
     <w:rsid w:val="1B2A4C94"/>
     <w:rsid w:val="1B7813E7"/>
+    <w:rsid w:val="1BDCBEE6"/>
     <w:rsid w:val="1D821450"/>
     <w:rsid w:val="1DBE6FF2"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
     <w:rsid w:val="1E5F70B0"/>
     <w:rsid w:val="1E758CBD"/>
     <w:rsid w:val="1EAC55DA"/>
     <w:rsid w:val="1EE2BAA3"/>
     <w:rsid w:val="1F0EF5C6"/>
+    <w:rsid w:val="1F2B9FD7"/>
     <w:rsid w:val="1F63B926"/>
+    <w:rsid w:val="1FB81EB7"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
+    <w:rsid w:val="20A20383"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
     <w:rsid w:val="239ABB7D"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
+    <w:rsid w:val="24B99302"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
     <w:rsid w:val="259E3A13"/>
+    <w:rsid w:val="25E60D32"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
+    <w:rsid w:val="263BB565"/>
+    <w:rsid w:val="266EDF88"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
     <w:rsid w:val="2A355D98"/>
+    <w:rsid w:val="2A71B6A7"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
+    <w:rsid w:val="2BA0BC74"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
     <w:rsid w:val="2C46CF51"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
     <w:rsid w:val="2DA1BF57"/>
+    <w:rsid w:val="2DCB227D"/>
     <w:rsid w:val="2DEA05BD"/>
+    <w:rsid w:val="2DECEE1D"/>
     <w:rsid w:val="2DFFAC9A"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
+    <w:rsid w:val="31BB0711"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
     <w:rsid w:val="33BB9C91"/>
+    <w:rsid w:val="33CCD374"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
     <w:rsid w:val="342BD182"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
     <w:rsid w:val="35B80FFE"/>
+    <w:rsid w:val="36BABC84"/>
     <w:rsid w:val="36D3BC6C"/>
     <w:rsid w:val="3746FD72"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
     <w:rsid w:val="37D9AB18"/>
     <w:rsid w:val="37E3E6A4"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
     <w:rsid w:val="383AF6BC"/>
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
     <w:rsid w:val="38A1C645"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
     <w:rsid w:val="39FE3EBC"/>
+    <w:rsid w:val="3A0841CD"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
     <w:rsid w:val="3A4D3B1F"/>
     <w:rsid w:val="3ADE6DD2"/>
     <w:rsid w:val="3AF69438"/>
     <w:rsid w:val="3B0209F9"/>
     <w:rsid w:val="3B99B6AD"/>
     <w:rsid w:val="3B9FD876"/>
     <w:rsid w:val="3BF261C1"/>
     <w:rsid w:val="3C4BAF29"/>
     <w:rsid w:val="3C9336CA"/>
+    <w:rsid w:val="3CC5A309"/>
     <w:rsid w:val="3CC77A80"/>
     <w:rsid w:val="3CF9746A"/>
     <w:rsid w:val="3D5B8B69"/>
     <w:rsid w:val="3DDCB5F8"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
     <w:rsid w:val="3EBF43C7"/>
     <w:rsid w:val="3F25643A"/>
     <w:rsid w:val="3FADDAA1"/>
     <w:rsid w:val="3FB688F3"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
     <w:rsid w:val="3FF5BFDD"/>
     <w:rsid w:val="410F418A"/>
+    <w:rsid w:val="41118F7E"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
     <w:rsid w:val="421609B3"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
     <w:rsid w:val="433C90B5"/>
     <w:rsid w:val="43504692"/>
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
     <w:rsid w:val="4569191D"/>
     <w:rsid w:val="45F1749E"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
+    <w:rsid w:val="472B3546"/>
+    <w:rsid w:val="473F7028"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
+    <w:rsid w:val="4800D547"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
+    <w:rsid w:val="48FD7516"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
     <w:rsid w:val="4B0163C5"/>
     <w:rsid w:val="4B60781D"/>
+    <w:rsid w:val="4BD98105"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
     <w:rsid w:val="4CD9714A"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
+    <w:rsid w:val="4DED88B2"/>
     <w:rsid w:val="4E079D94"/>
     <w:rsid w:val="4E395CC5"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
+    <w:rsid w:val="4F8F0954"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
+    <w:rsid w:val="52A41494"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
+    <w:rsid w:val="551DEBE6"/>
+    <w:rsid w:val="55581799"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
+    <w:rsid w:val="56EBB7C8"/>
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="57ADD150"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57FB0354"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="59A43698"/>
     <w:rsid w:val="59C19D99"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
     <w:rsid w:val="5A63ABBB"/>
+    <w:rsid w:val="5A88DD85"/>
     <w:rsid w:val="5A90A5A1"/>
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
     <w:rsid w:val="5C82BDF2"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
+    <w:rsid w:val="60F953BC"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
+    <w:rsid w:val="63E745D6"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
+    <w:rsid w:val="659393EA"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
+    <w:rsid w:val="665661BD"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
+    <w:rsid w:val="68CC25C6"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B61C945"/>
+    <w:rsid w:val="6B7E6AEF"/>
     <w:rsid w:val="6C05D65D"/>
+    <w:rsid w:val="6C2086FF"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
     <w:rsid w:val="6D792608"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
+    <w:rsid w:val="6F03AF82"/>
+    <w:rsid w:val="6F282E6D"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
+    <w:rsid w:val="718DCC79"/>
     <w:rsid w:val="7262548E"/>
     <w:rsid w:val="73000191"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
+    <w:rsid w:val="749DAA9B"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
     <w:rsid w:val="7678258D"/>
+    <w:rsid w:val="769F69EC"/>
     <w:rsid w:val="76DCC80E"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
     <w:rsid w:val="78F9E125"/>
     <w:rsid w:val="79269133"/>
     <w:rsid w:val="798AF338"/>
     <w:rsid w:val="7A19C844"/>
     <w:rsid w:val="7A33C547"/>
     <w:rsid w:val="7AC076D5"/>
     <w:rsid w:val="7AFEAAEE"/>
     <w:rsid w:val="7B440EC2"/>
     <w:rsid w:val="7BD6BBA1"/>
     <w:rsid w:val="7C366D10"/>
     <w:rsid w:val="7CA547BB"/>
     <w:rsid w:val="7CE59954"/>
+    <w:rsid w:val="7CEE0EDC"/>
     <w:rsid w:val="7CEE9EB0"/>
     <w:rsid w:val="7D236138"/>
     <w:rsid w:val="7D301B84"/>
     <w:rsid w:val="7D59E082"/>
     <w:rsid w:val="7DD52B1D"/>
     <w:rsid w:val="7DE31BB7"/>
+    <w:rsid w:val="7DFE742F"/>
     <w:rsid w:val="7E757346"/>
     <w:rsid w:val="7E9FA087"/>
     <w:rsid w:val="7F887486"/>
     <w:rsid w:val="7FAC7894"/>
     <w:rsid w:val="7FB999C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FB3A3FC"/>
-  <w15:docId w15:val="{E6E23F7D-CA89-44BF-AEB2-1D210E85A415}"/>
+  <w15:docId w15:val="{6C349835-75F8-4793-84A0-5B6345681A20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -27165,51 +27518,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.J.Sang2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-29674&amp;releaseNbr=0&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-29674&amp;releaseNbr=0&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/state-office-for-pharmacy-services" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.J.Sang2@mass.gov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides?_gl=1*1xu7oue*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjExNDQwNzEkbzQ5MCRnMSR0MTc2MTE0NDA4MCRqNTEkbDAkaDA." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-29674&amp;releaseNbr=0&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AWeems@mhainc.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.J.Sang2@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.J.Sang2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-29674&amp;releaseNbr=0&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rvillafuerte@mhainc.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/state-office-for-pharmacy-services" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-29674&amp;releaseNbr=0&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.J.Sang2@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-and-medical-contract-user-guides?_gl=1*1xu7oue*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjExNDQwNzEkbzQ5MCRnMSR0MTc2MTE0NDA4MCRqNTEkbDAkaDA." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-29674&amp;releaseNbr=0&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.J.Sang2@mass.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -27490,56 +27843,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -27728,1587 +28101,109 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F66D569-D887-4504-BBE4-0971C3E25E75}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
-[...11 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{815883E8-4248-436B-908B-CCE928BE7367}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14897</Characters>
+  <Pages>10</Pages>
+  <Words>2652</Words>
+  <Characters>15118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17476</CharactersWithSpaces>
+  <CharactersWithSpaces>17735</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">