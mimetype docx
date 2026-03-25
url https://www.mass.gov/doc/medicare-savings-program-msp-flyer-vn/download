--- v0 (2025-11-29)
+++ v1 (2026-03-25)
@@ -2,3513 +2,833 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6B583DCC" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="007D2032">
+    <w:p w14:paraId="6B583DCC" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="00053D28" w:rsidRDefault="007D2032" w:rsidP="00053D28">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> Medicare</w:t>
+      <w:r w:rsidRPr="00053D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Nhận Trợ giúp Trả Chi phí Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1B1E87" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="007D2032">
+    <w:p w14:paraId="6D1B1E87" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="00053D28" w:rsidRDefault="007D2032" w:rsidP="00053D28">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="045C8C"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:color w:val="045C8C"/>
+      <w:r w:rsidRPr="00053D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
-        <w:t>Nộp</w:t>
-[...5 lines deleted...]
-          <w:color w:val="045C8C"/>
+        <w:t xml:space="preserve">Nộp đơn xin Chương trình Tiết kiệm Medicare (MSP) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00053D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:color w:val="045C8C"/>
+        <w:t xml:space="preserve">ngay </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00053D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
-        <w:t>đơn</w:t>
-[...300 lines deleted...]
-        <w:t xml:space="preserve"> Medicare.</w:t>
+        <w:t>để tiết kiệm $3,000 một năm cho chi phí Medicare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="522A50CD" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="007D2032">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>Chương</w:t>
-[...76 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>Chương trình Tiết kiệm Medicare (MSP) là gì?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F588EA" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="007D2032">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>Chương</w:t>
-[...916 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Chương trình Tiết kiệm Medicare (MSP) sẽ trả một phần hoặc tất cả các khoản phí bảo hiểm Medicare, các khoản khấu trừ, đồng trả và đồng bảo hiểm. Tùy thuộc vào thu nhập của quý vị, MSP sẽ trả phí bảo hiểm Medicare Phần A &amp; B và chia sẻ chi phí, hoặc phí bảo hiểm Medicare Phần B, cũng như giảm chi phí thuốc theo đơn của quý vị. Đây không phải là chương trình bảo hiểm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="523F3174" w14:textId="4DD2B896" w:rsidR="00684999" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="007D2032">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ai </w:t>
-[...41 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>Ai đủ tiêu chuẩn?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37EC2E8B" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="007D2032">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>Đối</w:t>
-[...174 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Đối tượng thụ hưởng Medicare đáp ứng các giới hạn về thu nhập sau đây:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5395"/>
         <w:gridCol w:w="5395"/>
       </w:tblGrid>
       <w:tr w:rsidR="004F3DF5" w:rsidRPr="007D2032" w14:paraId="1E82C080" w14:textId="77777777" w:rsidTr="007D2032">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DE75B68" w14:textId="43C4AA3D" w:rsidR="004F3DF5" w:rsidRPr="00B62C1F" w:rsidRDefault="007D2032" w:rsidP="007D2032">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk206497311"/>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Quý </w:t>
+              <w:t>Quý vị</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FAA9780" w14:textId="4849F023" w:rsidR="004F3DF5" w:rsidRPr="00B62C1F" w:rsidRDefault="00B62C1F" w:rsidP="000778FE">
+          <w:p w14:paraId="0FAA9780" w14:textId="1F9F836B" w:rsidR="004F3DF5" w:rsidRPr="00B62C1F" w:rsidRDefault="00B62C1F" w:rsidP="000778FE">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thu </w:t>
+              <w:t>Thu nhập năm 202</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00053D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>nhập</w:t>
+              <w:t xml:space="preserve"> của quý vị bằng hoặc thấp hơn mức</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...179 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B62C1F" w:rsidRPr="007D2032" w14:paraId="276EF604" w14:textId="77777777" w:rsidTr="007D2032">
+      <w:tr w:rsidR="00B62C1F" w:rsidRPr="007D2032" w14:paraId="276EF604" w14:textId="77777777" w:rsidTr="00053D28">
+        <w:trPr>
+          <w:trHeight w:val="710"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="191FAE6B" w14:textId="453BF1A5" w:rsidR="00B62C1F" w:rsidRPr="00B62C1F" w:rsidRDefault="00B62C1F" w:rsidP="00B62C1F">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t>Độc</w:t>
+              <w:t>Độc thân</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F72F006" w14:textId="44742B5F" w:rsidR="00B62C1F" w:rsidRPr="00B62C1F" w:rsidRDefault="00B62C1F" w:rsidP="00B62C1F">
+          <w:p w14:paraId="6F72F006" w14:textId="53AF45EC" w:rsidR="00B62C1F" w:rsidRPr="00B62C1F" w:rsidRDefault="00B62C1F" w:rsidP="00B62C1F">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">$2,935 </w:t>
+              <w:t>$2,</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00053D28" w:rsidRPr="00053D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>993</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>mỗi</w:t>
+              <w:t xml:space="preserve"> mỗi tháng</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B62C1F" w:rsidRPr="007D2032" w14:paraId="4D1A4DCF" w14:textId="77777777" w:rsidTr="007D2032">
+      <w:tr w:rsidR="00B62C1F" w:rsidRPr="007D2032" w14:paraId="4D1A4DCF" w14:textId="77777777" w:rsidTr="00053D28">
+        <w:trPr>
+          <w:trHeight w:val="647"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66E0B737" w14:textId="0CC01EA3" w:rsidR="00B62C1F" w:rsidRPr="00B62C1F" w:rsidRDefault="00B62C1F" w:rsidP="00B62C1F">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t>Đã</w:t>
+              <w:t>Đã kết hôn</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E1A8EC" w14:textId="0FC2BF89" w:rsidR="00B62C1F" w:rsidRPr="00B62C1F" w:rsidRDefault="00B62C1F" w:rsidP="00B62C1F">
+          <w:p w14:paraId="55E1A8EC" w14:textId="2ABD5A34" w:rsidR="00B62C1F" w:rsidRPr="00B62C1F" w:rsidRDefault="00B62C1F" w:rsidP="00B62C1F">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">$3,966 </w:t>
+              <w:t>$</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00053D28" w:rsidRPr="00053D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>4,058</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B62C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>mỗi</w:t>
-[...809 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> mỗi tháng</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="0C8DDCE2" w14:textId="5C559244" w:rsidR="004F3DF5" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="007D2032">
+    <w:p w14:paraId="53467007" w14:textId="40A4F1D9" w:rsidR="00053D28" w:rsidRDefault="00053D28" w:rsidP="00053D28">
+      <w:pPr>
+        <w:pStyle w:val="BasicParagraph"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="240" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B62C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Không có giới hạn tài sản.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B62C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Giới hạn về mức thu nhập thay đổi mỗi năm vào ngày 1 tháng 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8DDCE2" w14:textId="640701B6" w:rsidR="004F3DF5" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="00053D28">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="360"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>Gọi</w:t>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Gọi số</w:t>
+      </w:r>
       <w:r w:rsidR="004F3DF5" w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-800-841-2900</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="004F3DF5" w:rsidRPr="007D2032">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00053D28">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004F3DF5" w:rsidRPr="007D2032">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="00053D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3DF5" w:rsidRPr="007D2032">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="004F3DF5" w:rsidRPr="007D2032">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3DF5" w:rsidRPr="007D2032">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>TDD/TTY: 711</w:t>
       </w:r>
       <w:r w:rsidR="004F3DF5" w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00053D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>để</w:t>
-[...48 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>để lấy đơn xin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C522D9" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="007D2032">
+    <w:p w14:paraId="48C522D9" w14:textId="77777777" w:rsidR="007D2032" w:rsidRPr="007D2032" w:rsidRDefault="007D2032" w:rsidP="00053D28">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D2032">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Tìm</w:t>
-[...73 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Tìm Hiểu Thêm Tại Mass.gov/MedicareSavings</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="562CFF6B" w14:textId="51D3E355" w:rsidR="00B42CDB" w:rsidRPr="007D2032" w:rsidRDefault="00B42CDB" w:rsidP="007D2032">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00B42CDB" w:rsidRPr="007D2032">
+    <w:sectPr w:rsidR="007D2032" w:rsidRPr="007D2032">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23D97445" w14:textId="77777777" w:rsidR="008A239B" w:rsidRDefault="008A239B" w:rsidP="00623FA9">
+    <w:p w14:paraId="74C05207" w14:textId="77777777" w:rsidR="00FE59F7" w:rsidRDefault="00FE59F7" w:rsidP="00623FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E6A0D7C" w14:textId="77777777" w:rsidR="008A239B" w:rsidRDefault="008A239B" w:rsidP="00623FA9">
+    <w:p w14:paraId="59C458A6" w14:textId="77777777" w:rsidR="00FE59F7" w:rsidRDefault="00FE59F7" w:rsidP="00623FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="02040503050306020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins Medium">
-    <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000201B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
-    <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1BAA2A67" w14:textId="56A835AA" w:rsidR="00623FA9" w:rsidRPr="00623FA9" w:rsidRDefault="00623FA9">
+  <w:p w14:paraId="1BAA2A67" w14:textId="2434171D" w:rsidR="00623FA9" w:rsidRPr="00053D28" w:rsidRDefault="00623FA9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007D2032">
+    <w:r w:rsidRPr="00053D28">
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>MED-ALF</w:t>
     </w:r>
-    <w:r w:rsidR="000778FE" w:rsidRPr="007D2032">
+    <w:r w:rsidR="000778FE" w:rsidRPr="00053D28">
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="007D2032" w:rsidRPr="007D2032">
+    <w:r w:rsidR="007D2032" w:rsidRPr="00053D28">
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>VN</w:t>
     </w:r>
-    <w:r w:rsidR="00E70760" w:rsidRPr="007D2032">
+    <w:r w:rsidR="00E70760" w:rsidRPr="00053D28">
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>_2025-0</w:t>
+      <w:t>_202</w:t>
     </w:r>
-    <w:r w:rsidR="0085677A" w:rsidRPr="007D2032">
+    <w:r w:rsidR="00053D28">
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>6-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39269B56" w14:textId="77777777" w:rsidR="008A239B" w:rsidRDefault="008A239B" w:rsidP="00623FA9">
+    <w:p w14:paraId="2CF24208" w14:textId="77777777" w:rsidR="00FE59F7" w:rsidRDefault="00FE59F7" w:rsidP="00623FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A72B096" w14:textId="77777777" w:rsidR="008A239B" w:rsidRDefault="008A239B" w:rsidP="00623FA9">
+    <w:p w14:paraId="65245FC7" w14:textId="77777777" w:rsidR="00FE59F7" w:rsidRDefault="00FE59F7" w:rsidP="00623FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F3DF5"/>
+    <w:rsid w:val="00053D28"/>
     <w:rsid w:val="000778FE"/>
     <w:rsid w:val="000846EE"/>
     <w:rsid w:val="002315CC"/>
     <w:rsid w:val="0027686D"/>
     <w:rsid w:val="00285E52"/>
     <w:rsid w:val="002B4E9B"/>
     <w:rsid w:val="002D07E4"/>
     <w:rsid w:val="00320AA5"/>
     <w:rsid w:val="004043B3"/>
     <w:rsid w:val="004174D6"/>
     <w:rsid w:val="004353CA"/>
     <w:rsid w:val="00456B38"/>
     <w:rsid w:val="00462864"/>
     <w:rsid w:val="00480993"/>
     <w:rsid w:val="004A6067"/>
     <w:rsid w:val="004D530A"/>
     <w:rsid w:val="004F3DF5"/>
     <w:rsid w:val="005914DA"/>
     <w:rsid w:val="00623FA9"/>
+    <w:rsid w:val="00682BD5"/>
     <w:rsid w:val="00684999"/>
     <w:rsid w:val="006935BA"/>
     <w:rsid w:val="006D3A4C"/>
     <w:rsid w:val="007D2032"/>
     <w:rsid w:val="0085677A"/>
     <w:rsid w:val="00857903"/>
     <w:rsid w:val="00870EAA"/>
     <w:rsid w:val="00877450"/>
     <w:rsid w:val="00886683"/>
     <w:rsid w:val="008A239B"/>
     <w:rsid w:val="00913E3A"/>
     <w:rsid w:val="00A545AA"/>
     <w:rsid w:val="00B42CDB"/>
     <w:rsid w:val="00B605EF"/>
     <w:rsid w:val="00B62C1F"/>
     <w:rsid w:val="00C95070"/>
     <w:rsid w:val="00DD45A9"/>
     <w:rsid w:val="00DD7BC8"/>
     <w:rsid w:val="00DE6C81"/>
     <w:rsid w:val="00E04A3F"/>
     <w:rsid w:val="00E70760"/>
+    <w:rsid w:val="00FE59F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -4423,72 +1743,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>214</Words>
-  <Characters>821</Characters>
+  <Words>141</Words>
+  <Characters>804</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1033</CharactersWithSpaces>
+  <CharactersWithSpaces>944</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Finn, Jonathan F. (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>