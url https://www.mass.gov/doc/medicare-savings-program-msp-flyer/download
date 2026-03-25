--- v0 (2025-11-29)
+++ v1 (2026-03-25)
@@ -2,131 +2,137 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4FF0A7F6" w14:textId="77777777" w:rsidR="00684999" w:rsidRPr="004F3DF5" w:rsidRDefault="005914DA" w:rsidP="004F3DF5">
+    <w:p w14:paraId="4FF0A7F6" w14:textId="77777777" w:rsidR="00684999" w:rsidRPr="00133017" w:rsidRDefault="005914DA" w:rsidP="004F3DF5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F3DF5">
+      <w:r w:rsidRPr="00133017">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Get Help Paying Medicare Costs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E685D56" w14:textId="56D6A101" w:rsidR="00684999" w:rsidRDefault="005914DA">
+    <w:p w14:paraId="5E685D56" w14:textId="56D6A101" w:rsidR="00684999" w:rsidRPr="00133017" w:rsidRDefault="005914DA">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="045C8C"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="045C8C"/>
+      <w:r w:rsidRPr="00133017">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:t>Apply to Medicare Savings Programs (MSP</w:t>
       </w:r>
-      <w:r w:rsidR="00456B38">
-[...1 lines deleted...]
-          <w:color w:val="045C8C"/>
+      <w:r w:rsidR="00456B38" w:rsidRPr="00133017">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="045C8C"/>
+      <w:r w:rsidRPr="00133017">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00870EAA">
+      <w:r w:rsidR="00870EAA" w:rsidRPr="00133017">
         <w:rPr>
           <w:rFonts w:ascii="Poppins ExtraBold" w:hAnsi="Poppins ExtraBold" w:cs="Poppins ExtraBold"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="045C8C"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00133017">
         <w:rPr>
           <w:rFonts w:ascii="Poppins ExtraBold" w:hAnsi="Poppins ExtraBold" w:cs="Poppins ExtraBold"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="045C8C"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:t>ow</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="045C8C"/>
+      <w:r w:rsidRPr="00133017">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="045C8C"/>
+      <w:r w:rsidRPr="00133017">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:sz w:val="42"/>
           <w:szCs w:val="42"/>
         </w:rPr>
         <w:br/>
         <w:t>to save thousands a year on Medicare costs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D18554" w14:textId="77777777" w:rsidR="00684999" w:rsidRPr="004F3DF5" w:rsidRDefault="005914DA" w:rsidP="004F3DF5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004F3DF5">
         <w:t>What are Medicare Savings Programs?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F4E698" w14:textId="02EB91A9" w:rsidR="00684999" w:rsidRDefault="005914DA">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Medicare Savings Programs (MSP</w:t>
       </w:r>
       <w:r w:rsidR="00456B38">
         <w:t>s</w:t>
       </w:r>
@@ -152,546 +158,522 @@
         <w:t>Who qualifies?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D591FFB" w14:textId="77777777" w:rsidR="00684999" w:rsidRDefault="005914DA">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Medicare beneficiaries who meet the following income limits:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5395"/>
-        <w:gridCol w:w="5395"/>
+        <w:gridCol w:w="5391"/>
+        <w:gridCol w:w="5399"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F3DF5" w14:paraId="1E82C080" w14:textId="77777777">
+      <w:tr w:rsidR="004F3DF5" w14:paraId="1E82C080" w14:textId="77777777" w:rsidTr="00133017">
         <w:trPr>
-          <w:trHeight w:val="593"/>
+          <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5508" w:type="dxa"/>
+            <w:tcW w:w="5391" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DE75B68" w14:textId="76D53687" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>You Are</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5508" w:type="dxa"/>
+            <w:tcW w:w="5399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FAA9780" w14:textId="4C612816" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
+          <w:p w14:paraId="0FAA9780" w14:textId="6758DBEA" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Your </w:t>
             </w:r>
             <w:r w:rsidR="0085677A">
               <w:rPr>
                 <w:rFonts w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 </w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00133017">
+              <w:rPr>
+                <w:rFonts w:cs="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0085677A">
+              <w:rPr>
+                <w:rFonts w:cs="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>income is at or below</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F3DF5" w14:paraId="276EF604" w14:textId="77777777">
+      <w:tr w:rsidR="004F3DF5" w14:paraId="276EF604" w14:textId="77777777" w:rsidTr="00133017">
+        <w:trPr>
+          <w:trHeight w:val="710"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5508" w:type="dxa"/>
+            <w:tcW w:w="5391" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="191FAE6B" w14:textId="49836404" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Single</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5508" w:type="dxa"/>
+            <w:tcW w:w="5399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F72F006" w14:textId="4386D49A" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
+          <w:p w14:paraId="6F72F006" w14:textId="4567B5ED" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>$2,</w:t>
+              <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="005914DA">
+            <w:r w:rsidR="00133017" w:rsidRPr="00133017">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>935</w:t>
+              <w:t>2,993</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> per month</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F3DF5" w14:paraId="4D1A4DCF" w14:textId="77777777">
+      <w:tr w:rsidR="004F3DF5" w14:paraId="4D1A4DCF" w14:textId="77777777" w:rsidTr="00133017">
+        <w:trPr>
+          <w:trHeight w:val="782"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5508" w:type="dxa"/>
+            <w:tcW w:w="5391" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66E0B737" w14:textId="4235A37D" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Married</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5508" w:type="dxa"/>
+            <w:tcW w:w="5399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E1A8EC" w14:textId="7974A50F" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
+          <w:p w14:paraId="55E1A8EC" w14:textId="121EB152" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
             <w:pPr>
               <w:pStyle w:val="BasicParagraph"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>$3,</w:t>
+              <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="005914DA">
+            <w:r w:rsidR="00133017" w:rsidRPr="00133017">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>966</w:t>
+              <w:t>4,058</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> per month</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F3DF5" w14:paraId="1627D800" w14:textId="77777777" w:rsidTr="002B4E9B">
-[...76 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C8DDCE2" w14:textId="02FC9C72" w:rsidR="004F3DF5" w:rsidRPr="004F3DF5" w:rsidRDefault="004F3DF5" w:rsidP="004F3DF5">
+    <w:p w14:paraId="5185B5AD" w14:textId="77777777" w:rsidR="00133017" w:rsidRDefault="00133017" w:rsidP="00133017">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:spacing w:before="360"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>There is no asset limit.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004043B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Income limits change each year on March 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004043B3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8DDCE2" w14:textId="02C114AD" w:rsidR="004F3DF5" w:rsidRPr="004F3DF5" w:rsidRDefault="004F3DF5" w:rsidP="00133017">
+      <w:pPr>
+        <w:pStyle w:val="BasicParagraph"/>
+        <w:spacing w:before="360"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="004F3DF5">
         <w:t>Call</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F3DF5">
+      <w:r w:rsidR="002D3D96">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1-800-841-2900</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F3DF5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3D96">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F3DF5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>841-2900</w:t>
       </w:r>
       <w:r w:rsidRPr="004F3DF5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004F3DF5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TDD/TTY: 711</w:t>
       </w:r>
       <w:r w:rsidRPr="004F3DF5">
         <w:t xml:space="preserve"> to receive an application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B982539" w14:textId="41A561DE" w:rsidR="004F3DF5" w:rsidRDefault="004F3DF5">
+    <w:p w14:paraId="5167FD85" w14:textId="33135523" w:rsidR="002D3D96" w:rsidRPr="002D3D96" w:rsidRDefault="004F3DF5" w:rsidP="002D3D96">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F3DF5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004F3DF5">
+        <w:t xml:space="preserve">Learn </w:t>
+      </w:r>
+      <w:r w:rsidR="00913E3A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Learn </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00913E3A">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F3DF5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>m</w:t>
-      </w:r>
+        <w:t>ore at Mass.gov/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004F3DF5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ore at Mass.gov/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>MedicareSavings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004F3DF5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>MedicareSavings</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156FA241" w14:textId="77777777" w:rsidR="00E70760" w:rsidRPr="00E70760" w:rsidRDefault="00E70760" w:rsidP="00E70760"/>
-[...16 lines deleted...]
-    <w:sectPr w:rsidR="00E70760" w:rsidRPr="00E70760">
+    <w:sectPr w:rsidR="002D3D96" w:rsidRPr="002D3D96">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23D97445" w14:textId="77777777" w:rsidR="008A239B" w:rsidRDefault="008A239B" w:rsidP="00623FA9">
+    <w:p w14:paraId="0957EAFD" w14:textId="77777777" w:rsidR="00B477F9" w:rsidRDefault="00B477F9" w:rsidP="00623FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E6A0D7C" w14:textId="77777777" w:rsidR="008A239B" w:rsidRDefault="008A239B" w:rsidP="00623FA9">
+    <w:p w14:paraId="5372EC30" w14:textId="77777777" w:rsidR="00B477F9" w:rsidRDefault="00B477F9" w:rsidP="00623FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="02040503050306020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins Medium">
-    <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins ExtraBold">
-    <w:panose1 w:val="00000900000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1BAA2A67" w14:textId="6A527203" w:rsidR="00623FA9" w:rsidRPr="00623FA9" w:rsidRDefault="00623FA9">
+  <w:p w14:paraId="1BAA2A67" w14:textId="7EEA6959" w:rsidR="00623FA9" w:rsidRPr="002D3D96" w:rsidRDefault="00623FA9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00623FA9">
+    <w:r w:rsidRPr="002D3D96">
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>MED-ALF</w:t>
     </w:r>
-    <w:r w:rsidR="00E70760">
+    <w:r w:rsidR="00E70760" w:rsidRPr="002D3D96">
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>_2025-0</w:t>
+      <w:t>_202</w:t>
     </w:r>
-    <w:r w:rsidR="0085677A">
+    <w:r w:rsidR="00133017" w:rsidRPr="002D3D96">
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>6-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39269B56" w14:textId="77777777" w:rsidR="008A239B" w:rsidRDefault="008A239B" w:rsidP="00623FA9">
+    <w:p w14:paraId="55D59E96" w14:textId="77777777" w:rsidR="00B477F9" w:rsidRDefault="00B477F9" w:rsidP="00623FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A72B096" w14:textId="77777777" w:rsidR="008A239B" w:rsidRDefault="008A239B" w:rsidP="00623FA9">
+    <w:p w14:paraId="3586355B" w14:textId="77777777" w:rsidR="00B477F9" w:rsidRDefault="00B477F9" w:rsidP="00623FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
@@ -703,72 +685,78 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F3DF5"/>
     <w:rsid w:val="000846EE"/>
+    <w:rsid w:val="00133017"/>
     <w:rsid w:val="002315CC"/>
     <w:rsid w:val="0027686D"/>
     <w:rsid w:val="002B4E9B"/>
+    <w:rsid w:val="002D3D96"/>
     <w:rsid w:val="00320AA5"/>
     <w:rsid w:val="004043B3"/>
     <w:rsid w:val="004174D6"/>
     <w:rsid w:val="00456B38"/>
     <w:rsid w:val="00462864"/>
     <w:rsid w:val="004D530A"/>
     <w:rsid w:val="004F3DF5"/>
     <w:rsid w:val="005914DA"/>
     <w:rsid w:val="00623FA9"/>
     <w:rsid w:val="00684999"/>
     <w:rsid w:val="006935BA"/>
     <w:rsid w:val="006D3A4C"/>
+    <w:rsid w:val="007C34A3"/>
     <w:rsid w:val="0085677A"/>
     <w:rsid w:val="00857903"/>
     <w:rsid w:val="00870EAA"/>
     <w:rsid w:val="00886683"/>
     <w:rsid w:val="008A239B"/>
     <w:rsid w:val="00913E3A"/>
+    <w:rsid w:val="00954D75"/>
+    <w:rsid w:val="00B477F9"/>
     <w:rsid w:val="00B605EF"/>
+    <w:rsid w:val="00BF6C11"/>
     <w:rsid w:val="00C95070"/>
     <w:rsid w:val="00DD45A9"/>
     <w:rsid w:val="00DD7BC8"/>
     <w:rsid w:val="00DE6C81"/>
     <w:rsid w:val="00E70760"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -1191,50 +1179,51 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004F3DF5"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="H2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004F3DF5"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoParagraphStyle">
     <w:name w:val="[No Paragraph Style]"/>
@@ -1691,69 +1680,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>132</Words>
-  <Characters>757</Characters>
+  <Words>121</Words>
+  <Characters>695</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>888</CharactersWithSpaces>
+  <CharactersWithSpaces>815</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Finn, Jonathan F. (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>