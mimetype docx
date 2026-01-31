--- v0 (2025-11-01)
+++ v1 (2026-01-31)
@@ -1,9342 +1,12221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5E43C271" w14:textId="047CAFDE" w:rsidR="00360ABB" w:rsidRPr="004B6048" w:rsidRDefault="000805F1" w:rsidP="001F59D5">
+    <w:p w14:paraId="5E43C271" w14:textId="047CAFDE" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="000805F1" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>Help</w:t>
       </w:r>
-      <w:r w:rsidR="002E4877" w:rsidRPr="004B6048">
-        <w:rPr>
+      <w:r w:rsidR="002E4877" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> with Medicare Costs</w:t>
       </w:r>
-      <w:r w:rsidR="001F59D5">
-        <w:rPr>
+      <w:r w:rsidR="001F59D5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="002E4877" w:rsidRPr="004B6048">
-        <w:rPr>
+      <w:r w:rsidR="002E4877" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Medicare Savings Programs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3205EA6C" w14:textId="0E89E690" w:rsidR="00721B17" w:rsidRDefault="00721B17" w:rsidP="00F44A8A">
+    <w:p w14:paraId="3205EA6C" w14:textId="0E89E690" w:rsidR="00721B17" w:rsidRPr="00653AFC" w:rsidRDefault="00721B17" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">This application </w:t>
       </w:r>
-      <w:r w:rsidR="00F053F7">
+      <w:r w:rsidR="00F053F7" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="002E5E07">
+      <w:r w:rsidR="002E5E07" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">to see if you are eligible for help paying your Medicare Part B premiums, Medicare </w:t>
       </w:r>
-      <w:r w:rsidR="005A76B3">
+      <w:r w:rsidR="005A76B3" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Part A premiums if you have </w:t>
       </w:r>
-      <w:r w:rsidR="003E58CB">
+      <w:r w:rsidR="003E58CB" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>them</w:t>
       </w:r>
-      <w:r w:rsidR="005A76B3">
+      <w:r w:rsidR="005A76B3" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, or Part A or B</w:t>
       </w:r>
-      <w:r w:rsidR="00C1090B">
+      <w:r w:rsidR="00C1090B" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> copay</w:t>
       </w:r>
-      <w:r w:rsidR="00E8293A">
+      <w:r w:rsidR="00E8293A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="00C1090B">
+      <w:r w:rsidR="00C1090B" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>or deductibles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE59474" w14:textId="07307FC3" w:rsidR="006C3A1D" w:rsidRDefault="00005958" w:rsidP="00F44A8A">
+    <w:p w14:paraId="6FE59474" w14:textId="07307FC3" w:rsidR="006C3A1D" w:rsidRPr="00653AFC" w:rsidRDefault="00005958" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>What may be</w:t>
       </w:r>
-      <w:r w:rsidR="006C3A1D">
+      <w:r w:rsidR="006C3A1D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> covered </w:t>
       </w:r>
-      <w:r w:rsidR="004708BC">
+      <w:r w:rsidR="004708BC" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>depends on your and your spouse’s (if you are married) income.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFE2587" w14:textId="602CA8C4" w:rsidR="004708BC" w:rsidRDefault="00F12FF1" w:rsidP="00F44A8A">
+    <w:p w14:paraId="5BFE2587" w14:textId="602CA8C4" w:rsidR="004708BC" w:rsidRPr="00653AFC" w:rsidRDefault="00F12FF1" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are eligible for a Medicare Savings Program, you will also be enrolled in </w:t>
       </w:r>
-      <w:r w:rsidR="006C57C5">
+      <w:r w:rsidR="006C57C5" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare Part D Extra Help. Extra Help may help with prescription drug costs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A83E6CF" w14:textId="6CEC4D21" w:rsidR="00543E13" w:rsidRDefault="00543E13" w:rsidP="00241D7E">
-      <w:r w:rsidRPr="00241D7E">
+    <w:p w14:paraId="1A83E6CF" w14:textId="6CEC4D21" w:rsidR="00543E13" w:rsidRPr="00653AFC" w:rsidRDefault="00543E13" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You can use this application to</w:t>
       </w:r>
-      <w:r w:rsidR="00907C16" w:rsidRPr="00241D7E">
+      <w:r w:rsidR="00907C16" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>apply for the Supplemental Nutrition Assistance Program (SNAP). SNAP is a federal program that helps you buy</w:t>
       </w:r>
-      <w:r w:rsidR="00241D7E" w:rsidRPr="00241D7E">
+      <w:r w:rsidR="00241D7E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>food each month. If you are interested,</w:t>
       </w:r>
-      <w:r w:rsidR="000E4B39">
+      <w:r w:rsidR="000E4B39" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A259F">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">check the box on page </w:t>
       </w:r>
-      <w:r w:rsidR="00195909" w:rsidRPr="005A259F">
+      <w:r w:rsidR="00195909" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BA06CD" w:rsidRPr="005A259F">
+      <w:r w:rsidR="00BA06CD" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of the application,</w:t>
       </w:r>
-      <w:r w:rsidR="001F59D5">
+      <w:r w:rsidR="001F59D5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A259F">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>read</w:t>
       </w:r>
-      <w:r w:rsidR="00195909" w:rsidRPr="005A259F">
+      <w:r w:rsidR="00195909" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A259F">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>SNAP rights and responsibilities on pages</w:t>
       </w:r>
-      <w:r w:rsidR="004914A4">
+      <w:r w:rsidR="004914A4" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005C1C60">
+      <w:r w:rsidR="005C1C60" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="004914A4">
+      <w:r w:rsidR="004914A4" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0034515B" w:rsidRPr="005A259F">
+      <w:r w:rsidR="0034515B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">through </w:t>
       </w:r>
-      <w:r w:rsidR="000018F3">
+      <w:r w:rsidR="000018F3" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="005C1C60">
+      <w:r w:rsidR="005C1C60" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BA06CD" w:rsidRPr="005A259F">
+      <w:r w:rsidR="00BA06CD" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidR="00195909" w:rsidRPr="005A259F">
+      <w:r w:rsidR="00195909" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>nd sign on p</w:t>
       </w:r>
-      <w:r w:rsidR="0034515B" w:rsidRPr="005A259F">
+      <w:r w:rsidR="0034515B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>age</w:t>
       </w:r>
-      <w:r w:rsidR="005C1C60">
+      <w:r w:rsidR="005C1C60" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:r w:rsidR="004914A4">
+      <w:r w:rsidR="004914A4" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00195909">
+      <w:r w:rsidR="00195909" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Your application will then be sent automatically to the Department of Transitional Assistance</w:t>
       </w:r>
-      <w:r w:rsidR="001E1DE4">
+      <w:r w:rsidR="001E1DE4" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (DTA)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>. You do not have to apply for the SNAP Program to be considered for the Medicare Savings Programs</w:t>
       </w:r>
-      <w:r w:rsidR="00CB0F6D">
+      <w:r w:rsidR="00CB0F6D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20936185" w14:textId="77777777" w:rsidR="00567C07" w:rsidRDefault="00567C07" w:rsidP="001F59D5">
+    <w:p w14:paraId="20936185" w14:textId="77777777" w:rsidR="00567C07" w:rsidRPr="00653AFC" w:rsidRDefault="00567C07" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>How much can I have in assets?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDC897D" w14:textId="5B13A5FD" w:rsidR="00567C07" w:rsidRPr="00653AFC" w:rsidRDefault="00567C07" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>There is no asset limit for Medicare Savings Programs in Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64085C8A" w14:textId="6751DB2A" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
+    <w:p w14:paraId="64085C8A" w14:textId="6751DB2A" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>How much can I have in income?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E65F39" w14:textId="29E8FD14" w:rsidR="00565CC6" w:rsidRPr="00A039C4" w:rsidRDefault="00565CC6" w:rsidP="00565CC6">
-      <w:r w:rsidRPr="00A039C4">
+    <w:p w14:paraId="68E65F39" w14:textId="29E8FD14" w:rsidR="00565CC6" w:rsidRPr="00653AFC" w:rsidRDefault="00565CC6" w:rsidP="00565CC6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">If your income </w:t>
       </w:r>
-      <w:r w:rsidR="00BB3611">
+      <w:r w:rsidR="00BB3611" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A039C4">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> at or below the amounts listed here, you may qualify for help from one of several Medicare Savings Programs.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Income and asset amounts."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2862"/>
         <w:gridCol w:w="3150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w14:paraId="73A8C43A" w14:textId="77777777" w:rsidTr="000F4114">
+      <w:tr w:rsidR="00653AFC" w:rsidRPr="00653AFC" w14:paraId="73A8C43A" w14:textId="77777777" w:rsidTr="000F4114">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68DFFA5A" w14:textId="2AA603B1" w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> a</w:t>
+          <w:p w14:paraId="68DFFA5A" w14:textId="2AA603B1" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653AFC">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>You are a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73943711" w14:textId="0D46D44B" w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
-            <w:r w:rsidRPr="00A039C4">
+          <w:p w14:paraId="73943711" w14:textId="0D46D44B" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653AFC">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>Your income is at or below*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w14:paraId="33ADBF5F" w14:textId="77777777" w:rsidTr="000F4114">
+      <w:tr w:rsidR="00653AFC" w:rsidRPr="00653AFC" w14:paraId="33ADBF5F" w14:textId="77777777" w:rsidTr="000F4114">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7CD59D" w14:textId="23CB1409" w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
+          <w:p w14:paraId="2C7CD59D" w14:textId="23CB1409" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00653AFC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...17 lines deleted...]
-              <w:t>ndividual</w:t>
+              <w:t>single individual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1BBB48" w14:textId="2A252FDB" w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
+          <w:p w14:paraId="4C1BBB48" w14:textId="2A252FDB" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A039C4">
+            <w:r w:rsidRPr="00653AFC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>$</w:t>
-[...11 lines deleted...]
-              <w:t>/month</w:t>
+              <w:t>$2,935 /month</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w14:paraId="124CE988" w14:textId="77777777" w:rsidTr="000F4114">
+      <w:tr w:rsidR="00653AFC" w:rsidRPr="00653AFC" w14:paraId="124CE988" w14:textId="77777777" w:rsidTr="000F4114">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B937322" w14:textId="7DBD6D74" w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
+          <w:p w14:paraId="2B937322" w14:textId="7DBD6D74" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00653AFC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>m</w:t>
-[...17 lines deleted...]
-              <w:t>ouple</w:t>
+              <w:t>married couple</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52B4AE1A" w14:textId="41505B73" w:rsidR="007B3E6D" w:rsidRPr="00A039C4" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
+          <w:p w14:paraId="52B4AE1A" w14:textId="41505B73" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A039C4">
+            <w:r w:rsidRPr="00653AFC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>$</w:t>
-[...11 lines deleted...]
-              <w:t>/month</w:t>
+              <w:t>$3,966 /month</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0638AC79" w14:textId="726E22F0" w:rsidR="000F4114" w:rsidRDefault="000F4114" w:rsidP="000F4114">
-      <w:r>
+    <w:p w14:paraId="0638AC79" w14:textId="726E22F0" w:rsidR="000F4114" w:rsidRPr="00653AFC" w:rsidRDefault="000F4114" w:rsidP="000F4114">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">*Income limits change each year on March 1.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F62CBEA" w14:textId="039FFFD9" w:rsidR="00505740" w:rsidRDefault="00820069" w:rsidP="00505740">
-      <w:r>
+    <w:p w14:paraId="5F62CBEA" w14:textId="039FFFD9" w:rsidR="00505740" w:rsidRPr="00653AFC" w:rsidRDefault="00820069" w:rsidP="00505740">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You can find u</w:t>
       </w:r>
-      <w:r w:rsidR="00E8293A">
+      <w:r w:rsidR="00E8293A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00E8293A">
+      <w:r w:rsidR="00E8293A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00E8293A">
+      <w:r w:rsidR="00E8293A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>date</w:t>
       </w:r>
-      <w:r w:rsidR="00505740" w:rsidRPr="00A051FA">
-[...8 lines deleted...]
-      <w:r w:rsidR="00E8293A">
+      <w:r w:rsidR="00505740" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information about income limits </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8293A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:hyperlink w:history="1"/>
-      <w:hyperlink r:id="rId8" w:tooltip=" www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" w:history="1">
-        <w:r w:rsidR="005D24F5">
+      <w:hyperlink r:id="rId11" w:tooltip=" www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" w:history="1">
+        <w:r w:rsidR="005D24F5" w:rsidRPr="00653AFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t xml:space="preserve"> www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00643C17" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00643C17" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F101D4B" w14:textId="626EC2BA" w:rsidR="00565CC6" w:rsidRPr="00B32F0E" w:rsidRDefault="00565CC6" w:rsidP="00565CC6">
-[...6 lines deleted...]
-      <w:r w:rsidR="005D24F5">
+    <w:p w14:paraId="7F101D4B" w14:textId="626EC2BA" w:rsidR="00565CC6" w:rsidRPr="00653AFC" w:rsidRDefault="00565CC6" w:rsidP="00565CC6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are certain deductions that MassHealth may subtract from your gross income when we calculate your countable income. These deductions are described in </w:t>
+      </w:r>
+      <w:r w:rsidR="005D24F5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>regulations</w:t>
       </w:r>
-      <w:r w:rsidR="00564254">
+      <w:r w:rsidR="00564254" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B32F0E">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>130 CMR 520.012 through 520.014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670CC805" w14:textId="387EF4B5" w:rsidR="00360ABB" w:rsidRDefault="00F44A8A" w:rsidP="001F59D5">
+    <w:p w14:paraId="670CC805" w14:textId="387EF4B5" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00F44A8A" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00360ABB">
+      <w:r w:rsidR="00360ABB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>If I am eligible for</w:t>
       </w:r>
-      <w:r w:rsidR="0003776B">
+      <w:r w:rsidR="0003776B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> one of the</w:t>
       </w:r>
-      <w:r w:rsidR="00360ABB">
+      <w:r w:rsidR="00360ABB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0003776B">
+      <w:r w:rsidR="0003776B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Medica</w:t>
       </w:r>
-      <w:r w:rsidR="00CB0F6D">
+      <w:r w:rsidR="00CB0F6D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidR="0003776B">
+      <w:r w:rsidR="0003776B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Savings </w:t>
       </w:r>
-      <w:r w:rsidR="00334907">
+      <w:r w:rsidR="00334907" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="0003776B">
+      <w:r w:rsidR="0003776B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>rograms</w:t>
       </w:r>
-      <w:r w:rsidR="00360ABB">
+      <w:r w:rsidR="00360ABB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, how do I get paid?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706255CF" w14:textId="77777777" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
-[...13 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="706255CF" w14:textId="2F09D5BE" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If MassHealth finds that you are eligible for payment of all your Medicare Part B premium, we will tell Medicare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0782D8EB" w14:textId="11944980" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">If your Medicare Part B premium is deducted from your </w:t>
       </w:r>
-      <w:r w:rsidR="00820069">
+      <w:r w:rsidR="00820069" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
-      <w:r w:rsidR="00820069">
+      <w:r w:rsidR="00820069" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">ecurity </w:t>
       </w:r>
-      <w:r w:rsidR="00200964">
+      <w:r w:rsidR="00200964" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>benefit</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, your</w:t>
       </w:r>
-      <w:r w:rsidR="00E3500E">
+      <w:r w:rsidR="00E3500E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Medicare premium </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">will </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">no longer </w:t>
       </w:r>
-      <w:r w:rsidR="006F06AB">
+      <w:r w:rsidR="006F06AB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">deducted. This means that the amount of your </w:t>
       </w:r>
-      <w:r w:rsidR="006F06AB">
+      <w:r w:rsidR="006F06AB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidR="00200964">
+      <w:r w:rsidR="00200964" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>benefit</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> will increase </w:t>
       </w:r>
-      <w:r w:rsidR="00200964">
+      <w:r w:rsidR="00200964" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the amount that </w:t>
       </w:r>
-      <w:r w:rsidR="009A111E">
+      <w:r w:rsidR="009A111E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">used to be </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>deducted to pay for your Medicare Part B premium.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C86672" w14:textId="28FB4CAD" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
-      <w:r>
+    <w:p w14:paraId="41C86672" w14:textId="28FB4CAD" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>If you are eligible for</w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Medicare Part B</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> but not yet getting </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>it</w:t>
       </w:r>
-      <w:r w:rsidR="00540B4E">
+      <w:r w:rsidR="00540B4E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">or if you are paying your Medicare Part B premium in some other way, </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>like</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> getting a quarterly bill from Medicare</w:t>
       </w:r>
-      <w:r w:rsidR="00540B4E">
+      <w:r w:rsidR="00540B4E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00DD7FF7">
+      <w:r w:rsidR="00DD7FF7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00540B4E">
+      <w:r w:rsidR="00540B4E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>MassHealth will start paying this bill for you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400EEA4C" w14:textId="2319F1AB" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
-      <w:r>
+    <w:p w14:paraId="400EEA4C" w14:textId="2319F1AB" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">It will take several months </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> your </w:t>
       </w:r>
-      <w:r w:rsidR="00E62A3D">
+      <w:r w:rsidR="00E62A3D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">benefit </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">to increase </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">for MassHealth </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">start </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>pay</w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> your </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Medicare </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">bill. </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You will be paid back</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the amount you paid Medicare </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">for your </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Part B premium</w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>back to the month you became eligible for</w:t>
       </w:r>
-      <w:r w:rsidR="00E055E1">
+      <w:r w:rsidR="00E055E1" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E055E1">
+      <w:r w:rsidR="00E055E1" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Medicare Savings Program</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">. You will get this refund the same way you now get your </w:t>
       </w:r>
-      <w:r w:rsidR="00413157">
+      <w:r w:rsidR="00413157" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidR="007E13EB">
+      <w:r w:rsidR="007E13EB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>benefits</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173F3902" w14:textId="77777777" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
+    <w:p w14:paraId="173F3902" w14:textId="77777777" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>When does coverage begin?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7933E950" w14:textId="31D1CF89" w:rsidR="00E52B5C" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You will get a notice</w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> in the mail</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> about your coverage and when it starts. </w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Your coverage </w:t>
       </w:r>
-      <w:r w:rsidR="00C529D7">
+      <w:r w:rsidR="00C529D7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00E52B5C">
+      <w:r w:rsidR="00E52B5C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> begin in the month we process your application</w:t>
       </w:r>
-      <w:r w:rsidR="00C529D7">
+      <w:r w:rsidR="00C529D7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or as early as three months before th</w:t>
       </w:r>
-      <w:r w:rsidR="00413157">
+      <w:r w:rsidR="00413157" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00C529D7">
+      <w:r w:rsidR="00C529D7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527AB292" w14:textId="61078987" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00EF4BA9">
+    <w:p w14:paraId="527AB292" w14:textId="61078987" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="00EF4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="48215F7C" w14:textId="5B7BC168" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>If you are not eligible, the notice will give you the reason(s) you are not eligible. If you think the decision is wrong, you have the right to appeal it. Information about how to appeal is on the back of the written notice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48215F7C" w14:textId="5B7BC168" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">How we use your </w:t>
       </w:r>
-      <w:r w:rsidR="00413157">
+      <w:r w:rsidR="00413157" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Social Securit</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">y number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4358E6B9" w14:textId="1C63402F" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
-      <w:r w:rsidRPr="00217417">
+    <w:p w14:paraId="4358E6B9" w14:textId="1C63402F" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Unless one of the exceptions listed below applies, </w:t>
       </w:r>
-      <w:r w:rsidR="001246F0" w:rsidRPr="00217417">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00217417">
+      <w:r w:rsidR="001246F0" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> must give us a </w:t>
       </w:r>
-      <w:r w:rsidR="00413157" w:rsidRPr="00217417">
+      <w:r w:rsidR="00413157" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00217417">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>number (SSN)</w:t>
       </w:r>
-      <w:r w:rsidR="00B12474">
+      <w:r w:rsidR="00B12474" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00217417">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or proof </w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D" w:rsidRPr="00217417">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00B12474">
+      <w:r w:rsidR="00B12474" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> one has been applied for,</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00217417">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for every household member who is applying</w:t>
       </w:r>
-      <w:r w:rsidR="00C529D7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00B80DCA">
+      <w:r w:rsidR="00C529D7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80DCA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the following exceptions apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="00A33534" w:rsidRDefault="00E16FBB" w:rsidP="00EF4BA9">
+    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00EF4BA9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33534">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Exceptions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="003D5BFF" w:rsidRDefault="003D5BFF" w:rsidP="00942DE7">
-      <w:r>
+    <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="00653AFC" w:rsidRDefault="003D5BFF" w:rsidP="00942DE7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You don’t have to give us an SSN or proof that one has been applied for if you or any member of your household</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A06D66" w14:textId="26A21195" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="19A06D66" w14:textId="26A21195" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="3A919ED2" w14:textId="5A0392CF" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>has a religious exemption as described in federal law</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5541" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A919ED2" w14:textId="5A0392CF" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>is eligible only for a nonwork SSN</w:t>
       </w:r>
-      <w:r w:rsidR="002C5541">
+      <w:r w:rsidR="002C5541" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F86C40A" w14:textId="5623EFDB" w:rsidR="00E16FBB" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="7F86C40A" w14:textId="5623EFDB" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>is not eligible for an SSN</w:t>
       </w:r>
-      <w:r w:rsidR="008A7CF5">
+      <w:r w:rsidR="008A7CF5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701BA718" w14:textId="0E078B32" w:rsidR="00E16FBB" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
-[...13 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="701BA718" w14:textId="0E078B32" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>We use your SSN to check information you have given us. We also use them to detect fraud, to see if anyone is getting duplicate benefits, or to see if others (a third party) should be paying for services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE64079" w14:textId="2576F401" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>We may match the SSN of anyone in your household who is applying</w:t>
       </w:r>
-      <w:r w:rsidR="0002645A">
+      <w:r w:rsidR="0002645A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="0002645A">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and anyone who has or who can get health insurance for any such persons</w:t>
+      </w:r>
+      <w:r w:rsidR="0002645A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> with the files of agencies, including the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F444C6D" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="6F444C6D" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Internal Revenue Service </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A34F626" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="2A34F626" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Social Security Administration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CD3CFB8" w14:textId="68FFF7E6" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="4CD3CFB8" w14:textId="68FFF7E6" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Systematic Alien Verification for Entitlements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D49D5B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="74D49D5B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Centers for Medicare &amp; Medicaid Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA5B242" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1BA5B242" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Registry of Motor Vehicles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB44DBE" w14:textId="51B87D8E" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3EB44DBE" w14:textId="51B87D8E" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Department of Revenue</w:t>
       </w:r>
-      <w:r w:rsidR="00C2273C">
+      <w:r w:rsidR="00C2273C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (DOR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26173B9B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="26173B9B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Department of Transitional Assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64566B05" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="64566B05" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Department of Industrial Accidents </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6254841E" w14:textId="3BB58A89" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00B666C2" w:rsidP="00241D7E">
+    <w:p w14:paraId="6254841E" w14:textId="3BB58A89" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00B666C2" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="00E16FBB" w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department </w:t>
+      </w:r>
+      <w:r w:rsidR="00E16FBB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of Unemployment Assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5D62EA" w14:textId="4E683F46" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="5F5D62EA" w14:textId="4E683F46" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Department of Veterans’ Services, Human Resource</w:t>
       </w:r>
-      <w:r w:rsidR="004A7620">
+      <w:r w:rsidR="004A7620" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00217417">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Division </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA89A0E" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1CA89A0E" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Bureau of Special Investigations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B2AC5E8" w14:textId="4A4F1B3F" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00243B8B" w:rsidP="00241D7E">
+    <w:p w14:paraId="0B2AC5E8" w14:textId="4A4F1B3F" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00243B8B" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="00E16FBB" w:rsidRPr="00217417">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of Public Health, Registry </w:t>
+      </w:r>
+      <w:r w:rsidR="00E16FBB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">of Vital </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Records and </w:t>
       </w:r>
-      <w:r w:rsidR="00E16FBB" w:rsidRPr="00217417">
+      <w:r w:rsidR="00E16FBB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Statistics </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F71F51" w14:textId="4D5ED93A" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00231BE7" w:rsidP="00241D7E">
+    <w:p w14:paraId="02F71F51" w14:textId="4D5ED93A" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00231BE7" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="00E16FBB" w:rsidRPr="00217417">
+      <w:r w:rsidR="00E16FBB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>anks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D790538" w14:textId="0B6BB25A" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00231BE7" w:rsidP="00241D7E">
+    <w:p w14:paraId="5D790538" w14:textId="0B6BB25A" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00231BE7" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00E16FBB" w:rsidRPr="00217417">
+      <w:r w:rsidR="00E16FBB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ther financial institutions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="110273AB" w14:textId="59DFB831" w:rsidR="00B947D7" w:rsidRDefault="00E16FBB" w:rsidP="00C55C6E">
-      <w:r w:rsidRPr="00217417">
+    <w:p w14:paraId="110273AB" w14:textId="59DFB831" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00C55C6E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Files may also be matched with social service agencies in this state and other states, </w:t>
       </w:r>
-      <w:r w:rsidR="00231BE7">
-[...2 lines deleted...]
-      <w:r w:rsidR="00231BE7" w:rsidRPr="00217417">
+      <w:r w:rsidR="00231BE7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">computer files of insurance companies, employers, and managed care organizations. Additionally, MassHealth may </w:t>
+      </w:r>
+      <w:r w:rsidR="005362F7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>get</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your financial records (and, if applicable, those of your household members) from banks and other financial institutions to verify your financial resources and otherwise determine your eligibility while you are a MassHealth member.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C55C6E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00217417">
-[...18 lines deleted...]
-    <w:p w14:paraId="6A9DE37D" w14:textId="2A16CF8B" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="001F59D5">
+    </w:p>
+    <w:p w14:paraId="6A9DE37D" w14:textId="2A16CF8B" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00B947D7" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">How do I apply for the Medicare Savings </w:t>
       </w:r>
-      <w:r w:rsidR="00EB432F">
+      <w:r w:rsidR="00EB432F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">rograms? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462D1EC2" w14:textId="7C389F01" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+    <w:p w14:paraId="462D1EC2" w14:textId="7C389F01" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>To apply for</w:t>
       </w:r>
-      <w:r w:rsidR="00CA3AEB">
+      <w:r w:rsidR="00CA3AEB" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="00171F97">
+      <w:r w:rsidR="00171F97" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Medicare Savings Programs</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, fill out the attached application. Include information about your spouse </w:t>
       </w:r>
-      <w:r w:rsidR="00EF6C0D">
+      <w:r w:rsidR="00EF6C0D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>too</w:t>
       </w:r>
-      <w:r w:rsidR="00F93EA9">
+      <w:r w:rsidR="00F93EA9" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00EF6C0D">
+      <w:r w:rsidR="00EF6C0D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> if</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00896AE6">
+      <w:r w:rsidR="00896AE6" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>they</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> live with you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+    <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Sign the filled-out application, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEE961D" w14:textId="76AA146D" w:rsidR="00B947D7" w:rsidRDefault="005D24F5" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="7AEE961D" w14:textId="76AA146D" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="005D24F5" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00B947D7" w:rsidRPr="00360ABB">
+      <w:r w:rsidR="00B947D7" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>end it to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E01DAEF" w14:textId="7C81CDA8" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00EA0C5E">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2E01DAEF" w14:textId="7C81CDA8" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00B947D7" w:rsidP="00AE51AF">
+      <w:pPr>
+        <w:ind w:left="1800"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>MassHealth Enrollment Center</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
         <w:t>PO Box</w:t>
       </w:r>
-      <w:r w:rsidR="007F1316">
+      <w:r w:rsidR="007F1316" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 4405 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="007F1316">
+      <w:r w:rsidR="007F1316" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Taunton, MA </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007F1316">
+      <w:r w:rsidR="007F1316" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>02</w:t>
       </w:r>
-      <w:r w:rsidR="000F7650">
+      <w:r w:rsidR="000F7650" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>780-0968</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1838DB2B" w14:textId="75DE97A0" w:rsidR="00B947D7" w:rsidRDefault="005D24F5" w:rsidP="00EA0C5E">
-      <w:pPr>
+    <w:p w14:paraId="1838DB2B" w14:textId="0FBCA789" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="005D24F5" w:rsidP="00AE51AF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+        </w:tabs>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00B947D7" w:rsidRPr="00360ABB">
+      <w:r w:rsidR="00B947D7" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B947D7" w:rsidRPr="00360ABB">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ax it to:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B947D7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE51AF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B947D7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(857) 323-8300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782776F0" w14:textId="776BC30B" w:rsidR="00B26545" w:rsidRPr="00653AFC" w:rsidRDefault="005D24F5" w:rsidP="00B26545">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B947D7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0873" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and-deliver </w:t>
+      </w:r>
+      <w:r w:rsidR="00B26545" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">it </w:t>
+      </w:r>
+      <w:r w:rsidR="006B0873" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D01475" w14:textId="64049E9B" w:rsidR="00E1639E" w:rsidRPr="00653AFC" w:rsidRDefault="00B627A7" w:rsidP="00AE51AF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>MassHealth Enrollment Center</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67308" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B947D7">
-[...53 lines deleted...]
-      <w:r w:rsidR="00B67308" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="0007287A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B67308" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The Schrafft Center</w:t>
+      </w:r>
+      <w:r w:rsidR="0007287A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E1639E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>529 Main St.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B26545" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1639E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Suite 1M</w:t>
+      </w:r>
+      <w:r w:rsidR="0007287A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914A3B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charlestown, MA </w:t>
+      </w:r>
+      <w:r w:rsidR="00B26545" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0007287A">
-[...34 lines deleted...]
-      <w:r w:rsidR="00914A3B" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00914A3B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>02120</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583CBA04" w14:textId="1F2763DC" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+    <w:p w14:paraId="583CBA04" w14:textId="1F2763DC" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>When we get the application, we will review it. If we need more information, we will write to you or call</w:t>
       </w:r>
-      <w:r w:rsidR="00685C3B">
+      <w:r w:rsidR="00685C3B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> you</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>. Once we get all</w:t>
       </w:r>
-      <w:r w:rsidR="00685C3B">
+      <w:r w:rsidR="00685C3B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> information</w:t>
       </w:r>
-      <w:r w:rsidR="00685C3B">
+      <w:r w:rsidR="00685C3B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> we need</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, we will decide if you </w:t>
       </w:r>
-      <w:r w:rsidR="00685C3B">
+      <w:r w:rsidR="00685C3B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>can get benefits</w:t>
       </w:r>
-      <w:r w:rsidR="00DD0732">
+      <w:r w:rsidR="00DD0732" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">(and if your spouse can, </w:t>
       </w:r>
-      <w:r w:rsidR="00DD0732">
+      <w:r w:rsidR="00DD0732" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>if they are applying too</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB90A8A" w14:textId="452EC10B" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+    <w:p w14:paraId="2CB90A8A" w14:textId="452EC10B" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">A voter registration form is included with your application. You do not need to register to vote to get a </w:t>
       </w:r>
-      <w:r w:rsidR="0016018F">
+      <w:r w:rsidR="0016018F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Medicare Savings </w:t>
       </w:r>
-      <w:r w:rsidR="00EB432F">
+      <w:r w:rsidR="00EB432F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>rogram.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D616DD" w14:textId="5292AF15" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+    <w:p w14:paraId="51D616DD" w14:textId="5292AF15" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00EA0C5E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA0C5E">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If you want someone to act on your behalf as your authorized representative, use the enclosed Authorized Representative Designation Form </w:t>
       </w:r>
-      <w:r w:rsidR="00A770C1">
+      <w:r w:rsidR="00A770C1" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">(ARD) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA0C5E">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>to tell us.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5B9633" w14:textId="79665FCB" w:rsidR="00B947D7" w:rsidRPr="003D5BFF" w:rsidRDefault="00B947D7" w:rsidP="00F44A8A">
-      <w:r w:rsidRPr="003971F1">
+    <w:p w14:paraId="0E5B9633" w14:textId="79665FCB" w:rsidR="00B947D7" w:rsidRPr="00653AFC" w:rsidRDefault="00B947D7" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Please note that this application is for</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0016018F">
+      <w:r w:rsidR="0016018F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Medicare Savings </w:t>
       </w:r>
-      <w:r w:rsidR="00EB432F">
+      <w:r w:rsidR="00EB432F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="003971F1">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C2718D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>rograms only. If you would like to apply for all MassHealth programs</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E31DF3">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00B32F0E">
+      <w:r w:rsidR="00E31DF3" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(including help with payment of Medicare costs) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>through a single application,</w:t>
       </w:r>
-      <w:r w:rsidR="008B3858">
+      <w:r w:rsidR="008B3858" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B32F0E">
-[...5 lines deleted...]
-      <w:r w:rsidR="00134365">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>contact MassHealth at</w:t>
+      </w:r>
+      <w:r w:rsidR="00134365" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (800) 841-2900,</w:t>
       </w:r>
-      <w:r w:rsidR="00201654">
+      <w:r w:rsidR="00201654" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00134365">
+      <w:r w:rsidR="00134365" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TDD/TTY:</w:t>
       </w:r>
-      <w:r w:rsidR="008E7876">
+      <w:r w:rsidR="008E7876" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="00C65B72">
+      <w:r w:rsidR="00C65B72" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk126934793"/>
-      <w:r w:rsidR="00C65B72" w:rsidRPr="00C65B72">
+      <w:r w:rsidR="00C65B72" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>if you are deaf or hard of hearing or have a speech disability</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00201654">
+      <w:r w:rsidR="00201654" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003971F1">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>to request a full application</w:t>
       </w:r>
-      <w:r w:rsidR="00A77760">
+      <w:r w:rsidR="00A77760" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00DD0732">
+      <w:r w:rsidR="00DD0732" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or download the appropriate application at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00A33534" w:rsidRPr="00181F4C">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00A33534" w:rsidRPr="00653AFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DD0732">
+      <w:r w:rsidR="00DD0732" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
+    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D61060">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Privacy and Confidentiality</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1040E7C5" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00D61060" w:rsidRDefault="005C583A" w:rsidP="005C583A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D61060">
+    <w:p w14:paraId="1040E7C5" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth is committed to keeping your personal information confidential. All personal information we have about any applicant or member, including medical data, health status, and the personal information you give us during your application for and receipt of benefits, is confidential. This information may not be used or released </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">during your application for and receipt of benefits, is confidential. This information may not be used or released for purposes not related to the administration of MassHealth without your permission unless required by law or a court order. </w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D61060">
+        <w:t xml:space="preserve">for purposes not related to the administration of MassHealth without your permission unless required by law or a court order. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25081775" w14:textId="61070B3A" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">You can give us your written permission to use your personal health information for a specific purpose or to share it with a specific person or organization. You can also give us your permission to share your personal information with your authorized representative, Certified Application Counselor (CAC), or Navigator, if you have one, by filling out an </w:t>
       </w:r>
-      <w:r w:rsidR="00A770C1">
+      <w:r w:rsidR="00A770C1" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ARD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D61060">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, a Certified Application Counselor Designation Form, or a Navigator Designation Form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
+    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Permission to Share Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D47AE2" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
-      <w:r>
+    <w:p w14:paraId="28D47AE2" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">If you want us to share your personal health information, including sending copies of your eligibility notices, with someone who is not your authorized representative, you can do this by giving us written permission. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7AE5BF" w14:textId="66469273" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
-[...28 lines deleted...]
-    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
+    <w:p w14:paraId="7A7AE5BF" w14:textId="66469273" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>To learn more about how MassHealth may use your information, what your rights are, and how you can give us permission to share your information, see the Permission to Share Information and MassHealth Notice of Privacy Practices forms in the Important Forms section, below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized Representative</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="005C583A" w:rsidRPr="00101D5A" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
+    <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00101D5A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">An authorized representative is someone you choose to help you get health care coverage through programs offered by MassHealth. You can do this by filling out </w:t>
       </w:r>
-      <w:r w:rsidR="00A770C1">
+      <w:r w:rsidR="00A770C1" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00101D5A">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ARD. An authorized representative may fill out your application or eligibility review forms</w:t>
       </w:r>
-      <w:r w:rsidR="00F47CCA">
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00101D5A">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> give proof of information given on </w:t>
       </w:r>
-      <w:r w:rsidR="00F45100">
+      <w:r w:rsidR="00F45100" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="00101D5A">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> forms</w:t>
       </w:r>
-      <w:r w:rsidR="00F47CCA">
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00101D5A">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> report changes in your income, address, or other circumstances</w:t>
       </w:r>
-      <w:r w:rsidR="00F47CCA">
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00101D5A">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> get copies of all MassHealth eligibility notices sent to you</w:t>
       </w:r>
-      <w:r w:rsidR="00F47CCA">
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00101D5A">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and act on your behalf in all other matters with MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F03433E" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
+    <w:p w14:paraId="1F03433E" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="5B37761E" w14:textId="7BF5B7C9" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An authorized representative can be a friend, family member, or other person or organization you choose to help you. It is up to you to choose an authorized representative, if you want one. MassHealth will not choose an authorized representative for you. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B37761E" w14:textId="7BF5B7C9" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00101D5A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">You must designate in writing on the </w:t>
       </w:r>
-      <w:r w:rsidR="005B5136">
+      <w:r w:rsidR="005B5136" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ARD </w:t>
       </w:r>
-      <w:r w:rsidRPr="00101D5A">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-        </w:rPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="79BB3982" w14:textId="563445DB" w:rsidR="005C583A" w:rsidRPr="002740A3" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the person or organization you want to be your authorized representative. This form is included in the application packet. In most cases, your authorized representative must also fill out this form. Please see the instructions on the form for more details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BB3982" w14:textId="563445DB" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="NoParagraphStyle"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00832BA8">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">An authorized representative can also be someone who is acting responsibly on your behalf if you cannot designate an authorized representative in writing because of a mental or physical </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00832BA8">
+        <w:t xml:space="preserve">An authorized representative can also be someone who is acting responsibly on your behalf if you cannot designate an authorized representative in writing because of a mental or physical condition, or has been appointed by law to act on your behalf or on behalf of your estate. This person must fill out the applicable parts of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5136" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>condition, or</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00832BA8">
+        <w:t>ARD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> has been appointed by law to act on your behalf or on behalf of your estate. This person must fill out the applicable parts of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B5136">
+        <w:t>. If this person has been appointed by law to represent you, either you or this person must also submit to MassHealth a copy of the applicable legal document stating that this person is lawfully representing you or your estate. This person may be a legal guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ARD</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00832BA8">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. If this person has been appointed by law to represent you, either you or this person must also submit to MassHealth a copy of the applicable legal document stating that this person is lawfully representing you or your estate. This person may be a legal guardian</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F47CCA">
+        <w:t xml:space="preserve"> conservator</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00832BA8">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> conservator</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F47CCA">
+        <w:t xml:space="preserve"> holder of power of attorney</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00832BA8">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holder of power of attorney</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F47CCA">
+        <w:t xml:space="preserve"> health care proxy</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00832BA8">
+        <w:t>; or,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> health care proxy</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> if the applicant or member has died, the estate’s administrator or executor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
+    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Important Forms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
-      <w:r>
+    <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">The following forms can be found on our website at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
-        <w:r w:rsidRPr="006551B3">
+      <w:hyperlink r:id="rId13" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
+        <w:r w:rsidRPr="00653AFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A00503" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00A00503" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>MassHealth Notice of Privacy Practices</w:t>
       </w:r>
-      <w:r w:rsidR="00E8380C">
+      <w:r w:rsidR="00E8380C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Permission to Share Information</w:t>
       </w:r>
-      <w:r w:rsidR="00E8380C">
+      <w:r w:rsidR="00E8380C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ARD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6B989B" w14:textId="1698715C" w:rsidR="00803AD1" w:rsidRDefault="00803AD1" w:rsidP="004A7027">
-      <w:r>
+    <w:p w14:paraId="5A6B989B" w14:textId="1698715C" w:rsidR="00803AD1" w:rsidRPr="00653AFC" w:rsidRDefault="00803AD1" w:rsidP="004A7027">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You can also call us at (800) 841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="00937D0F">
+      <w:r w:rsidR="00937D0F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C50CD6">
+      <w:r w:rsidR="00C50CD6" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="0004554A">
+      <w:r w:rsidR="0004554A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>DD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D61060">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00C65B72" w:rsidRPr="00C65B72">
+      <w:r w:rsidR="00C65B72" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="008302D4">
+      <w:r w:rsidR="008302D4" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C65B72" w:rsidRPr="00C65B72">
+      <w:r w:rsidR="00C65B72" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>to ask for any of these forms.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EDC0F1" w14:textId="54DEACF8" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
+    <w:p w14:paraId="76EDC0F1" w14:textId="54DEACF8" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Reporting Changes </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A0FCBA0" w14:textId="70C1C03F" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
-      <w:r>
+    <w:p w14:paraId="1A0FCBA0" w14:textId="70C1C03F" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">If there are any changes in your </w:t>
       </w:r>
-      <w:r w:rsidR="00E455D2">
+      <w:r w:rsidR="00E455D2" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">living situation, including but not limited to </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">income, assets, address, health insurance, immigration status, or disability status, you must tell us within 10 calendar days of the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00FD22D5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>changes or as soon as possible.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> If you do not tell us about these changes, you may lose your benefits. You can tell us about any changes by calling </w:t>
       </w:r>
-      <w:r w:rsidR="00496C63">
+      <w:r w:rsidR="00496C63" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00D224EF">
+      <w:r w:rsidR="00D224EF" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="00496C63">
+      <w:r w:rsidR="00496C63" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00D224EF">
+      <w:r w:rsidR="00D224EF" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="00937D0F">
+      <w:r w:rsidR="00937D0F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0004554A">
+      <w:r w:rsidR="0004554A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00831717">
+      <w:r w:rsidR="00831717" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B036628" w14:textId="4719A089" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
+    <w:p w14:paraId="6B036628" w14:textId="4719A089" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
-      <w:r w:rsidR="00937D0F">
+      <w:r w:rsidR="00937D0F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>enefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AAB970" w14:textId="79069D3A" w:rsidR="0056132D" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00400621">
+    <w:p w14:paraId="32AAB970" w14:textId="79069D3A" w:rsidR="0056132D" w:rsidRPr="00653AFC" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="0056132D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pay for medical services directly, </w:t>
+      </w:r>
+      <w:r w:rsidR="0059010C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and may also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pay your Medicare copays and deductibles</w:t>
+      </w:r>
+      <w:r w:rsidR="0056132D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if you are eligible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. You may be </w:t>
+      </w:r>
+      <w:r w:rsidR="0056132D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>able to get</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these benefits if your income and assets are under certain amounts, or if you </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2332" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have a disability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2332" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">younger than 65. Call us at </w:t>
+      </w:r>
+      <w:r w:rsidR="003B249C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="003B249C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="003B249C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0056132D">
-[...9 lines deleted...]
-      <w:r w:rsidR="0059010C">
+      <w:r w:rsidR="0004554A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TDD/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F221A5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B72" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to learn about these benefits. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C72ECBC" w14:textId="739E62A3" w:rsidR="00400621" w:rsidRPr="00653AFC" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidR="0056132D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also call this number if you have any questions about </w:t>
+      </w:r>
+      <w:r w:rsidR="007256F5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6C0D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Medicare Saving</w:t>
+      </w:r>
+      <w:r w:rsidR="000D31F7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007256F5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D31F7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="007256F5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>rograms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF0F130" w14:textId="35AED580" w:rsidR="00400621" w:rsidRPr="00653AFC" w:rsidRDefault="00622D9E" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Most </w:t>
+      </w:r>
+      <w:r w:rsidR="0056132D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">members that have </w:t>
+      </w:r>
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Medicare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0056132D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...30 lines deleted...]
-      <w:r w:rsidR="003B249C">
+      <w:r w:rsidR="007256F5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth or </w:t>
+      </w:r>
+      <w:r w:rsidR="0056132D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicare and </w:t>
+      </w:r>
+      <w:r w:rsidR="00436698" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a Medicare Savings</w:t>
+      </w:r>
+      <w:r w:rsidR="007256F5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB432F" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="007256F5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>rogram</w:t>
+      </w:r>
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can get help with prescription drug costs through Medicare. To get more information, call Medicare at </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="003B249C">
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
-[...2 lines deleted...]
-      <w:r w:rsidR="003B249C">
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>633</w:t>
+      </w:r>
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4227</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0004554A">
+      <w:r w:rsidR="0004554A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00F221A5">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C65B72">
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>877</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>486</w:t>
+      </w:r>
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2048</w:t>
+      </w:r>
+      <w:r w:rsidR="008302D4" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
-[...135 lines deleted...]
-      <w:r w:rsidR="00400621" w:rsidRPr="00400621">
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">or visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00CC6304" w:rsidRPr="009A75D1">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00CC6304" w:rsidRPr="00653AFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>www.medicare.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00400621" w:rsidRPr="00400621">
+      <w:r w:rsidR="00400621" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3961B93F" w14:textId="0F416525" w:rsidR="00400621" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
+    <w:p w14:paraId="3961B93F" w14:textId="0F416525" w:rsidR="00400621" w:rsidRPr="00653AFC" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CA1743">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Prescription Advantage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> offers help with prescription drug costs. To learn more about these benefits, call the Executive Office of Elder Affairs</w:t>
       </w:r>
-      <w:r w:rsidR="00B42E50">
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> toll free at (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="00B42E50">
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>243-4636</w:t>
       </w:r>
-      <w:r w:rsidR="00B42E50">
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0004554A">
+      <w:r w:rsidR="0004554A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00B42E50">
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>877</w:t>
       </w:r>
-      <w:r w:rsidR="00B42E50">
+      <w:r w:rsidR="00B42E50" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>610</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>‑</w:t>
       </w:r>
-      <w:r w:rsidRPr="00400621">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>0241.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5F953C" w14:textId="5E6FD03D" w:rsidR="000C0660" w:rsidRPr="0087195A" w:rsidRDefault="000C0660" w:rsidP="00907C16">
+    <w:p w14:paraId="2A5F953C" w14:textId="5E6FD03D" w:rsidR="000C0660" w:rsidRPr="00653AFC" w:rsidRDefault="000C0660" w:rsidP="00907C16">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0087195A">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="00241D7E" w:rsidRDefault="000B199E" w:rsidP="00241D7E">
+    <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00241D7E">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="001F3DB7" w:rsidRPr="00241D7E">
-        <w:rPr>
+      <w:r w:rsidR="001F3DB7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidR="001F3DB7" w:rsidRPr="00241D7E">
-        <w:rPr>
+      <w:r w:rsidR="001F3DB7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
-      <w:r w:rsidR="001F3DB7" w:rsidRPr="00241D7E">
-        <w:rPr>
+      <w:r w:rsidR="001F3DB7" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId12" w:tooltip="www.mass.gov/masshealth" w:history="1">
-        <w:r w:rsidRPr="00241D7E">
+      <w:hyperlink r:id="rId15" w:tooltip="www.mass.gov/masshealth" w:history="1">
+        <w:r w:rsidRPr="00653AFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2AF826AD" w14:textId="43D9FF2B" w:rsidR="000B199E" w:rsidRPr="004B6048" w:rsidRDefault="00107D22" w:rsidP="00EE3D15">
+    <w:p w14:paraId="2AF826AD" w14:textId="43D9FF2B" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="00107D22" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B6048">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Medicare Savings</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D" w:rsidRPr="004B6048">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B6048">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Programs</w:t>
       </w:r>
-      <w:r w:rsidR="000B199E" w:rsidRPr="004B6048">
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="00EE3D15">
+    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>for people who are eligible for Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F85CF28" w14:textId="77777777" w:rsidR="00107D22" w:rsidRPr="004B01A7" w:rsidRDefault="00107D22" w:rsidP="001F59D5">
+    <w:p w14:paraId="7F85CF28" w14:textId="77777777" w:rsidR="00107D22" w:rsidRPr="00653AFC" w:rsidRDefault="00107D22" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Who can use this application?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6929B7" w14:textId="26557646" w:rsidR="00F44A8A" w:rsidRPr="004B01A7" w:rsidRDefault="00F9508D" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4B6929B7" w14:textId="26557646" w:rsidR="00F44A8A" w:rsidRPr="00653AFC" w:rsidRDefault="00F9508D" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>People</w:t>
       </w:r>
-      <w:r w:rsidR="00F44A8A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of any age who receiv</w:t>
       </w:r>
-      <w:r w:rsidR="005362F7">
+      <w:r w:rsidR="005362F7" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00F44A8A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare and are only seeking help with payment of their Medicare premiums and cost sharing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7238CF" w14:textId="79C4CB80" w:rsidR="00F44A8A" w:rsidRPr="004B01A7" w:rsidRDefault="00F44A8A" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="1C7238CF" w14:textId="79C4CB80" w:rsidR="00F44A8A" w:rsidRPr="00653AFC" w:rsidRDefault="00F44A8A" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If you want to apply for other MassHealth benefits, </w:t>
       </w:r>
-      <w:r w:rsidR="001E519B" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="001E519B" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">or for </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">assistance with Medicare costs, </w:t>
       </w:r>
-      <w:r w:rsidR="00F221A5" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00F221A5" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">you can </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
-[...11 lines deleted...]
-      <w:r w:rsidR="0004554A" w:rsidRPr="00E51569">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">call MassHealth Customer Service at (800) 841-2900, </w:t>
+      </w:r>
+      <w:r w:rsidR="0004554A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E51569">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00F221A5" w:rsidRPr="00E51569">
+      <w:r w:rsidR="00F221A5" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E51569">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> for people who are deaf</w:t>
       </w:r>
-      <w:r w:rsidR="001B2332" w:rsidRPr="00E51569">
+      <w:r w:rsidR="001B2332" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E51569">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hard of hearing or </w:t>
       </w:r>
-      <w:r w:rsidR="001B2332" w:rsidRPr="00E51569">
+      <w:r w:rsidR="001B2332" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">have a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E51569">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">speech </w:t>
       </w:r>
-      <w:r w:rsidR="001B2332" w:rsidRPr="00E51569">
+      <w:r w:rsidR="001B2332" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>disability</w:t>
       </w:r>
-      <w:r w:rsidR="001E519B" w:rsidRPr="00E51569">
+      <w:r w:rsidR="001E519B" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E51569">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F221A5" w:rsidRPr="00E51569">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00F221A5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to ask for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a different application</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00F221A5" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00F221A5" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Or you can download the appropriate application at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="008302D4" w:rsidRPr="00181F4C">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="008302D4" w:rsidRPr="00653AFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F221A5" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00F221A5" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="004B01A7" w:rsidRDefault="00E14A80" w:rsidP="001F59D5">
+    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="00653AFC" w:rsidRDefault="00E14A80" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FD8D8E" w14:textId="55F844F3" w:rsidR="00E14A80" w:rsidRPr="004B01A7" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="66FD8D8E" w14:textId="55F844F3" w:rsidR="00E14A80" w:rsidRPr="00653AFC" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>SNAP is a federal program that helps y</w:t>
       </w:r>
-      <w:r w:rsidR="00241D7E" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00241D7E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ou buy healthy food each month.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C6DFC" w14:textId="40A07B39" w:rsidR="00E14A80" w:rsidRPr="004B01A7" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="282C6DFC" w14:textId="40A07B39" w:rsidR="00E14A80" w:rsidRPr="00653AFC" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Check this box if you want this application to be sent to the Department of Transitional Assistance to serve as an application for SNAP benefits. You must read the rights and responsibilities on pages </w:t>
       </w:r>
-      <w:r w:rsidR="0024438A">
+      <w:r w:rsidR="0024438A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="008821B1" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="008821B1" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0F4A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00FE0F4A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">through </w:t>
       </w:r>
-      <w:r w:rsidR="000018F3">
+      <w:r w:rsidR="000018F3" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="0024438A">
+      <w:r w:rsidR="0024438A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and sign on page</w:t>
       </w:r>
-      <w:r w:rsidR="006D03A3">
+      <w:r w:rsidR="006D03A3" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0024438A">
+      <w:r w:rsidR="0024438A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>to proceed with the application</w:t>
       </w:r>
-      <w:r w:rsidR="00093461" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00093461" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="00907C16" w:rsidP="001F59D5">
+    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="00907C16" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>General Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="00F44A8A" w:rsidP="00783CA8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="00F44A8A" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Who is applying?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354F1910" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="00F44A8A" w:rsidP="004B01A7">
+    <w:p w14:paraId="354F1910" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="00F44A8A" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36815327" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you and your spouse </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5FDEEE" w14:textId="7E94213B" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="00783CA8">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you and your spouse live together, you must also give us information about your spouse even if </w:t>
+      </w:r>
+      <w:r w:rsidR="001230AF" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>not applying for benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF8092E" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="001F59D5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488516CE" w14:textId="13CBD41D" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ast name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C8C8A9" w14:textId="0D9523CC" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>irst name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C6BD7C" w14:textId="5035AF90" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>middle initial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045FF978" w14:textId="58769531" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>treet address</w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>tate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="002C17C5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>IP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F317415" w14:textId="0444B31B" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ailing address (if diff</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erent from above) </w:t>
+      </w:r>
+      <w:r w:rsidR="000A51D9" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>homeless</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F05EE8" w14:textId="0E057150" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>tate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2575C89E" w14:textId="01D8C03D" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="002C17C5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>IP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36815327" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+    <w:p w14:paraId="329E232D" w14:textId="7353A425" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...44 lines deleted...]
-    <w:p w14:paraId="488516CE" w14:textId="13CBD41D" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ate of birth </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B83DA6" w14:textId="66279D2C" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="34C8C8A9" w14:textId="0D9523CC" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ender</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00703E97">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00703E97">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7222145E" w14:textId="2F945C89" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="15C6BD7C" w14:textId="5035AF90" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>elephone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20745F26" w14:textId="69AEAD9D" w:rsidR="0059010C" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...6 lines deleted...]
-    <w:p w14:paraId="045FF978" w14:textId="58769531" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0059010C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">referred spoken language </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B72F82B" w14:textId="6D474290" w:rsidR="00F44A8A" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...18 lines deleted...]
-    <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0059010C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>referred written language</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A74868" w14:textId="5893CC95" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA60853" w14:textId="77777777" w:rsidR="003E4742" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="003E4742">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicare claim number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE20CB1" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk206579837"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you a US citizen or US national? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140DD3E5" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7186B9C0" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="00F802FE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5890F87A" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="001F2591">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If Yes, are you a naturalized, derived, or acquired citizen (not born in the US)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9958BB" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="001F2591">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EDD3CD" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="001F2591">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE33F76" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="001F2591">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Alien number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28063922" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="001F2591">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Naturalization or citizenship certificate number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CA87B9" w14:textId="174E136A" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0092541E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are a noncitizen, do you have an eligible immigration status?  “ See 130 CMR 518.000 for more information “ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C58ACB" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0092541E">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="326A4545" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0092541E">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F03265" w14:textId="5F26BFA1" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If Yes, do you have an immigration document? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CA2DB9" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7548F4A9" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADEEB2A" w14:textId="7DFD63B3" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="001F2591">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>It may help us to process this application faster if you include a copy of your immigration document with the application.  Please list all the immigrations statuses and/or conditions that have applied to you since you entered the US</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5497" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If you need more space, attach another sheet of paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F04FCD" w14:textId="4DDF9CFD" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Status award date (mm/dd/yyyy) (For battered </w:t>
+      </w:r>
+      <w:r w:rsidR="00394B14" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, enter the date the petition was approved.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32321F06" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Immigration status</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DD01D2" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Immigration document type</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049BAA90" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Document ID number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EAFE8C" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alien number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C342F73" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Passport or document expiration date (mm/dd/yyyy) Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290D52E1" w14:textId="12821529" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did you use the same name on this application that you did to get your immigration status? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F313E34" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2C4123" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCB9315" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>If No, what name did you use? First name, middle name, last name, and suffix</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD695BF" w14:textId="432B0249" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did you arrive in the US after August 22, 1996? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263BA9D0" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59EE59D7" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F97FAC" w14:textId="3D72330E" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you an honorably discharged veteran or active-duty member of the US military, or the spouse or child of an honorably discharged veteran or an active-duty member of the US military? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A3B8E9" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F98ACE" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145DB438" w14:textId="3C59F596" w:rsidR="00FC0DB3" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Optional: Are you: a victim of severe trafficking, a spouse , child , sibling or parent of a trafficking victim, a battered spouse, a child or parent of a battered spouse?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="036E7012" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="001F59D5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your Spouse </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECE2394" w14:textId="09321929" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="0F317415" w14:textId="0444B31B" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>last name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...38 lines deleted...]
-    <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>first name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="49F05EE8" w14:textId="0E057150" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>middle initial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA77E61" w14:textId="0C7CAA36" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...13 lines deleted...]
-    <w:p w14:paraId="2575C89E" w14:textId="01D8C03D" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ate of birth </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A829C1" w14:textId="3BC7C805" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ender </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="329E232D" w14:textId="7353A425" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055694C7" w14:textId="7A51428D" w:rsidR="0059010C" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="77B83DA6" w14:textId="07DC7580" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0059010C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>elephone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65964A97" w14:textId="1A731A27" w:rsidR="0059010C" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...36 lines deleted...]
-    <w:p w14:paraId="7222145E" w14:textId="2F945C89" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0059010C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">referred spoken language </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B87AD1" w14:textId="4CBF189E" w:rsidR="0059010C" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="20745F26" w14:textId="69AEAD9D" w:rsidR="0059010C" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0059010C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">referred written language </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4C7659" w14:textId="03F90228" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="2B72F82B" w14:textId="6D474290" w:rsidR="00F44A8A" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696506AD" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="74A74868" w14:textId="5893CC95" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Medicare claim number</w:t>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495DAC26" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you a US citizen or US national? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A20B64" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="489BD026" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C8D0CF6" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If Yes, are you a naturalized, derived, or acquired citizen (not born in the US)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A36F3F5" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5939FFDA" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21194615" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Alien number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A25F14" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Naturalization or citizenship certificate number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D267F19" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are a noncitizen, do you have an eligible immigration status?  “ See 130 CMR 518.000 for more information “ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E6AD16" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048AF804" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62596ED1" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If Yes, do you have an immigration document? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFD3F10" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D691B4F" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24497F04" w14:textId="504CD5FD" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>It may help us to process this application faster if you include a copy of your immigration document with the application.  Please list all the immigrations statuses and/or conditions that have applied to you since you entered the US</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5497" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If you need more space, attach another sheet of paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329A83B6" w14:textId="544ED432" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Status award date (mm/dd/yyyy) (For battered </w:t>
+      </w:r>
+      <w:r w:rsidR="00394B14" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, enter the date the petition was approved.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBBACFD" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Immigration status</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E857E0" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Immigration document type</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8010DB" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Document ID number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E136B5D" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alien number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0AA567" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Passport or document expiration date (mm/dd/yyyy) Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4578395C" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did you use the same name on this application that you did to get your immigration status? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303D4934" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2E0E02" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13DC2C76" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If No, what name did you use? First name, middle name, last name, and suffix</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A25428" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did you arrive in the US after August 22, 1996? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E83393A" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3756D7" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550B435B" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you an honorably discharged veteran or active-duty member of the US military, or the spouse or child of an honorably discharged veteran or an active-duty member of the US military? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C23DE50" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77147E3F" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6A6F81" w14:textId="267FB090" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional: Are you: a victim of severe trafficking, a spouse , child , sibling or parent of a trafficking victim, a battered spouse, a child or parent of a battered spouse?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE0C96" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="001F59D5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF5CC5C" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="005B7469">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fill out this section for you and your spouse. List the gross monthly income (before taxes and other deductions, such as the Medicare Part B premium). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAD8E2F" w14:textId="375B98FE" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...6 lines deleted...]
-    <w:p w14:paraId="5091C63A" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Source of income</w:t>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Social </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6E8C" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ecurity </w:t>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="008E09CA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393473B9" w14:textId="06666721" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...14 lines deleted...]
-    <w:p w14:paraId="3ECE2394" w14:textId="09321929" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source of income </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Pensions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C484119" w14:textId="086BF76C" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source of income </w:t>
+      </w:r>
+      <w:r w:rsidR="007D3E55" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Federal v</w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>eterans’ benefits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF61B18" w14:textId="5BB9451D" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...6 lines deleted...]
-    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source of income </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Annuities or trusts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7A5EB4" w14:textId="452E8B8C" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...6 lines deleted...]
-    <w:p w14:paraId="3BA77E61" w14:textId="0C7CAA36" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source of income </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Dividends and/or interest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350E4B5C" w14:textId="77777777" w:rsidR="00E13C80" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="23A829C1" w14:textId="3BC7C805" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source of income </w:t>
+      </w:r>
+      <w:r w:rsidR="00B05ECC" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Income </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>from a job (before deductions)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37900A50" w14:textId="1154A41D" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002E2B3F" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...36 lines deleted...]
-    <w:p w14:paraId="055694C7" w14:textId="7A51428D" w:rsidR="0059010C" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE880B2" w14:textId="6AD1E44E" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...12 lines deleted...]
-    <w:p w14:paraId="65964A97" w14:textId="1A731A27" w:rsidR="0059010C" w:rsidRPr="004B01A7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source of income </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Rental income (after expenses)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119DFA25" w14:textId="0D7BF255" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
-[...138 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Source of income </w:t>
       </w:r>
-      <w:r w:rsidR="000B199E" w:rsidRPr="004B01A7">
-[...220 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Other (please specify)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00E13C80">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Source of income </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">Your $ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C80">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t>Gross monthly income before taxes and deductions Your $ Your spouse’s $</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2C1AEA80" w14:textId="302C7614" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="001F59D5">
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1AEA80" w14:textId="302C7614" w:rsidR="005307E8" w:rsidRPr="00653AFC" w:rsidRDefault="005307E8" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Sign this application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="004019BC" w:rsidRPr="004B01A7" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
+    <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="004019BC" w:rsidRPr="00653AFC" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of applicant or Authorized Representative </w:t>
       </w:r>
-      <w:r w:rsidR="004B0622" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="004B0622" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0989972A" w14:textId="4B97FC5A" w:rsidR="004019BC" w:rsidRPr="004B01A7" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
+    <w:p w14:paraId="0989972A" w14:textId="4B97FC5A" w:rsidR="004019BC" w:rsidRPr="00653AFC" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of Spouse or Authorized Representative </w:t>
       </w:r>
-      <w:r w:rsidR="004B0622" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="004B0622" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FC90CF" w14:textId="63D2D7A9" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="47FC90CF" w14:textId="63D2D7A9" w:rsidR="004B0622" w:rsidRPr="00653AFC" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Both you and your spouse must sign if your spouse lives with you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4C43A5" w14:textId="45AFD7CF" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="3F4C43A5" w14:textId="45AFD7CF" w:rsidR="004B0622" w:rsidRPr="00653AFC" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>By signing, you agree to and understand the following</w:t>
       </w:r>
-      <w:r w:rsidR="008F6E8C" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="008F6E8C" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07799DA9" w14:textId="5D688C4F" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="07799DA9" w14:textId="5D688C4F" w:rsidR="004B0622" w:rsidRPr="00653AFC" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">By signing this application, I hereby certify that I have read and agree to the </w:t>
       </w:r>
-      <w:r w:rsidR="00F15E62" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00F15E62" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ights and </w:t>
       </w:r>
-      <w:r w:rsidR="00F15E62" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00F15E62" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">esponsibilities included in this application on pages </w:t>
       </w:r>
-      <w:r w:rsidR="00A02A5D" w:rsidRPr="004B6048">
+      <w:r w:rsidR="00A02A5D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B6048">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> th</w:t>
       </w:r>
-      <w:r w:rsidR="00E9639B" w:rsidRPr="004B6048">
+      <w:r w:rsidR="00E9639B" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B6048">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ough </w:t>
       </w:r>
-      <w:r w:rsidR="00A0010E" w:rsidRPr="004B6048">
+      <w:r w:rsidR="00A0010E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B6048">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8AE114" w14:textId="54165400" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="4E8AE114" w14:textId="54165400" w:rsidR="004B0622" w:rsidRPr="00653AFC" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I hereby certify under the pains and penalties of perjury that the submissions and statements I have made in this application are true and complete to the best of my knowledge, and I agree to accept and comply with the rights and responsibilities of the Medicare Savings Program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B8D533" w14:textId="147424BA" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="20B8D533" w14:textId="147424BA" w:rsidR="004B0622" w:rsidRPr="00653AFC" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>If I have checked the SNAP box on page 1 of this application</w:t>
       </w:r>
-      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="004D1352" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> I am applying for SNAP. I certify that I understand and agree to the rights, rules, and penalties of SNAP, as outlined below. I ask that MassHealth send my information, including </w:t>
       </w:r>
-      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="004D1352" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">rotected </w:t>
       </w:r>
-      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="004D1352" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ealth </w:t>
       </w:r>
-      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="004D1352" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">nformation subject to the Health Insurance Portability and Accountability Act (HIPAA), to </w:t>
       </w:r>
-      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="004D1352" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Department of Transitional Assistance for the purpose of applying for SNAP benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D46F85" w14:textId="5228A7C1" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="005307E8">
+    <w:p w14:paraId="67D46F85" w14:textId="5228A7C1" w:rsidR="005307E8" w:rsidRPr="00653AFC" w:rsidRDefault="005307E8" w:rsidP="005307E8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Important</w:t>
       </w:r>
-      <w:r w:rsidR="00912F5A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00912F5A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>For Medicare Savings Program</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00912F5A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00912F5A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pplicants</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C13B7E">
+      <w:r w:rsidR="00C13B7E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC72E8F" w14:textId="4E3BEAFF" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="005307E8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="5BC72E8F" w14:textId="4E3BEAFF" w:rsidR="005307E8" w:rsidRPr="00653AFC" w:rsidRDefault="005307E8" w:rsidP="005307E8">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are submitting this application as an authorized representative, you must submit an ARD to us or have a form on record for us to process this application. The ARD is at the end of this application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467527E6" w14:textId="3BA26A86" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="001F59D5">
+    <w:p w14:paraId="467527E6" w14:textId="3BA26A86" w:rsidR="005307E8" w:rsidRPr="00653AFC" w:rsidRDefault="005307E8" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Voter registration information is enclosed in this packet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="004B01A7" w:rsidRDefault="000E1930" w:rsidP="004B01A7">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="00653AFC" w:rsidRDefault="000E1930" w:rsidP="004B01A7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>You do not need to register to vote to get a Medicare Savings</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17726F95" w14:textId="00F58A9B" w:rsidR="004C10E1" w:rsidRPr="004B01A7" w:rsidRDefault="004C10E1" w:rsidP="001F59D5">
+    <w:p w14:paraId="17726F95" w14:textId="00F58A9B" w:rsidR="004C10E1" w:rsidRPr="00653AFC" w:rsidRDefault="004C10E1" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>For</w:t>
       </w:r>
-      <w:r w:rsidR="00E14A80" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00E14A80" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C30627" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00C30627" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Medicare Savings Program</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Applicants </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9D6884" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="1F9D6884" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>You give permission to MassHealth to get any records or data to prove any information given on this application. You understand that you must tell MassHealth of any changes in information you gave on this application. You further certify under the penalty of perjury that the information on this application is correct and complete to the best of your knowledge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70831BEE" w14:textId="3FE7CAEE" w:rsidR="0065235D" w:rsidRPr="004B01A7" w:rsidRDefault="0065235D" w:rsidP="001F59D5">
+    <w:p w14:paraId="70831BEE" w14:textId="3FE7CAEE" w:rsidR="0065235D" w:rsidRPr="00653AFC" w:rsidRDefault="0065235D" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Important</w:t>
       </w:r>
-      <w:r w:rsidR="00912F5A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00912F5A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="00C30627" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00C30627" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Medicare Savings Program</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Applicants </w:t>
       </w:r>
-      <w:r w:rsidR="00912F5A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00912F5A" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>nly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BF5303" w14:textId="0EAD74E4" w:rsidR="008E09CA" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="74BF5303" w14:textId="0EAD74E4" w:rsidR="008E09CA" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are acting on behalf of someone in filling out this application, </w:t>
       </w:r>
-      <w:r w:rsidR="0013324A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="0013324A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">you must fill out </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">the enclosed </w:t>
       </w:r>
-      <w:r w:rsidR="00E8380C" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00E8380C" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ARD </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and sen</w:t>
       </w:r>
-      <w:r w:rsidR="0013324A" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="0013324A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>d it</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> back with this application. Your signature on this application as an authorized representative certifies that the information on this application is correct and complete to the best of your knowledge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE089BB" w14:textId="101B2531" w:rsidR="008E09CA" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="6AE089BB" w14:textId="101B2531" w:rsidR="008E09CA" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If you think MassHealth’s </w:t>
       </w:r>
-      <w:r w:rsidR="00113AB4">
+      <w:r w:rsidR="00113AB4" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">eligibility </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>decision is wrong, you have the right to appeal. If you are denied benefits, you will get information on how to appeal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4310BDA6" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="4310BDA6" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth will obtain from your current and former health insurers all information about health insurance coverage for you and your spouse. This includes, but is not limited to, information about policies, premiums, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">coinsurance, deductibles, and covered benefits that are, may be, or should have been available to you and your spouse. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744866BD" w14:textId="392BF8BA" w:rsidR="00106BCB" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B01A7">
+    <w:p w14:paraId="744866BD" w14:textId="392BF8BA" w:rsidR="00106BCB" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth may get records or data about you and your spouse listed on this application from federal and state data sources and programs, such as the Social Security Administration, the Internal Revenue Service, the Department of Homeland Security, </w:t>
       </w:r>
-      <w:r w:rsidR="00C2273C" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00C2273C" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, and the Registry of Motor Vehicles, as well as private data sources including financial institutions, 1) to prove any information given on this application and any supplements, or other information given once you or your spouse becomes a member, 2) to document medical services claimed or provided to you or your spouse</w:t>
       </w:r>
-      <w:r w:rsidR="0041262D" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="0041262D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B01A7">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and 3) to support continued eligibility</w:t>
       </w:r>
-      <w:r w:rsidR="00106BCB" w:rsidRPr="004B01A7">
+      <w:r w:rsidR="00106BCB" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBD543E" w14:textId="27645E18" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="001F59D5">
+    <w:p w14:paraId="1EBD543E" w14:textId="27645E18" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">For Supplemental Nutritional Assistance Program (SNAP) applicants </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60558811" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="60558811" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Supplemental Nutrition Assistance Program (SNAP) benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C51E132" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="4C51E132" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If you checked the box on page </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, MassHealth will send this application to the Department of Transitional Assistance (DTA). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">This will serve as your application for SNAP! </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="7C392004" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If you are eligible, your SNAP will start from the date DTA receives this MassHealth application. By signing below, you agree that you have read and agree to your SNAP Rights, Responsibilities, and Penalties under the program. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C392004" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You may be eligible for SNAP benefits within 7 days of when DTA gets this application if:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="368E2606" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="368E2606" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Your income and money in the bank add up to less than your monthly housing expenses, or  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065595AA" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="065595AA" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Your monthly income is less than $150, and your money in the bank is $100 or less, or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5B5A4D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="1C5B5A4D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You are a migrant worker and your money in the bank is $100 or less.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A3F0A5" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="77A3F0A5" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">For more information about SNAP in Massachusetts, go to mass.gov/SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6753DE61" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="6753DE61" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="303943"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="303943"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Department of Transitional Assistance (DTA) Notice of Rights, Responsibilities and Penalties</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17871392" w14:textId="2DA2B8B6" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="17871392" w14:textId="2DA2B8B6" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>This notice lists rights and responsibilities for the SNAP program</w:t>
       </w:r>
-      <w:r w:rsidR="00D22020">
+      <w:r w:rsidR="00D22020" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340683D5" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="340683D5" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Please read these pages and keep them for your records. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FC5A44" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="78FC5A44" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Let DTA know if you have any questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041FE562" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="041FE562" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I swear under penalty of perjury that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56AF8BAF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="56AF8BAF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">I have read the information in this form, or someone read it to me. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278EA36C" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="278EA36C" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>My answers in this form are true and complete to the best of my knowledge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262040D3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="262040D3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="317"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I will give DTA information that is true and complete to the best of my knowledge during my interview and in the future.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E63A948" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="3E63A948" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="106205B4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="106205B4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>giving false or misleading information is fraud,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B817600" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="1B817600" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>misrepresenting or withholding facts to get DTA benefits is fraud,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5098ACE6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="5098ACE6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>fraud is considered an Intentional Program Violation (IPV), and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2DD7AA" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="0C2DD7AA" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="763"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="55B73BA5" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>if DTA thinks I committed fraud, DTA can pursue civil and criminal penalties against me.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B73BA5" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I also understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71780D31" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="71780D31" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">DTA will verify the information I give with my application. If any information is false, DTA may deny my benefits. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259F125B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="259F125B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="410"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">I may also be subject to criminal prosecution for providing false information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628FE2C8" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="628FE2C8" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>If DTA gets information from a reliable source about a change in my household, my benefit amount may change.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FBF590" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="44FBF590" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="410"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>By signing this form, I give DTA permission to verify my eligibility for benefits, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1108662A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="1108662A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="310"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Get information from other state or federal agencies, local housing authorities, out-of-state welfare departments, financial institutions, and Equifax Workforce Solutions (the Work Number). I also give these agencies permission to share information about my household’s eligibility for benefits with DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A440C5D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="0A440C5D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>If DTA uses information from Equifax about my household earned income, I have the right to a free copy of my Equifax report if I request it within 60 days of DTA’s decision. I have the right to question the information in the report. I may contact Equifax at: Equifax Workforce Solutions, 11432 Lackland Road, St. Louis, MO 63146, 1-800-996-7566 (toll free).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9AFA9D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="6F9AFA9D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="278D4708" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I have a right to a copy of my application, including the information that DTA uses to decide about my household’s eligibility and benefit amount. I can ask DTA for an electronic copy of the completed application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278D4708" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">How will DTA use my information? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71EACA41" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="71EACA41" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">By signing below, I give DTA permission to get information from and share information about me and members of my household with: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575E2356" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="575E2356" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:right="840" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="1C252E"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t>Banks</w:t>
-[...106 lines deleted...]
-    <w:p w14:paraId="517E80AB" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+        <w:t xml:space="preserve">Banks, schools, government, employers, landlords, utility companies and other agencies to check if I am eligible for benefits. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517E80AB" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:right="840" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="1C252E"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t>Electric</w:t>
-[...186 lines deleted...]
-    <w:p w14:paraId="7D1B0592" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+        <w:t xml:space="preserve">Electric, gas and telephone companies so I can get utility discounts. The companies cannot share my information or use it for any other purpose. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1B0592" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:right="840" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="303943"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="1C252E"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t>The Dep</w:t>
-[...122 lines deleted...]
-    <w:p w14:paraId="10B1AFFF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+        <w:t xml:space="preserve">The Department of Housing and Community Development to enroll me in the Heat &amp; Eat Program. This program helps people get the most SNAP benefits possible. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B1AFFF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="C7CCD2"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="1C252E"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t>The Departme</w:t>
-[...49 lines deleted...]
-    <w:p w14:paraId="0BB98A27" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+        <w:t xml:space="preserve">The Department of Early and Secondary Education so my children can get free school meals.' </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB98A27" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="303943"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="1C252E"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...210 lines deleted...]
-    <w:p w14:paraId="67F5BCB4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+        <w:t>The Woman, Infants and Children (WIC) Program so that any children under age 5 or a pregnant woman in my household can get WIC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F5BCB4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">The United States Citizenship and Immigration Services (USCIS), to verify my immigration status.  Information from USCIS may affect my household’s eligibility and amount of DTA benefits. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59552A9E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="59552A9E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: Even if you are not eligible for benefits due to immigration status, DTA will not report you to immigration authorities unless you show DTA a final order of deportation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3350D873" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="3350D873" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>The Department of Revenue (DOR) to verify my eligibility for income-based tax credits, such as Earned Income and Limited Income, and to see if I am eligible for “No Tax Status” or hardship status.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8C8094" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="3F8C8094" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="0C2D8E94" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Department of Children and Families (DCF) to coordinate services offered jointly by DTA and DCF.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2D8E94" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t>How does DTA use Social Security Numbers (S</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="4AC36AF4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+        <w:t xml:space="preserve">How does DTA use Social Security Numbers (SSNs)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC36AF4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>DTA is allowed to ask for SSNs under The Food and Nutrition Act of 2008 (7 U.S.C. 2011-2036) for SNAP and under M.G.L. c. 18 Section 33 for TAFDC and EAEDC. DTA uses SSNs to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EAEC68" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="45EAEC68" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="270"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">Check the identity and eligibility of each household member I apply for through data matching programs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607C1C7C" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="607C1C7C" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="270"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Monitor compliance with program rules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145D9E8F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="145D9E8F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">Collect money if DTA claims I got benefits that I was not eligible for. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6698A1CC" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="6698A1CC" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Help law enforcement agencies catch people hiding from the law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088404C0" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="088404C0" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I understand that I do not have to give DTA the SSN of any non-citizen in my household, including myself, who does not want benefits. The income of a non-citizen may count even if the non-citizen does not get benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB6F3F8" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="4BB6F3F8" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Right to an Interpreter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BA501A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="44BA501A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9FDB93" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="3A9FDB93" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">I have a right to a free professional interpreter provided by DTA if I prefer to communicate in a language other than English. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B75FFC" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="21B75FFC" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>If I have a DTA hearing, I can ask DTA to give me a free professional interpreter, or if I prefer, I can bring someone to interpret for me. If I need DTA to give me an interpreter for a hearing, I must call the Division of Hearings at least one week before the hearing date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EA0843" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="12EA0843" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Right to Register </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="374BB148" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+        <w:t>Right to Register to Vote</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374BB148" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDCE0CF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="6DDCE0CF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">I have the right to register to vote through DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DA9543E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="4DA9543E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">DTA will help me fill out the voter registration application form if I want help. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7411AFDA" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="7411AFDA" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">I can fill out the voter registration application form in private. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65943C86" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="65943C86" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applying to register or declining to register to vote will not affect my DTA benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E2C41D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="02E2C41D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Employment Opportunities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508A416F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
+    <w:p w14:paraId="508A416F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-180"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I agree that DTA may share my name and contact information with employment and training providers, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62FD224E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="62FD224E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="2419F928" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SNAP Path Work providers or DTA specialists for SNAP clients; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2419F928" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Contracted Employment and Training providers or Full Engagement Workers for TAFDC clients.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13783FD0" w14:textId="77777777" w:rsidR="00147410" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="13783FD0" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">SNAP clients may voluntarily participate in education and employment training services through the SNAP Path to Work program. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0734BE98" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="0734BE98" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Citizenship Status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D809142" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="0D809142" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="185141C2" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I swear that all members of my household applying for DTA benefits are either U.S. citizens, or lawfully residing noncitizens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185141C2" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Supplemental Nutrition Assistance Program </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00546C79" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="00546C79" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D20BE3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="41D20BE3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DTA manages the SNAP program in Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321EEA92" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="321EEA92" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">When I file an application with DTA (by phone, online, in person, or by mail or fax), DTA has 30 days from the date it got my application to decide if I am eligible. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6719A280" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="6719A280" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If I am eligible for expedited (emergency) SNAP, DTA has to give me SNAP and make sure I have an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Electronic Benefit Transfer (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...19 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">EBT) card within 7 days from the date they got my application. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7C02EE" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="5D7C02EE" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I have a right to speak to a DTA supervisor if:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79895D04" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="79895D04" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">DTA says I am not eligible for emergency SNAP benefits, and I disagree. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C26C9F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="25C26C9F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">I am eligible for emergency SNAP benefits, but do not get my benefits by the 7th day after I applied for SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECDE781" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="2ECDE781" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I am eligible for emergency SNAP benefits but do not get my EBT card by the 7th day after I applied for SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C370E3D" w14:textId="507A74E4" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="2C370E3D" w14:textId="507A74E4" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I get SNAP, I have to meet certain rules. When I am approved for SNAP, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DTA will give me a copy of the “Your Right to Know” brochure and the SNAP Program brochure.</w:t>
+      </w:r>
+      <w:r w:rsidR="009251D7" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I will read the brochures or have someone read them to me.  If I have any questions or need help reading or understanding this information, I can call DTA at 1-877-382-2363.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572A13D9" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="572A13D9" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Telling DTA about changes in my household</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044855EF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="044855EF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="66156D17" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>If I am a SNAP Simplified Reporting household, I do not have to report most changes to DTA until the Interim Report or Recertification is due. The only things I have to report sooner are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66156D17" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If my household’s income goes over the gross income threshold (listed on my approval notice). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F06FF31" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="5F06FF31" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I have to report this by the 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of the month after the month my income went over the threshold. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A78F3F6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="2A78F3F6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If I have to meet the Able-Bodied Adults Without Dependents (ABAWD) Work Rules </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> my work hours drop below 20 hours per week. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D33F330" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="7D33F330" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="4D057BF0" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>If everyone in my household is 60 or older, disabled, or under 18 years old, and no one has earnings from work, the only things I have to report are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D057BF0" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1530"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If someone starts working, or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667077A2" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="667077A2" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1530"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Someone joins or leaves my household. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03AA6CB4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="03AA6CB4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1530"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I have to report these changes by the 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of the month after the month of the change. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C18E99E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="3C18E99E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If I get SNAP through Transitional Benefits Alternative (TBA) because my TAFDC stopped, I do not have to report any changes to DTA for the 5 months that I get TBA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C71D07" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="22C71D07" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If I get SNAP through Bay State CAP, I do not have to report any changes to DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB16C16" w14:textId="47732846" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="4BB16C16" w14:textId="47732846" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="708C59F6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>If I and everyone in my household gets cash assistance (TAFDC or EAEDC), I must report certain changes to DTA within 10 days of the change.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708C59F6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">I may get more SNAP benefits if I report and give DTA proofs for the following, at any time: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536427A1" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="536427A1" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="44512FAB" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Child or other dependent care costs, shelter costs, and/or utility costs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44512FAB" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Child support that I (or someone in my household) is legally required to pay to a non-household member; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799E8756" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="799E8756" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Medical costs for members of my household, including myself, who are 60 or older or disabled. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BAF4BD" w14:textId="04E3352F" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="51BAF4BD" w14:textId="04E3352F" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Work rules for SNAP clients</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="0008764B">
+      <w:r w:rsidR="0008764B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">If you get SNAP benefits and are between the ages of 16 and 59 you may need to meet general SNAP work rules or the ABAWD work rules unless you are exempt. DTA will tell me and members of my household if we need to meet any Work Rules, what the exemptions are, and what will happen if we do not meet the rules.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4BD24D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="0C4BD24D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">If you are under the SNAP Work Rules: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CF8D11" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="53CF8D11" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You must register for work at application and when you recertify for SNAP. You register when you sign the SNAP application or recertification form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C63AEC0" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="5C63AEC0" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="7733D2F7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>You must give DTA information about your employment status when DTA asks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7733D2F7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You must report to an employer if referred by DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A31380E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="1A31380E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You must accept a job offer (unless you have a good reason not to).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D404155" w14:textId="1B7C0433" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="6D404155" w14:textId="1B7C0433" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">You must </w:t>
       </w:r>
-      <w:r w:rsidR="0031686B">
+      <w:r w:rsidR="0031686B" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ot quit a job of more than 30 hours a week without a good reason.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55174852" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="55174852" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You must not cut your work hours to less than 30 hours a week without a good reason.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="793E6819" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="793E6819" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>SNAP Rules</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A2C8004" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="6A2C8004" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Do not give false information or hide information to get SNAP benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4837F9E3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="4837F9E3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Do not trade or sell SNAP benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="267A4A8A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="267A4A8A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Do not alter EBT cards to get SNAP benefits you are not eligible for.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8A5824" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="3C8A5824" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Do not use SNAP benefits to buy ineligible items, such as alcoholic drinks and tobacco.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226425E9" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="226425E9" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Do not use someone else’s SNAP benefits or EBT card unless you are an authorized representative, or the recipient has given you permission to use their card on their behalf. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770F2466" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="770F2466" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>SNAP Penalty Warnings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF44535" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="004B6048" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="1AF44535" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B6048">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">I understand that if I or any member of my SNAP household intentionally breaks any of the rules listed above, that person will not be eligible for SNAP for </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B6048">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B6048">
-        <w:rPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">ne year after the first violation, two years after the second violation and forever after the third violation. That person may also be fined up to $250,000, imprisoned up to 20 years, or both. They may also be subject to prosecution under Federal and State laws. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="280FC850" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="280FC850" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I also understand the following penalties. If I or a member of my SNAP household:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00847889" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="00847889" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Commit a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">cash program </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Intentional Program Violation (IPV) they will be ineligible for SNAP for the same period they are ineligible for cash assistance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7510E094" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="7510E094" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Make a fraudulent statement about their identity or residency to get multiple SNAP benefits </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">at the same time </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">they will be ineligible for SNAP for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ten years</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2384928B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="2384928B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trade (buy or sell) SNAP benefits for a controlled substance/illegal drug(s), they will be ineligible for SNAP for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">two years </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">for the first finding, and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">forever </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>for the second finding.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF6986B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="2FF6986B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Trade (buy or sell) SNAP benefits for firearms, ammunition or explosives, they will be ineligible for SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>forever</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22420402" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="22420402" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Make an offer to sell SNAP benefits or an EBT card online or in person the State may pursue an IPV against them.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A090F9" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="59A090F9" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="7FE68EE6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Pay for food purchased on credit they will be ineligible for SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE68EE6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Buy products with SNAP benefits with the intent to discard the contents and return containers for cash they will be ineligible for SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0503B7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="4B0503B7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Flee to avoid prosecution, custody or confinement after conviction for a felony they will be ineligible for SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A6C6E8E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="1A6C6E8E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="4CDA06B7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Violate probation or parole, where law enforcement is actively seeking to arrest them they will be ineligible for SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDA06B7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-270"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anyone who became a convicted felon after February 7, 2014 is ineligible for SNAP benefits if they are a fleeing felon or are violating probation or parole - in accordance with 7 CFR §273.11(n) - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> were convicted as an adult of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63407F1B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="63407F1B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="3C592CD7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Aggravated sexual abuse under section 2241 of title 18, U.S.C.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C592CD7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="4419FB83" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Murder under section 1111 of title 18, U.S.C.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4419FB83" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="33D2AE67" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Any offense under chapter 110 of title 18, U.S.C.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D2AE67" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>A Federal or State offense involving sexual assault, as defined in section 40002(a) of the 1994 VAWA (42 U.S.C. 13925a); or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347968C8" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="347968C8" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="30B57F73" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An offense under State law determined by the Attorney General to be substantially similar to an offense described in this list. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B57F73" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Nondiscrimination Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE71A7F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="3DE71A7F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="65F04B0F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>In accordance with Federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating on the basis of race, color, national origin, sex (including gender identity and sexual orientation), religious creed, disability, age, political beliefs, or reprisal or retaliation for prior civil rights activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F04B0F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-360"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4E7C5EE2" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g. Braille, large print, audiotape, American Sign Language), should contact the Agency (state or local) where they applied for benefits. Individuals who are deaf, hard of hearing or have speech disabilities may contact USDA through the Federal Relay Service at (800) 877-8339. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7C5EE2" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">To file a program discrimination complaint, a Complainant should complete Form AD-3027, the USDA Program Discrimination Complaint Form, which can be obtained online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidRPr="00A6644D">
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidRPr="00653AFC">
           <w:rPr>
-            <w:color w:val="0000FF"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId15">
-        <w:r w:rsidRPr="00A6644D">
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="00653AFC">
           <w:rPr>
-            <w:color w:val="1B1B1B"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A6644D">
-[...32 lines deleted...]
-    <w:p w14:paraId="1450D52D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from any USDA office, by calling (833) 620-1071, or by writing a letter addressed to USDA. The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform  the Assistant Secretary for Civil Rights (ASCR) about the nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1450D52D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>mail:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0EE75A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00147410">
+    <w:p w14:paraId="7C0EE75A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:color w:val="1B1B1B"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Food and Nutrition Service, USDA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
-[...1 lines deleted...]
-          <w:color w:val="1B1B1B"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">1320 Braddock Place, Room 334 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
-[...1 lines deleted...]
-          <w:color w:val="1B1B1B"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Alexandria, VA 22314; or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
-          <w:color w:val="1B1B1B"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62CE56E3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="62CE56E3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>fax:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E83196" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="004B6048">
+    <w:p w14:paraId="20E83196" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="004B6048">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(833) 256 1665 or (202)-690-7442; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C30948" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="00C44542">
+    <w:p w14:paraId="06C30948" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">email: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0347D512" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00A6644D" w:rsidRDefault="00147410" w:rsidP="004B6048">
+    <w:p w14:paraId="0347D512" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="004B6048">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>FNSCIVILRIGHTSCOMPLAINTS@usda.gov</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6644D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="1B1B1B"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35342AB6" w14:textId="581F1FFC" w:rsidR="00A815AD" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
+    <w:p w14:paraId="35342AB6" w14:textId="581F1FFC" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6644D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>This institution is an equal opportunity provider.</w:t>
       </w:r>
-      <w:r w:rsidR="007B3E6D">
+      <w:r w:rsidR="007B3E6D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9AE10E" w14:textId="2CDC1CA7" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    <w:p w14:paraId="2D9AE10E" w14:textId="2CDC1CA7" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Authorized Representative Designation Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B8A4EA" w14:textId="64ACF174" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="29B8A4EA" w14:textId="64ACF174" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You can submit this form if you would like to designate an authorized representative to act on your behalf. If an authorized representative signed your application for you, or if you are an authorized representative applying on behalf of someone else, you MUST submit this form for the application to be processed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9B5BC8" w14:textId="15337158" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="2B9B5BC8" w14:textId="15337158" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You do not need to fill out this form if you live in an institution and want copies of eligibility notices sent to you and to your spouse who still lives at home. We will do that automatically.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021CD908" w14:textId="41988013" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="021CD908" w14:textId="41988013" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>NOTE: An authorized representative has the authority to act on an applicant's or member's behalf in all matters with MassHealth and the Health Connector, and will receive personal information about the applicant or member until we receive a cancellation notice terminating their authority, or upon the death of the applicant or member. Their authority will not automatically terminate once we process your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BEC56D" w14:textId="4DD42959" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>You can choose someone to help you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA89EF2" w14:textId="77F7B2D7" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...25 lines deleted...]
-    <w:p w14:paraId="6675E7FB" w14:textId="029EE0B7" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+    <w:p w14:paraId="5CA89EF2" w14:textId="77F7B2D7" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>You may choose an authorized representative to help you get health care coverage through programs offered by MassHealth and the Health Connector. You can do this by filling out this form (the Authorized Representative Designation Form). You or a representative can sign for yourself and for any of your dependent children under the age of 18 for whom you are the custodial parent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE68B2C" w14:textId="484D5CB4" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>You are not required to have a representative in order to apply for or receive benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6675E7FB" w14:textId="029EE0B7" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Who can help me?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EC182D" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="32EC182D" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>1. An authorized representative can be a friend, family member, relative, or other person or organization of your choosing who agrees to help you. It is up to you to choose an authorized representative if you want one. Neither MassHealth nor the Health Connector will choose an authorized representative for you. You must designate in writing (fill out Section I, Part A) the person or organization who you want to be your authorized representative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54516F95" w14:textId="4DAADCB2" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="54516F95" w14:textId="4DAADCB2" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Your authorized representative must also fill out Section I, Part B. We sometimes refer to this person or organization as a “Section I authorized representative.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53329A71" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="53329A71" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2. If you cannot designate an authorized representative in writing and you do not have an existing authorized representative or other person who is authorized by law to act on your behalf, a person (not an organization) who certifies that they will act responsibly on your behalf can be your authorized representative if that person fills out Section II of this form. We sometimes refer to this person as a “Section II authorized representative.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575BCFCB" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="575BCFCB" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3. An authorized representative can also be someone who has been appointed by law to act on your behalf, or on behalf of the estate of an applicant or member who has died. This person must fill out Section III and either you or this person must submit to us, together with this form, a copy of the applicable legal document stating that this person has authority to represent you, or the estate of a deceased applicant or member. We sometimes refer to this person as a “Section III authorized representative.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783F8A6A" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4. A Section III authorized representative may be a legal guardian, conservator, holder of power of attorney, or health care proxy, or, if the applicant or member has died, the personal representative of the estate. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AE0563" w14:textId="785229FE" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+    <w:p w14:paraId="38AE0563" w14:textId="785229FE" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>What can an authorized representative do?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07116AA1" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="07116AA1" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>A Section I or II authorized representative may  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423456CA" w14:textId="4AE9875C" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    <w:p w14:paraId="423456CA" w14:textId="4AE9875C" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="6CF254FA" w14:textId="5C74A112" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>fill out your application or eligibility review forms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF254FA" w14:textId="5C74A112" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="27B2F39B" w14:textId="0F7FE558" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>fill out other MassHealth or Health Connector eligibility or enrollment forms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B2F39B" w14:textId="0F7FE558" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="173853A8" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>give proof of information reported on these forms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173853A8" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">report changes in income, address, or other </w:t>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+        <w:t>report changes in income, address, or other circumstances; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B3E6D">
-[...6 lines deleted...]
-    <w:p w14:paraId="66EE1F68" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    </w:p>
+    <w:p w14:paraId="66EE1F68" w14:textId="124DC232" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>get copies of all your MassHealth and Health Connector eligibility and enrollment notices; and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5837CEA4" w14:textId="3855A769" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    <w:p w14:paraId="5837CEA4" w14:textId="3855A769" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>act on your behalf in all other matters with MassHealth and the Health Connector. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFF5F10" w14:textId="76DED68C" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="6FFF5F10" w14:textId="76DED68C" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>What a section III authorized representative is authorized to do for you (or for the Estate of a deceased applicant or member) will depend on the wording of the legal appointment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EEE1D3" w14:textId="186BDC75" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...12 lines deleted...]
-    <w:p w14:paraId="115A1C9E" w14:textId="047ECB11" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+    <w:p w14:paraId="32EEE1D3" w14:textId="186BDC75" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please note: Eligibility notices may include information about other members of an applicant’s or member’s household. If there are multiple people in your household we may not be able to send copies of some of your notices to your authorized representative unless each household member has also designated the same authorized representative by completing a separate Authorized Representative Designation Form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="115A1C9E" w14:textId="047ECB11" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SECTION 1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Authorized Representative Designation </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="scxw238643812"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">(if applicant or member </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="49089F62" w14:textId="547C8B54" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="000E4B39">
+        <w:t>(if applicant or member is able to sign)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49089F62" w14:textId="547C8B54" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="000E4B39">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Part A—to be filled out by applicant or member. Please print, except for </w:t>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+        <w:t>Part A—to be filled out by applicant or member. Please print, except for signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD73F1A" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applicant’s/Member’s Name </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9CB3BE" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="5E9CB3BE" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA85E0F" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="3CA85E0F" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date of birth (mm/dd/yyyy)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222D3DB8" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applicant’s/Member’s email address  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA56E45" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="3CA56E45" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I certify that I have chosen the following person or organization to be the authorized representative for myself and any dependent children under the age of 18 for whom I am the custodial parent and that I understand the duties and responsibilities this person or organization will have (as explained earlier in this form).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31843046" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applicant’s/Member's signature  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373CB3CA" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="373CB3CA" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECA155D" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s name Authorized representative’s phone number  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A2677B" w14:textId="0552BED1" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="19A2677B" w14:textId="0552BED1" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s address (mailing address, city, state, zip)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0668933B" w14:textId="5CD39443" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+    <w:p w14:paraId="0668933B" w14:textId="5CD39443" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Part B—to be filled out by authorized representative. Please print, except for </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="74E50517" w14:textId="3AE17A28" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+        <w:t>Part B—to be filled out by authorized representative. Please print, except for signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E50517" w14:textId="3AE17A28" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>B1. COMPLETE IF AUTHORIZED REPRESENTATIVE IS A PERSON.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11012836" w14:textId="434DCC86" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="11012836" w14:textId="434DCC86" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I certify that I will at all times maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to me by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747065F9" w14:textId="4A93E158" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>If I am also a provider, staff member, or volunteer affiliated with an organization, and am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information and conflicts of interest including those set forth at 42 C.F.R. part 431, subpart F, 42 C.F.R. § 447.10, and 45 C.F.R. § 155.260(f).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1704F0CE" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="1704F0CE" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s signature </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3396BF51" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="3396BF51" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Date (mm/dd/</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+        <w:t>Date (mm/dd/yyyy) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39364DE8" w14:textId="54BD8641" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Authorized representative’s printed name Authorized representative’s email address </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7357A20F" w14:textId="4F68A51A" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    <w:p w14:paraId="7357A20F" w14:textId="4F68A51A" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B2. COMPLETE IF AUTHORIZED REPRESENTATIVE IS AN ORGANIZATION.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F0FF0E" w14:textId="7C60FABD" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="03F0FF0E" w14:textId="7C60FABD" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I certify, on behalf of the organization set forth below, that such organization will at all times maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to the organization by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F757B40" w14:textId="238937FC" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I, the provider, staff member, or volunteer of the organization set forth below, completing this form, certify on behalf of myself and on behalf of the organization I represent, that any providers, staff members, or volunteers acting on behalf of the organization in connection with this authorized representative designation will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information, and conflicts of interest, including those set forth at 42 C.F.R. part 431, subpart F, 42 C.F.R. § 447.10, and 45 C.F.R. § 155.260(f).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690624CF" w14:textId="18D57D13" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="690624CF" w14:textId="18D57D13" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Signature of provider, staff member, or volunteer completing form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBEFBE2" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="2BBEFBE2" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D1C90B" w14:textId="512BEFAF" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Printed name of provider, staff member, or volunteer completing form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031A90D4" w14:textId="502FD1D3" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...4 lines deleted...]
-    <w:p w14:paraId="2D32C2B9" w14:textId="5624EEF1" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+    <w:p w14:paraId="610E5751" w14:textId="77777777" w:rsidR="00AB04CD" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email of provider, staff member, or volunteer completing form </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031A90D4" w14:textId="4E6DB039" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Authorized representative organization name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D32C2B9" w14:textId="5624EEF1" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION 2 Authorized Representative Designation </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="scxw238643812"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(if applicant or member cannot provide written designation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F650569" w14:textId="7E888435" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...12 lines deleted...]
-    <w:p w14:paraId="318D3B3A" w14:textId="07368F89" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    <w:p w14:paraId="0F650569" w14:textId="7E888435" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>To be filled out by authorized representative. Please print, except for signature. Please provide a separate form for each applicant or member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="318D3B3A" w14:textId="07368F89" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>AN ORGANIZATION IS NOT ELIGIBLE TO BE AN AUTHORIZED REPRESENTATIVE UNDER THIS SECTION.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1225EEC0" w14:textId="6CD25989" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="1225EEC0" w14:textId="6CD25989" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I certify that the applicant or member set forth below cannot provide written designation and to the best of my knowledge does not otherwise have an individual who can act on his or her behalf such as an existing authorized representative, guardian, conservator, personal representative of the estate, holder of power of attorney, or an invoked health-care proxy. In addition, I certify that I am sufficiently aware of this applicant’s or member’s circumstances to assume responsibility for the accuracy of the statements made on his or her behalf during the eligibility process and in other communications with MassHealth or the Health Connector, that I understand my rights and responsibilities as this person’s authorized representative (as explained earlier in this form). If this person can understand, I have told the person that MassHealth and the Health Connector will send me a copy of all MassHealth and Health Connector eligibility and enrollment notices and this person agrees to this, and I have told this person that they may remove or replace me as their authorized representative at any time by the methods described earlier in this form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5444E496" w14:textId="1ABCDAB5" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="5444E496" w14:textId="1ABCDAB5" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I further certify that I will at all times maintain the confidentiality of any information regarding the applicant or member set forth below that is provided to me by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7202281B" w14:textId="1899ACB1" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If I am also a provider, staff member, or volunteer affiliated with an organization, and I am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>confidentiality of information and conflicts of interest including those set forth at 42 CFR part 431 subpart F., 42 CFR §477.10, and 45 CFR §155.260(f).</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+        <w:t>further certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information and conflicts of interest including those set forth at 42 CFR part 431 subpart F., 42 CFR §477.10, and 45 CFR §155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C976F0" w14:textId="01FED256" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applicant’s/Member’s name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E4BB03" w14:textId="22CF2F11" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="66E4BB03" w14:textId="22CF2F11" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Applicant's/Member’s date of birth (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE75C85" w14:textId="014D76FF" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D552E1" w14:textId="29F7CF0F" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="19D552E1" w14:textId="29F7CF0F" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s signature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D93F42" w14:textId="2410C0AE" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="27D93F42" w14:textId="2410C0AE" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545C7F52" w14:textId="50ECB60C" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s name (first, middle, last)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8D5D67" w14:textId="20D7B3AE" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="7B8D5D67" w14:textId="20D7B3AE" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s phone number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794538D8" w14:textId="122FD5EC" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="794538D8" w14:textId="122FD5EC" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s address (mailing address, city, state, zip)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA29D31" w14:textId="785C35BB" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="6FA29D31" w14:textId="785C35BB" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s email address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C756234" w14:textId="78E8C11A" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="4C756234" w14:textId="78E8C11A" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>If the Section II authorized representative is affiliated with an organization, and is acting in such capacity, an individual authorized to act on behalf of the organization, such as an officer, must sign below to indicate the organization’s acknowledgment of and agreement with the representations and warranties made above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E45330A" w14:textId="66CF17D2" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Officer’s Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC3F1C8" w14:textId="31D1C795" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="4FC3F1C8" w14:textId="31D1C795" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Officer’s Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1F55C2" w14:textId="21B5A867" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="2B1F55C2" w14:textId="21B5A867" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Officer’s Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C29AD9E" w14:textId="27D7CFA3" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...12 lines deleted...]
-    <w:p w14:paraId="2D5196CC" w14:textId="3BD71C04" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+    <w:p w14:paraId="6C29AD9E" w14:textId="27D7CFA3" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5196CC" w14:textId="3BD71C04" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>SECTION 3</w:t>
       </w:r>
-      <w:r w:rsidR="007B3E6D">
+      <w:r w:rsidR="007B3E6D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="007B3E6D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized Representative Designation (if appointed by law)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357381EA" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="357381EA" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>To be filled out by an authorized representative appointed by law (with authority to act on behalf of the applicant or member in making decisions related to health care including, but not limited to, a guardian, conservator, personal representative of the estate of an applicant or member, holder of power of attorney, or an invoked health care proxy.) Please print, except for signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E12E049" w14:textId="74B2941D" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Please submit a copy of the applicable legal document with this form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253311A2" w14:textId="30F291E1" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="253311A2" w14:textId="30F291E1" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>I certify that I will at all times maintain the confidentiality of any information regarding the applicant or member as set forth below, that is provided to me by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333847C6" w14:textId="65BB7F18" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applicant’s/Member’s name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11263B31" w14:textId="71D2F729" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="11263B31" w14:textId="71D2F729" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Applicant's/Member’s date of birth (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B98C7D" w14:textId="4560D801" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234F480A" w14:textId="7E4C292E" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="234F480A" w14:textId="7E4C292E" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s signature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="338B7D0E" w14:textId="725E2533" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="338B7D0E" w14:textId="725E2533" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09494F44" w14:textId="15B755E8" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Authorized representative’s name (first, middle, last) Authorized representative’s phone number Authorized representative’s address (mailing address, city, state, zip) Authorized representative’s email address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C729AA0" w14:textId="78069870" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    <w:p w14:paraId="5C729AA0" w14:textId="78069870" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>How does an authorized representative designation end?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A2CB6F" w14:textId="6E0E6C1B" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="33A2CB6F" w14:textId="6E0E6C1B" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>If you decide that you no longer want a Section I or Section II authorized representative, you must notify us at the time you want the designation to end by mail, fax, or phone. See our contact information below. If you mail or fax this notice to us, the notice must include your name, address, and date of birth, the name of your authorized representative, a statement that the designation has ended and your signature or, if you cannot provide written notice, the signature of someone acting on your behalf (in the case of a Section II authorized representative only).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07633CF7" w14:textId="333B741D" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="07633CF7" w14:textId="333B741D" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>In addition, if your authorized representative notifies us that such person or organization is no longer acting on your behalf, we will no longer recognize the person or organization as your authorized representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052688D4" w14:textId="35BF362A" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>The authority of a Section I or Section II authorized representative will end upon the death of the applicant or member.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325BF03A" w14:textId="36E87B0E" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="325BF03A" w14:textId="36E87B0E" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>A Section III authorized representative’s designation ends when his or her legal appointment ends. The authorized representative must notify us as instructed above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1BB84A" w14:textId="46E9C29B" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="0C1BB84A" w14:textId="46E9C29B" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>In addition, an authorized representative’s designation for a minor child ends on the child’s 18th birthday.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E79B2D8" w14:textId="13C4C9D0" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+    <w:p w14:paraId="1E79B2D8" w14:textId="13C4C9D0" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>How do I submit this form?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCED8A4" w14:textId="2B6AB4B3" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="3DCED8A4" w14:textId="2B6AB4B3" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>If you are applying for health benefits, send your filled-out Authorized Representative Designation Form to us with your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4359F30E" w14:textId="5FF9645C" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="4359F30E" w14:textId="5FF9645C" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>If you are already getting benefits, you must submit the form to us at the time you want to designate an authorized representative by doing the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EF41B0" w14:textId="77777777" w:rsidR="001F59D5" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-      <w:r w:rsidRPr="007B3E6D">
+    <w:p w14:paraId="74EF41B0" w14:textId="77777777" w:rsidR="001F59D5" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mailing your form to </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CCE3401" w14:textId="68FD9E5E" w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+    <w:p w14:paraId="6CCE3401" w14:textId="68FD9E5E" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:ind w:left="180"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007B3E6D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Health Insurance Processing Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B3E6D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
         <w:t>P O Box 4405</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B3E6D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Taunton, MA </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="007B3E6D">
+        <w:t>Taunton, MA 02780;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559C53AB" w14:textId="22A159F3" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Faxing your form to (857) 323-8300; or</w:t>
       </w:r>
-      <w:r w:rsidR="007B3E6D">
+      <w:r w:rsidR="007B3E6D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="007B3E6D">
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Calling us at (800) 841-2900, TDD/TTY: 711. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A815AD" w:rsidRPr="007B3E6D" w:rsidSect="007B3E6D">
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:p w14:paraId="5E0D8CCC" w14:textId="5CD304C9" w:rsidR="0079690D" w:rsidRPr="00057EB5" w:rsidRDefault="0079690D" w:rsidP="00057EB5">
+      <w:pPr>
+        <w:spacing w:before="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00057EB5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>MSP_2025-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE28DD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0079690D" w:rsidRPr="00057EB5" w:rsidSect="007B3E6D">
+      <w:headerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1080" w:bottom="720" w:left="1080" w:header="720" w:footer="490" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D0D8A98" w14:textId="77777777" w:rsidR="00084E61" w:rsidRDefault="00084E61">
+    <w:p w14:paraId="4D751E45" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A26F18C" w14:textId="77777777" w:rsidR="00084E61" w:rsidRDefault="00084E61">
+    <w:p w14:paraId="11182E74" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="416FF876" w14:textId="77777777" w:rsidR="00084E61" w:rsidRDefault="00084E61">
+    <w:p w14:paraId="0330C8F0" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9344,204 +12223,204 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0703030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
     <w:altName w:val="Franklin Gothic Medium Cond"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
     <w:altName w:val="Nyala"/>
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SourceSansPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1141519D" w14:textId="1DB6599F" w:rsidR="000E4B39" w:rsidRPr="00907C16" w:rsidRDefault="000E4B39" w:rsidP="000E4B39">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1141519D" w14:textId="24E058AB" w:rsidR="000E4B39" w:rsidRPr="00907C16" w:rsidRDefault="004E6E54" w:rsidP="000E4B39">
     <w:pPr>
       <w:spacing w:before="600"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00907C16">
+    <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>MHBI</w:t>
+      <w:t>MSP</w:t>
     </w:r>
-    <w:r w:rsidR="003651C2">
+    <w:r w:rsidR="0017443B">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>-0325</w:t>
+      <w:t xml:space="preserve"> 2025-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="338C0070" w14:textId="77777777" w:rsidR="00084E61" w:rsidRDefault="00084E61">
+    <w:p w14:paraId="4D5A3077" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E5BB80C" w14:textId="77777777" w:rsidR="00084E61" w:rsidRDefault="00084E61">
+    <w:p w14:paraId="275465D9" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7D59E510" w14:textId="77777777" w:rsidR="00084E61" w:rsidRDefault="00084E61">
+    <w:p w14:paraId="3D3CBB44" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00BD69E2" w:rsidRDefault="00BD69E2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="31DE6A54"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02CF606B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="843EB548"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -11949,761 +14828,809 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="879511111">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="721251017">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1100298860">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1534461570">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="140777147">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1680739113">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360ABB"/>
     <w:rsid w:val="0000021B"/>
     <w:rsid w:val="00000A01"/>
     <w:rsid w:val="00000BC0"/>
     <w:rsid w:val="000018F3"/>
     <w:rsid w:val="000034AE"/>
     <w:rsid w:val="00005958"/>
     <w:rsid w:val="00014AAE"/>
     <w:rsid w:val="00024D29"/>
     <w:rsid w:val="0002645A"/>
     <w:rsid w:val="0003776B"/>
     <w:rsid w:val="00040A31"/>
     <w:rsid w:val="0004554A"/>
+    <w:rsid w:val="00057EB5"/>
     <w:rsid w:val="00066FD0"/>
     <w:rsid w:val="0007036D"/>
     <w:rsid w:val="0007287A"/>
     <w:rsid w:val="0007541B"/>
     <w:rsid w:val="000805F1"/>
     <w:rsid w:val="00084E61"/>
     <w:rsid w:val="00085487"/>
     <w:rsid w:val="0008764B"/>
     <w:rsid w:val="00093461"/>
     <w:rsid w:val="000938A6"/>
     <w:rsid w:val="000A011C"/>
     <w:rsid w:val="000A1924"/>
     <w:rsid w:val="000A1E09"/>
     <w:rsid w:val="000A51D9"/>
     <w:rsid w:val="000B199E"/>
     <w:rsid w:val="000C0660"/>
     <w:rsid w:val="000C14CB"/>
     <w:rsid w:val="000D0CDC"/>
+    <w:rsid w:val="000D17DF"/>
     <w:rsid w:val="000D31F7"/>
     <w:rsid w:val="000E116C"/>
     <w:rsid w:val="000E1930"/>
     <w:rsid w:val="000E4B39"/>
     <w:rsid w:val="000F4114"/>
     <w:rsid w:val="000F7650"/>
     <w:rsid w:val="001007F6"/>
     <w:rsid w:val="00101D5A"/>
     <w:rsid w:val="00106BCB"/>
     <w:rsid w:val="00107051"/>
     <w:rsid w:val="00107D22"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00113AB4"/>
     <w:rsid w:val="00121D76"/>
     <w:rsid w:val="001230AF"/>
     <w:rsid w:val="001246F0"/>
     <w:rsid w:val="0013324A"/>
     <w:rsid w:val="00134365"/>
     <w:rsid w:val="001401F5"/>
     <w:rsid w:val="001412F3"/>
     <w:rsid w:val="00147410"/>
     <w:rsid w:val="001569D8"/>
     <w:rsid w:val="0016018F"/>
     <w:rsid w:val="001615A2"/>
     <w:rsid w:val="00165D44"/>
     <w:rsid w:val="00171F97"/>
     <w:rsid w:val="00172ECA"/>
+    <w:rsid w:val="0017443B"/>
     <w:rsid w:val="00174819"/>
     <w:rsid w:val="00185183"/>
     <w:rsid w:val="001903E3"/>
     <w:rsid w:val="00192BDA"/>
     <w:rsid w:val="00195909"/>
     <w:rsid w:val="0019670F"/>
     <w:rsid w:val="001967D0"/>
     <w:rsid w:val="001A0CB0"/>
     <w:rsid w:val="001A1675"/>
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001C15D6"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
+    <w:rsid w:val="001D5497"/>
     <w:rsid w:val="001D563E"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
     <w:rsid w:val="001E519B"/>
     <w:rsid w:val="001E58B8"/>
+    <w:rsid w:val="001F2591"/>
     <w:rsid w:val="001F3DB7"/>
     <w:rsid w:val="001F59D5"/>
     <w:rsid w:val="00200957"/>
     <w:rsid w:val="00200964"/>
     <w:rsid w:val="00201654"/>
     <w:rsid w:val="00201CA3"/>
     <w:rsid w:val="00203CA2"/>
     <w:rsid w:val="00204740"/>
     <w:rsid w:val="00207AAA"/>
     <w:rsid w:val="0021072C"/>
     <w:rsid w:val="00213D96"/>
     <w:rsid w:val="002146F9"/>
     <w:rsid w:val="002222C4"/>
     <w:rsid w:val="00222F00"/>
     <w:rsid w:val="00231BE7"/>
     <w:rsid w:val="002343CA"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="00243B8B"/>
     <w:rsid w:val="0024438A"/>
     <w:rsid w:val="002547EC"/>
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
+    <w:rsid w:val="0029412E"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
     <w:rsid w:val="002A6595"/>
+    <w:rsid w:val="002B5EB6"/>
     <w:rsid w:val="002C15B7"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C6E37"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
     <w:rsid w:val="002E09E5"/>
     <w:rsid w:val="002E2B3F"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
     <w:rsid w:val="00300B53"/>
     <w:rsid w:val="00302C5E"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="00316707"/>
     <w:rsid w:val="0031686B"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="003259FD"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
     <w:rsid w:val="00343B9F"/>
     <w:rsid w:val="0034515B"/>
     <w:rsid w:val="00345187"/>
     <w:rsid w:val="00355FB4"/>
     <w:rsid w:val="00360ABB"/>
     <w:rsid w:val="003651C2"/>
     <w:rsid w:val="00366E2F"/>
     <w:rsid w:val="00381CA0"/>
     <w:rsid w:val="00383294"/>
+    <w:rsid w:val="0038495F"/>
     <w:rsid w:val="0038573C"/>
     <w:rsid w:val="00385E75"/>
     <w:rsid w:val="00391F73"/>
+    <w:rsid w:val="00394B14"/>
     <w:rsid w:val="00397782"/>
     <w:rsid w:val="003A1716"/>
     <w:rsid w:val="003B03FE"/>
     <w:rsid w:val="003B249C"/>
     <w:rsid w:val="003B270C"/>
     <w:rsid w:val="003B2FC1"/>
     <w:rsid w:val="003D3211"/>
     <w:rsid w:val="003D5BFF"/>
     <w:rsid w:val="003D6B91"/>
     <w:rsid w:val="003E2DBC"/>
+    <w:rsid w:val="003E4742"/>
     <w:rsid w:val="003E58CB"/>
     <w:rsid w:val="003E63C8"/>
     <w:rsid w:val="003F0BF9"/>
     <w:rsid w:val="003F71C8"/>
     <w:rsid w:val="00400621"/>
     <w:rsid w:val="004019BC"/>
     <w:rsid w:val="00403AD2"/>
     <w:rsid w:val="004102E9"/>
     <w:rsid w:val="00411EDB"/>
     <w:rsid w:val="004120F6"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00413157"/>
     <w:rsid w:val="004166CA"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00422BAF"/>
     <w:rsid w:val="00424EB5"/>
     <w:rsid w:val="004318FE"/>
     <w:rsid w:val="00432661"/>
     <w:rsid w:val="00432E1C"/>
     <w:rsid w:val="0043347A"/>
     <w:rsid w:val="00434244"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004417C1"/>
     <w:rsid w:val="00452DD7"/>
     <w:rsid w:val="004708BC"/>
+    <w:rsid w:val="00480D41"/>
     <w:rsid w:val="00481271"/>
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00493CE3"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="00496C63"/>
     <w:rsid w:val="004A5FB4"/>
     <w:rsid w:val="004A7027"/>
     <w:rsid w:val="004A7620"/>
     <w:rsid w:val="004B01A7"/>
     <w:rsid w:val="004B0622"/>
     <w:rsid w:val="004B6048"/>
     <w:rsid w:val="004C1053"/>
     <w:rsid w:val="004C10E1"/>
     <w:rsid w:val="004C370E"/>
     <w:rsid w:val="004C372A"/>
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D6934"/>
+    <w:rsid w:val="004D74DA"/>
+    <w:rsid w:val="004E4278"/>
     <w:rsid w:val="004E5359"/>
+    <w:rsid w:val="004E6E54"/>
     <w:rsid w:val="004F5306"/>
     <w:rsid w:val="004F5AA1"/>
     <w:rsid w:val="00505718"/>
     <w:rsid w:val="00505740"/>
     <w:rsid w:val="005158EE"/>
     <w:rsid w:val="00517FC5"/>
     <w:rsid w:val="00520AE6"/>
     <w:rsid w:val="00526C3C"/>
     <w:rsid w:val="005307E8"/>
     <w:rsid w:val="005362F7"/>
     <w:rsid w:val="00537598"/>
     <w:rsid w:val="00537942"/>
     <w:rsid w:val="00540B4E"/>
     <w:rsid w:val="00543E13"/>
     <w:rsid w:val="00546C75"/>
     <w:rsid w:val="005523E6"/>
     <w:rsid w:val="00552D93"/>
     <w:rsid w:val="005544F8"/>
     <w:rsid w:val="0056132D"/>
     <w:rsid w:val="00564254"/>
     <w:rsid w:val="00565CC6"/>
     <w:rsid w:val="00567C07"/>
     <w:rsid w:val="00572FC4"/>
     <w:rsid w:val="00584D36"/>
     <w:rsid w:val="0059010C"/>
     <w:rsid w:val="005925E5"/>
     <w:rsid w:val="00596D69"/>
     <w:rsid w:val="005A0386"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A1F9C"/>
     <w:rsid w:val="005A259F"/>
     <w:rsid w:val="005A486E"/>
     <w:rsid w:val="005A76B3"/>
     <w:rsid w:val="005B5136"/>
     <w:rsid w:val="005B7469"/>
     <w:rsid w:val="005B76F6"/>
     <w:rsid w:val="005C1C60"/>
     <w:rsid w:val="005C583A"/>
     <w:rsid w:val="005D24F5"/>
     <w:rsid w:val="005D2AC4"/>
+    <w:rsid w:val="005E37BC"/>
     <w:rsid w:val="005E46C6"/>
     <w:rsid w:val="005F2B92"/>
     <w:rsid w:val="005F62BB"/>
     <w:rsid w:val="006106DB"/>
     <w:rsid w:val="00610911"/>
     <w:rsid w:val="00622D9E"/>
     <w:rsid w:val="006345C4"/>
     <w:rsid w:val="00635C08"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00645C78"/>
     <w:rsid w:val="00646DBF"/>
     <w:rsid w:val="00650876"/>
     <w:rsid w:val="0065235D"/>
+    <w:rsid w:val="00653AFC"/>
     <w:rsid w:val="0065783F"/>
     <w:rsid w:val="00657D3F"/>
     <w:rsid w:val="00662C03"/>
+    <w:rsid w:val="00671848"/>
     <w:rsid w:val="00672CF4"/>
     <w:rsid w:val="00673D4F"/>
     <w:rsid w:val="00683DC5"/>
     <w:rsid w:val="00685C3B"/>
     <w:rsid w:val="006A2D74"/>
     <w:rsid w:val="006A2E8C"/>
     <w:rsid w:val="006A3BD7"/>
     <w:rsid w:val="006A78A8"/>
     <w:rsid w:val="006B0873"/>
     <w:rsid w:val="006B0BFA"/>
     <w:rsid w:val="006C07CA"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
     <w:rsid w:val="006D03A3"/>
     <w:rsid w:val="006E07E0"/>
     <w:rsid w:val="006E31B1"/>
+    <w:rsid w:val="006E5329"/>
     <w:rsid w:val="006E5D70"/>
     <w:rsid w:val="006F06AB"/>
+    <w:rsid w:val="006F4B16"/>
     <w:rsid w:val="006F63C0"/>
     <w:rsid w:val="00700368"/>
+    <w:rsid w:val="007017D2"/>
+    <w:rsid w:val="00703E97"/>
     <w:rsid w:val="0072129C"/>
     <w:rsid w:val="00721B17"/>
     <w:rsid w:val="00723E58"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="0073068A"/>
     <w:rsid w:val="0073351B"/>
     <w:rsid w:val="00742460"/>
     <w:rsid w:val="00746292"/>
     <w:rsid w:val="00751AF0"/>
     <w:rsid w:val="00752B0A"/>
     <w:rsid w:val="007558C6"/>
     <w:rsid w:val="00755E22"/>
     <w:rsid w:val="00761049"/>
     <w:rsid w:val="007651D3"/>
     <w:rsid w:val="00770645"/>
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
     <w:rsid w:val="007965A1"/>
+    <w:rsid w:val="0079690D"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
     <w:rsid w:val="007B3E6D"/>
     <w:rsid w:val="007B4EAF"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E688C"/>
     <w:rsid w:val="007F1316"/>
     <w:rsid w:val="007F3230"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00803AD1"/>
     <w:rsid w:val="00811785"/>
     <w:rsid w:val="00820069"/>
     <w:rsid w:val="00825CEF"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="008302D4"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="00844546"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00865E17"/>
     <w:rsid w:val="0087195A"/>
     <w:rsid w:val="0087444D"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="00887459"/>
     <w:rsid w:val="00892E5B"/>
+    <w:rsid w:val="008969A9"/>
     <w:rsid w:val="00896AE6"/>
     <w:rsid w:val="008A258A"/>
     <w:rsid w:val="008A7CF5"/>
     <w:rsid w:val="008B069A"/>
     <w:rsid w:val="008B3858"/>
     <w:rsid w:val="008B3E09"/>
     <w:rsid w:val="008B4097"/>
     <w:rsid w:val="008C0B12"/>
     <w:rsid w:val="008C16BA"/>
     <w:rsid w:val="008C3A1D"/>
     <w:rsid w:val="008C63B9"/>
     <w:rsid w:val="008E04CA"/>
     <w:rsid w:val="008E073B"/>
     <w:rsid w:val="008E09CA"/>
     <w:rsid w:val="008E212B"/>
     <w:rsid w:val="008E6F24"/>
     <w:rsid w:val="008E7876"/>
     <w:rsid w:val="008F0E6A"/>
     <w:rsid w:val="008F4E4F"/>
     <w:rsid w:val="008F6E8C"/>
     <w:rsid w:val="009013EF"/>
     <w:rsid w:val="00902E45"/>
     <w:rsid w:val="00907C16"/>
     <w:rsid w:val="00911913"/>
     <w:rsid w:val="00911D6C"/>
     <w:rsid w:val="00912872"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="0091680C"/>
     <w:rsid w:val="009237EA"/>
     <w:rsid w:val="009251D7"/>
+    <w:rsid w:val="0092541E"/>
     <w:rsid w:val="0092699F"/>
     <w:rsid w:val="00933A9B"/>
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
     <w:rsid w:val="00942DE7"/>
+    <w:rsid w:val="00944453"/>
+    <w:rsid w:val="00957DC7"/>
     <w:rsid w:val="00960511"/>
     <w:rsid w:val="00963EBB"/>
+    <w:rsid w:val="00975017"/>
     <w:rsid w:val="00975CC6"/>
     <w:rsid w:val="0098340E"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="00991B95"/>
     <w:rsid w:val="00993891"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="009A111E"/>
     <w:rsid w:val="009B3F2E"/>
     <w:rsid w:val="009B4614"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
     <w:rsid w:val="009D5893"/>
     <w:rsid w:val="009D6DDA"/>
+    <w:rsid w:val="009E1769"/>
     <w:rsid w:val="00A0010E"/>
     <w:rsid w:val="00A00503"/>
     <w:rsid w:val="00A02A5D"/>
     <w:rsid w:val="00A039DF"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A1319E"/>
     <w:rsid w:val="00A145FF"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
     <w:rsid w:val="00A33534"/>
     <w:rsid w:val="00A429B2"/>
+    <w:rsid w:val="00A447A7"/>
     <w:rsid w:val="00A53DA0"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
     <w:rsid w:val="00A770C1"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A815AD"/>
     <w:rsid w:val="00A840E0"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
     <w:rsid w:val="00AA1ED4"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
+    <w:rsid w:val="00AB04CD"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AC6CC0"/>
     <w:rsid w:val="00AC6F0A"/>
     <w:rsid w:val="00AD31B7"/>
     <w:rsid w:val="00AD3E82"/>
     <w:rsid w:val="00AE42EF"/>
+    <w:rsid w:val="00AE51AF"/>
     <w:rsid w:val="00AE5374"/>
     <w:rsid w:val="00AF0645"/>
     <w:rsid w:val="00AF22EC"/>
     <w:rsid w:val="00AF3689"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF4790"/>
     <w:rsid w:val="00AF6150"/>
     <w:rsid w:val="00B012CE"/>
     <w:rsid w:val="00B02C70"/>
     <w:rsid w:val="00B04BFE"/>
     <w:rsid w:val="00B05ECC"/>
     <w:rsid w:val="00B1149F"/>
     <w:rsid w:val="00B12474"/>
     <w:rsid w:val="00B26545"/>
     <w:rsid w:val="00B32F0E"/>
     <w:rsid w:val="00B344BC"/>
     <w:rsid w:val="00B42E50"/>
     <w:rsid w:val="00B45E87"/>
     <w:rsid w:val="00B479FA"/>
     <w:rsid w:val="00B47B0F"/>
     <w:rsid w:val="00B530AF"/>
     <w:rsid w:val="00B56736"/>
     <w:rsid w:val="00B60CBE"/>
     <w:rsid w:val="00B61B98"/>
     <w:rsid w:val="00B627A7"/>
     <w:rsid w:val="00B66544"/>
     <w:rsid w:val="00B666C2"/>
     <w:rsid w:val="00B67038"/>
     <w:rsid w:val="00B67308"/>
     <w:rsid w:val="00B67BE6"/>
     <w:rsid w:val="00B72583"/>
     <w:rsid w:val="00B80DCA"/>
     <w:rsid w:val="00B841F8"/>
     <w:rsid w:val="00B90C8A"/>
     <w:rsid w:val="00B920F2"/>
     <w:rsid w:val="00B947D7"/>
     <w:rsid w:val="00BA06CD"/>
     <w:rsid w:val="00BB118B"/>
     <w:rsid w:val="00BB3611"/>
     <w:rsid w:val="00BC3427"/>
     <w:rsid w:val="00BD69E2"/>
     <w:rsid w:val="00BF4965"/>
+    <w:rsid w:val="00BF5B62"/>
     <w:rsid w:val="00C10489"/>
     <w:rsid w:val="00C1090B"/>
     <w:rsid w:val="00C13B7E"/>
     <w:rsid w:val="00C2273C"/>
     <w:rsid w:val="00C253FE"/>
     <w:rsid w:val="00C262A7"/>
     <w:rsid w:val="00C2718D"/>
     <w:rsid w:val="00C27695"/>
     <w:rsid w:val="00C27BFA"/>
     <w:rsid w:val="00C30627"/>
+    <w:rsid w:val="00C30BF8"/>
     <w:rsid w:val="00C30E69"/>
     <w:rsid w:val="00C33609"/>
     <w:rsid w:val="00C3399D"/>
     <w:rsid w:val="00C44542"/>
     <w:rsid w:val="00C44C7F"/>
     <w:rsid w:val="00C46FE2"/>
     <w:rsid w:val="00C5050C"/>
     <w:rsid w:val="00C50CD6"/>
     <w:rsid w:val="00C52181"/>
     <w:rsid w:val="00C529D7"/>
     <w:rsid w:val="00C55C6E"/>
     <w:rsid w:val="00C611B1"/>
     <w:rsid w:val="00C620AB"/>
     <w:rsid w:val="00C634C7"/>
     <w:rsid w:val="00C65B72"/>
     <w:rsid w:val="00C6661B"/>
     <w:rsid w:val="00C70D9D"/>
     <w:rsid w:val="00C742DE"/>
     <w:rsid w:val="00C75A1A"/>
     <w:rsid w:val="00C76C19"/>
     <w:rsid w:val="00C8060A"/>
     <w:rsid w:val="00C86302"/>
     <w:rsid w:val="00C93854"/>
     <w:rsid w:val="00CA1743"/>
     <w:rsid w:val="00CA1915"/>
     <w:rsid w:val="00CA3AEB"/>
     <w:rsid w:val="00CA40C4"/>
     <w:rsid w:val="00CA5469"/>
     <w:rsid w:val="00CB0965"/>
     <w:rsid w:val="00CB0F6D"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CB5E5A"/>
     <w:rsid w:val="00CC0BB0"/>
     <w:rsid w:val="00CC6304"/>
     <w:rsid w:val="00CC6535"/>
     <w:rsid w:val="00CE29C7"/>
+    <w:rsid w:val="00CF1A5D"/>
     <w:rsid w:val="00CF26F8"/>
+    <w:rsid w:val="00CF5A31"/>
     <w:rsid w:val="00D01F40"/>
     <w:rsid w:val="00D030B0"/>
     <w:rsid w:val="00D15374"/>
     <w:rsid w:val="00D22020"/>
     <w:rsid w:val="00D224EF"/>
     <w:rsid w:val="00D278DD"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
     <w:rsid w:val="00D400F5"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D65AF5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
     <w:rsid w:val="00D77E78"/>
+    <w:rsid w:val="00D77F87"/>
     <w:rsid w:val="00D838D0"/>
     <w:rsid w:val="00D965E3"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB1000"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB7D50"/>
     <w:rsid w:val="00DC07C6"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD1238"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DD7FF7"/>
     <w:rsid w:val="00DE4B6F"/>
     <w:rsid w:val="00DF0557"/>
     <w:rsid w:val="00DF2FAC"/>
+    <w:rsid w:val="00E0262D"/>
+    <w:rsid w:val="00E03821"/>
     <w:rsid w:val="00E055E1"/>
     <w:rsid w:val="00E07F1C"/>
+    <w:rsid w:val="00E13C80"/>
     <w:rsid w:val="00E14A80"/>
     <w:rsid w:val="00E14D48"/>
     <w:rsid w:val="00E1639E"/>
     <w:rsid w:val="00E16FBB"/>
     <w:rsid w:val="00E23682"/>
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E37C8C"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
     <w:rsid w:val="00E51569"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E62A3D"/>
     <w:rsid w:val="00E71B09"/>
+    <w:rsid w:val="00E71C45"/>
+    <w:rsid w:val="00E7363B"/>
     <w:rsid w:val="00E73BC3"/>
     <w:rsid w:val="00E80549"/>
     <w:rsid w:val="00E821B9"/>
     <w:rsid w:val="00E8293A"/>
     <w:rsid w:val="00E8380C"/>
     <w:rsid w:val="00E9639B"/>
     <w:rsid w:val="00EA0C5E"/>
     <w:rsid w:val="00EA14B4"/>
+    <w:rsid w:val="00EA538B"/>
     <w:rsid w:val="00EB2DE4"/>
     <w:rsid w:val="00EB315B"/>
     <w:rsid w:val="00EB432F"/>
     <w:rsid w:val="00EC1C24"/>
     <w:rsid w:val="00EC6011"/>
     <w:rsid w:val="00ED37CC"/>
     <w:rsid w:val="00ED65C1"/>
+    <w:rsid w:val="00EE28DD"/>
     <w:rsid w:val="00EE3D15"/>
     <w:rsid w:val="00EF45FA"/>
     <w:rsid w:val="00EF4BA9"/>
     <w:rsid w:val="00EF5011"/>
     <w:rsid w:val="00EF53B2"/>
     <w:rsid w:val="00EF6C0D"/>
     <w:rsid w:val="00F039C9"/>
     <w:rsid w:val="00F0484A"/>
     <w:rsid w:val="00F04C7F"/>
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
+    <w:rsid w:val="00F21C4E"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
+    <w:rsid w:val="00F40CB8"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
     <w:rsid w:val="00F53166"/>
+    <w:rsid w:val="00F5373D"/>
     <w:rsid w:val="00F5382B"/>
     <w:rsid w:val="00F54130"/>
     <w:rsid w:val="00F555EA"/>
     <w:rsid w:val="00F55BD5"/>
     <w:rsid w:val="00F61528"/>
     <w:rsid w:val="00F6255A"/>
     <w:rsid w:val="00F65CBC"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73E3D"/>
     <w:rsid w:val="00F7777A"/>
+    <w:rsid w:val="00F802FE"/>
     <w:rsid w:val="00F81344"/>
     <w:rsid w:val="00F8653B"/>
     <w:rsid w:val="00F90C02"/>
     <w:rsid w:val="00F93EA9"/>
     <w:rsid w:val="00F945E9"/>
     <w:rsid w:val="00F9508D"/>
     <w:rsid w:val="00F97F3E"/>
     <w:rsid w:val="00FA1C6D"/>
     <w:rsid w:val="00FA521F"/>
     <w:rsid w:val="00FB2469"/>
     <w:rsid w:val="00FB3C85"/>
+    <w:rsid w:val="00FC0DB3"/>
     <w:rsid w:val="00FC50C6"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
     <w:rsid w:val="00FD5AC6"/>
     <w:rsid w:val="00FD6378"/>
     <w:rsid w:val="00FE0F4A"/>
     <w:rsid w:val="00FE6831"/>
     <w:rsid w:val="00FF39CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15EC1037"/>
   <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13246,51 +16173,50 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoParagraphStyle">
     <w:name w:val="[No Paragraph Style]"/>
@@ -14099,51 +17025,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A815AD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A815AD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scxw238643812">
     <w:name w:val="scxw238643812"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A815AD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="162010394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="876771824">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15211,51 +18137,51 @@
               </w:divBdr>
             </w:div>
             <w:div w:id="1163399680">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15503,106 +18429,419 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4991edc6-c95a-41cf-abea-d90d8029a3b7" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084FB04377A0C464383E52F97DDF00F60" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="27f6f78c171eae5795660fddcf486424">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" xmlns:ns3="4991edc6-c95a-41cf-abea-d90d8029a3b7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f7c81e21042854c5efc62a7c3b699b20" ns2:_="" ns3:_="">
+    <xsd:import namespace="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
+    <xsd:import namespace="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4991edc6-c95a-41cf-abea-d90d8029a3b7" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{43c6561c-0fd0-4cb1-a759-9dc228db9a67}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4991edc6-c95a-41cf-abea-d90d8029a3b7">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FF4F734-3246-436D-B573-85851FFA322F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57DEB5BA-0A44-435C-AC83-609DFA224EF3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
+    <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23135F4C-8F69-4B54-8A24-08C643ABECD7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
+    <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ABEB2B8-E7FA-4B9F-8BA6-67700F19C2FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>39848</Characters>
+  <Pages>20</Pages>
+  <Words>7443</Words>
+  <Characters>42430</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>332</Lines>
-  <Paragraphs>93</Paragraphs>
+  <Lines>353</Lines>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>46745</CharactersWithSpaces>
+  <CharactersWithSpaces>49774</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2621488</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010084FB04377A0C464383E52F97DDF00F60</vt:lpwstr>
+  </property>
+</Properties>
+</file>