--- v1 (2026-01-31)
+++ v2 (2026-03-26)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5E43C271" w14:textId="047CAFDE" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="000805F1" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>Help</w:t>
       </w:r>
       <w:r w:rsidR="002E4877" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> with Medicare Costs</w:t>
@@ -507,105 +508,161 @@
       <w:tr w:rsidR="00653AFC" w:rsidRPr="00653AFC" w14:paraId="33ADBF5F" w14:textId="77777777" w:rsidTr="000F4114">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C7CD59D" w14:textId="23CB1409" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653AFC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>single individual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1BBB48" w14:textId="2A252FDB" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
+          <w:p w14:paraId="4C1BBB48" w14:textId="4A0939C5" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653AFC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>$2,935 /month</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC67E1">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00625C50">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC67E1">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>993</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653AFC">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/month</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00653AFC" w:rsidRPr="00653AFC" w14:paraId="124CE988" w14:textId="77777777" w:rsidTr="000F4114">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B937322" w14:textId="7DBD6D74" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653AFC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>married couple</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52B4AE1A" w14:textId="41505B73" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
+          <w:p w14:paraId="52B4AE1A" w14:textId="5EFA1048" w:rsidR="007B3E6D" w:rsidRPr="00653AFC" w:rsidRDefault="007B3E6D" w:rsidP="008F7CB0">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653AFC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>$3,966 /month</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC67E1">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00625C50">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC67E1">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>058</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653AFC">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /month</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0638AC79" w14:textId="726E22F0" w:rsidR="000F4114" w:rsidRPr="00653AFC" w:rsidRDefault="000F4114" w:rsidP="000F4114">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">*Income limits change each year on March 1.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F62CBEA" w14:textId="039FFFD9" w:rsidR="00505740" w:rsidRPr="00653AFC" w:rsidRDefault="00820069" w:rsidP="00505740">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
@@ -1646,50 +1703,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Department of Transitional Assistance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64566B05" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Department of Industrial Accidents </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6254841E" w14:textId="3BB58A89" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00B666C2" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Department </w:t>
       </w:r>
       <w:r w:rsidR="00E16FBB" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of Unemployment Assistance</w:t>
@@ -1718,51 +1776,50 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Division </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA89A0E" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bureau of Special Investigations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2AC5E8" w14:textId="4A4F1B3F" w:rsidR="00E16FBB" w:rsidRPr="00653AFC" w:rsidRDefault="00243B8B" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Public Health, Registry </w:t>
       </w:r>
       <w:r w:rsidR="00E16FBB" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">of Vital </w:t>
@@ -2163,51 +2220,65 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>MassHealth Enrollment Center</w:t>
       </w:r>
       <w:r w:rsidR="00B67308" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0007287A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B67308" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>The Schrafft Center</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B67308" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Schrafft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B67308" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Center</w:t>
       </w:r>
       <w:r w:rsidR="0007287A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E1639E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>529 Main St.</w:t>
       </w:r>
       <w:r w:rsidR="00B26545" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E1639E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Suite 1M</w:t>
       </w:r>
@@ -2534,71 +2605,65 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DD0732" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Privacy and Confidentiality</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1040E7C5" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">MassHealth is committed to keeping your personal information confidential. All personal information we have about any applicant or member, including medical data, health status, and the personal information you give us during your application for and receipt of benefits, is confidential. This information may not be used or released </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">for purposes not related to the administration of MassHealth without your permission unless required by law or a court order. </w:t>
+        <w:t xml:space="preserve">MassHealth is committed to keeping your personal information confidential. All personal information we have about any applicant or member, including medical data, health status, and the personal information you give us during your application for and receipt of benefits, is confidential. This information may not be used or released for purposes not related to the administration of MassHealth without your permission unless required by law or a court order. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25081775" w14:textId="61070B3A" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">You can give us your written permission to use your personal health information for a specific purpose or to share it with a specific person or organization. You can also give us your permission to share your personal information with your authorized representative, Certified Application Counselor (CAC), or Navigator, if you have one, by filling out an </w:t>
       </w:r>
       <w:r w:rsidR="00A770C1" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ARD</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, a Certified Application Counselor Designation Form, or a Navigator Designation Form.</w:t>
@@ -2803,154 +2868,214 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>the person or organization you want to be your authorized representative. This form is included in the application packet. In most cases, your authorized representative must also fill out this form. Please see the instructions on the form for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BB3982" w14:textId="563445DB" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="NoParagraphStyle"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">An authorized representative can also be someone who is acting responsibly on your behalf if you cannot designate an authorized representative in writing because of a mental or physical condition, or has been appointed by law to act on your behalf or on behalf of your estate. This person must fill out the applicable parts of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B5136" w:rsidRPr="00653AFC">
+        <w:t xml:space="preserve">An authorized representative can also </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ARD</w:t>
-      </w:r>
+        <w:t>be someone who is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. If this person has been appointed by law to represent you, either you or this person must also submit to MassHealth a copy of the applicable legal document stating that this person is lawfully representing you or your estate. This person may be a legal guardian</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
+        <w:t xml:space="preserve"> acting responsibly on your behalf if you cannot designate an authorized representative in writing because of a mental or physical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>;</w:t>
-      </w:r>
+        <w:t>condition, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> conservator</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
+        <w:t xml:space="preserve"> has been appointed by law to act on your behalf or on behalf of your estate. This person must fill out the applicable parts of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5136" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>ARD</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holder of power of attorney</w:t>
+        <w:t>. If this person has been appointed by law to represent you, either you or this person must also submit to MassHealth a copy of the applicable legal document stating that this person is lawfully representing you or your estate. This person may be a legal guardian</w:t>
       </w:r>
       <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> health care proxy</w:t>
+        <w:t xml:space="preserve"> conservator</w:t>
       </w:r>
       <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>; or,</w:t>
+        <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> holder of power of attorney</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> health care proxy</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47CCA" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; or,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> if the applicant or member has died, the estate’s administrator or executor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
+    <w:p w14:paraId="4161444A" w14:textId="77777777" w:rsidR="007D2783" w:rsidRDefault="007D2783">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9A1D8D" w14:textId="2792AF71" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Important Forms</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRPr="00653AFC" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">The following forms can be found on our website at </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
         <w:r w:rsidRPr="00653AFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A00503" w:rsidRPr="00653AFC">
@@ -3082,83 +3207,90 @@
       </w:r>
       <w:r w:rsidR="00C65B72" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>to ask for any of these forms.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76EDC0F1" w14:textId="54DEACF8" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Reporting Changes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A0FCBA0" w14:textId="70C1C03F" w:rsidR="00360ABB" w:rsidRPr="00653AFC" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If there are any changes in your </w:t>
       </w:r>
       <w:r w:rsidR="00E455D2" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">living situation, including but not limited to </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">income, assets, address, health insurance, immigration status, or disability status, you must tell us within 10 calendar days of the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FD22D5" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>changes or as soon as possible.</w:t>
+        <w:t>changes or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FD22D5" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as soon as possible.</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you do not tell us about these changes, you may lose your benefits. You can tell us about any changes by calling </w:t>
       </w:r>
       <w:r w:rsidR="00496C63" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D224EF" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>800</w:t>
       </w:r>
       <w:r w:rsidR="00496C63" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
@@ -4501,99 +4633,99 @@
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>tate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2575C89E" w14:textId="01D8C03D" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="00F802FE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="002C17C5" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>IP</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="329E232D" w14:textId="7353A425" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ate of birth </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B83DA6" w14:textId="66279D2C" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ender</w:t>
       </w:r>
       <w:r w:rsidR="00F44A8A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00703E97">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>M</w:t>
@@ -5023,51 +5155,69 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you need more space, attach another sheet of paper.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F04FCD" w14:textId="4DDF9CFD" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Status award date (mm/dd/yyyy) (For battered </w:t>
+        <w:t>Status award date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) (For battered </w:t>
       </w:r>
       <w:r w:rsidR="00394B14" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>people</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, enter the date the petition was approved.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32321F06" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
@@ -5144,51 +5294,69 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C342F73" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Passport or document expiration date (mm/dd/yyyy) Country</w:t>
+        <w:t>Passport or document expiration date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>) Country</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="290D52E1" w14:textId="12821529" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Did you use the same name on this application that you did to get your immigration status? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F313E34" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
@@ -5300,50 +5468,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F97FAC" w14:textId="3D72330E" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Are you an honorably discharged veteran or active-duty member of the US military, or the spouse or child of an honorably discharged veteran or an active-duty member of the US military? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A3B8E9" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08F98ACE" w14:textId="77777777" w:rsidR="00F802FE" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
@@ -5353,51 +5522,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145DB438" w14:textId="3C59F596" w:rsidR="00FC0DB3" w:rsidRPr="00653AFC" w:rsidRDefault="00F802FE" w:rsidP="0038495F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Optional: Are you: a victim of severe trafficking, a spouse , child , sibling or parent of a trafficking victim, a battered spouse, a child or parent of a battered spouse?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="036E7012" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="000B199E" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Your Spouse </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ECE2394" w14:textId="09321929" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -5932,51 +6100,69 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you need more space, attach another sheet of paper.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="329A83B6" w14:textId="544ED432" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Status award date (mm/dd/yyyy) (For battered </w:t>
+        <w:t>Status award date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) (For battered </w:t>
       </w:r>
       <w:r w:rsidR="00394B14" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>people</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, enter the date the petition was approved.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBBACFD" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
@@ -6036,73 +6222,92 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Document ID number </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E136B5D" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Alien number </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0AA567" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Passport or document expiration date (mm/dd/yyyy) Country</w:t>
+        <w:t>Passport or document expiration date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>) Country</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4578395C" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Did you use the same name on this application that you did to get your immigration status? </w:t>
       </w:r>
     </w:p>
@@ -6146,51 +6351,50 @@
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13DC2C76" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>If No, what name did you use? First name, middle name, last name, and suffix</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A25428" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Did you arrive in the US after August 22, 1996? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E83393A" w14:textId="77777777" w:rsidR="0038495F" w:rsidRPr="00653AFC" w:rsidRDefault="0038495F" w:rsidP="00975017">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -6625,105 +6829,114 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Your spouse’s $</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="350E4B5C" w14:textId="77777777" w:rsidR="00E13C80" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Source of income </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B05ECC" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Income </w:t>
+        <w:t>Income</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B05ECC" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>from a job (before deductions)</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E13C80">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Your $ </w:t>
       </w:r>
       <w:r w:rsidR="00E13C80">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Your spouse’s $</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37900A50" w14:textId="1154A41D" w:rsidR="000B199E" w:rsidRPr="00653AFC" w:rsidRDefault="002E2B3F" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
       </w:r>
       <w:r w:rsidR="00E13C80">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Your $ </w:t>
       </w:r>
       <w:r w:rsidR="00E13C80">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Your spouse’s $</w:t>
@@ -6802,51 +7015,50 @@
         <w:t xml:space="preserve">Source of income </w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Other (please specify)</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
       </w:r>
       <w:r w:rsidR="00E13C80">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Your $ </w:t>
       </w:r>
       <w:r w:rsidR="00E13C80">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Your spouse’s $</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1AEA80" w14:textId="302C7614" w:rsidR="005307E8" w:rsidRPr="00653AFC" w:rsidRDefault="005307E8" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -7251,51 +7463,58 @@
         <w:t>Medicare Savings Program</w:t>
       </w:r>
       <w:r w:rsidR="00C2718D" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9D6884" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>You give permission to MassHealth to get any records or data to prove any information given on this application. You understand that you must tell MassHealth of any changes in information you gave on this application. You further certify under the penalty of perjury that the information on this application is correct and complete to the best of your knowledge.</w:t>
+        <w:t xml:space="preserve">You give permission to MassHealth to get any records or data to prove any information given on this application. You understand that you must tell MassHealth of any changes in information you gave on this application. You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>further certify under the penalty of perjury that the information on this application is correct and complete to the best of your knowledge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70831BEE" w14:textId="3FE7CAEE" w:rsidR="0065235D" w:rsidRPr="00653AFC" w:rsidRDefault="0065235D" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Important</w:t>
       </w:r>
       <w:r w:rsidR="00912F5A" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -7394,58 +7613,51 @@
         <w:t xml:space="preserve">If you think MassHealth’s </w:t>
       </w:r>
       <w:r w:rsidR="00113AB4" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">eligibility </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>decision is wrong, you have the right to appeal. If you are denied benefits, you will get information on how to appeal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4310BDA6" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">MassHealth will obtain from your current and former health insurers all information about health insurance coverage for you and your spouse. This includes, but is not limited to, information about policies, premiums, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">coinsurance, deductibles, and covered benefits that are, may be, or should have been available to you and your spouse. </w:t>
+        <w:t xml:space="preserve">MassHealth will obtain from your current and former health insurers all information about health insurance coverage for you and your spouse. This includes, but is not limited to, information about policies, premiums, coinsurance, deductibles, and covered benefits that are, may be, or should have been available to you and your spouse. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744866BD" w14:textId="392BF8BA" w:rsidR="00106BCB" w:rsidRPr="00653AFC" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth may get records or data about you and your spouse listed on this application from federal and state data sources and programs, such as the Social Security Administration, the Internal Revenue Service, the Department of Homeland Security, </w:t>
       </w:r>
       <w:r w:rsidR="00C2273C" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DOR</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, and the Registry of Motor Vehicles, as well as private data sources including financial institutions, 1) to prove any information given on this application and any supplements, or other information given once you or your spouse becomes a member, 2) to document medical services claimed or provided to you or your spouse</w:t>
@@ -7783,50 +7995,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="262040D3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="317"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I will give DTA information that is true and complete to the best of my knowledge during my interview and in the future.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E63A948" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="106205B4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
@@ -8052,51 +8265,50 @@
     </w:p>
     <w:p w14:paraId="1108662A" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="310"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Get information from other state or federal agencies, local housing authorities, out-of-state welfare departments, financial institutions, and Equifax Workforce Solutions (the Work Number). I also give these agencies permission to share information about my household’s eligibility for benefits with DTA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A440C5D" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8424,50 +8636,51 @@
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">How does DTA use Social Security Numbers (SSNs)? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AC36AF4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>DTA is allowed to ask for SSNs under The Food and Nutrition Act of 2008 (7 U.S.C. 2011-2036) for SNAP and under M.G.L. c. 18 Section 33 for TAFDC and EAEDC. DTA uses SSNs to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45EAEC68" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="270"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
@@ -8637,51 +8850,50 @@
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>If I have a DTA hearing, I can ask DTA to give me a free professional interpreter, or if I prefer, I can bring someone to interpret for me. If I need DTA to give me an interpreter for a hearing, I must call the Division of Hearings at least one week before the hearing date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12EA0843" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Right to Register to Vote</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374BB148" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DDCE0CF" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
@@ -8951,92 +9163,111 @@
     <w:p w14:paraId="6719A280" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">If I am eligible for expedited (emergency) SNAP, DTA has to give me SNAP and make sure I have an </w:t>
+        <w:t xml:space="preserve">If I am eligible for expedited (emergency) SNAP, DTA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>has to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> give me SNAP and make sure I have an </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Electronic Benefit Transfer (</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">EBT) card within 7 days from the date they got my application. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D7C02EE" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I have a right to speak to a DTA supervisor if:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79895D04" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -9098,51 +9329,69 @@
     </w:p>
     <w:p w14:paraId="2C370E3D" w14:textId="507A74E4" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">When I get SNAP, I have to meet certain rules. When I am approved for SNAP, </w:t>
+        <w:t xml:space="preserve">When I get SNAP, I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet certain rules. When I am approved for SNAP, </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DTA will give me a copy of the “Your Right to Know” brochure and the SNAP Program brochure.</w:t>
       </w:r>
       <w:r w:rsidR="009251D7" w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I will read the brochures or have someone read them to me.  If I have any questions or need help reading or understanding this information, I can call DTA at 1-877-382-2363.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572A13D9" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
@@ -9236,93 +9485,125 @@
     </w:p>
     <w:p w14:paraId="5F06FF31" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>I have to report this by the 10</w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> report this by the 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of the month after the month my income went over the threshold. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A78F3F6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">If I have to meet the Able-Bodied Adults Without Dependents (ABAWD) Work Rules </w:t>
+        <w:t xml:space="preserve">If I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meet the Able-Bodied Adults Without Dependents (ABAWD) Work Rules </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> my work hours drop below 20 hours per week. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D33F330" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
@@ -9402,136 +9683,187 @@
     </w:p>
     <w:p w14:paraId="03AA6CB4" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1530"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>I have to report these changes by the 10</w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>have to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> report these changes by the 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of the month after the month of the change. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C18E99E" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If I get SNAP through Transitional Benefits Alternative (TBA) because my TAFDC stopped, I do not have to report any changes to DTA for the 5 months that I get TBA. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C71D07" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If I get SNAP through Bay State CAP, I do not have to report any changes to DTA. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BB16C16" w14:textId="47732846" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00653AFC">
-[...3 lines deleted...]
-        <w:t>If I and everyone in my household gets cash assistance (TAFDC or EAEDC), I must report certain changes to DTA within 10 days of the change.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>If I and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> everyone in my </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>household</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>gets</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cash assistance (TAFDC or EAEDC), I must report certain changes to DTA within 10 days of the change.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708C59F6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">I may get more SNAP benefits if I report and give DTA proofs for the following, at any time: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="536427A1" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
@@ -9747,50 +10079,51 @@
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>You must not cut your work hours to less than 30 hours a week without a good reason.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793E6819" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SNAP Rules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2C8004" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Do not give false information or hide information to get SNAP benefits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4837F9E3" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -10093,51 +10426,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF6986B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Trade (buy or sell) SNAP benefits for firearms, ammunition or explosives, they will be ineligible for SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>forever</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22420402" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -10163,51 +10495,67 @@
         <w:t>Make an offer to sell SNAP benefits or an EBT card online or in person the State may pursue an IPV against them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A090F9" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Pay for food purchased on credit they will be ineligible for SNAP.</w:t>
+        <w:t xml:space="preserve">Pay for food purchased on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>credit they</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be ineligible for SNAP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE68EE6" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -10256,51 +10604,65 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Violate probation or parole, where law enforcement is actively seeking to arrest them they will be ineligible for SNAP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CDA06B7" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anyone who became a convicted felon after February 7, 2014 is ineligible for SNAP benefits if they are a fleeing felon or are violating probation or parole - in accordance with 7 CFR §273.11(n) - </w:t>
+        <w:t xml:space="preserve">Anyone who became a convicted felon after February 7, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is ineligible for SNAP benefits if they are a fleeing felon or are violating probation or parole - in accordance with 7 CFR §273.11(n) - </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> were convicted as an adult of:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63407F1B" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00C44542">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
@@ -10429,51 +10791,72 @@
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nondiscrimination Statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE71A7F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>In accordance with Federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating on the basis of race, color, national origin, sex (including gender identity and sexual orientation), religious creed, disability, age, political beliefs, or reprisal or retaliation for prior civil rights activity.</w:t>
+        <w:t xml:space="preserve">In accordance with Federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> race, color, national origin, sex </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(including gender identity and sexual orientation), religious creed, disability, age, political beliefs, or reprisal or retaliation for prior civil rights activity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65F04B0F" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="007B3E6D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-360"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g. Braille, large print, audiotape, American Sign Language), should contact the Agency (state or local) where they applied for benefits. Individuals who are deaf, hard of hearing or have speech disabilities may contact USDA through the Federal Relay Service at (800) 877-8339. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E7C5EE2" w14:textId="77777777" w:rsidR="00147410" w:rsidRPr="00653AFC" w:rsidRDefault="00147410" w:rsidP="00147410">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
@@ -10763,51 +11146,65 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA89EF2" w14:textId="77F7B2D7" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>You may choose an authorized representative to help you get health care coverage through programs offered by MassHealth and the Health Connector. You can do this by filling out this form (the Authorized Representative Designation Form). You or a representative can sign for yourself and for any of your dependent children under the age of 18 for whom you are the custodial parent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE68B2C" w14:textId="484D5CB4" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>You are not required to have a representative in order to apply for or receive benefits.</w:t>
+        <w:t xml:space="preserve">You are not required to have a representative </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apply for or receive benefits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6675E7FB" w14:textId="029EE0B7" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Who can help me?</w:t>
       </w:r>
@@ -10907,50 +11304,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>A Section I or II authorized representative may  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="423456CA" w14:textId="4AE9875C" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>fill out your application or eligibility review forms;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF254FA" w14:textId="5C74A112" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>fill out other MassHealth or Health Connector eligibility or enrollment forms;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B2F39B" w14:textId="0F7FE558" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -10961,51 +11359,50 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>give proof of information reported on these forms;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="173853A8" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>report changes in income, address, or other circumstances; </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66EE1F68" w14:textId="124DC232" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -11104,51 +11501,73 @@
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="scxw238643812"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>(if applicant or member is able to sign)</w:t>
+        <w:t xml:space="preserve">(if applicant or member </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sign)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49089F62" w14:textId="547C8B54" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="000E4B39">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Part A—to be filled out by applicant or member. Please print, except for signature.</w:t>
       </w:r>
@@ -11167,51 +11586,65 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9CB3BE" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA85E0F" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Date of birth (mm/dd/yyyy)  </w:t>
+        <w:t>Date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222D3DB8" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Applicant’s/Member’s email address  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA56E45" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -11219,51 +11652,65 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="31843046" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Applicant’s/Member's signature  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="373CB3CA" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Date (mm/dd/yyyy) </w:t>
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECA155D" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Authorized representative’s name Authorized representative’s phone number  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A2677B" w14:textId="0552BED1" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -11296,178 +11743,234 @@
     </w:p>
     <w:p w14:paraId="74E50517" w14:textId="3AE17A28" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>B1. COMPLETE IF AUTHORIZED REPRESENTATIVE IS A PERSON.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11012836" w14:textId="434DCC86" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>I certify that I will at all times maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to me by MassHealth or the Health Connector.</w:t>
+        <w:t xml:space="preserve">I certify that I will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to me by MassHealth or the Health Connector.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="747065F9" w14:textId="4A93E158" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>If I am also a provider, staff member, or volunteer affiliated with an organization, and am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information and conflicts of interest including those set forth at 42 C.F.R. part 431, subpart F, 42 C.F.R. § 447.10, and 45 C.F.R. § 155.260(f).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1704F0CE" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Authorized representative’s signature </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3396BF51" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Date (mm/dd/yyyy) </w:t>
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39364DE8" w14:textId="54BD8641" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Authorized representative’s printed name Authorized representative’s email address </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7357A20F" w14:textId="4F68A51A" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B2. COMPLETE IF AUTHORIZED REPRESENTATIVE IS AN ORGANIZATION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F0FF0E" w14:textId="7C60FABD" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>I certify, on behalf of the organization set forth below, that such organization will at all times maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to the organization by MassHealth or the Health Connector.</w:t>
+        <w:t xml:space="preserve">I certify, on behalf of the organization set forth below, that such organization will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to the organization by MassHealth or the Health Connector.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F757B40" w14:textId="238937FC" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I, the provider, staff member, or volunteer of the organization set forth below, completing this form, certify on behalf of myself and on behalf of the organization I represent, that any providers, staff members, or volunteers acting on behalf of the organization in connection with this authorized representative designation will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information, and conflicts of interest, including those set forth at 42 C.F.R. part 431, subpart F, 42 C.F.R. § 447.10, and 45 C.F.R. § 155.260(f).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="690624CF" w14:textId="18D57D13" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Signature of provider, staff member, or volunteer completing form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BBEFBE2" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Date (mm/dd/yyyy) </w:t>
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D1C90B" w14:textId="512BEFAF" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Printed name of provider, staff member, or volunteer completing form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610E5751" w14:textId="77777777" w:rsidR="00AB04CD" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -11552,423 +12055,535 @@
     </w:p>
     <w:p w14:paraId="318D3B3A" w14:textId="07368F89" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>AN ORGANIZATION IS NOT ELIGIBLE TO BE AN AUTHORIZED REPRESENTATIVE UNDER THIS SECTION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1225EEC0" w14:textId="6CD25989" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>I certify that the applicant or member set forth below cannot provide written designation and to the best of my knowledge does not otherwise have an individual who can act on his or her behalf such as an existing authorized representative, guardian, conservator, personal representative of the estate, holder of power of attorney, or an invoked health-care proxy. In addition, I certify that I am sufficiently aware of this applicant’s or member’s circumstances to assume responsibility for the accuracy of the statements made on his or her behalf during the eligibility process and in other communications with MassHealth or the Health Connector, that I understand my rights and responsibilities as this person’s authorized representative (as explained earlier in this form). If this person can understand, I have told the person that MassHealth and the Health Connector will send me a copy of all MassHealth and Health Connector eligibility and enrollment notices and this person agrees to this, and I have told this person that they may remove or replace me as their authorized representative at any time by the methods described earlier in this form.</w:t>
+        <w:t xml:space="preserve">I certify that the applicant or member set forth below cannot provide written designation and to the best of my knowledge does not otherwise have an individual who can act on his or her behalf such as an existing authorized representative, guardian, conservator, personal representative of the estate, holder of power of attorney, or an invoked health-care proxy. In addition, I certify that I am sufficiently aware of this applicant’s or member’s circumstances to assume responsibility for the accuracy of the statements made on his or her behalf during the eligibility process and in other communications with MassHealth or the Health Connector, that I understand my rights and responsibilities as this person’s authorized representative (as explained earlier in this form). If this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>person can understand, I have told the person that MassHealth and the Health Connector will send me a copy of all MassHealth and Health Connector eligibility and enrollment notices and this person agrees to this, and I have told this person that they may remove or replace me as their authorized representative at any time by the methods described earlier in this form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5444E496" w14:textId="1ABCDAB5" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>I further certify that I will at all times maintain the confidentiality of any information regarding the applicant or member set forth below that is provided to me by MassHealth or the Health Connector.</w:t>
+        <w:t xml:space="preserve">I further certify that I will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth below that is provided to me by MassHealth or the Health Connector.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7202281B" w14:textId="1899ACB1" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">If I am also a provider, staff member, or volunteer affiliated with an organization, and I am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I </w:t>
-      </w:r>
+        <w:t>If I am also a provider, staff member, or volunteer affiliated with an organization, and I am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I further certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information and conflicts of interest including those set forth at 42 CFR part 431 subpart F., 42 CFR §477.10, and 45 CFR §155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C976F0" w14:textId="01FED256" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Applicant’s/Member’s name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E4BB03" w14:textId="22CF2F11" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Applicant's/Member’s date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE75C85" w14:textId="014D76FF" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D552E1" w14:textId="29F7CF0F" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Authorized representative’s signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D93F42" w14:textId="2410C0AE" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545C7F52" w14:textId="50ECB60C" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Authorized representative’s name (first, middle, last)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8D5D67" w14:textId="20D7B3AE" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Authorized representative’s phone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794538D8" w14:textId="122FD5EC" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Authorized representative’s address (mailing address, city, state, zip)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA29D31" w14:textId="785C35BB" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Authorized representative’s email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C756234" w14:textId="78E8C11A" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the Section II authorized representative is affiliated with an organization, and is acting in such capacity, an individual authorized to act on behalf of the organization, such as an officer, must sign below to indicate the organization’s acknowledgment of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreement with the representations and warranties made above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E45330A" w14:textId="66CF17D2" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Officer’s Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC3F1C8" w14:textId="31D1C795" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Officer’s Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1F55C2" w14:textId="21B5A867" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Officer’s Signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C29AD9E" w14:textId="27D7CFA3" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5196CC" w14:textId="3BD71C04" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="001F59D5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SECTION 3</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3E6D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Authorized Representative Designation (if appointed by law)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357381EA" w14:textId="77777777" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>To be filled out by an authorized representative appointed by law (with authority to act on behalf of the applicant or member in making decisions related to health care including, but not limited to, a guardian, conservator, personal representative of the estate of an applicant or member, holder of power of attorney, or an invoked health care proxy.) Please print, except for signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E12E049" w14:textId="74B2941D" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Please submit a copy of the applicable legal document with this form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253311A2" w14:textId="30F291E1" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>further certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information and conflicts of interest including those set forth at 42 CFR part 431 subpart F., 42 CFR §477.10, and 45 CFR §155.260(f).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57C976F0" w14:textId="01FED256" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+        <w:t xml:space="preserve">I certify that I will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member as set forth below, that is provided to me by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333847C6" w14:textId="65BB7F18" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Applicant’s/Member’s name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E4BB03" w14:textId="22CF2F11" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...12 lines deleted...]
-    <w:p w14:paraId="6FE75C85" w14:textId="014D76FF" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    <w:p w14:paraId="11263B31" w14:textId="71D2F729" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Applicant's/Member’s date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B98C7D" w14:textId="4560D801" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D552E1" w14:textId="29F7CF0F" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
+    <w:p w14:paraId="234F480A" w14:textId="7E4C292E" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Authorized representative’s signature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D93F42" w14:textId="2410C0AE" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...245 lines deleted...]
-    </w:p>
     <w:p w14:paraId="338B7D0E" w14:textId="725E2533" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Date (mm/dd/yyyy)</w:t>
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09494F44" w14:textId="15B755E8" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Authorized representative’s name (first, middle, last) Authorized representative’s phone number Authorized representative’s address (mailing address, city, state, zip) Authorized representative’s email address</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C729AA0" w14:textId="78069870" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>How does an authorized representative designation end?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33A2CB6F" w14:textId="6E0E6C1B" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>If you decide that you no longer want a Section I or Section II authorized representative, you must notify us at the time you want the designation to end by mail, fax, or phone. See our contact information below. If you mail or fax this notice to us, the notice must include your name, address, and date of birth, the name of your authorized representative, a statement that the designation has ended and your signature or, if you cannot provide written notice, the signature of someone acting on your behalf (in the case of a Section II authorized representative only).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07633CF7" w14:textId="333B741D" w:rsidR="00A815AD" w:rsidRPr="00653AFC" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -12074,148 +12689,125 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Health Insurance Processing Center </w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>P O Box 4405</w:t>
       </w:r>
       <w:r w:rsidRPr="00653AFC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Taunton, MA 02780;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559C53AB" w14:textId="22A159F3" w:rsidR="00A815AD" w:rsidRDefault="00A815AD" w:rsidP="007B3E6D">
-[...26 lines deleted...]
-        <w:spacing w:before="720"/>
+    <w:p w14:paraId="5E0D8CCC" w14:textId="09709CA4" w:rsidR="0079690D" w:rsidRPr="00057EB5" w:rsidRDefault="00A815AD" w:rsidP="007D2783">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00057EB5">
-[...13 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Faxing your form to (857) 323-8300; or</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3E6D" w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00653AFC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Calling us at (800) 841-2900, TDD/TTY: 711.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0079690D" w:rsidRPr="00057EB5" w:rsidSect="007B3E6D">
       <w:headerReference w:type="even" r:id="rId19"/>
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1080" w:bottom="720" w:left="1080" w:header="720" w:footer="490" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D751E45" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
+    <w:p w14:paraId="73922DF9" w14:textId="77777777" w:rsidR="00F73482" w:rsidRDefault="00F73482">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11182E74" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
+    <w:p w14:paraId="2D322DD6" w14:textId="77777777" w:rsidR="00F73482" w:rsidRDefault="00F73482">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0330C8F0" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
+    <w:p w14:paraId="3EE985D4" w14:textId="77777777" w:rsidR="00F73482" w:rsidRDefault="00F73482">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -12223,204 +12815,260 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
-    <w:panose1 w:val="020B0703030403020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
     <w:altName w:val="Franklin Gothic Medium Cond"/>
-    <w:panose1 w:val="02000606040000020004"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
-    <w:panose1 w:val="02000606040000020004"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
     <w:altName w:val="Nyala"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="0204030606070A060204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SourceSansPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1141519D" w14:textId="24E058AB" w:rsidR="000E4B39" w:rsidRPr="00907C16" w:rsidRDefault="004E6E54" w:rsidP="000E4B39">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="75F44151" w14:textId="77777777" w:rsidR="00300C28" w:rsidRPr="00907C16" w:rsidRDefault="00300C28" w:rsidP="00300C28">
+    <w:pPr>
+      <w:spacing w:before="600"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>MSP 2026-03</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1141519D" w14:textId="7D0D9EBC" w:rsidR="000E4B39" w:rsidRPr="00907C16" w:rsidRDefault="004E6E54" w:rsidP="000E4B39">
     <w:pPr>
       <w:spacing w:before="600"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>MSP</w:t>
     </w:r>
+    <w:r w:rsidR="007D2783">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
     <w:r w:rsidR="0017443B">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025-12</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00CC67E1">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="0017443B">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="00CC67E1">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00300C28">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D5A3077" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
+    <w:p w14:paraId="22D8052E" w14:textId="77777777" w:rsidR="00F73482" w:rsidRDefault="00F73482">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="275465D9" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
+    <w:p w14:paraId="6F28846A" w14:textId="77777777" w:rsidR="00F73482" w:rsidRDefault="00F73482">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3D3CBB44" w14:textId="77777777" w:rsidR="00EA538B" w:rsidRDefault="00EA538B">
+    <w:p w14:paraId="66AA4193" w14:textId="77777777" w:rsidR="00F73482" w:rsidRDefault="00F73482">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00BD69E2" w:rsidRDefault="00BD69E2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="31DE6A54"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02CF606B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="843EB548"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -14828,53 +15476,55 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="879511111">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="721251017">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1100298860">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1534461570">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="140777147">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1680739113">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -14893,71 +15543,73 @@
     <w:rsid w:val="0004554A"/>
     <w:rsid w:val="00057EB5"/>
     <w:rsid w:val="00066FD0"/>
     <w:rsid w:val="0007036D"/>
     <w:rsid w:val="0007287A"/>
     <w:rsid w:val="0007541B"/>
     <w:rsid w:val="000805F1"/>
     <w:rsid w:val="00084E61"/>
     <w:rsid w:val="00085487"/>
     <w:rsid w:val="0008764B"/>
     <w:rsid w:val="00093461"/>
     <w:rsid w:val="000938A6"/>
     <w:rsid w:val="000A011C"/>
     <w:rsid w:val="000A1924"/>
     <w:rsid w:val="000A1E09"/>
     <w:rsid w:val="000A51D9"/>
     <w:rsid w:val="000B199E"/>
     <w:rsid w:val="000C0660"/>
     <w:rsid w:val="000C14CB"/>
     <w:rsid w:val="000D0CDC"/>
     <w:rsid w:val="000D17DF"/>
     <w:rsid w:val="000D31F7"/>
     <w:rsid w:val="000E116C"/>
     <w:rsid w:val="000E1930"/>
     <w:rsid w:val="000E4B39"/>
+    <w:rsid w:val="000E7DFC"/>
     <w:rsid w:val="000F4114"/>
     <w:rsid w:val="000F7650"/>
     <w:rsid w:val="001007F6"/>
     <w:rsid w:val="00101D5A"/>
     <w:rsid w:val="00106BCB"/>
     <w:rsid w:val="00107051"/>
     <w:rsid w:val="00107D22"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00113AB4"/>
     <w:rsid w:val="00121D76"/>
     <w:rsid w:val="001230AF"/>
     <w:rsid w:val="001246F0"/>
     <w:rsid w:val="0013324A"/>
     <w:rsid w:val="00134365"/>
     <w:rsid w:val="001401F5"/>
     <w:rsid w:val="001412F3"/>
     <w:rsid w:val="00147410"/>
     <w:rsid w:val="001569D8"/>
     <w:rsid w:val="0016018F"/>
     <w:rsid w:val="001615A2"/>
     <w:rsid w:val="00165D44"/>
+    <w:rsid w:val="00167C0B"/>
     <w:rsid w:val="00171F97"/>
     <w:rsid w:val="00172ECA"/>
     <w:rsid w:val="0017443B"/>
     <w:rsid w:val="00174819"/>
     <w:rsid w:val="00185183"/>
     <w:rsid w:val="001903E3"/>
     <w:rsid w:val="00192BDA"/>
     <w:rsid w:val="00195909"/>
     <w:rsid w:val="0019670F"/>
     <w:rsid w:val="001967D0"/>
     <w:rsid w:val="001A0CB0"/>
     <w:rsid w:val="001A1675"/>
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001C15D6"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
     <w:rsid w:val="001D5497"/>
     <w:rsid w:val="001D563E"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
     <w:rsid w:val="001E519B"/>
@@ -14986,50 +15638,51 @@
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
     <w:rsid w:val="0029412E"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
     <w:rsid w:val="002A6595"/>
     <w:rsid w:val="002B5EB6"/>
     <w:rsid w:val="002C15B7"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C6E37"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
     <w:rsid w:val="002E09E5"/>
     <w:rsid w:val="002E2B3F"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
     <w:rsid w:val="00300B53"/>
+    <w:rsid w:val="00300C28"/>
     <w:rsid w:val="00302C5E"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="00316707"/>
     <w:rsid w:val="0031686B"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="003259FD"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
     <w:rsid w:val="00343B9F"/>
     <w:rsid w:val="0034515B"/>
     <w:rsid w:val="00345187"/>
     <w:rsid w:val="00355FB4"/>
     <w:rsid w:val="00360ABB"/>
     <w:rsid w:val="003651C2"/>
     <w:rsid w:val="00366E2F"/>
     <w:rsid w:val="00381CA0"/>
     <w:rsid w:val="00383294"/>
     <w:rsid w:val="0038495F"/>
@@ -15057,50 +15710,51 @@
     <w:rsid w:val="00403AD2"/>
     <w:rsid w:val="004102E9"/>
     <w:rsid w:val="00411EDB"/>
     <w:rsid w:val="004120F6"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00413157"/>
     <w:rsid w:val="004166CA"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00422BAF"/>
     <w:rsid w:val="00424EB5"/>
     <w:rsid w:val="004318FE"/>
     <w:rsid w:val="00432661"/>
     <w:rsid w:val="00432E1C"/>
     <w:rsid w:val="0043347A"/>
     <w:rsid w:val="00434244"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004417C1"/>
     <w:rsid w:val="00452DD7"/>
     <w:rsid w:val="004708BC"/>
     <w:rsid w:val="00480D41"/>
     <w:rsid w:val="00481271"/>
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00493CE3"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="00496C63"/>
+    <w:rsid w:val="004A1355"/>
     <w:rsid w:val="004A5FB4"/>
     <w:rsid w:val="004A7027"/>
     <w:rsid w:val="004A7620"/>
     <w:rsid w:val="004B01A7"/>
     <w:rsid w:val="004B0622"/>
     <w:rsid w:val="004B6048"/>
     <w:rsid w:val="004C1053"/>
     <w:rsid w:val="004C10E1"/>
     <w:rsid w:val="004C370E"/>
     <w:rsid w:val="004C372A"/>
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D6934"/>
     <w:rsid w:val="004D74DA"/>
     <w:rsid w:val="004E4278"/>
     <w:rsid w:val="004E5359"/>
     <w:rsid w:val="004E6E54"/>
     <w:rsid w:val="004F5306"/>
     <w:rsid w:val="004F5AA1"/>
     <w:rsid w:val="00505718"/>
     <w:rsid w:val="00505740"/>
     <w:rsid w:val="005158EE"/>
     <w:rsid w:val="00517FC5"/>
     <w:rsid w:val="00520AE6"/>
     <w:rsid w:val="00526C3C"/>
@@ -15111,132 +15765,137 @@
     <w:rsid w:val="00540B4E"/>
     <w:rsid w:val="00543E13"/>
     <w:rsid w:val="00546C75"/>
     <w:rsid w:val="005523E6"/>
     <w:rsid w:val="00552D93"/>
     <w:rsid w:val="005544F8"/>
     <w:rsid w:val="0056132D"/>
     <w:rsid w:val="00564254"/>
     <w:rsid w:val="00565CC6"/>
     <w:rsid w:val="00567C07"/>
     <w:rsid w:val="00572FC4"/>
     <w:rsid w:val="00584D36"/>
     <w:rsid w:val="0059010C"/>
     <w:rsid w:val="005925E5"/>
     <w:rsid w:val="00596D69"/>
     <w:rsid w:val="005A0386"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A1F9C"/>
     <w:rsid w:val="005A259F"/>
     <w:rsid w:val="005A486E"/>
     <w:rsid w:val="005A76B3"/>
     <w:rsid w:val="005B5136"/>
     <w:rsid w:val="005B7469"/>
     <w:rsid w:val="005B76F6"/>
     <w:rsid w:val="005C1C60"/>
+    <w:rsid w:val="005C3FCF"/>
     <w:rsid w:val="005C583A"/>
     <w:rsid w:val="005D24F5"/>
     <w:rsid w:val="005D2AC4"/>
     <w:rsid w:val="005E37BC"/>
     <w:rsid w:val="005E46C6"/>
     <w:rsid w:val="005F2B92"/>
     <w:rsid w:val="005F62BB"/>
     <w:rsid w:val="006106DB"/>
     <w:rsid w:val="00610911"/>
     <w:rsid w:val="00622D9E"/>
+    <w:rsid w:val="00625C50"/>
     <w:rsid w:val="006345C4"/>
     <w:rsid w:val="00635C08"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00645C78"/>
     <w:rsid w:val="00646DBF"/>
     <w:rsid w:val="00650876"/>
     <w:rsid w:val="0065235D"/>
     <w:rsid w:val="00653AFC"/>
     <w:rsid w:val="0065783F"/>
     <w:rsid w:val="00657D3F"/>
     <w:rsid w:val="00662C03"/>
     <w:rsid w:val="00671848"/>
     <w:rsid w:val="00672CF4"/>
     <w:rsid w:val="00673D4F"/>
     <w:rsid w:val="00683DC5"/>
     <w:rsid w:val="00685C3B"/>
     <w:rsid w:val="006A2D74"/>
     <w:rsid w:val="006A2E8C"/>
     <w:rsid w:val="006A3BD7"/>
     <w:rsid w:val="006A78A8"/>
     <w:rsid w:val="006B0873"/>
     <w:rsid w:val="006B0BFA"/>
     <w:rsid w:val="006C07CA"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
     <w:rsid w:val="006D03A3"/>
     <w:rsid w:val="006E07E0"/>
     <w:rsid w:val="006E31B1"/>
     <w:rsid w:val="006E5329"/>
     <w:rsid w:val="006E5D70"/>
     <w:rsid w:val="006F06AB"/>
     <w:rsid w:val="006F4B16"/>
     <w:rsid w:val="006F63C0"/>
     <w:rsid w:val="00700368"/>
     <w:rsid w:val="007017D2"/>
     <w:rsid w:val="00703E97"/>
     <w:rsid w:val="0072129C"/>
     <w:rsid w:val="00721B17"/>
     <w:rsid w:val="00723E58"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="0073068A"/>
     <w:rsid w:val="0073351B"/>
     <w:rsid w:val="00742460"/>
     <w:rsid w:val="00746292"/>
+    <w:rsid w:val="00746ED2"/>
     <w:rsid w:val="00751AF0"/>
     <w:rsid w:val="00752B0A"/>
     <w:rsid w:val="007558C6"/>
     <w:rsid w:val="00755E22"/>
     <w:rsid w:val="00761049"/>
     <w:rsid w:val="007651D3"/>
     <w:rsid w:val="00770645"/>
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
     <w:rsid w:val="007965A1"/>
     <w:rsid w:val="0079690D"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
     <w:rsid w:val="007B3E6D"/>
     <w:rsid w:val="007B4EAF"/>
+    <w:rsid w:val="007C0EC6"/>
+    <w:rsid w:val="007D2783"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E688C"/>
     <w:rsid w:val="007F1316"/>
     <w:rsid w:val="007F3230"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00803AD1"/>
     <w:rsid w:val="00811785"/>
     <w:rsid w:val="00820069"/>
     <w:rsid w:val="00825CEF"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="008302D4"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="00844546"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00865E17"/>
     <w:rsid w:val="0087195A"/>
     <w:rsid w:val="0087444D"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="00887459"/>
@@ -15279,89 +15938,92 @@
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
     <w:rsid w:val="00942DE7"/>
     <w:rsid w:val="00944453"/>
     <w:rsid w:val="00957DC7"/>
     <w:rsid w:val="00960511"/>
     <w:rsid w:val="00963EBB"/>
     <w:rsid w:val="00975017"/>
     <w:rsid w:val="00975CC6"/>
     <w:rsid w:val="0098340E"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="00991B95"/>
     <w:rsid w:val="00993891"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="009A111E"/>
     <w:rsid w:val="009B3F2E"/>
     <w:rsid w:val="009B4614"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
     <w:rsid w:val="009D5893"/>
     <w:rsid w:val="009D6DDA"/>
     <w:rsid w:val="009E1769"/>
     <w:rsid w:val="00A0010E"/>
     <w:rsid w:val="00A00503"/>
+    <w:rsid w:val="00A015BA"/>
     <w:rsid w:val="00A02A5D"/>
     <w:rsid w:val="00A039DF"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A1319E"/>
     <w:rsid w:val="00A145FF"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
     <w:rsid w:val="00A33534"/>
     <w:rsid w:val="00A429B2"/>
     <w:rsid w:val="00A447A7"/>
     <w:rsid w:val="00A53DA0"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
     <w:rsid w:val="00A770C1"/>
+    <w:rsid w:val="00A776AF"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A815AD"/>
     <w:rsid w:val="00A840E0"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
     <w:rsid w:val="00AA1ED4"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
     <w:rsid w:val="00AB04CD"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AC6CC0"/>
     <w:rsid w:val="00AC6F0A"/>
     <w:rsid w:val="00AD31B7"/>
     <w:rsid w:val="00AD3E82"/>
+    <w:rsid w:val="00AD6309"/>
     <w:rsid w:val="00AE42EF"/>
     <w:rsid w:val="00AE51AF"/>
     <w:rsid w:val="00AE5374"/>
     <w:rsid w:val="00AF0645"/>
     <w:rsid w:val="00AF22EC"/>
     <w:rsid w:val="00AF3689"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF4790"/>
     <w:rsid w:val="00AF6150"/>
     <w:rsid w:val="00B012CE"/>
     <w:rsid w:val="00B02C70"/>
     <w:rsid w:val="00B04BFE"/>
     <w:rsid w:val="00B05ECC"/>
     <w:rsid w:val="00B1149F"/>
     <w:rsid w:val="00B12474"/>
     <w:rsid w:val="00B26545"/>
     <w:rsid w:val="00B32F0E"/>
     <w:rsid w:val="00B344BC"/>
     <w:rsid w:val="00B42E50"/>
     <w:rsid w:val="00B45E87"/>
     <w:rsid w:val="00B479FA"/>
     <w:rsid w:val="00B47B0F"/>
     <w:rsid w:val="00B530AF"/>
     <w:rsid w:val="00B56736"/>
     <w:rsid w:val="00B60CBE"/>
@@ -15407,96 +16069,100 @@
     <w:rsid w:val="00C52181"/>
     <w:rsid w:val="00C529D7"/>
     <w:rsid w:val="00C55C6E"/>
     <w:rsid w:val="00C611B1"/>
     <w:rsid w:val="00C620AB"/>
     <w:rsid w:val="00C634C7"/>
     <w:rsid w:val="00C65B72"/>
     <w:rsid w:val="00C6661B"/>
     <w:rsid w:val="00C70D9D"/>
     <w:rsid w:val="00C742DE"/>
     <w:rsid w:val="00C75A1A"/>
     <w:rsid w:val="00C76C19"/>
     <w:rsid w:val="00C8060A"/>
     <w:rsid w:val="00C86302"/>
     <w:rsid w:val="00C93854"/>
     <w:rsid w:val="00CA1743"/>
     <w:rsid w:val="00CA1915"/>
     <w:rsid w:val="00CA3AEB"/>
     <w:rsid w:val="00CA40C4"/>
     <w:rsid w:val="00CA5469"/>
     <w:rsid w:val="00CB0965"/>
     <w:rsid w:val="00CB0F6D"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CB5E5A"/>
     <w:rsid w:val="00CC0BB0"/>
+    <w:rsid w:val="00CC2BBC"/>
     <w:rsid w:val="00CC6304"/>
     <w:rsid w:val="00CC6535"/>
+    <w:rsid w:val="00CC67E1"/>
     <w:rsid w:val="00CE29C7"/>
     <w:rsid w:val="00CF1A5D"/>
     <w:rsid w:val="00CF26F8"/>
     <w:rsid w:val="00CF5A31"/>
     <w:rsid w:val="00D01F40"/>
     <w:rsid w:val="00D030B0"/>
     <w:rsid w:val="00D15374"/>
     <w:rsid w:val="00D22020"/>
     <w:rsid w:val="00D224EF"/>
     <w:rsid w:val="00D278DD"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
     <w:rsid w:val="00D400F5"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D65AF5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
     <w:rsid w:val="00D77E78"/>
     <w:rsid w:val="00D77F87"/>
     <w:rsid w:val="00D838D0"/>
+    <w:rsid w:val="00D95673"/>
     <w:rsid w:val="00D965E3"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB1000"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB7D50"/>
     <w:rsid w:val="00DC07C6"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD1238"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DD7FF7"/>
     <w:rsid w:val="00DE4B6F"/>
     <w:rsid w:val="00DF0557"/>
+    <w:rsid w:val="00DF2C15"/>
     <w:rsid w:val="00DF2FAC"/>
     <w:rsid w:val="00E0262D"/>
     <w:rsid w:val="00E03821"/>
     <w:rsid w:val="00E055E1"/>
     <w:rsid w:val="00E07F1C"/>
     <w:rsid w:val="00E13C80"/>
     <w:rsid w:val="00E14A80"/>
     <w:rsid w:val="00E14D48"/>
     <w:rsid w:val="00E1639E"/>
     <w:rsid w:val="00E16FBB"/>
     <w:rsid w:val="00E23682"/>
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E37C8C"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
     <w:rsid w:val="00E51569"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E62A3D"/>
@@ -15532,50 +16198,51 @@
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
     <w:rsid w:val="00F21C4E"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
     <w:rsid w:val="00F40CB8"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F5373D"/>
     <w:rsid w:val="00F5382B"/>
     <w:rsid w:val="00F54130"/>
     <w:rsid w:val="00F555EA"/>
     <w:rsid w:val="00F55BD5"/>
     <w:rsid w:val="00F61528"/>
     <w:rsid w:val="00F6255A"/>
     <w:rsid w:val="00F65CBC"/>
+    <w:rsid w:val="00F73482"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73E3D"/>
     <w:rsid w:val="00F7777A"/>
     <w:rsid w:val="00F802FE"/>
     <w:rsid w:val="00F81344"/>
     <w:rsid w:val="00F8653B"/>
     <w:rsid w:val="00F90C02"/>
     <w:rsid w:val="00F93EA9"/>
     <w:rsid w:val="00F945E9"/>
     <w:rsid w:val="00F9508D"/>
     <w:rsid w:val="00F97F3E"/>
     <w:rsid w:val="00FA1C6D"/>
     <w:rsid w:val="00FA521F"/>
     <w:rsid w:val="00FB2469"/>
     <w:rsid w:val="00FB3C85"/>
     <w:rsid w:val="00FC0DB3"/>
     <w:rsid w:val="00FC50C6"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
     <w:rsid w:val="00FD5AC6"/>
     <w:rsid w:val="00FD6378"/>
     <w:rsid w:val="00FE0F4A"/>
     <w:rsid w:val="00FE6831"/>
     <w:rsid w:val="00FF39CF"/>
   </w:rsids>
@@ -15586,51 +16253,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15EC1037"/>
   <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16173,50 +16840,51 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoParagraphStyle">
     <w:name w:val="[No Paragraph Style]"/>
@@ -17025,51 +17693,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A815AD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A815AD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scxw238643812">
     <w:name w:val="scxw238643812"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A815AD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="162010394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="876771824">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18137,51 +18805,51 @@
               </w:divBdr>
             </w:div>
             <w:div w:id="1163399680">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18442,70 +19110,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="4991edc6-c95a-41cf-abea-d90d8029a3b7" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084FB04377A0C464383E52F97DDF00F60" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="27f6f78c171eae5795660fddcf486424">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" xmlns:ns3="4991edc6-c95a-41cf-abea-d90d8029a3b7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f7c81e21042854c5efc62a7c3b699b20" ns2:_="" ns3:_="">
     <xsd:import namespace="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
     <xsd:import namespace="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -18690,136 +19349,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57DEB5BA-0A44-435C-AC83-609DFA224EF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
     <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23135F4C-8F69-4B54-8A24-08C643ABECD7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
     <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ABEB2B8-E7FA-4B9F-8BA6-67700F19C2FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FF4F734-3246-436D-B573-85851FFA322F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>42430</Characters>
+  <Pages>21</Pages>
+  <Words>7442</Words>
+  <Characters>42420</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>353</Lines>
   <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49774</CharactersWithSpaces>
+  <CharactersWithSpaces>49763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2621488</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>