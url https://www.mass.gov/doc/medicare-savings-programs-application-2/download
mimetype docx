--- v0 (2025-11-29)
+++ v1 (2026-01-31)
@@ -1,7900 +1,13081 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D4D019E" w14:textId="31E11EB6" w:rsidR="002E4877" w:rsidRPr="00D860F7" w:rsidRDefault="00DF439F" w:rsidP="00746292">
+    <w:p w14:paraId="0D4D019E" w14:textId="31E11EB6" w:rsidR="002E4877" w:rsidRPr="009F6D0C" w:rsidRDefault="00DF439F" w:rsidP="00746292">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Ayuda </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>con los costos de Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E43C271" w14:textId="77F76666" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00746292">
+    <w:p w14:paraId="5E43C271" w14:textId="77F76666" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00746292">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Programas de Ahorros de Medicare (MSP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3205EA6C" w14:textId="4901538E" w:rsidR="00721B17" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+    <w:p w14:paraId="3205EA6C" w14:textId="4901538E" w:rsidR="00721B17" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Esta solicitud es para verificar que usted sea elegible para recibir asistencia con el pago de las primas de Medicare Parte B, las primas de Medicare Parte A si las tiene, o para los copagos o deducibles de la Parte A o B.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE59474" w14:textId="7FE1FFC7" w:rsidR="006C3A1D" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+    <w:p w14:paraId="6FE59474" w14:textId="7FE1FFC7" w:rsidR="006C3A1D" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Su cobertura dependerá de </w:t>
       </w:r>
-      <w:r w:rsidR="001B5BEB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="001B5BEB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">sus </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">ingresos y </w:t>
       </w:r>
-      <w:r w:rsidR="001B5BEB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="001B5BEB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>los</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> de su cónyuge (si estuviera casado).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFE2587" w14:textId="3DA95CA6" w:rsidR="004708BC" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+    <w:p w14:paraId="5BFE2587" w14:textId="3DA95CA6" w:rsidR="004708BC" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si usted es elegible para recibir un Programa de Ahorros de Medicare (MSP), también será inscrito para recibir Medicare Parte D: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Extra Help</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+        <w:t xml:space="preserve">Extra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:lang w:val="es-419"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="690E29AB" w14:textId="386F2218" w:rsidR="001B5BEB" w:rsidRPr="00D860F7" w:rsidRDefault="001B5BEB" w:rsidP="001B5BEB">
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Help</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ayuda adicional). Extra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Help</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podría ayudarle con los costos de sus medicamentos con receta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9F6F17" w14:textId="71774724" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="00102688" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>El</w:t>
+      </w:r>
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Programa de Asistencia de Nutrición Suplementaria (SNAP) es un programa federal que le brinda asistencia para comprar alimentos cada mes. Si le interesa, marque la casilla en la página 1 de la solicitud y luego lea y firme los derechos y responsabilidades de SNAP en las páginas </w:t>
+      </w:r>
+      <w:r w:rsidR="00017D76" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 7 y firme en la página </w:t>
+      </w:r>
+      <w:r w:rsidR="00017D76" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>. Luego, su solicitud será enviada automáticamente al Departamento de Asistencia Transicional (DTA). Usted no tiene que solicitar los beneficios del Programa SNAP para ser considerado para recibir los Programas de Ahorros de Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2206A3A4" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="00E6106C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t>¿Qué sucede después de que el DTA recibe su solicitud?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C08804" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>El DTA lo llamará pronto para realizar una entrevista telefónica y verificar si usted puede recibir SNAP de emergencia en un plazo de 7 días.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2EFF8F" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>El DTA trabajará con usted para verificar la información de su caso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6352ED" w14:textId="04F6247F" w:rsidR="00CA1FF0" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Si lo aprueban, recibirá una tarjeta de Transferencia Electrónica de Beneficios (EBT) para acceder a los beneficios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E34FE26" w14:textId="4EFFFB95" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="00CA1FF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Recibirá un aviso de nuestra decisión en un plazo de 30 días.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690E29AB" w14:textId="386F2218" w:rsidR="001B5BEB" w:rsidRPr="009F6D0C" w:rsidRDefault="001B5BEB" w:rsidP="00A84991">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>¿Cuántos bienes puedo tener?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5B4AA1" w14:textId="48046759" w:rsidR="001B5BEB" w:rsidRPr="00D860F7" w:rsidRDefault="001B5BEB" w:rsidP="00632D11">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="2C5B4AA1" w14:textId="48046759" w:rsidR="001B5BEB" w:rsidRPr="009F6D0C" w:rsidRDefault="001B5BEB" w:rsidP="00632D11">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No hay topes de bienes para los Programas de Ahorros de Medicare de Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64085C8A" w14:textId="5837F354" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00E51569">
+    <w:p w14:paraId="64085C8A" w14:textId="5837F354" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00A84991">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Cuántos ingresos puedo tener?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496CAAA9" w14:textId="77777777" w:rsidR="001276A5" w:rsidRPr="00D860F7" w:rsidRDefault="001276A5" w:rsidP="001276A5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="496CAAA9" w14:textId="77777777" w:rsidR="001276A5" w:rsidRPr="009F6D0C" w:rsidRDefault="001276A5" w:rsidP="001276A5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si sus ingresos y bienes son iguales o menores que las cantidades aquí indicadas, usted podría calificar para recibir asistencia de uno de los diversos Programas de Ahorros de Medicare.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Income and asset amounts."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2862"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00632D11" w:rsidRPr="00DE4D33" w14:paraId="349F3858" w14:textId="77777777" w:rsidTr="00632D11">
+      <w:tr w:rsidR="00632D11" w:rsidRPr="00A27B5B" w14:paraId="349F3858" w14:textId="77777777" w:rsidTr="00632D11">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68DBE39E" w14:textId="77777777" w:rsidR="00632D11" w:rsidRPr="00D860F7" w:rsidRDefault="00632D11" w:rsidP="00214210">
+          <w:p w14:paraId="68DBE39E" w14:textId="77777777" w:rsidR="00632D11" w:rsidRPr="009F6D0C" w:rsidRDefault="00632D11" w:rsidP="00214210">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D860F7">
+            <w:r w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>Es</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56B81683" w14:textId="77777777" w:rsidR="00632D11" w:rsidRPr="00D860F7" w:rsidRDefault="00632D11" w:rsidP="00214210">
+          <w:p w14:paraId="56B81683" w14:textId="77777777" w:rsidR="00632D11" w:rsidRPr="009F6D0C" w:rsidRDefault="00632D11" w:rsidP="00214210">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D860F7">
+            <w:r w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>Sus ingresos son iguales o menores que*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00632D11" w:rsidRPr="00D860F7" w14:paraId="1D9CEE87" w14:textId="77777777" w:rsidTr="00632D11">
+      <w:tr w:rsidR="00632D11" w:rsidRPr="009F6D0C" w14:paraId="1D9CEE87" w14:textId="77777777" w:rsidTr="00632D11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B415C90" w14:textId="77777777" w:rsidR="00632D11" w:rsidRPr="00D860F7" w:rsidRDefault="00632D11" w:rsidP="00214210">
+          <w:p w14:paraId="5B415C90" w14:textId="77777777" w:rsidR="00632D11" w:rsidRPr="009F6D0C" w:rsidRDefault="00632D11" w:rsidP="00214210">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D860F7">
+            <w:r w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>una persona sola</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7588DCEC" w14:textId="33ADFEC0" w:rsidR="00632D11" w:rsidRPr="00D860F7" w:rsidRDefault="00632D11" w:rsidP="00214210">
+          <w:p w14:paraId="7588DCEC" w14:textId="456A8A1B" w:rsidR="00632D11" w:rsidRPr="009F6D0C" w:rsidRDefault="00632D11" w:rsidP="00214210">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D860F7">
+            <w:r w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>$2,</w:t>
             </w:r>
-            <w:r w:rsidR="00DE4D33">
+            <w:r w:rsidR="00017D76" w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>935</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D860F7">
+            <w:r w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>/mes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00632D11" w:rsidRPr="00D860F7" w14:paraId="1253A324" w14:textId="77777777" w:rsidTr="00632D11">
+      <w:tr w:rsidR="00632D11" w:rsidRPr="009F6D0C" w14:paraId="1253A324" w14:textId="77777777" w:rsidTr="00632D11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28776DBD" w14:textId="77777777" w:rsidR="00632D11" w:rsidRPr="00D860F7" w:rsidRDefault="00632D11" w:rsidP="00214210">
+          <w:p w14:paraId="28776DBD" w14:textId="77777777" w:rsidR="00632D11" w:rsidRPr="009F6D0C" w:rsidRDefault="00632D11" w:rsidP="00214210">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D860F7">
+            <w:r w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>una pareja casada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08B9A416" w14:textId="43B3E66B" w:rsidR="00632D11" w:rsidRPr="00D860F7" w:rsidRDefault="00632D11" w:rsidP="00214210">
+          <w:p w14:paraId="08B9A416" w14:textId="4D5AB097" w:rsidR="00632D11" w:rsidRPr="009F6D0C" w:rsidRDefault="00632D11" w:rsidP="00214210">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D860F7">
+            <w:r w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>$3,</w:t>
             </w:r>
-            <w:r w:rsidR="00DE4D33">
+            <w:r w:rsidR="00017D76" w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>966</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D860F7">
+            <w:r w:rsidRPr="009F6D0C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="es-419"/>
               </w:rPr>
               <w:t>/mes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DA65CAB" w14:textId="77777777" w:rsidR="001276A5" w:rsidRPr="00D860F7" w:rsidRDefault="001276A5" w:rsidP="001276A5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="2DA65CAB" w14:textId="77777777" w:rsidR="001276A5" w:rsidRPr="009F6D0C" w:rsidRDefault="001276A5" w:rsidP="001276A5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>*Los topes de ingresos cambian todos los años el 1 de marzo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79393C3B" w14:textId="66C210B4" w:rsidR="001276A5" w:rsidRPr="00D860F7" w:rsidRDefault="001276A5" w:rsidP="001276A5">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="79393C3B" w14:textId="66C210B4" w:rsidR="001276A5" w:rsidRPr="009F6D0C" w:rsidRDefault="001276A5" w:rsidP="001276A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Puede encontrar información más actualizada sobre los topes de ingresos en </w:t>
       </w:r>
-      <w:r w:rsidR="004F6F9D" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004F6F9D" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A61254" w14:textId="2AF29E62" w:rsidR="001E1DE4" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="001E1DE4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="1DCB3777" w14:textId="6E83ECDD" w:rsidR="0003776B" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Es posible que MassHealth descuente determinadas deducciones de sus ingresos brutos cuando calcule sus ingresos considerados contables. Estas deducciones se describen en </w:t>
       </w:r>
-      <w:r w:rsidR="00151D86" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00151D86" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">el reglamento desde </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
-[...14 lines deleted...]
-    <w:p w14:paraId="670CC805" w14:textId="17FF7F1A" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">130 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 520.012 hasta 520.014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670CC805" w14:textId="17FF7F1A" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Si soy elegible para recibir uno de los Programas de Ahorros de Medicare, ¿cómo me pagarán?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500B950F" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="500B950F" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si MassHealth considera que usted es elegible para pagarle todas sus primas de Medicare Parte B, le informaremos a Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0782D8EB" w14:textId="1289EB11" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="0782D8EB" w14:textId="1289EB11" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si su prima de Medicare Parte B se deduce de su beneficio del Seguro Social, ya no se descontará su prima de Medicare. Esto quiere decir que la cantidad de su beneficio del Seguro Social aumentará por el valor que solía descontarse para pagar su prima de Medicare Parte B.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C86672" w14:textId="57715FF5" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="41C86672" w14:textId="57715FF5" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si usted es elegible para recibir Medicare Parte B, pero aún no lo recibe (o si paga su prima de Medicare Parte B de otra manera, como por ejemplo, con una factura trimestral de Medicare), MassHealth comenzará a pagar esta factura por usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400EEA4C" w14:textId="5C889D7A" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="400EEA4C" w14:textId="5C889D7A" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Llevará muchos meses para que aumente su beneficio del Seguro Social o para que MassHealth empiece a pagar su factura de Medicare. Usted obtendrá un reembolso de la cantidad que pagó a Medicare para sus primas de la Parte B retroactivo al mes en que fue elegible para recibir un Programa de Ahorros de Medicare. Usted obtendrá este reembolso de la misma manera en que recibe sus beneficios del Seguro Social.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173F3902" w14:textId="2F71CDB0" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
+    <w:p w14:paraId="173F3902" w14:textId="2F71CDB0" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Cuándo comienza la cobertura?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7933E950" w14:textId="412CAF4F" w:rsidR="00E52B5C" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="7933E950" w14:textId="412CAF4F" w:rsidR="00E52B5C" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted recibirá una notificación por correo postal informándole sobre su cobertura y cuándo comienza. Su cobertura podría comenzar el mes en que procesemos su solicitud o hasta los tres meses anteriores al trámite de su solicitud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527AB292" w14:textId="1183B42B" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="527AB292" w14:textId="1183B42B" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si no es elegible, la notificación le dará los motivos por los cuales no es considerado elegible. Si usted cree que la decisión es incorrecta, tiene el derecho de apelar. La información sobre cómo apelar se encuentra al dorso de la notificación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417976FE" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
+    <w:p w14:paraId="417976FE" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Cómo usamos su Número de Seguro Social</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4358E6B9" w14:textId="67624EE4" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="4358E6B9" w14:textId="67624EE4" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>A menos que corresponda aplicar una de las excepciones indicadas a continuación, usted debe darnos un Número de Seguro Social (SSN) o un comprobante de que haya solicitado uno, por cada integrante del hogar que solicite el beneficio, a menos que corresponda aplicar las siguientes excepciones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
+    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="360"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Excepciones</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0D9D19" w14:textId="2E040E08" w:rsidR="003D5BFF" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00942DE7">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="6D0D9D19" w14:textId="2E040E08" w:rsidR="003D5BFF" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00942DE7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted no tiene que darnos su SSN ni un comprobante de que se haya aplicado una excepción si usted o si alguno de los miembros de su hogar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269A56CF" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="269A56CF" w14:textId="3EE810D9" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...7 lines deleted...]
-    <w:p w14:paraId="3A919ED2" w14:textId="6BD6B2E8" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>tengan una exención religiosa según lo descrito en las leyes federales</w:t>
+      </w:r>
+      <w:r w:rsidR="00017D76" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A919ED2" w14:textId="1639DBC9" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...7 lines deleted...]
-    <w:p w14:paraId="7F86C40A" w14:textId="335ECB45" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>sean elegibles solamente para obtener un SSN que no sea de trabajo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50127" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F86C40A" w14:textId="335ECB45" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>no sean elegibles para obtener un SSN.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701BA718" w14:textId="2FE429FF" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="701BA718" w14:textId="2FE429FF" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Usamos su SSN para verificar la información que usted nos haya dado. También lo usamos para detectar casos de fraude, para verificar si alguien recibe beneficios por duplicado o para ver si otros (un tercero) deberían estar pagando por los servicios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE64079" w14:textId="7B7F939B" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="6FE64079" w14:textId="7B7F939B" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Es posible que comparemos el SSN de alguien de su hogar que solicite beneficios y el de alguien que tenga seguro de salud o que pueda obtenerlo para dichas personas con los archivos de algunas agencias, incluidas las siguientes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644302A7" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="644302A7" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Servicio de Impuestos Internos (IRS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A34F626" w14:textId="0A0105AA" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="2A34F626" w14:textId="0A0105AA" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Administración del Seguro Social (SSA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="491EDD88" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="491EDD88" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Subvención para la Verificación Sistemática de Extranjeros (SAVE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE1A473" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="7BE1A473" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Centros de Servicios de Medicare y Medicaid (CMS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA5B242" w14:textId="40258EBC" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1BA5B242" w14:textId="40258EBC" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Registro de Vehículos Motorizados (RMV)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB44DBE" w14:textId="71D9E939" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3EB44DBE" w14:textId="71D9E939" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Departamento de Hacienda (DOR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26173B9B" w14:textId="36753540" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="26173B9B" w14:textId="36753540" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Departamento de Asistencia Transicional (DTA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E2E54B" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="27E2E54B" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Departamento de Accidentes Industriales (DIA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6254841E" w14:textId="1A6ECE09" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="6254841E" w14:textId="1A6ECE09" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Departamento de Asistencia al Desempleado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353AA81F" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="353AA81F" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>División de Recursos Humanos del Departamento de Servicios para Veteranos (DVS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA89A0E" w14:textId="468346A9" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1CA89A0E" w14:textId="468346A9" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Agencia de Investigaciones Especiales (BSI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A86E02D" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="7A86E02D" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Secretaría de Registros Vitales y Estadísticas del Departamento de Salud Pública</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F71F51" w14:textId="2650883A" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="02F71F51" w14:textId="2650883A" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>bancos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D790538" w14:textId="0E45E4CC" w:rsidR="00E16FBB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="5D790538" w14:textId="0E45E4CC" w:rsidR="00E16FBB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>otras instituciones financieras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4332E226" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00C55C6E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="4332E226" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00C55C6E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>También podrían compararse los archivos con los datos de agencias de servicios sociales en este u otros estados, y también con los archivos informáticos de compañías de seguro, empleadores y organizaciones de atención médica administrada. Además, MassHealth podría obtener su historial de finanzas (y, si correspondiera, el de los miembros de su hogar) de bancos y otras instituciones financieras para verificar sus recursos económicos y así determinar su elegibilidad mientras sea un afiliado de MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CA0BAC" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
+    <w:p w14:paraId="24CA0BAC" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Cómo solicito los Programas de Ahorros de Medicare (MSP)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462D1EC2" w14:textId="121AAF76" w:rsidR="00B947D7" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="462D1EC2" w14:textId="121AAF76" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Para solicitar los Programas de Ahorros de Medicare, complete la solicitud adjunta. También incluya información sobre su cónyuge, si vive con usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C01C4FA" w14:textId="406BCD15" w:rsidR="00B947D7" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="4C01C4FA" w14:textId="406BCD15" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Firme la solicitud completada y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEE961D" w14:textId="6905B46A" w:rsidR="00B947D7" w:rsidRPr="00D860F7" w:rsidRDefault="00181811" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="7AEE961D" w14:textId="6905B46A" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="00181811" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>nvíela a:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E01DAEF" w14:textId="70303BFD" w:rsidR="00B947D7" w:rsidRPr="00DE4D33" w:rsidRDefault="004B19FB" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="2E01DAEF" w14:textId="70303BFD" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="1440"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>MassHealth Enrollment Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">PO Box 4405 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:br/>
         <w:t>Taunton, MA  02780-0968</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1838DB2B" w14:textId="1AE7376D" w:rsidR="00B947D7" w:rsidRPr="00D860F7" w:rsidRDefault="00181811" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="1838DB2B" w14:textId="1AE7376D" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="00181811" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="es-419"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:lang w:val="es-419"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:lang w:val="es-419"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>or fax al:</w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:lang w:val="es-419"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:lang w:val="es-419"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>(857) 323-8300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75276A62" w14:textId="3346202C" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="00181811" w:rsidP="00B26545">
+    <w:p w14:paraId="75276A62" w14:textId="3346202C" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="00181811" w:rsidP="00B26545">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>ntregándola en persona en:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D01475" w14:textId="762E9C19" w:rsidR="00E1639E" w:rsidRPr="00DE4D33" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="35D01475" w14:textId="762E9C19" w:rsidR="00E1639E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE4D33">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">MassHealth Enrollment Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
-        <w:t>The Schrafft Center</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DE4D33">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Schrafft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>529 Main St., Suite 1M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>Charlestown, MA  02120</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583CBA04" w14:textId="33B7E39A" w:rsidR="00B947D7" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="583CBA04" w14:textId="33B7E39A" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Cuando recibamos su solicitud, la revisaremos. Si necesitamos más información, le escribiremos o le llamaremos. Una vez que obtengamos la información que necesitamos, decidiremos si usted puede recibir los beneficios (y si su cónyuge puede recibirlos, si también los está solicitando).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB90A8A" w14:textId="15852A23" w:rsidR="00B947D7" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="2CB90A8A" w14:textId="15852A23" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Junto con su solicitud, adjuntamos un formulario de inscripción de votante. Usted no tiene que inscribirse para votar para obtener un Programa de Ahorros de Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D616DD" w14:textId="0B150019" w:rsidR="00B947D7" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="51D616DD" w14:textId="0B150019" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Si usted desea que alguien actúe en su nombre como su representante autorizado, infórmenos usando el </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de designación del representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ARD) adjunto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5B9633" w14:textId="3B21E3CB" w:rsidR="00B947D7" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="0E5B9633" w14:textId="755A0765" w:rsidR="00B947D7" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Por favor tenga en cuenta que esta solicitud es solamente para los Programas de Ahorros de Medicare. Si usted desea solicitar todos los programas de MassHealth (incluida la asistencia con el pago de los costos de Medicare) usando una sola solicitud, comuníquese con MassHealth al (800) 841-2900, o </w:t>
       </w:r>
-      <w:r w:rsidR="00181811" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00A27B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:r w:rsidR="00181811" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TDD/TTY </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B5B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">al </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">TDD/TTY 711 </w:t>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">711 </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk126934793"/>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>para personas sordas, con dificultad auditiva o discapacidad del habla,</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> para pedir una solicitud completa o descargue la solicitud adecuada en </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00D860F7">
+        <w:r w:rsidRPr="009F6D0C">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147965BE" w14:textId="4AE1667C" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00861D84">
+    <w:p w14:paraId="147965BE" w14:textId="4AE1667C" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00861D84">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Privacidad y confidencialidad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39299773" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="39299773" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>MassHealth se compromete a mantener confidencial su información personal. Toda la información personal que tengamos sobre cualquier solicitante o afiliado, incluidos datos médicos, estado de salud y la información personal que usted nos dé al solicitar y recibir beneficios, es confidencial. Esta información no podría ser usada ni divulgada sin su permiso excepto para los propósitos de la administración de MassHealth a menos que sea requerida por ley o por orden judicial.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25081775" w14:textId="042922D2" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="25081775" w14:textId="042922D2" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Usted puede darnos su autorización por escrito para usar su información personal de salud para un propósito específico o para compartirla con una persona u organización específica. Usted también puede darnos su autorización para divulgar su información personal con su representante autorizado, su Asesor Certificado para Tramitar Solicitudes (CAC) o su Navegador, si tiene uno, completando un Formulario de ARD, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>un Formulario de designación del asesor certificado para tramitar solicitudes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> o un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de designación del navegador</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4278A165" w14:textId="1D3B2998" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00861D84">
+    <w:p w14:paraId="4278A165" w14:textId="1D3B2998" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00861D84">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Autorización para divulgar información</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2955E5F6" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="2955E5F6" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si desea que compartamos su información personal de salud, e incluso que enviemos las copias de sus avisos de elegibilidad, con alguien que no es su representante autorizado, usted puede hacer esto dándonos su autorización por escrito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7AE5BF" w14:textId="0BA3E35C" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="7A7AE5BF" w14:textId="0BA3E35C" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Para informarse más sobre cómo MassHealth podría usar su información, cuáles son sus derechos y sobre cómo autorizarnos para que divulguemos su información personal, consulte los </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Formulario de autorización para divulgar información</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+        <w:t xml:space="preserve">Formulario de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Aviso de prácticas de privacidad</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+        <w:lastRenderedPageBreak/>
+        <w:t>autorización para divulgar información</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PSI) y de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Notice of Privacy Practices</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+        <w:t>Aviso de prácticas de privacidad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Notice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Privacy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Practices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>) de MassHealth en la sección Formularios importantes, a continuación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CCD2B0" w14:textId="5B2D55A2" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00861D84">
+    <w:p w14:paraId="57CCD2B0" w14:textId="5B2D55A2" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00861D84">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BB7EFB" w14:textId="2D823147" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00422BAF">
+    <w:p w14:paraId="67BB7EFB" w14:textId="2D823147" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Un representante autorizado es alguien que usted elige para que lo ayude a obtener cobertura de atención de salud mediante los programas ofrecidos por MassHealth. Usted también puede realizar esto completando un Formulario de ARD. Un representante autorizado puede completar sus formularios de solicitud o de revisión de elegibilidad; brindar comprobantes de la información indicada en los formularios; informar sobre cambios en sus ingresos, dirección postal u otras circunstancias; recibir copias de los avisos de elegibilidad de MassHealth que le envíen a usted; y actuar en su nombre en todos los demás asuntos relacionados con MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D2EACD" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00422BAF">
+    <w:p w14:paraId="16D2EACD" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Un representante autorizado puede ser un amigo, un familiar u otra persona u organización que usted elija para ayudarlo. La elección de un representante autorizado, si así lo desea, depende solo de usted. MassHealth no elegirá un representante autorizado por usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B37761E" w14:textId="5F63E848" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00422BAF">
+    <w:p w14:paraId="5B37761E" w14:textId="5F63E848" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted debe designar por escrito en el Formulario de ARD a la persona u organización que usted desea que sea su representante autorizado. Dicho formulario está incluido en el paquete de solicitud. En la mayoría de los casos, su representante autorizado también debe completar este formulario. Para obtener más detalles, por favor consulte las instrucciones dadas en el formulario.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BB3982" w14:textId="4ABD882A" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00422BAF">
+    <w:p w14:paraId="79BB3982" w14:textId="4ABD882A" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="NoParagraphStyle"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Un representante autorizado también puede ser una persona que actúe en su nombre responsablemente, si usted no puede designar por escrito a un representante autorizado debido a una condición de salud mental o física, o alguien que haya sido designado por ley para actuar en su nombre o en nombre de su sucesión. Esta persona debe completar las partes correspondientes del Formulario de ARD. Si esta persona ha sido nombrada por ley para representarlo, ya sea usted o esta persona también debe presentar ante MassHealth una copia del documento legal correspondiente indicando que dicha persona lo representa legalmente a usted o a su sucesión. Esta persona puede ser un tutor legal; conservador; titular de un poder notarial; apoderado para atención de salud (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="SourceSansPro-Regular"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>proxy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>); o, si el solicitante o afiliado ha fallecido, el administrador o albacea de la sucesión.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A1D8D" w14:textId="5ACDCFE5" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
+    <w:p w14:paraId="1E9A1D8D" w14:textId="5ACDCFE5" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formularios importantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196C5E4D" w14:textId="3263826E" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="196C5E4D" w14:textId="3263826E" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede encontrar los siguientes formularios en nuestro sitio web en </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
-        <w:r w:rsidRPr="00D860F7">
+        <w:r w:rsidRPr="009F6D0C">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6A6CAA" w14:textId="666CCDFE" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
+    <w:p w14:paraId="6D6A6CAA" w14:textId="666CCDFE" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">formulario de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Aviso de prácticas de privacidad</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> de MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D7948B" w14:textId="508FBBA2" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
+    <w:p w14:paraId="26D7948B" w14:textId="508FBBA2" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de autorización para divulgar información</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PSI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="005C583A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
+    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="005C583A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de designación del representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ARD)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6B989B" w14:textId="5A5C848D" w:rsidR="00803AD1" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004A7027">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="5A6B989B" w14:textId="5A5C848D" w:rsidR="00803AD1" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004A7027">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted también puede llamarnos al (800) 841-2900, TDD/TTY: 711, para pedir cualquiera de estos formularios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23857CD7" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
+    <w:p w14:paraId="23857CD7" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Notificación de cambios</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCD1CFB" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...13 lines deleted...]
-    <w:p w14:paraId="6B036628" w14:textId="53130C56" w:rsidR="00360ABB" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
+    <w:p w14:paraId="1CCD1CFB" w14:textId="263F1BEF" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Si hubiera algún cambio en su vida, incluidos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50127" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre otros, cambios en ingresos, bienes, dirección, seguro de salud, estado inmigratorio o discapacidad, usted debe informarnos dentro de los 10 días calendario de ocurridos los cambios o lo antes posible. Usted podría perder sus beneficios si no nos notifica sobre estos cambios. Usted puede notificarnos sobre los cambios llamando al (800) 841-2900, TDD/TTY: 711.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B036628" w14:textId="53130C56" w:rsidR="00360ABB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00A33534">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Otros beneficios</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645A41AD" w14:textId="1BB24496" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="645A41AD" w14:textId="1BB24496" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>MassHealth puede pagar directamente por los servicios médicos y también podría pagar sus copagos y deducibles de Medicare, si usted fuera elegible. Es posible que usted pueda obtener estos beneficios si sus ingresos y bienes son inferiores a determinadas cantidades o si usted tiene una discapacidad y es menor de 65 años de edad. Llámenos al (800) 841-2900, TDD/TTY:</w:t>
       </w:r>
-      <w:r w:rsidR="00770A6A" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00770A6A" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="00770A6A" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00770A6A" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>para informarse sobre estos beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C72ECBC" w14:textId="03DD8594" w:rsidR="00400621" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="7C72ECBC" w14:textId="03DD8594" w:rsidR="00400621" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted también puede llamar a este número si tiene preguntas sobre los Programas de Ahorros de Medicare (MSP).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A8FB08" w14:textId="3BE6A5B4" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="26A8FB08" w14:textId="3BE6A5B4" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>La mayoría de los afiliados que tienen Medicare y MassHealth o Medicare y un Programa de Ahorros de Medicare pueden obtener asistencia para cubrir los costos de los medicamentos con receta mediante Medicare. Para obtener más información, llame a Medicare al (800)</w:t>
       </w:r>
-      <w:r w:rsidR="00554AA1" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00554AA1" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>633</w:t>
       </w:r>
-      <w:r w:rsidR="00677502" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00677502" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>4227, TDD/TTY: (877)</w:t>
       </w:r>
-      <w:r w:rsidR="00554AA1" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00554AA1" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>486</w:t>
       </w:r>
-      <w:r w:rsidR="00677502" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00677502" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">2048, o visite </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00D860F7">
+        <w:r w:rsidRPr="009F6D0C">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.medicare.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3961B93F" w14:textId="1A6FD072" w:rsidR="00400621" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+    <w:p w14:paraId="3961B93F" w14:textId="1A6FD072" w:rsidR="00400621" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>El Programa Prescription Advantage ofrece ayuda con los costos de medicamentos con receta. Para informarse más sobre estos beneficios, llame a la línea gratuita de la Oficina Ejecutiva para Asuntos Relacionados con las Personas de la Tercera Edad (EOEA) al (800)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B1BD9" w:rsidRPr="00D860F7">
+        <w:t xml:space="preserve">El Programa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t>Prescription</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Advantage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ofrece ayuda con los costos de medicamentos con receta. Para informarse más sobre estos beneficios, llame a la línea gratuita de la Oficina Ejecutiva para Asuntos Relacionados con las Personas de la Tercera Edad (EOEA) al (800)</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1BD9" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>243-4636, TDD/TTY: (877)</w:t>
       </w:r>
-      <w:r w:rsidR="002B1BD9" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="002B1BD9" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>610</w:t>
       </w:r>
-      <w:r w:rsidR="00677502" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00677502" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>0241.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374FAB4F" w14:textId="1E2CA403" w:rsidR="00635C08" w:rsidRPr="00DE4D33" w:rsidRDefault="004B19FB" w:rsidP="00635C08">
+    <w:p w14:paraId="2A5F953C" w14:textId="5E6FD03D" w:rsidR="000C0660" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A86DF4" w14:textId="1CAC5B10" w:rsidR="000B199E" w:rsidRPr="00DE4D33" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="68A86DF4" w14:textId="1CAC5B10" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:t>EOHHS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId11" w:tooltip="www.mass.gov/masshealth" w:history="1">
-        <w:r w:rsidRPr="00DE4D33">
+        <w:r w:rsidRPr="009F6D0C">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2AF826AD" w14:textId="64340273" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
+    <w:p w14:paraId="2AF826AD" w14:textId="64340273" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Solicitud para los Programas de Ahorros de Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF07359" w14:textId="316F7FE0" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
+    <w:p w14:paraId="0CF07359" w14:textId="316F7FE0" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>para las personas que son elegibles para recibir Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22552CBE" w14:textId="319CC296" w:rsidR="00385E75" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
-      <w:pPr>
+    <w:p w14:paraId="7F85CF28" w14:textId="387D5503" w:rsidR="00107D22" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...27 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Quién puede usar esta solicitud?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6929B7" w14:textId="5DE0F0E8" w:rsidR="00F44A8A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...10 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Las personas de cualquier edad que reciban Medicare y que solo busquen asistencia para pagar sus primas de Medicare y compartir los costos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7238CF" w14:textId="473CBE00" w:rsidR="00F44A8A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si usted desea solicitar otros beneficios de MassHealth, o asistencia para cubrir los costos de Medicare, o para pedir una solicitud diferente, puede llamar al Servicio al cliente de MassHealth al (800) 841-2900, TDD/TTY: 711 para personas sordas, con dificultad auditiva o discapacidad del habla. O también puede descargar la solicitud adecuada en </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00D860F7">
+        <w:r w:rsidRPr="009F6D0C">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
+    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FD8D8E" w14:textId="4747418B" w:rsidR="00E14A80" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="66FD8D8E" w14:textId="4747418B" w:rsidR="00E14A80" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>SNAP es un programa federal que le brinda asistencia para comprar alimentos saludables cada mes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C6DFC" w14:textId="65E1B082" w:rsidR="00E14A80" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="282C6DFC" w14:textId="77C9BA44" w:rsidR="00E14A80" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Marque esta casilla si quiere que se envíe esta solicitud al Departamento de Asistencia Transicional </w:t>
       </w:r>
-      <w:r w:rsidR="002B1BD9" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="002B1BD9" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">(DTA) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
-[...24 lines deleted...]
-    <w:p w14:paraId="6B248E93" w14:textId="3FDD9479" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">para usarla como una solicitud de beneficios de SNAP. Usted debe leer los derechos y las responsabilidades de las páginas </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4E72" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4E72" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00201883" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y firmar en la página </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4E72" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para continuar con la solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B248E93" w14:textId="3FDD9479" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Información general</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747E88B2" w14:textId="66633A24" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00783CA8">
+    <w:p w14:paraId="747E88B2" w14:textId="66633A24" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00783CA8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Quién solicita beneficios?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645E7332" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="645E7332" w14:textId="26D57FFE" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="006A4E72" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="51A94052" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>sted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A94052" w14:textId="67D28D2A" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="006A4E72" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="1A5FDEEE" w14:textId="16764106" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00783CA8">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>sted y su cónyuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5FDEEE" w14:textId="16764106" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00783CA8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si usted y su cónyuge viven juntos, también debe darnos información sobre su cónyuge, inclusive si él o ella no está solicitando beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DDDAAE" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+    <w:p w14:paraId="01DDDAAE" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488516CE" w14:textId="65156C05" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="488516CE" w14:textId="65156C05" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Apellido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C8C8A9" w14:textId="51D6BA98" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="34C8C8A9" w14:textId="51D6BA98" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nombre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C6BD7C" w14:textId="52FE1385" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="15C6BD7C" w14:textId="52FE1385" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Inicial del 2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> nombre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045FF978" w14:textId="08D88B54" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="045FF978" w14:textId="08D88B54" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Calle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Ciudad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Código postal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F317415" w14:textId="587C3FD1" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="0F317415" w14:textId="587C3FD1" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Dirección postal (si es diferente de la anterior)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>desamparado sin hogar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Ciudad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F05EE8" w14:textId="0E057150" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="49F05EE8" w14:textId="0E057150" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20840C76" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="20840C76" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Código postal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF12ADF" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="6FF12ADF" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fecha de nacimiento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B83DA6" w14:textId="04DEBC79" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="77B83DA6" w14:textId="04DEBC79" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Género M F</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7222145E" w14:textId="0D9DF9D3" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="7222145E" w14:textId="0D9DF9D3" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Número de teléfono</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234FDE40" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="234FDE40" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Idioma hablado preferido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B72F82B" w14:textId="1206A0B4" w:rsidR="00F44A8A" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="2B72F82B" w14:textId="1206A0B4" w:rsidR="00F44A8A" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Idioma escrito preferido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A74868" w14:textId="5893CC95" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="74A74868" w14:textId="5893CC95" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192E43D1" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="192E43D1" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Número de reclamo de Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6B0F8B" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
-[...16 lines deleted...]
-    <w:p w14:paraId="3ECE2394" w14:textId="1EEC5AFB" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="731F56F7" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Es usted ciudadano o nacional de EE. UU.?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14583101" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="165C9CCD" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F8291B" w14:textId="177EA0F2" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿es usted ciudadano naturalizado o posee ciudadanía derivada o adquirida (no nacido en EE. UU.)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404DD955" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05977AB5" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4B29A7" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de extranjero</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2189B27A" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número del certificado de naturalización o de ciudadanía</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A90BEBF" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Si no es ciudadano, ¿tiene un estado inmigratorio elegible? (Consulte 130 CMR 518.000 para obtener más información.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF289B7" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9A13A3" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF02C1A" w14:textId="43BBF2FA" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿tiene un documento de inmigración?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D8E420" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B44AB5" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A2EC9B" w14:textId="4021108E" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podría ayudarnos a procesar esta solicitud con mayor rapidez si usted incluye una copia de sus documentos de inmigración junto con la solicitud. Por favor, </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>indique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> todos los estados inmigratorios o las condiciones que le hayan correspondido desde que entró en EE. UU. Si necesita más espacio, adjunte otra hoja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005BC19E" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fecha de otorgamiento del estado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>) (Para personas maltratadas, escriba la fecha en que se aprobó la petición.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1F6C90" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Estado inmigratorio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F94C9EC" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Tipo de documento de inmigración</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A134364" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Número de documento de identidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000D394F" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de extranjero</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="165C4758" w14:textId="07E5C37F" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>vencimiento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del pasaporte o documento (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D29C4EC" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767483F1" w14:textId="7705B318" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¿Usó usted en esta </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">solicitud </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>el mismo nombre que usó para obtener su estado inmigratorio?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF6A611" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074DBB36" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C13C2C9" w14:textId="129230C8" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿qué nombre usó? Primer nombre, segundo nombre, apellido y sufijo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D246D64" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Llegó a EE. UU. después del 22 de agosto de 1996?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69855D08" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4EF597" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C307B18" w14:textId="624542B7" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Es usted un veterano dado de baja honrosamente o un miembro activo de las fuerzas armadas de EE. UU., o el</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cónyuge o hijo</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5747" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de un veterano dado de baja honrosamente o de un miembro activo de las fuerzas armadas de EE. UU.?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEF2E5F" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D2C682" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8D205C" w14:textId="15163475" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="0537B1B9" w14:textId="3DF1B2AB" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Opcional: ¿Es usted víctima de tráfico grave; cónyuge, hijo/a, hermano/a o padre/madre de una víctima de tráfico; cónyuge maltratado/a; un/a hijo/a o padre/madre de un/a cónyuge maltratado/a?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6B0F8B" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Su cónyuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECE2394" w14:textId="1EEC5AFB" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="44A9A839" w14:textId="0EFA29EC" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Apellido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0537B1B9" w14:textId="3DF1B2AB" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...25 lines deleted...]
-    <w:p w14:paraId="57368DE8" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A9A839" w14:textId="0EFA29EC" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="040100EC" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Inicial del 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57368DE8" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="055694C7" w14:textId="62EEF384" w:rsidR="0059010C" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040100EC" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="016F640F" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Género M F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055694C7" w14:textId="62EEF384" w:rsidR="0059010C" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="1FEAEE40" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de teléfono</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016F640F" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="2D4C7659" w14:textId="295E40DC" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Idioma hablado preferido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEAEE40" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="5458A1F4" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Idioma escrito preferido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4C7659" w14:textId="295E40DC" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5458A1F4" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Número de reclamo de Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63BE0C96" w14:textId="12C2C051" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00E51569">
+    <w:p w14:paraId="1A34BB28" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Es usted ciudadano o nacional de EE. UU.?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73FCA221" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE4B975" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AABA5E2" w14:textId="6D9F52FF" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5796" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5796" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿es usted ciudadano naturalizado o posee ciudadanía derivada o adquirida (no nacido en EE. UU.)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7607838C" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194E97C2" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7720B7BA" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de extranjero</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D355AFF" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número del certificado de naturalización o de ciudadanía</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F0CF5D" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Si no es ciudadano, ¿tiene un estado inmigratorio elegible? (Consulte 130 CMR 518.000 para obtener más información.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4FFDC0" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C675DC" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A43ADB" w14:textId="36B68B2D" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5796" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5796" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿tiene un documento de inmigración?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1572DDC5" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B28BEE" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46AF2099" w14:textId="57D4BA8C" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podría ayudarnos a procesar esta solicitud con mayor rapidez si usted incluye una copia de sus documentos de inmigración junto con la solicitud. Por favor, </w:t>
+      </w:r>
+      <w:r w:rsidR="00145876" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>indique</w:t>
+      </w:r>
+      <w:r w:rsidR="00145876" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>todos los estados inmigratorios o las condiciones que le hayan correspondido desde que entró en EE. UU. Si necesita más espacio, adjunte otra hoja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4782603A" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fecha de otorgamiento del estado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>) (Para personas maltratadas, escriba la fecha en que se aprobó la petición.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB27852" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Estado inmigratorio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBEC72B" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Tipo de documento de inmigración</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEB8D52" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de documento de identidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40994E51" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de extranjero</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545E56DC" w14:textId="4F69D8A0" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de </w:t>
+      </w:r>
+      <w:r w:rsidR="0018150D" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>vencimiento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del pasaporte o documento (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4237232B" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584CFC04" w14:textId="63AD0E57" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¿Usó usted en esta </w:t>
+      </w:r>
+      <w:r w:rsidR="00145876" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>solicitud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el mismo nombre que usó para obtener su estado inmigratorio?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6D05AA" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7F06ED" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D398678" w14:textId="53C2D6C1" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="00145876" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00145876" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿qué nombre usó? Primer nombre, segundo nombre, apellido y sufijo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E8714E" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Llegó a EE. UU. después del 22 de agosto de 1996?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4F6A4A" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AD987C" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BFB3C6" w14:textId="0E8B4667" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Es usted un veterano dado de baja honrosamente o un miembro activo de las fuerzas armadas de EE. UU., o el</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5796" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cónyuge o hijo</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5796" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de un veterano dado de baja honrosamente o de un miembro activo de las fuerzas armadas de EE. UU.?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66608DE4" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2130514D" w14:textId="77777777" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4D6552" w14:textId="55ABB8E9" w:rsidR="000C087C" w:rsidRPr="009F6D0C" w:rsidRDefault="000C087C" w:rsidP="000C087C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Opcional: ¿Es usted víctima de tráfico grave; cónyuge, hijo/a, hermano/a o padre/madre de una víctima de tráfico; cónyuge maltratado/a; un/a hijo/a o padre/madre de un/a cónyuge maltratado/a?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE0C96" w14:textId="12C2C051" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00E51569">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ingresos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B69615" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005B7469">
+    <w:p w14:paraId="19B69615" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005B7469">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Complete esta sección para usted y su cónyuge. Indique los ingresos mensuales brutos (antes de descontar impuestos y deducciones, tales como la prima de Medicare Parte B).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAD8E2F" w14:textId="45E239CE" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="001B70D1">
+    <w:p w14:paraId="4CAD8E2F" w14:textId="45E239CE" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="001B70D1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="001B70D1" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="001B70D1" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seguro Social </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ingresos mensuales brutos antes de descontar impuestos y deducciones </w:t>
       </w:r>
-      <w:r w:rsidR="004A2BB5" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004A2BB5" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Suyos $ </w:t>
       </w:r>
-      <w:r w:rsidR="004A2BB5" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004A2BB5" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393473B9" w14:textId="12D06104" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00CE0AA2">
+    <w:p w14:paraId="393473B9" w14:textId="12D06104" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00CE0AA2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="001B70D1" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="001B70D1" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pensiones </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ingresos mensuales brutos antes de descontar impuestos y deducciones </w:t>
       </w:r>
-      <w:r w:rsidR="004A2BB5" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004A2BB5" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Suyos $ </w:t>
       </w:r>
-      <w:r w:rsidR="004A2BB5" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004A2BB5" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C484119" w14:textId="5F268D60" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00CE0AA2">
+    <w:p w14:paraId="2C484119" w14:textId="5F268D60" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00CE0AA2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="001B70D1" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="001B70D1" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Beneficios federales para veteranos </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ingresos mensuales brutos antes de descontar impuestos y deducciones </w:t>
       </w:r>
-      <w:r w:rsidR="001B70D1" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="001B70D1" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Suyos $ </w:t>
       </w:r>
-      <w:r w:rsidR="001B70D1" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="001B70D1" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF61B18" w14:textId="5E2495B6" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
+    <w:p w14:paraId="6AF61B18" w14:textId="5E2495B6" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Fuente de ingresos: </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Anualidades o fideicomisos </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ingresos mensuales brutos antes de descontar impuestos y deducciones </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Suyos $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E7A5EB4" w14:textId="05F05EFB" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
+    <w:p w14:paraId="7E7A5EB4" w14:textId="05F05EFB" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente de ingresos: </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Dividendos y/o intereses </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ingresos mensuales brutos antes de descontar impuestos y deducciones </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Suyos $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37900A50" w14:textId="35086798" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
+    <w:p w14:paraId="37900A50" w14:textId="35086798" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente de ingresos: </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Ingresos de un empleo (antes de descontar deducciones) </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ingresos mensuales brutos antes de descontar impuestos y deducciones </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Suyos $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE880B2" w14:textId="701A7DAC" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
+    <w:p w14:paraId="2BE880B2" w14:textId="701A7DAC" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente de ingresos: </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Ingresos de alquiler (después de descontar gastos) </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ingresos mensuales brutos antes de descontar impuestos y deducciones </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Suyos $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119DFA25" w14:textId="0E351604" w:rsidR="000B199E" w:rsidRPr="00D860F7" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
+    <w:p w14:paraId="119DFA25" w14:textId="0E351604" w:rsidR="000B199E" w:rsidRPr="009F6D0C" w:rsidRDefault="001B70D1" w:rsidP="00CE0AA2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente de ingresos: </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Otros (por favor especifique) </w:t>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ingresos mensuales brutos antes de descontar impuestos y deducciones </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Suyos $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B19FB" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="004B19FB" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1AEA80" w14:textId="43349496" w:rsidR="005307E8" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="009C22B3">
+    <w:p w14:paraId="2C1AEA80" w14:textId="43349496" w:rsidR="005307E8" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="009C22B3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Firme esta solicitud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E786B9" w14:textId="758EC19F" w:rsidR="004019BC" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="009C22B3">
+    <w:p w14:paraId="67E786B9" w14:textId="758EC19F" w:rsidR="004019BC" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Firma del solicitante o del representante autorizado </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fecha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0989972A" w14:textId="4DE1E759" w:rsidR="004019BC" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="009C22B3">
+    <w:p w14:paraId="0989972A" w14:textId="4DE1E759" w:rsidR="004019BC" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Firma del cónyuge o del representante autorizado </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Fecha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FC90CF" w14:textId="462E31BF" w:rsidR="004B0622" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+    <w:p w14:paraId="47FC90CF" w14:textId="462E31BF" w:rsidR="004B0622" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tanto usted como su cónyuge deben firmar si su cónyuge vive con usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4C43A5" w14:textId="44E92AC0" w:rsidR="004B0622" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+    <w:p w14:paraId="3F4C43A5" w14:textId="44E92AC0" w:rsidR="004B0622" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Al firmar, usted acepta y entiende lo siguiente:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07799DA9" w14:textId="362BA958" w:rsidR="004B0622" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+    <w:p w14:paraId="07799DA9" w14:textId="362BA958" w:rsidR="004B0622" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Al firmar esta solicitud, certifico que he leído y que acepto los derechos y responsabilidades incluidos en la presente solicitud en las páginas 3 a </w:t>
       </w:r>
-      <w:r w:rsidR="00201883" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00201883" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8AE114" w14:textId="0D26F7E7" w:rsidR="004B0622" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+    <w:p w14:paraId="4E8AE114" w14:textId="0D26F7E7" w:rsidR="004B0622" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Por la presente certifico bajo pena de perjurio que las presentaciones y declaraciones que he brindado en esta solicitud son verdaderas y completas a mi leal saber y entender, y que estoy de acuerdo en aceptar y cumplir con los derechos y responsabilidades del Programa de Ahorros de Medicare (MSP).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B8D533" w14:textId="38086732" w:rsidR="004B0622" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+    <w:p w14:paraId="20B8D533" w14:textId="38086732" w:rsidR="004B0622" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...15 lines deleted...]
-      <w:r w:rsidR="00B7737D" w:rsidRPr="00B7737D">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si yo he marcado la casilla de SNAP en la página 1 de esta solicitud, también solicito los beneficios de SNAP. Certifico que entiendo y que acepto los derechos, los requisitos y las sanciones de SNAP, según lo detallado a continuación. Le pido a MassHealth que envíe mi información, incluida la información de salud protegida (PHI) conforme a la Ley de </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7737D" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7737D">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">esponsabilidad y </w:t>
       </w:r>
-      <w:r w:rsidR="00B7737D" w:rsidRPr="00B7737D">
+      <w:r w:rsidR="00B7737D" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7737D">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">ransferibilidad del </w:t>
       </w:r>
-      <w:r w:rsidR="00B7737D" w:rsidRPr="00B7737D">
+      <w:r w:rsidR="00B7737D" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7737D">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">eguro </w:t>
       </w:r>
-      <w:r w:rsidR="00B7737D" w:rsidRPr="00B7737D">
+      <w:r w:rsidR="00B7737D" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7737D">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>édico</w:t>
       </w:r>
-      <w:r w:rsidR="008223C3">
+      <w:r w:rsidR="008223C3" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7737D">
-[...16 lines deleted...]
-    <w:p w14:paraId="67D46F85" w14:textId="526CB519" w:rsidR="005307E8" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005307E8">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(HIPAA), al Departamento de Asistencia Transicional (DTA) con el propósito de solicitar los beneficios de SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D46F85" w14:textId="526CB519" w:rsidR="005307E8" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005307E8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Importante: Solamente para los solicitantes del Programa de Ahorros de Medicare</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7068" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00EB7068" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>(MSP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34475445" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="005307E8">
+    <w:p w14:paraId="34475445" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="005307E8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si usted presenta esta solicitud como representante autorizado, también debe presentar </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>un Formulario de designación del representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ARD) o tener un formulario en nuestros archivos para que podamos procesar esta solicitud. El Formulario de ARD está al final de esta solicitud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467527E6" w14:textId="0CA86C17" w:rsidR="005307E8" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+    <w:p w14:paraId="467527E6" w14:textId="0CA86C17" w:rsidR="005307E8" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>En este paquete se adjunta información sobre cómo inscribirse para votar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DD6EF2" w14:textId="01D55663" w:rsidR="000E1930" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="60DD6EF2" w14:textId="01D55663" w:rsidR="000E1930" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted no tiene que inscribirse para votar para obtener un Programa de Ahorros de Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="443CBFE7" w14:textId="39E45D35" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+    <w:p w14:paraId="443CBFE7" w14:textId="39E45D35" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t>Para los solicitantes del Programa de Ahorros de Medicare</w:t>
+      </w:r>
+      <w:r w:rsidR="00667CF5" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(MSP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D6884" w14:textId="2F78B176" w:rsidR="008E09CA" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Usted autoriza a MassHealth a obtener todos los registros o datos para comprobar toda la información dada en esta solicitud. Usted entiende que debe informar a MassHealth de cualquier cambio que haya en la información que dio en esta solicitud. Además, usted certifica bajo pena de perjurio que la información en la presente solicitud es correcta y está completa a su leal saber y entender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70831BEE" w14:textId="739CF1DB" w:rsidR="0065235D" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Importante: Solamente para los solicitantes del Programa de Ahorros de Medicare</w:t>
+      </w:r>
+      <w:r w:rsidR="00667CF5" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(MSP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BF5303" w14:textId="77C2D755" w:rsidR="008E09CA" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si usted actúa en nombre de alguien al completar esta solicitud, debe completar el Formulario de ARD adjunto y debe enviarlo junto con esta solicitud. Su firma en esta solicitud como un representante autorizado certifica que la información dada en la presente solicitud es correcta y está completa a su leal saber y entender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE089BB" w14:textId="50554791" w:rsidR="008E09CA" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si usted cree que la decisión de MassHealth acerca de su elegibilidad es incorrecta, tiene el derecho de apelar. Si a usted se le denegaran beneficios, recibirá información sobre cómo apelar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745F9ACD" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth obtendrá de las compañías aseguradoras de salud actuales y pasadas que usted tenga toda la información sobre la cobertura del seguro de salud de usted y de su cónyuge. Esto incluye, entre otros, la información sobre pólizas, primas, coseguros, deducibles y beneficios cubiertos que están, podrían estar o deberían haber estado disponibles para usted y su cónyuge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744866BD" w14:textId="18864959" w:rsidR="00106BCB" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth podría obtener registros o datos, sobre usted y su cónyuge nombrados en esta solicitud, de programas y fuentes de datos federales y estatales, tales como la Administración del Seguro Social (SSA), el Servicio de Impuestos Internos (IRS), el Departamento de Seguridad Nacional (DHS), el Departamento de Hacienda (DOR) y el Registro de Vehículos Motorizados (RMV), como así también de fuentes de datos privadas como las instituciones financieras: 1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5A07" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>para comprobar toda la información indicada en esta solicitud y en todos los suplementos, o cualquier otra información provista desde que usted y su cónyuge se afiliaran; 2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5A07" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>para documentar servicios médicos reclamados o provistos a usted o su cónyuge; y 3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5A07" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>para sustentar la continuidad de la elegibilidad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5045CA2A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B0622">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk71282619"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Para los solicitantes del Programa de Ahorros de Medicare</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00667CF5" w:rsidRPr="00D860F7">
+        <w:t>Para los solicitantes del Programa de Asistencia de Nutrición Suplementaria (SNAP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6729C12E" w14:textId="12C2A522" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Beneficios del Programa de Asistencia de Nutrición Suplementaria (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>(MSP)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F9D6884" w14:textId="2F78B176" w:rsidR="008E09CA" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="008E09CA">
+        <w:t>SNAP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1FF3DE" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...208 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si usted marcó la casilla de la página </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">, MassHealth enviará esta solicitud al Departamento de Asistencia Transicional (DTA). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¡Se usará como su solicitud de beneficios de SNAP!</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si usted es elegible, su beneficio de SNAP comenzará desde la fecha en que el DTA reciba esta solicitud de MassHealth. Al firmar a continuación, usted declara que ha leído y que acepta los Derechos, Responsabilidades y Sanciones del programa de SNAP, según el programa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17550C36" w14:textId="20698BAB" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
+    <w:p w14:paraId="17550C36" w14:textId="20698BAB" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Es posible que usted sea elegible para recibir beneficios de SNAP, dentro de los 7 días en que el DTA haya recibido esta solicitud, si:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C2272B" w14:textId="38928375" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="34C2272B" w14:textId="38928375" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>La suma de sus ingresos y la cantidad de dinero que tenga en el banco es menor que sus gastos mensuales de vivienda; o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17657544" w14:textId="536E3EA6" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="17657544" w14:textId="536E3EA6" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sus ingresos mensuales son menores de $150 y la cantidad de dinero que tenga en el banco es igual o menor que $100; o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A50609C" w14:textId="7DF037B1" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="2A50609C" w14:textId="7DF037B1" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Es trabajador migrante y la cantidad de dinero que tenga en el banco es igual o menor que $100.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA05471" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
+    <w:p w14:paraId="4AA05471" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Para obtener más información sobre SNAP en Massachusetts, visite mass.gov/SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1919BE" w14:textId="67C9FA9D" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="7D1919BE" w14:textId="67C9FA9D" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Aviso de derechos, responsabilidades y sanciones del Departamento de Asistencia Transicional (DTA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03852DC5" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="03852DC5" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Este aviso indica la lista de los derechos y las responsabilidades para todos los programas del DTA. Usted debe cumplir con los requisitos de los programas que solicite.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670EDCE1" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="670EDCE1" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Por favor lea atentamente estas páginas y guárdelas para su archivo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340857BE" w14:textId="273994D1" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="340857BE" w14:textId="273994D1" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Informe al DTA si tiene alguna pregunta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D9A358" w14:textId="7FE71B99" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="04D9A358" w14:textId="7FE71B99" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo juro bajo pena de perjurio que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="717E4551" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="717E4551" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>He leído la información en este formulario, o que alguien me la ha leído.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DF9F8D" w14:textId="403CA477" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="63DF9F8D" w14:textId="403CA477" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Mis respuestas a las preguntas en este formulario son verdaderas y completas a mi leal saber y entender.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F8CBDA" w14:textId="2900FC34" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="14F8CBDA" w14:textId="2900FC34" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Proporcionaré al DTA información que es verdadera y completa a mi leal saber y entender durante la entrevista y en el futuro.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B125B1" w14:textId="7FA621FA" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
+    <w:p w14:paraId="27B125B1" w14:textId="7FA621FA" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FFB351" w14:textId="206C8167" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="51FFB351" w14:textId="206C8167" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>dar información falsa o engañosa es fraude,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598F1738" w14:textId="7DBDF528" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="598F1738" w14:textId="7DBDF528" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>alterar o retener datos para recibir beneficios del DTA es fraude,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617AB5A7" w14:textId="005E60DD" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="617AB5A7" w14:textId="005E60DD" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>se considera que una Violación Intencional del Programa (IPV) es fraude, y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B97C09A" w14:textId="63242B92" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3B97C09A" w14:textId="63242B92" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>si el DTA cree que yo he cometido fraude, entonces el DTA puede presentar sanciones civiles y penales en mi contra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C4B43A" w14:textId="3CA41C4B" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
+    <w:p w14:paraId="47C4B43A" w14:textId="3CA41C4B" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="004B01A7">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Además, entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A29E8B9" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="7A29E8B9" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El DTA verificará la información que yo brinde en mi solicitud. Si alguna información fuera falsa, el DTA podría negarme mis beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777E8B9C" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="777E8B9C" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Yo también podría estar sujeto a procesamiento penal por proporcionar información falsa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291799F7" w14:textId="34D20109" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="291799F7" w14:textId="34D20109" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si el DTA obtiene de una fuente confiable información sobre un cambio en mi hogar, podría cambiar la cantidad de mi beneficio.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097A6888" w14:textId="1E11F02F" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="097A6888" w14:textId="1E11F02F" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Al firmar este formulario, autorizo al DTA a verificar mi elegibilidad para recibir beneficios, incluido:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3808EE0B" w14:textId="7A1B5ED8" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3808EE0B" w14:textId="7A1B5ED8" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="49A0DE28" w14:textId="22074FE6" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obtener información de otras agencias estatales y federales, de autoridades locales de vivienda, de departamentos de bienestar de otros estados, de instituciones financieras y de Equifax Workforce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Solutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (número del empleo). También autorizo a estas agencias para que compartan con el DTA la información sobre la elegibilidad de mi hogar para recibir beneficios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A0DE28" w14:textId="22074FE6" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si el DTA utiliza la información proveniente de Equifax sobre los ingresos salariales de mi hogar, tengo derecho a recibir una copia gratuita de mi informe de Equifax si yo lo solicitara dentro de los 60 días de la decisión del DTA. Tengo derecho a cuestionar la información en dicho informe. Podría comunicarme con Equifax a: Equifax Workforce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Solutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 11432 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Lackland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Road, St. Louis, MO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> 63146, 1-800-996-7566 (línea gratuita).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B778D48" w14:textId="6CAA5563" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3B778D48" w14:textId="6CAA5563" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tengo derecho a recibir una copia de mi solicitud, incluida la información que el DTA utilice para decidir respecto a la elegibilidad de mi hogar y la cantidad del beneficio. Puedo pedir al DTA una copia electrónica de mi solicitud completada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FB8D91" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="50FB8D91" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Cómo utilizará el DTA mi información?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DC43CF" w14:textId="4CBEDB9A" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
+    <w:p w14:paraId="06DC43CF" w14:textId="4CBEDB9A" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Al firmar a continuación, autorizo al DTA a obtener y compartir información sobre mí y los miembros de mi hogar con:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFD9334" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1AFD9334" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Bancos, escuelas, agencias gubernamentales, empleadores, propietarios de viviendas de alquiler, compañías de servicios públicos y otras agencias para verificar que yo sea elegible para recibir beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F368074" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="0F368074" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Compañías de electricidad, gas y telefonía para que pueda obtener descuentos en los servicios. Las compañías no pueden compartir ni usar mi información para ningún otro propósito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5AAA7A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1C5AAA7A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El Departamento de Vivienda y Desarrollo Comunitario (DHCD) para inscribirme en el Programa de Calefacción y Alimentación. Este programa ayuda a las personas a recibir la mayor cantidad posible de beneficios de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6C47E5" w14:textId="38EAA221" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="5A6C47E5" w14:textId="38EAA221" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">El Departamento de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Educación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Primaria y Secundaria (DESE) para que mis hijos puedan recibir comidas escolares gratuitas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070F07F1" w14:textId="6000F6C1" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="070F07F1" w14:textId="6000F6C1" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El Programa para Mujeres, Infantes y Niños (WIC) para que todos los niños menores de 5 años o las mujeres embarazadas de mi hogar puedan recibir WIC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A7E98D" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="17A7E98D" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Los </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Servicios de Ciudadanía e Inmigración de Estados Unidos (USCIS) para verificar mi estado inmigratorio. Cualquier información proveniente de USCIS podría afectar la elegibilidad de mi hogar y la cantidad de los beneficios del DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8225A7" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="001A0CB0">
+    <w:p w14:paraId="5E8225A7" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="001A0CB0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nota: Aunque usted no sea elegible para recibir beneficios debido al estado inmigratorio, el DTA no lo reportará a las autoridades de inmigración a menos que usted le muestre al DTA una orden final de deportación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66852A37" w14:textId="209F3A29" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="66852A37" w14:textId="209F3A29" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El Departamento de Hacienda (DOR)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para verificar mi elegibilidad para recibir créditos fiscales basados en los ingresos, tales como los Ingresos salariales y los Límites de ingresos, y para </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>determinar si soy elegible para el estado de “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>No Tax Status</w:t>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t>Tax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Status</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” (sin situación ante el impuesto) o de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5244" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dificultades económicas</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5244" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>hardship</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB1746C" w14:textId="7FFB3EDA" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1DB1746C" w14:textId="7FFB3EDA" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El Departamento de Niños y Familias (DCF) para coordinar los servicios que son ofrecidos de manera conjunta por el DTA y DCF.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D940386" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="7D940386" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Cómo utiliza el DTA los </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Números de Seguro Social (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB6F3F2" w14:textId="41EB5E78" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1EB6F3F2" w14:textId="41EB5E78" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Ley</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Alimentos y Nutrición de 2008 (7 U.S.C. 2011</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>2036) autoriza al DTA a pedir los SSN para SNAP y según lo estipulado en M.G.L. c. 18 Sección 33 para TAFDC y EAEDC</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> El DTA utiliza los SSN para:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782B965D" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="782B965D" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Verificar la identidad y la elegibilidad de cada miembro del hogar para los cuales yo solicite beneficios por medio de programas de comparación de datos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0D1C34" w14:textId="32581508" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="5D0D1C34" w14:textId="32581508" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Supervisar la conformidad con los requisitos del programa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6615ED1A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="6615ED1A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Recaudar dinero si el DTA afirma que recibí beneficios para los cuales yo no era elegible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F12556" w14:textId="3B347269" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="25F12556" w14:textId="3B347269" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Ayudar a las agencias de cumplimiento de la ley a detener a los prófugos de la justicia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305E6CFD" w14:textId="327496CA" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="305E6CFD" w14:textId="327496CA" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Entiendo que no tengo que darle al DTA el SSN de ninguna persona de mi hogar que no sea ciudadano, incluido yo mismo, quien no desee recibir beneficios. Los ingresos de una persona que no sea ciudadano podrían ser considerados, aunque dicha persona no reciba beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456EC855" w14:textId="1EEAABB8" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="456EC855" w14:textId="1EEAABB8" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Derecho a un intérprete</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46084370" w14:textId="56D48FFD" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="46084370" w14:textId="56D48FFD" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CB594A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="16CB594A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tengo derecho a recibir servicios gratuitos de un intérprete profesional provisto por el DTA si yo prefiriera comunicarme en otro idioma que no fuera el inglés.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F37B274" w14:textId="7235D8CE" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="6F37B274" w14:textId="7235D8CE" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si tengo una audiencia ante el DTA, puedo pedirle al DTA que me brinde los servicios gratuitos de un intérprete profesional, o si yo así lo prefiriera, llevar conmigo a alguien que interprete para mí. Si yo necesitara que el DTA me brinde un intérprete para una audiencia, debo llamar a la División de Audiencias al menos una semana antes de la fecha de la audiencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E08B3D" w14:textId="76B4AE03" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="32E08B3D" w14:textId="76B4AE03" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Derecho a inscribirse para votar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4A7C53" w14:textId="764008AC" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="6B4A7C53" w14:textId="764008AC" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69778E50" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="69778E50" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tengo derecho a inscribirme para votar por medio del DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC0F123" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="2CC0F123" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">El DTA me ayudará a completar el </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de Inscripción de Votante</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> si deseara ayuda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016D6FC4" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="016D6FC4" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Puedo completar el </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de Inscripción de Votante</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> en privado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030E3346" w14:textId="00EF8FD4" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="030E3346" w14:textId="00EF8FD4" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Solicitar o rechazar la inscripción para votar no afectará mis beneficios del DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8F533A" w14:textId="1B86C574" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="4F8F533A" w14:textId="1B86C574" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Oportunidades de empleo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4878B402" w14:textId="41BA1E87" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="4878B402" w14:textId="41BA1E87" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Consiento en que el DTA comparta mi nombre y la información de contacto con los proveedores de empleo y capacitación, entre ellos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599E85B2" w14:textId="51D6BB96" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="599E85B2" w14:textId="51D6BB96" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Proveedores del programa Camino al Trabajo de SNAP o especialistas del DTA para los clientes de SNAP; y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317BD6C1" w14:textId="069287DF" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="317BD6C1" w14:textId="069287DF" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Proveedores contratados del programa de Empleo y Capacitación o coordinadores de compromiso pleno para los clientes de TAFDC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C99811" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="73C99811" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Los clientes de SNAP pueden participar voluntariamente en servicios de capacitación para empleo y educación por medio del programa Camino al Trabajo de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607E9C31" w14:textId="5E656B13" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="607E9C31" w14:textId="5E656B13" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estado de ciudadanía</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743B0041" w14:textId="343249A2" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="743B0041" w14:textId="343249A2" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Juro que todos los miembros de mi hogar que solicitan beneficios del DTA son ciudadanos de EE. UU. o son no ciudadanos con residencia legal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65402C9A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="009C22B3">
+    <w:p w14:paraId="65402C9A" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="009C22B3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Programa de Asistencia de Nutrición Suplementaria (SNAP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A606D7B" w14:textId="17DBC5CE" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
+    <w:p w14:paraId="6A606D7B" w14:textId="17DBC5CE" w:rsidR="008E6F24" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1054EA11" w14:textId="0447AFE7" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1054EA11" w14:textId="0447AFE7" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El DTA administra el programa de SNAP en Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="020DA122" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="020DA122" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="5FCEA4C4" w14:textId="72A93E7B" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuando </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>presento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> una solicitud ante el DTA (por teléfono, en línea, en persona o por correo electrónico o fax), el DTA tiene 30 días, desde la fecha en que recibió mi solicitud, para decidir si soy elegible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCEA4C4" w14:textId="72A93E7B" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Si fuera elegible para recibir los beneficios SNAP acelerados (de emergencia), el DTA debe darme SNAP y asegurarse de yo tenga una tarjeta de Transferencia Electrónica de Beneficios (EBT) dentro de los 7 días de la fecha en que </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>recibió</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> mi solicitud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19740A56" w14:textId="5FEB454E" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="19740A56" w14:textId="5FEB454E" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tengo el derecho de hablar con un supervisor del DTA si:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D70681" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="65D70681" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El DTA indica que no soy elegible para recibir los beneficios SNAP de emergencia, y no estoy de acuerdo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="717FF6EA" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="717FF6EA" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo fuera elegible para recibir los beneficios SNAP de emergencia, pero no recibiera mis beneficios al 7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> día calendario después de haber solicitado SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D357FF0" w14:textId="052181DF" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="7D357FF0" w14:textId="052181DF" w:rsidR="008E6F24" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo fuera elegible para recibir los beneficios SNAP de emergencia, pero no recibiera mi tarjeta de EBT al 7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> día calendario después de haber solicitado SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087A08A3" w14:textId="0AC206A6" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="087A08A3" w14:textId="0AC206A6" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Cuando reciba SNAP, deberé cumplir con determinados requisitos. Cuando me aprueben para recibir SNAP, el DTA me dará una copia del folleto “Su derecho a saber” y del folleto del Programa de SNAP. Yo leeré los folletos o le pediré a alguien que me los lea. Si tuviera preguntas o si necesitara ayuda para leer o comprender esta información, puedo llamar al DTA al 1</w:t>
       </w:r>
-      <w:r w:rsidR="00770A6A" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00770A6A" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>877</w:t>
       </w:r>
-      <w:r w:rsidR="00770A6A" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00770A6A" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>382</w:t>
       </w:r>
-      <w:r w:rsidR="00770A6A" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00770A6A" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>2363.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C780FC3" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3C780FC3" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Informar al DTA de cambios en mi hogar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309B114E" w14:textId="553063F8" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="309B114E" w14:textId="553063F8" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="44"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si perteneciera a un hogar con el requisito de Informe Simplificado de SNAP, no deberé notificar la mayoría de los cambios al DTA hasta que venza el Informe Provisorio o la Recertificación. Las únicas cosas que debo notificar cuanto antes son:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08130322" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="08130322" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si los ingresos de mi hogar superaran el umbral de ingresos brutos (indicado en mi Notificación de aprobación). Yo debo informar esto antes del 10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> día del mes posterior al mes en que mis ingresos superaron dicho umbral.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34483567" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="34483567" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si yo debiera cumplir con los Requisitos de Trabajo del programa Adultos Sanos sin Personas a Cargo (ABAWD) y mis horas de trabajo disminuyeran por debajo de las 20 horas por semana.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28EEF768" w14:textId="5C6BF2A3" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="28EEF768" w14:textId="5C6BF2A3" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="44"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si alguien en mi hogar fuera mayor de 60 años, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>discapacitado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> o menor de 18 años de edad, y nadie tuviera ganancias de un trabajo, las únicas cosas que yo debiera notificar son:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A206487" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
-[...81 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0A206487" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si alguien empieza a trabajar, o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5431C887" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00001F5D" w:rsidRDefault="004B19FB" w:rsidP="00001F5D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si alguien se agregara a mi hogar o lo dejara.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B4BB91" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="000F1608" w:rsidRDefault="004B19FB" w:rsidP="000F1608">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Yo debo informar de estos cambios antes del 10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> día del mes posterior al mes en que ocurrió un cambio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DBF7EA6" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="000F1608">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si recibiera SNAP por medio de la Alternativa de Beneficios Transicionales (TBA) debido a que se suspendieron mis beneficios del TAFDC, yo no debo informar de ningún cambio al DTA durante los 5 meses en que reciba TBA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354EB1DE" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="354EB1DE" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="000F1608" w:rsidRDefault="004B19FB" w:rsidP="000F1608">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="54351E51" w14:textId="5615A548" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si yo recibiera SNAP por medio de Bay </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CAP, yo no debo informar sobre ningún cambio al DTA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54351E51" w14:textId="5615A548" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si yo o alguien en mi hogar recibiera asistencia en efectivo (TAFDC o EAEDC), debo informar sobre determinados cambios al DTA dentro de los 10 días de ocurrido el cambio. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6059D073" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
+    <w:p w14:paraId="6059D073" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Es posible que yo reciba más beneficios de SNAP si notifico al DTA y brindo comprobantes de los siguiente, en cualquier momento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F38F9F" w14:textId="14D8E870" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="41F38F9F" w14:textId="14D8E870" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Costos de servicios de atención para niños u otros dependientes, costos de albergue, y/o costos de servicios públicos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D994D6" w14:textId="28631AB5" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="37D994D6" w14:textId="28631AB5" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Manutención infantil que yo (o algún miembro de mi hogar) deba pagar según sentencia judicial a un miembro que no esté en el hogar; y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149469EC" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="149469EC" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Costos médicos para los miembros de mi hogar, incluyéndome, que sean mayores de 60 años o </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>discapacitados</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D73360" w14:textId="01F65A29" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="30D73360" w14:textId="01F65A29" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Requisitos de Trabajo para los clientes de SNAP</w:t>
       </w:r>
-      <w:r w:rsidR="00907F6F" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="00907F6F" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si usted recibe beneficios de SNAP y tiene entre 16 y 59 años, es posible que deba cumplir con los requisitos generales de trabajo de SNAP o con los requisitos de trabajo de ABAWD a menos que usted esté exento. El DTA nos informará a mí y a los miembros de mi hogar si debemos cumplir con los Requisitos de Trabajo, cuáles son las exenciones y qué sucederá si no cumplimos con los requisitos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDC7072" w14:textId="77777777" w:rsidR="00907F6F" w:rsidRPr="00D860F7" w:rsidRDefault="00907F6F" w:rsidP="008E6F24">
+    <w:p w14:paraId="4DDC7072" w14:textId="77777777" w:rsidR="00907F6F" w:rsidRPr="009F6D0C" w:rsidRDefault="00907F6F" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4262B9E2" w14:textId="62ED8A38" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
+    <w:p w14:paraId="4262B9E2" w14:textId="62ED8A38" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si está sujeto a los Requisitos de Trabajo de SNAP, usted debe:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBBB344" w14:textId="4ADAAE6F" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3FBBB344" w14:textId="4ADAAE6F" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Inscribirse para trabajar al momento de la solicitud y cuando se recertifique para recibir SNAP. Usted se inscribe cuando firma el formulario de solicitud o de recertificación de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED8FF0A" w14:textId="3F7DA66C" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="1ED8FF0A" w14:textId="3F7DA66C" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Dar al DTA información sobre su estado de empleo cuando se lo pida el DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BCD31E" w14:textId="0D1BF8AE" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="05BCD31E" w14:textId="0D1BF8AE" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Presentarse ante un empleador si fue referido por el DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FBC704" w14:textId="7E468D4E" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="37FBC704" w14:textId="7E468D4E" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Aceptar un ofrecimiento de trabajo (a menos que usted tenga un motivo justificado para no hacerlo).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="510EC93B" w14:textId="1466FFCC" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="510EC93B" w14:textId="1466FFCC" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No renunciar a un empleo de más de 30 horas semanales sin un motivo justificado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4AC209" w14:textId="27AF5D79" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3F4AC209" w14:textId="27AF5D79" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Reducir sus horas de trabajo a menos de 30 horas semanales sin un motivo justificado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7848AC" w14:textId="0F1679AB" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="2D7848AC" w14:textId="0F1679AB" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Requisitos de SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A88AACC" w14:textId="2C092E04" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="7A88AACC" w14:textId="2C092E04" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No proporcione información falsa ni oculte información para obtener beneficios de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680D5CC7" w14:textId="17E389CC" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="680D5CC7" w14:textId="17E389CC" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No intercambie ni venda beneficios de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AD241E" w14:textId="7BBD8768" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="63AD241E" w14:textId="7BBD8768" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No altere las tarjetas de EBT para obtener beneficios de SNAP para los cuales usted no sea elegible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044F8D56" w14:textId="45F3E72F" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="044F8D56" w14:textId="45F3E72F" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No use los beneficios de SNAP para comprar artículos que no sean elegibles, como bebidas alcohólicas y tabaco.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70860C96" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="70860C96" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>No use los beneficios de SNAP o la tarjeta de EBT de otra persona, a menos que sea un Representante autorizado, o que el beneficiario lo haya autorizado para que use dicha tarjeta en su nombre.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F214B80" w14:textId="6081D99C" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="0F214B80" w14:textId="6081D99C" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Advertencia de sanciones de SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8D5011" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="7D8D5011" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Entiendo que, si yo o cualquier miembro de mi hogar de SNAP intencionalmente no cumpliera alguna de las reglas indicadas anteriormente, esa persona no será elegible para recibir SNAP durante un año después de la primera infracción, dos años después de la segunda infracción y para siempre después de la tercera infracción. Esa persona también puede ser multada hasta con $250,000, ir a prisión hasta por 20 años o ambas. También puede estar sujeta a juicio según las leyes federales y estatales aplicables.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E61B9E4" w14:textId="619DCB4E" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="5E61B9E4" w14:textId="619DCB4E" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>También entiendo las siguientes sanciones: Si yo o un miembro de mi hogar de SNAP:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66254175" w14:textId="1406B232" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="66254175" w14:textId="1406B232" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Cometiera una </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Infracción Intencional del Programa (IPV)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>programa en efectivo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>, la persona no será elegible para recibir SNAP durante el mismo período en que no sea elegible para la asistencia en efectivo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4D1958" w14:textId="58BD5785" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3E4D1958" w14:textId="58BD5785" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Hiciera una declaración fraudulenta sobre su identidad o residencia para obtener múltiples beneficios de SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>en el mismo período</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">, la persona no será elegible para recibir SNAP durante </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>diez años</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED217C4" w14:textId="52783236" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="2ED217C4" w14:textId="52783236" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Intercambiara (compre o venda) beneficios de SNAP para obtener drogas ilegales</w:t>
       </w:r>
-      <w:r w:rsidR="009A7DEA" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="009A7DEA" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A7DEA" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="009A7DEA" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="009A7DEA" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="009A7DEA" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> sustancias</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> controladas, esa persona no será elegible para recibir SNAP durante </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>dos años</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> por la primera falta y </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>para siempre</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> por la segunda falta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE68907" w14:textId="31077B8C" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="4CE68907" w14:textId="31077B8C" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Intercambiara (compre o venda) beneficios de SNAP para obtener armas de fuego, municiones o explosivos, no será elegible para recibir SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>para siempre</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4323AEAE" w14:textId="3FF44EE9" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="4323AEAE" w14:textId="3FF44EE9" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Hiciera una oferta para vender beneficios de SNAP o una tarjeta EBT en línea o en persona, el estado podría enjuiciarla por una IPV.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF11A95" w14:textId="7DEDEF30" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="4AF11A95" w14:textId="7DEDEF30" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="1E95AA03" w14:textId="67003BA0" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Pagara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alimentos comprados a crédito, no será elegible para recibir SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E95AA03" w14:textId="67003BA0" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="53AA484C" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Comprara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> productos con beneficios de SNAP con la intención de descartar el contenido y devolver los envases por efectivo, no será elegible para recibir SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AA484C" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Escapara para evitar el juicio, detención o reclusión después de la convicción por un delito, no será elegibles para recibir SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B98612B" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="2B98612B" w14:textId="7EC47742" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estuviera violando la libertad condicional o bajo palabra (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>parole</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
-[...8 lines deleted...]
-    <w:p w14:paraId="076D16B1" w14:textId="46A463E0" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>), en el caso que las fuerzas policiales l</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4E72" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0C99" w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estén buscando activamente para su arresto, no será elegible para recibir SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076D16B1" w14:textId="46A463E0" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Las personas que hayan sido condenadas por delitos graves después del 7 de febrero de 2014 no son elegibles para recibir los beneficios de SNAP si son prófugos o están violando la libertad bajo palabra (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>parole</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">), según lo establecido en 7 CFR </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>273.11(n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>y fueron condenadas como adultos de los delitos de:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0C4B7B" w14:textId="5F77915B" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="7F0C4B7B" w14:textId="5F77915B" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Abuso sexual agravado según la sección 2241 del título 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B89CF4" w14:textId="702AD897" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="15B89CF4" w14:textId="702AD897" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Homicidio según la sección 1111 del título 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666A0C70" w14:textId="3394A192" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="666A0C70" w14:textId="3394A192" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Cualquier delito según el capítulo 110 del título 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6C0FB0" w14:textId="2DEF17D7" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="0D6C0FB0" w14:textId="2DEF17D7" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Un delito federal o estatal que implique una agresión sexual, según se lo defina en la sección 40002(a) de la Ley de Violencia contra las Mujeres (VAWA) de 1994 (42 U.S.C. 13925a); o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632B7A96" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
+    <w:p w14:paraId="632B7A96" w14:textId="77777777" w:rsidR="004D7EF5" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Un delito que, según las leyes estatales, el Fiscal General determine que sea considerablemente similar a un delito descrito en esta lista.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08AB6AAD" w14:textId="0FD46B77" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
+    <w:p w14:paraId="08AB6AAD" w14:textId="0FD46B77" w:rsidR="008E6F24" w:rsidRPr="009F6D0C" w:rsidRDefault="004B19FB" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Declaración de no discriminación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="471BAAEC" w14:textId="77777777" w:rsidR="004B0A88" w:rsidRPr="00D860F7" w:rsidRDefault="004B0A88" w:rsidP="00632D11">
+    <w:p w14:paraId="471BAAEC" w14:textId="77777777" w:rsidR="004B0A88" w:rsidRPr="009F6D0C" w:rsidRDefault="004B0A88" w:rsidP="00632D11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo con la Ley Federal de Derechos Civiles y los reglamentos y las normas del Departamento de Agricultura de EE. UU. (USDA), se prohíbe que esta institución discrimine debido a raza, color, nacionalidad de origen, sexo (incluidas la identidad de género y la orientación sexual), credo religioso, discapacidad, edad, ideología política, represalia o venganza por haber participado en actividades en defensa de los derechos civiles. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B790C02" w14:textId="77777777" w:rsidR="004B0A88" w:rsidRPr="00D860F7" w:rsidRDefault="004B0A88" w:rsidP="00632D11">
+    <w:p w14:paraId="0B790C02" w14:textId="77777777" w:rsidR="004B0A88" w:rsidRPr="009F6D0C" w:rsidRDefault="004B0A88" w:rsidP="00632D11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede tener acceso a la información sobre el programa en otros idiomas además del inglés. Las personas con discapacidades que requieran medios alternativos de comunicación para obtener información sobre el programa (p. ej. braille, letras grandes, cintas de audio, Lenguaje de Señas Americano o ASL) deben comunicarse con la Agencia (estatal o local) donde presentaron la solicitud para beneficios. Las personas sordas, con dificultad auditiva o discapacidad del habla pueden comunicarse con el USDA por medio del Servicio de Retransmisión Federal al (800) 877-8339. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCE6E43" w14:textId="0B7C62C0" w:rsidR="004B0A88" w:rsidRPr="00D860F7" w:rsidRDefault="004B0A88" w:rsidP="003B3549">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D860F7">
+    <w:p w14:paraId="3DCE6E43" w14:textId="0B7C62C0" w:rsidR="004B0A88" w:rsidRPr="009F6D0C" w:rsidRDefault="004B0A88" w:rsidP="003B3549">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Para presentar una queja contra el programa por discriminación, un Denunciante deber completar el Formulario AD-3027, el </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de Queja por Discriminación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">obtenerse en línea en: </w:t>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Programa del USDA, que puede obtenerse en línea en: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="003B3549" w:rsidRPr="00D860F7">
+        <w:r w:rsidR="003B3549" w:rsidRPr="009F6D0C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003B3549" w:rsidRPr="00D860F7">
+      <w:r w:rsidR="003B3549" w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:color w:val="211D1E"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">en cualquier oficina del USDA, llamando al (833) 620-1071 o escribiendo una carta dirigida al USDA. La carta debe incluir el nombre, la dirección y el teléfono del denunciante, y una descripción por escrito de la presunta acción discriminatoria con los suficientes detalles para informar al Secretario Adjunto de Derechos Civiles (ASCR) del carácter y la fecha de la presunta violación a los derechos civiles. Debe presentarse la carta o el formulario AD-3027 completado por: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12350B48" w14:textId="76C2D758" w:rsidR="00011FED" w:rsidRPr="00D860F7" w:rsidRDefault="00011FED" w:rsidP="00011FED">
+    <w:p w14:paraId="12350B48" w14:textId="76C2D758" w:rsidR="00011FED" w:rsidRPr="009F6D0C" w:rsidRDefault="00011FED" w:rsidP="00011FED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>correo postal:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17FE76A4" w14:textId="32ED8879" w:rsidR="00011FED" w:rsidRPr="00DE4D33" w:rsidRDefault="00011FED" w:rsidP="00011FED">
+    <w:p w14:paraId="17FE76A4" w14:textId="32ED8879" w:rsidR="00011FED" w:rsidRPr="009F6D0C" w:rsidRDefault="00011FED" w:rsidP="00011FED">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve">Food and Nutrition Service, USDA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">1320 Braddock Place, Room 334 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:br/>
         <w:t>Alexandria, VA 22314; o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE4D33">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181A2EDF" w14:textId="77777777" w:rsidR="00011FED" w:rsidRPr="00D860F7" w:rsidRDefault="00011FED" w:rsidP="00011FED">
+    <w:p w14:paraId="181A2EDF" w14:textId="77777777" w:rsidR="00011FED" w:rsidRPr="009F6D0C" w:rsidRDefault="00011FED" w:rsidP="00011FED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>fax:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F84EAD1" w14:textId="39225AD9" w:rsidR="00011FED" w:rsidRPr="00D860F7" w:rsidRDefault="00011FED" w:rsidP="00011FED">
+    <w:p w14:paraId="3F84EAD1" w14:textId="39225AD9" w:rsidR="00011FED" w:rsidRPr="009F6D0C" w:rsidRDefault="00011FED" w:rsidP="00011FED">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>(833) 256 1665 o (202)-690-7442; o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69312A8A" w14:textId="10340846" w:rsidR="00011FED" w:rsidRPr="00D860F7" w:rsidRDefault="00011FED" w:rsidP="00011FED">
+    <w:p w14:paraId="69312A8A" w14:textId="10340846" w:rsidR="00011FED" w:rsidRPr="009F6D0C" w:rsidRDefault="00011FED" w:rsidP="00011FED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">correo electrónico: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E39EF70" w14:textId="77777777" w:rsidR="00011FED" w:rsidRPr="00D860F7" w:rsidRDefault="00011FED" w:rsidP="00011FED">
+    <w:p w14:paraId="1E39EF70" w14:textId="77777777" w:rsidR="00011FED" w:rsidRPr="009F6D0C" w:rsidRDefault="00011FED" w:rsidP="00011FED">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>FNSCIVILRIGHTSCOMPLAINTS@usda.gov</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBAFB97" w14:textId="77777777" w:rsidR="00011FED" w:rsidRPr="00D860F7" w:rsidRDefault="00011FED" w:rsidP="00632D11">
+    <w:p w14:paraId="0CBAFB97" w14:textId="77777777" w:rsidR="00011FED" w:rsidRPr="009F6D0C" w:rsidRDefault="00011FED" w:rsidP="00632D11">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D860F7">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Esta institución es un proveedor que ofrece igualdad de oportunidades.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD4B32C" w14:textId="3C235CCA" w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidRDefault="008E6F24" w:rsidP="00632D11">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="1AD4B32C" w14:textId="29958340" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E803202" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Formulario de designación del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370B324C" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Usted puede presentar este formulario si desea designar un representante autorizado para que actúe en su nombre. Si un representante autorizado firmó su solicitud por usted, o si usted es un representante autorizado que solicita en nombre de alguna otra persona, usted </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>DEBE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presentar este formulario para que se procese la solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43955098" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Usted no necesita completar este formulario si vive en una institución y desea que le envíen copias de avisos de elegibilidad a usted y a su cónyuge, quien todavía vive en su casa. Haremos esto automáticamente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5241BFE5" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Un representante autorizado tiene la autoridad de actuar en nombre de un solicitante o de un afiliado en todos los asuntos relacionados con MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y recibirá información personal sobre el solicitante o el afiliado hasta que recibamos un aviso de cancelación que finalice la autoridad del representante, o hasta el fallecimiento del solicitante o del afiliado. La autoridad del representante no terminará automáticamente una vez que procesemos su solicitud. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6B8484" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Usted puede elegir a alguien para que lo ayude. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC78B01" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Usted podría elegir a un representante autorizado para que lo ayude a obtener cobertura de atención de salud a través de los programas ofrecidos por MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Usted puede hacer esto completando este formulario (el Formulario de designación del representante autorizado). Usted o un representante puede firmar en su nombre y en nombre de cualquiera de sus hijos dependientes menores de 18 años y para quienes usted sea un padre o una madre con custodia. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No es necesario que usted tenga un representante para solicitar o recibir beneficios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742C710A" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Quién me puede ayudar?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F97801" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Un representante autorizado puede ser un amigo, familiar, pariente u otra persona u organización de su preferencia que acepte ayudarlo. La elección de un representante autorizado, si así lo desea, depende solo de usted. Ni MassHealth ni el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elegirán un representante autorizado en su nombre. Usted debe designar por escrito a la persona u organización que usted desea que sea su representante autorizado (complete la Sección I, Parte A). Su representante autorizado también debe completar la Sección I, Parte B. A veces nos referimos a esta persona u organización como el “Representante autorizado según la Sección I”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687DA370" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>2. Si usted no puede designar un representante autorizado por escrito y usted no tiene actualmente un representante autorizado ni otra persona que esté autorizada legalmente a actuar en su nombre, una persona (no una organización), quien certifique que él o ella será responsable de actuar en su nombre, puede ser su representante autorizado si dicha persona completa la Sección II de este formulario. A veces nos referimos a esta persona como el “Representante autorizado según la Sección II”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F4012A" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Un representante autorizado también puede ser alguien quien ha sido nombrado por ley para actuar en su nombre, o en nombre de la sucesión de un solicitante o un afiliado que haya fallecido. Esta persona debe completar la Sección III y, ya sea usted o esta persona, debe enviarnos, junto con este </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>formulario, una copia del documento legal pertinente que indique que dicha persona tiene la autoridad para representarlo legalmente a usted o a la sucesión de un solicitante o un afiliado fallecido. A veces nos referimos a esta persona como el “Representante autorizado según la Sección III”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DD7D4D" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puede ser un tutor legal, apoderado legal, titular de un poder legal o apoderado para atención de salud, o, si el solicitante o el afiliado ha fallecido, el representante administrativo o albacea de la sucesión.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511CD308" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Qué puede hacer un representante autorizado?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D8AE80" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puede</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68AB411C" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00304881">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>completar sus formularios de solicitud o de renovación;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEDBC7F" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00304881">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completar otros formularios de elegibilidad o de inscripción de MassHealth o del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17650824" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00304881">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dar pruebas de la información indicada en dichos formularios;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F602CE" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00304881">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>informar sobre cambios en los ingresos, dirección u otras circunstancias;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD65562" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00304881">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recibir copias de todos los avisos de su elegibilidad e inscripción de MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>; y</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72963B15" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00304881">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">actuar en su nombre en todos los demás asuntos relacionados con MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08659476" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lo que un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> está autorizado a hacer en su nombre (o en nombre de la sucesión de un solicitante o un afiliado fallecido) dependerá de lo establecido en el nombramiento legal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFD21D9" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Por favor observe: Los avisos de elegibilidad pueden incluir información acerca de otros miembros del hogar de un solicitante o de miembros del hogar de un afiliado. Si hay numerosas personas en su hogar, es posible que no podamos enviarles copias de algunos de sus avisos a su representante autorizado a menos que cada miembro de su hogar también haya designado al mismo representante autorizado completando cada uno por separado un Formulario de designación de representante autorizado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79085766" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sección 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Designación del representante autorizado (si el solicitante o el afiliado puede firmar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500DCE87" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parte A: a ser completada por el solicitante o el afiliado. Escriba en letra de imprenta, salvo la firma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB8EF3A" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DBE6A46" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento del solicitante o afiliado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFFCFFB" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de ID de MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>O bien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Los cuatro últimos dígitos del Número de Seguro Social (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) del solicitante o afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDA8DC6" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177DCA9C" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Certifico que he elegido a la siguiente persona u organización para que sea mi representante autorizado y el de cualquier niño dependiente menor de 18 años de quien yo sea el padre o la madre con custodia, y que comprendo los deberes y responsabilidades que esta persona u organización tendrá (como se explicó anteriormente en este formulario).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD288E1" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADA0125" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786AC75F" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="336F8D09" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5982601E" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección del representante autorizado (dirección postal, ciudad, estado, código postal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AE5488" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Parte B: a ser completada por el representante autorizado. Escriba en letra de imprenta, salvo la firma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FEDEC5A" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>B1. Complete si el representante autorizado es una persona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559117C7" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico que mantendré en todo momento la confidencialidad de cualquier información, que me proporcione MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, relacionada con el solicitante o el afiliado indicado anteriormente y, si corresponde, con los niños dependientes de dicho solicitante o afiliado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4A1A64" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si también soy proveedor, miembro del personal o un voluntario afiliado a una organización, y estoy actuando en mi capacidad de proveedor, miembro del personal o voluntario en relación con mi designación como representante autorizado, certifico que cumpliré en todo momento con las leyes y reglamentos estatales y federales aplicables referentes a la confidencialidad de la información y conflictos de interés, incluyendo aquellos estipulados en 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parte 431, subparte F, 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 447.10 y 45 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E333C9" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72468E78" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D47361" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del representante autorizado en letra de imprenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5B055D" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE9924E" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B2. Complete si el representante autorizado es una organización. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9EAC27" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico, en nombre de la organización indicada a continuación, que dicha organización mantendrá en todo momento la confidencialidad de cualquier información, que me proporcione MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, relacionada con el solicitante </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>o el afiliado indicado anteriormente y, si corresponde, con los niños dependientes de dicho solicitante o afiliado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3F2AA2" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yo, el proveedor, miembro del personal o voluntario de la organización que se indica a continuación, que completa este formulario, certifico en mi nombre y en nombre de la organización que represento, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">que todos los proveedores, miembros del personal o voluntarios que actúen en nombre de la organización con referencia a esta designación de representante autorizado, cumplirán en todo momento con las leyes y reglamentos estatales y federales aplicables referentes a la confidencialidad de la información y conflictos de interés, incluyendo aquellos estipulados en 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parte 431, subparte F, 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 447.10 y 45 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21537A38" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del proveedor, miembro del personal o voluntario que completa el formulario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A84895E" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69969883" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre en letra de imprenta del proveedor, miembro del personal o voluntario que completa el formulario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5165D0BA" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del proveedor, miembro del personal o voluntario que completa el formulario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A054211" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre de la organización del representante autorizado </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C45F7D" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sección 2 Designación de representante autorizado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(si el solicitante o el afiliado no puede proporcionar una designación por escrito)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76902C07" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A ser completada por el representante autorizado. Escriba en letra de imprenta, salvo la firma. Por favor proporcione un formulario por separado para cada solicitante o afiliado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F5FEC8" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Una organización no es elegible para ser un representante autorizado según esta sección. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3C0A68" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico que el solicitante o el afiliado indicado a continuación no puede proporcionar la designación por escrito y que, a mi leal saber y entender, de ninguna manera dispone de una persona que pueda actuar en su nombre, tal como un actual representante autorizado, tutor legal, apoderado legal, representante administrativo o albacea de la sucesión, titular de un poder legal o al amparo de un apoderado para atención de salud. Además, certifico que tengo pleno conocimiento de las circunstancias relacionadas a este solicitante o afiliado para asumir la responsabilidad por la veracidad de las declaraciones efectuadas en su nombre durante el proceso de determinación de elegibilidad y en otras comunicaciones con MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y que entiendo mis derechos y responsabilidades como representante autorizado de esta persona (como se explicó previamente en este formulario). Si esta persona puede entender, le he informado a esta persona que MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me enviarán una copia de todos los avisos de elegibilidad e inscripción de MassHealth y del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, y que esta persona está de acuerdo con esto, y le he informado a esta persona que me puede remover o reemplazarme como representante autorizado en cualquier momento por los métodos descritos anteriormente en este formulario.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D682A20" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico además que mantendré en todo momento la confidencialidad de cualquier información, que me proporcione MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, relacionada con el solicitante o el afiliado indicado a continuación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4024C825" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si también soy proveedor, miembro del personal o un voluntario afiliado a una organización, y estoy actuando en mi capacidad de proveedor, miembro del personal o voluntario en relación con mi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">designación como representante autorizado, certifico además que cumpliré en todo momento con las leyes y reglamentos estatales y federales aplicables referentes a la confidencialidad de la información y conflictos de interés, incluyendo aquellos estipulados en 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parte 431, subparte F, 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 477.10 y 45 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1F07F6" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67813E02" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento del solicitante o afiliado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6434C42B" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de ID de MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>O bien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Los cuatro últimos dígitos del Número de Seguro Social (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) del solicitante o afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57567F9C" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6A6348" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086F924F" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del representante autorizado (nombre, inicial, apellido)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4C8950" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023C86C7" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dirección del representante autorizado (dirección postal, ciudad, estado, código postal) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670B230F" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314CDB15" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si el representante autorizado según la Sección II está afiliado a una organización, y está actuando en dicha capacidad, una persona autorizada a actuar en nombre de la organización, tal como un funcionario, debe firmar a continuación para indicar que dicha organización reconoce y está de acuerdo con las representaciones y garantías efectuadas anteriormente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7D7CEF" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del funcionario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252EC188" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Título del funcionario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC336AE" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del funcionario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15157480" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73230A52" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sección 3 Designación del representante autorizado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(si es nombrado por ley)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224FD1FE" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A ser completada por un representante autorizado nombrado por ley (con autoridad para actuar en nombre del solicitante o del afiliado para tomar decisiones relacionadas con la atención de salud, incluyendo, pero sin limitarse, un tutor legal, apoderado legal, representante administrativo o albacea de la sucesión de un solicitante o un afiliado, titular de un poder legal o al amparo de un apoderado para atención de salud.) Escriba en letra de imprenta, salvo la firma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B37CDD2" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por favor presente una copia del documento legal pertinente junto con este formulario. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DFD53E" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Certifico que mantendré en todo momento la confidencialidad de cualquier información, que me proporcione MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, relacionada con el solicitante o el afiliado indicado a continuación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64049159" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E48FDC4" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento del solicitante o afiliado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="713C1A66" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de ID de MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>O bien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Los cuatro últimos dígitos del Número de Seguro Social (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) del solicitante o afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CD9EDC" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505435AA" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499B8922" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del representante autorizado (nombre, inicial, apellido)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE8B70A" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C2E4BB" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección del representante autorizado (dirección postal, ciudad, estado, código postal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCDBB90" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A1773B" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Cómo finaliza la designación de un representante autorizado?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5767C5E9" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si usted decide que ya no desea tener un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tiene que notificarnos por correo postal, fax o teléfono en el momento que usted desee finalizar la designación. Consulte la información de contacto a continuación. Si usted nos envía el aviso por correo postal o fax, el aviso debe incluir su nombre, dirección y fecha de nacimiento, el nombre de su representante autorizado, una declaración de que la designación ha finalizado y su firma o, si no puede dar un aviso por escrito, la firma de alguien que actúe en su nombre (solo en el caso de que sea un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43204D51" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Además, si su representante autorizado nos notifica que dicha persona u organización ya no actúa en su nombre, ya no reconoceremos a dicha persona u organización como su representante autorizado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4942F5D1" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La autoridad de un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finalizará al momento de fallecer un solicitante o un afiliado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DD2127" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La designación de un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> termina cuando finalice su nombramiento legal. El representante autorizado nos debe notificar tal como se explicó anteriormente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464DA0EC" w14:textId="791E9233" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Además, la designación de un representante autorizado para un niño menor de edad finaliza el día en que dicho niño cumpla 18 años.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2349B7" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¿Cómo puedo presentar este formulario? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CFAC01" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Si usted está solicitando beneficios de salud, envíenos su Formulario de designación del representante autorizado completado junto con su solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51065085" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si ya recibe beneficios, usted debe presentar el formulario en el momento en que desee designar a un representante autorizado o en que desee que finalice la designación declarada, de una de estas maneras </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4BD3F5" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Envíe su formulario por correo postal al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Insurance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Processing Center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">P. O. Box 4405 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Taunton, MA 02780;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0F4F72" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Envíe su formulario por fax al (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>857) 323-8300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>; o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4867A28D" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Llámenos al </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(800) 841-2900</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, TDD/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>TYY</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD3E8C4" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="009F6D0C" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E959679" w14:textId="77777777" w:rsidR="00BD4C07" w:rsidRPr="001102D9" w:rsidRDefault="00BD4C07" w:rsidP="00BD4C07">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ARD-ES-1122</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D8EFCF" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="001102D9" w:rsidRDefault="008E6F24" w:rsidP="00632D11">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:sectPr w:rsidR="008E6F24" w:rsidRPr="00D860F7" w:rsidSect="008E6F24">
+    <w:sectPr w:rsidR="008E6F24" w:rsidRPr="001102D9" w:rsidSect="00017D76">
       <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BCB3AA3" w14:textId="77777777" w:rsidR="009E2596" w:rsidRDefault="004B19FB">
+    <w:p w14:paraId="36DC7B1D" w14:textId="77777777" w:rsidR="0038287E" w:rsidRDefault="0038287E">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="780E1F6F" w14:textId="77777777" w:rsidR="009E2596" w:rsidRDefault="004B19FB">
+    <w:p w14:paraId="1A47ED5B" w14:textId="77777777" w:rsidR="0038287E" w:rsidRDefault="0038287E">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7915,152 +13096,244 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="0205050205050A020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
     <w:altName w:val="Franklin Gothic Medium Cond"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
     <w:altName w:val="Nyala"/>
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="5000607B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SourceSansPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63C7F4D2" w14:textId="77777777" w:rsidR="00B008F8" w:rsidRDefault="00B008F8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14937DF8" w14:textId="77777777" w:rsidR="00B008F8" w:rsidRDefault="00B008F8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64D7DFC5" w14:textId="59493F69" w:rsidR="00017D76" w:rsidRDefault="00017D76" w:rsidP="00F45570">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00B008F8">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>MSP</w:t>
+    </w:r>
+    <w:r w:rsidR="00B008F8" w:rsidRPr="00B008F8">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="00F45570" w:rsidRPr="00B008F8">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ES</w:t>
+    </w:r>
+    <w:r w:rsidR="00B008F8" w:rsidRPr="00B008F8">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B008F8">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2025-1</w:t>
+    </w:r>
+    <w:r w:rsidR="00B008F8" w:rsidRPr="00B008F8">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71C882A3" w14:textId="77777777" w:rsidR="009E2596" w:rsidRDefault="004B19FB">
+    <w:p w14:paraId="1E4CD889" w14:textId="77777777" w:rsidR="0038287E" w:rsidRDefault="0038287E">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BA88281" w14:textId="77777777" w:rsidR="009E2596" w:rsidRDefault="004B19FB">
+    <w:p w14:paraId="123CAF1F" w14:textId="77777777" w:rsidR="0038287E" w:rsidRDefault="0038287E">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00BD69E2" w:rsidRDefault="00BD69E2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FAAD5FC" w14:textId="77777777" w:rsidR="00B008F8" w:rsidRDefault="00B008F8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33184A36" w14:textId="77777777" w:rsidR="00B008F8" w:rsidRDefault="00B008F8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00F261BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E38C34A6"/>
     <w:lvl w:ilvl="0" w:tplc="26144C1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9EF22DF6" w:tentative="1">
@@ -8371,50 +13644,276 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DAF8F31C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06F05E5B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="160C486E"/>
+    <w:lvl w:ilvl="0" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B804DB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0820F8D4"/>
+    <w:lvl w:ilvl="0" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C780FF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B40C57A"/>
     <w:lvl w:ilvl="0" w:tplc="D910DC22">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B24A2F2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8489,51 +13988,51 @@
     <w:lvl w:ilvl="7" w:tplc="9CA0133C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="24DC5168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ECB2B39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1B0985C"/>
     <w:lvl w:ilvl="0" w:tplc="580A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8575,51 +14074,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11AB7D7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEAE4E6A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1452" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2172" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8661,51 +14160,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7212" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11B91C4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED80F854"/>
     <w:lvl w:ilvl="0" w:tplc="90E896EC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="49C68F90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -8773,51 +14272,51 @@
     <w:lvl w:ilvl="7" w:tplc="7A382BA6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CA8CF960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18070780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA7AD6A6"/>
     <w:lvl w:ilvl="0" w:tplc="CEDC7322">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="41BE99B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8886,51 +14385,51 @@
     <w:lvl w:ilvl="7" w:tplc="B2503B6C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="264A3894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A4A47E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743588"/>
     <w:lvl w:ilvl="0" w:tplc="0972AA3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1BD40FC6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9005,51 +14504,164 @@
     <w:lvl w:ilvl="7" w:tplc="7D14F36C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3A402332" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FA825B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2C2CA06"/>
+    <w:lvl w:ilvl="0" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="254B6652"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EBE58BA"/>
     <w:lvl w:ilvl="0" w:tplc="218C638E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CF64A822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9124,51 +14736,164 @@
     <w:lvl w:ilvl="7" w:tplc="2E8E6688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E0F499A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="258A6A82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72DE172C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26B821ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9336F9EE"/>
     <w:lvl w:ilvl="0" w:tplc="15DE4EC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6F5221B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9243,51 +14968,51 @@
     <w:lvl w:ilvl="7" w:tplc="B4104C5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3788D4CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E787EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA724F42"/>
     <w:lvl w:ilvl="0" w:tplc="230E38C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F16C8620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9362,51 +15087,164 @@
     <w:lvl w:ilvl="7" w:tplc="02EC70E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="277E6E2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30D17B80"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8858FEBC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31746111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18887678"/>
     <w:lvl w:ilvl="0" w:tplc="3C481A98">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C16A88EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9481,51 +15319,164 @@
     <w:lvl w:ilvl="7" w:tplc="4B148BDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AD9CB554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="338D5E6E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5D20C1A"/>
+    <w:lvl w:ilvl="0" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33EE700A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E749936"/>
     <w:lvl w:ilvl="0" w:tplc="F640B37A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F4B0BFB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9600,51 +15551,163 @@
     <w:lvl w:ilvl="7" w:tplc="E66E8640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C842384E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="342365B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98709718"/>
+    <w:lvl w:ilvl="0" w:tplc="B810AF44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="680E76CA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C060CF62" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="89283E88" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5414E60E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="22A218BA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="11AC70D2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8A485BCE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="749CEA12" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35803338"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76FE5ECA"/>
     <w:lvl w:ilvl="0" w:tplc="28409990">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C004E7BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9719,51 +15782,164 @@
     <w:lvl w:ilvl="7" w:tplc="FDF0673E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10C842EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36EC36DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB94D418"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38F267D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4DE4250"/>
     <w:lvl w:ilvl="0" w:tplc="A51227EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7FC07014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9838,51 +16014,51 @@
     <w:lvl w:ilvl="7" w:tplc="E19EE426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2272D860" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3951101B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14567450"/>
     <w:lvl w:ilvl="0" w:tplc="09CAD6D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9342F398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9957,51 +16133,390 @@
     <w:lvl w:ilvl="7" w:tplc="97B6B4C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E2F43AB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F556E8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="155E3896"/>
+    <w:lvl w:ilvl="0" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40A1220C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9CDAC9EE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="415519B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F3A11AC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42BA228B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F474C23C"/>
     <w:lvl w:ilvl="0" w:tplc="0BB20C56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BD6EB4A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10076,51 +16591,51 @@
     <w:lvl w:ilvl="7" w:tplc="57C466A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="22CC6562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47CA47F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="614C23C8"/>
     <w:lvl w:ilvl="0" w:tplc="E394377A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="90E8A18E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10195,51 +16710,51 @@
     <w:lvl w:ilvl="7" w:tplc="0D7EFF5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FDD0BEA8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4911615B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A663136"/>
     <w:lvl w:ilvl="0" w:tplc="B8DEB9BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E66ED106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10314,51 +16829,51 @@
     <w:lvl w:ilvl="7" w:tplc="C7F6C62E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8B548264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8C5380"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2856D540"/>
     <w:lvl w:ilvl="0" w:tplc="F0C2C5A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E9C277D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10433,51 +16948,51 @@
     <w:lvl w:ilvl="7" w:tplc="4B30E93E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9EA249F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D115CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FF45FBA"/>
     <w:lvl w:ilvl="0" w:tplc="3E06E384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FF8E7BB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10552,51 +17067,51 @@
     <w:lvl w:ilvl="7" w:tplc="0F046D14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F390A5BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52FE2CE6"/>
     <w:lvl w:ilvl="0" w:tplc="422040C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7A800ACA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10665,51 +17180,51 @@
     <w:lvl w:ilvl="7" w:tplc="FAA8BEE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="751E90E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A77A2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47061730"/>
     <w:lvl w:ilvl="0" w:tplc="743CA7D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3B0459CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10784,51 +17299,51 @@
     <w:lvl w:ilvl="7" w:tplc="6D9A187E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1D281148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AE84815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A38788A"/>
     <w:lvl w:ilvl="0" w:tplc="2FE83FD4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="16202DD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -10896,51 +17411,51 @@
     <w:lvl w:ilvl="7" w:tplc="B96A9996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BAA28F7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBA5FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD246F54"/>
     <w:lvl w:ilvl="0" w:tplc="1974D91E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EAAC4B2E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -11015,51 +17530,51 @@
     <w:lvl w:ilvl="7" w:tplc="6B2C0150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A5B82710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A050EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33B283AE"/>
     <w:lvl w:ilvl="0" w:tplc="7FFEBDAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="39FA8164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11128,51 +17643,51 @@
     <w:lvl w:ilvl="7" w:tplc="F06E6A88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="42C61576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="656C2A78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB30EEFC"/>
     <w:lvl w:ilvl="0" w:tplc="B30A3B94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2D044B12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -11247,51 +17762,51 @@
     <w:lvl w:ilvl="7" w:tplc="67E2B4D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4D7E2F12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="666469C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE484F1A"/>
     <w:lvl w:ilvl="0" w:tplc="580A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
@@ -11336,51 +17851,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="694F4489"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743978"/>
     <w:lvl w:ilvl="0" w:tplc="6F2662C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="13A62A0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -11455,51 +17970,276 @@
     <w:lvl w:ilvl="7" w:tplc="BF768684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0A3E4344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B1D1565"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46405A2E"/>
+    <w:lvl w:ilvl="0" w:tplc="3BA0C8D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DB639A9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B3C3E7C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF64177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DFE2204"/>
     <w:lvl w:ilvl="0" w:tplc="DA7A0906">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="67521820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -11574,51 +18314,51 @@
     <w:lvl w:ilvl="7" w:tplc="9DDC7EFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BE22A17A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9454D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE4CCCAC"/>
     <w:lvl w:ilvl="0" w:tplc="FE50FC44">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="799234B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11687,51 +18427,51 @@
     <w:lvl w:ilvl="7" w:tplc="65388564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C5B08A00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FE5657A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9320A656"/>
     <w:lvl w:ilvl="0" w:tplc="76029566">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1794D818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11800,51 +18540,51 @@
     <w:lvl w:ilvl="7" w:tplc="65D0691A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8C46DC06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76044270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2BC335E"/>
     <w:lvl w:ilvl="0" w:tplc="5B2296BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="25DA7CB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11913,51 +18653,51 @@
     <w:lvl w:ilvl="7" w:tplc="CA4EB03A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="410E0996">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A515737"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24320864"/>
     <w:lvl w:ilvl="0" w:tplc="DD580796">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7F1010E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12026,51 +18766,51 @@
     <w:lvl w:ilvl="7" w:tplc="949EE76E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1820CECE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA83451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A27289CE"/>
     <w:lvl w:ilvl="0" w:tplc="C12E733E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AB0EA62A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -12145,51 +18885,51 @@
     <w:lvl w:ilvl="7" w:tplc="64D6D8B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C7BAE4EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EDC08CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE4ECD20"/>
     <w:lvl w:ilvl="0" w:tplc="7F2C634A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8708A456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0FD6CF2E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12231,350 +18971,522 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="AACA8006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EEE0C9AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FD01982"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73C8448C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1575628044">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2099209810">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="900095278">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1880359161">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1004673672">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1968467146">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="922108266">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1633707967">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="346758228">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="443885493">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1787305582">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="42289359">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1076247944">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2078088152">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="88738444">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="654189489">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1494376216">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1794207970">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="220797049">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1005941172">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="785469135">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="122624670">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="9374606">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="754016220">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1893928192">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="364865446">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1499689458">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="640186072">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="551775001">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="466167037">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="554313380">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1997225070">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1649170927">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1418134833">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1313826372">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="376513136">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="721251017">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="718361697">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="889805860">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1553928729">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1893928192">
-[...2 lines deleted...]
-  <w:num w:numId="26" w16cid:durableId="364865446">
+  <w:num w:numId="41" w16cid:durableId="736587761">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1499689458">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="42" w16cid:durableId="1814714558">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="640186072">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="43" w16cid:durableId="1012411321">
+    <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="551775001">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="44" w16cid:durableId="1000424309">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="466167037">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="45" w16cid:durableId="427653509">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="554313380">
+  <w:num w:numId="46" w16cid:durableId="1571651218">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1447848831">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="652416665">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="12806028">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1997225070">
-[...8 lines deleted...]
-  <w:num w:numId="35" w16cid:durableId="1313826372">
+  <w:num w:numId="50" w16cid:durableId="880242798">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="376513136">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="51" w16cid:durableId="1406954150">
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360ABB"/>
     <w:rsid w:val="0000021B"/>
     <w:rsid w:val="00000A01"/>
     <w:rsid w:val="00000BC0"/>
+    <w:rsid w:val="00001F5D"/>
     <w:rsid w:val="000034AE"/>
     <w:rsid w:val="00005958"/>
     <w:rsid w:val="00011FED"/>
     <w:rsid w:val="00014AAE"/>
     <w:rsid w:val="000179E9"/>
+    <w:rsid w:val="00017D76"/>
     <w:rsid w:val="00024D29"/>
     <w:rsid w:val="0002645A"/>
     <w:rsid w:val="0003776B"/>
     <w:rsid w:val="0004554A"/>
     <w:rsid w:val="00050C69"/>
     <w:rsid w:val="00066FD0"/>
     <w:rsid w:val="0007036D"/>
     <w:rsid w:val="0007287A"/>
     <w:rsid w:val="0007541B"/>
     <w:rsid w:val="00085487"/>
     <w:rsid w:val="00093461"/>
     <w:rsid w:val="000938A6"/>
     <w:rsid w:val="000A011C"/>
     <w:rsid w:val="000A1924"/>
     <w:rsid w:val="000A1E09"/>
     <w:rsid w:val="000A51D9"/>
     <w:rsid w:val="000B199E"/>
     <w:rsid w:val="000C0660"/>
+    <w:rsid w:val="000C087C"/>
     <w:rsid w:val="000C14CB"/>
     <w:rsid w:val="000D0CDC"/>
     <w:rsid w:val="000D31F7"/>
     <w:rsid w:val="000E116C"/>
     <w:rsid w:val="000E1930"/>
+    <w:rsid w:val="000F1608"/>
     <w:rsid w:val="000F7650"/>
     <w:rsid w:val="001007F6"/>
     <w:rsid w:val="00101D5A"/>
+    <w:rsid w:val="00102688"/>
     <w:rsid w:val="00106BCB"/>
     <w:rsid w:val="00107051"/>
     <w:rsid w:val="00107D22"/>
+    <w:rsid w:val="001102D9"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00113AB4"/>
     <w:rsid w:val="001230AF"/>
     <w:rsid w:val="001246F0"/>
     <w:rsid w:val="001276A5"/>
     <w:rsid w:val="0013324A"/>
     <w:rsid w:val="00134365"/>
+    <w:rsid w:val="00135F70"/>
     <w:rsid w:val="001401F5"/>
     <w:rsid w:val="001412F3"/>
+    <w:rsid w:val="00145876"/>
     <w:rsid w:val="00151D86"/>
     <w:rsid w:val="001569D8"/>
     <w:rsid w:val="0016018F"/>
     <w:rsid w:val="001615A2"/>
     <w:rsid w:val="00165D44"/>
     <w:rsid w:val="00171F97"/>
     <w:rsid w:val="00174819"/>
+    <w:rsid w:val="0018150D"/>
     <w:rsid w:val="00181811"/>
     <w:rsid w:val="00185183"/>
     <w:rsid w:val="00192BDA"/>
     <w:rsid w:val="00195909"/>
     <w:rsid w:val="0019670F"/>
     <w:rsid w:val="001967D0"/>
     <w:rsid w:val="001A0CB0"/>
     <w:rsid w:val="001A1675"/>
+    <w:rsid w:val="001A5796"/>
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001B5BEB"/>
     <w:rsid w:val="001B70D1"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
     <w:rsid w:val="001D563E"/>
     <w:rsid w:val="001D7D57"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
+    <w:rsid w:val="001E4F2B"/>
     <w:rsid w:val="001E519B"/>
     <w:rsid w:val="001F3DB7"/>
     <w:rsid w:val="00200957"/>
     <w:rsid w:val="00200964"/>
     <w:rsid w:val="00201654"/>
     <w:rsid w:val="00201883"/>
     <w:rsid w:val="00203CA2"/>
     <w:rsid w:val="00204740"/>
     <w:rsid w:val="00207AAA"/>
     <w:rsid w:val="0021072C"/>
     <w:rsid w:val="00213D96"/>
     <w:rsid w:val="002146F9"/>
     <w:rsid w:val="0021599B"/>
     <w:rsid w:val="00217417"/>
     <w:rsid w:val="002222C4"/>
     <w:rsid w:val="0022298A"/>
     <w:rsid w:val="00222F00"/>
     <w:rsid w:val="00231BE7"/>
     <w:rsid w:val="002343CA"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="00243B8B"/>
     <w:rsid w:val="0024438A"/>
     <w:rsid w:val="002547EC"/>
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
+    <w:rsid w:val="002A5747"/>
     <w:rsid w:val="002A6595"/>
     <w:rsid w:val="002B1BD9"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C6E37"/>
+    <w:rsid w:val="002D3385"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
     <w:rsid w:val="002E09E5"/>
     <w:rsid w:val="002E2B3F"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
     <w:rsid w:val="00300B53"/>
     <w:rsid w:val="00302C5E"/>
+    <w:rsid w:val="00304881"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="003259FD"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
     <w:rsid w:val="00343B9F"/>
     <w:rsid w:val="0034515B"/>
     <w:rsid w:val="00345187"/>
     <w:rsid w:val="00355FB4"/>
     <w:rsid w:val="003575D7"/>
     <w:rsid w:val="00360ABB"/>
     <w:rsid w:val="00366E2F"/>
     <w:rsid w:val="00377510"/>
     <w:rsid w:val="00381CA0"/>
+    <w:rsid w:val="0038287E"/>
     <w:rsid w:val="00383294"/>
     <w:rsid w:val="0038573C"/>
     <w:rsid w:val="00385E75"/>
     <w:rsid w:val="00391F73"/>
     <w:rsid w:val="00397782"/>
     <w:rsid w:val="003A1716"/>
     <w:rsid w:val="003B03FE"/>
     <w:rsid w:val="003B249C"/>
     <w:rsid w:val="003B270C"/>
     <w:rsid w:val="003B2FC1"/>
     <w:rsid w:val="003B3549"/>
     <w:rsid w:val="003D3211"/>
     <w:rsid w:val="003D5BFF"/>
     <w:rsid w:val="003D6B91"/>
     <w:rsid w:val="003E2DBC"/>
     <w:rsid w:val="003E58CB"/>
     <w:rsid w:val="003E63C8"/>
     <w:rsid w:val="003F0BF9"/>
+    <w:rsid w:val="003F4294"/>
     <w:rsid w:val="003F71C8"/>
     <w:rsid w:val="00400621"/>
     <w:rsid w:val="004019BC"/>
     <w:rsid w:val="00403AD2"/>
     <w:rsid w:val="004102E9"/>
     <w:rsid w:val="00411EDB"/>
     <w:rsid w:val="004120F6"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00413157"/>
     <w:rsid w:val="004166CA"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00422BAF"/>
     <w:rsid w:val="00424EB5"/>
     <w:rsid w:val="004318FE"/>
     <w:rsid w:val="00432661"/>
     <w:rsid w:val="00432E1C"/>
     <w:rsid w:val="0043347A"/>
     <w:rsid w:val="00434244"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004417C1"/>
     <w:rsid w:val="00452DD7"/>
     <w:rsid w:val="004708BC"/>
     <w:rsid w:val="00481271"/>
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00493CE3"/>
@@ -12595,498 +19507,520 @@
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D40CB"/>
     <w:rsid w:val="004D6934"/>
     <w:rsid w:val="004D7EF5"/>
     <w:rsid w:val="004E5359"/>
     <w:rsid w:val="004F0855"/>
     <w:rsid w:val="004F5306"/>
     <w:rsid w:val="004F5AA1"/>
     <w:rsid w:val="004F6F9D"/>
     <w:rsid w:val="00505718"/>
     <w:rsid w:val="00505740"/>
     <w:rsid w:val="005158EE"/>
     <w:rsid w:val="00517FC5"/>
     <w:rsid w:val="00520AE6"/>
     <w:rsid w:val="00526C3C"/>
     <w:rsid w:val="005307E8"/>
     <w:rsid w:val="00537598"/>
     <w:rsid w:val="00537942"/>
     <w:rsid w:val="00540B4E"/>
     <w:rsid w:val="00543E13"/>
     <w:rsid w:val="005523E6"/>
     <w:rsid w:val="00552D93"/>
     <w:rsid w:val="005544F8"/>
     <w:rsid w:val="00554AA1"/>
+    <w:rsid w:val="00560174"/>
     <w:rsid w:val="0056132D"/>
     <w:rsid w:val="00572FC4"/>
     <w:rsid w:val="00584D36"/>
     <w:rsid w:val="0059010C"/>
     <w:rsid w:val="00591B39"/>
     <w:rsid w:val="005925E5"/>
     <w:rsid w:val="005A0386"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A1F9C"/>
     <w:rsid w:val="005A259F"/>
     <w:rsid w:val="005A486E"/>
     <w:rsid w:val="005A76B3"/>
+    <w:rsid w:val="005B0C99"/>
     <w:rsid w:val="005B5136"/>
     <w:rsid w:val="005B7469"/>
     <w:rsid w:val="005B76F6"/>
     <w:rsid w:val="005C1C60"/>
     <w:rsid w:val="005C583A"/>
     <w:rsid w:val="005D2AC4"/>
     <w:rsid w:val="005E46C6"/>
     <w:rsid w:val="005F0134"/>
     <w:rsid w:val="005F2B92"/>
     <w:rsid w:val="005F3DD8"/>
     <w:rsid w:val="005F62BB"/>
     <w:rsid w:val="006106DB"/>
     <w:rsid w:val="00610911"/>
+    <w:rsid w:val="00616284"/>
     <w:rsid w:val="00622D9E"/>
     <w:rsid w:val="00632D11"/>
     <w:rsid w:val="006345C4"/>
     <w:rsid w:val="00635C08"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00645C78"/>
     <w:rsid w:val="00646DBF"/>
     <w:rsid w:val="00650876"/>
     <w:rsid w:val="0065235D"/>
     <w:rsid w:val="0065783F"/>
     <w:rsid w:val="00657D3F"/>
     <w:rsid w:val="00662C03"/>
     <w:rsid w:val="00667CF5"/>
     <w:rsid w:val="00673D4F"/>
     <w:rsid w:val="00677502"/>
     <w:rsid w:val="00683DC5"/>
     <w:rsid w:val="00685C3B"/>
     <w:rsid w:val="006A2D74"/>
     <w:rsid w:val="006A2E8C"/>
     <w:rsid w:val="006A3BD7"/>
+    <w:rsid w:val="006A4E72"/>
     <w:rsid w:val="006B0873"/>
     <w:rsid w:val="006B0BFA"/>
     <w:rsid w:val="006C07CA"/>
     <w:rsid w:val="006C1883"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
     <w:rsid w:val="006D03A3"/>
     <w:rsid w:val="006E07E0"/>
     <w:rsid w:val="006E31B1"/>
     <w:rsid w:val="006E5D70"/>
     <w:rsid w:val="006F06AB"/>
     <w:rsid w:val="006F63C0"/>
     <w:rsid w:val="00700368"/>
     <w:rsid w:val="0072129C"/>
     <w:rsid w:val="00721B17"/>
     <w:rsid w:val="00723E58"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="0073068A"/>
     <w:rsid w:val="0073351B"/>
     <w:rsid w:val="00742460"/>
     <w:rsid w:val="00742A64"/>
     <w:rsid w:val="00746292"/>
     <w:rsid w:val="00751AF0"/>
     <w:rsid w:val="00752B0A"/>
     <w:rsid w:val="007558C6"/>
     <w:rsid w:val="00755E22"/>
     <w:rsid w:val="00761049"/>
     <w:rsid w:val="007651D3"/>
     <w:rsid w:val="00770645"/>
     <w:rsid w:val="00770A6A"/>
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
     <w:rsid w:val="007965A1"/>
+    <w:rsid w:val="00796F96"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
+    <w:rsid w:val="007B4265"/>
     <w:rsid w:val="007B4EAF"/>
     <w:rsid w:val="007C029E"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E688C"/>
     <w:rsid w:val="007F1118"/>
     <w:rsid w:val="007F1316"/>
     <w:rsid w:val="007F3230"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00803AD1"/>
     <w:rsid w:val="00811785"/>
     <w:rsid w:val="00820069"/>
     <w:rsid w:val="008223C3"/>
     <w:rsid w:val="00825CEF"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="008302D4"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="00844546"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00861D84"/>
     <w:rsid w:val="00865E17"/>
     <w:rsid w:val="0087195A"/>
     <w:rsid w:val="008733A1"/>
     <w:rsid w:val="0087444D"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="00887459"/>
     <w:rsid w:val="00892E5B"/>
     <w:rsid w:val="00896AE6"/>
     <w:rsid w:val="008A258A"/>
     <w:rsid w:val="008A7CF5"/>
     <w:rsid w:val="008B069A"/>
     <w:rsid w:val="008B3858"/>
     <w:rsid w:val="008B3E09"/>
     <w:rsid w:val="008B4097"/>
     <w:rsid w:val="008C0B12"/>
     <w:rsid w:val="008C16BA"/>
     <w:rsid w:val="008C3A1D"/>
     <w:rsid w:val="008C63B9"/>
+    <w:rsid w:val="008D34AC"/>
     <w:rsid w:val="008E04CA"/>
     <w:rsid w:val="008E073B"/>
     <w:rsid w:val="008E09CA"/>
     <w:rsid w:val="008E212B"/>
     <w:rsid w:val="008E6F24"/>
     <w:rsid w:val="008E7876"/>
     <w:rsid w:val="008F0E6A"/>
+    <w:rsid w:val="008F3856"/>
     <w:rsid w:val="008F4E4F"/>
     <w:rsid w:val="008F6E8C"/>
     <w:rsid w:val="009013EF"/>
     <w:rsid w:val="00902E45"/>
     <w:rsid w:val="00907C16"/>
     <w:rsid w:val="00907F6F"/>
     <w:rsid w:val="00911913"/>
     <w:rsid w:val="00911D6C"/>
     <w:rsid w:val="00912872"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="0091680C"/>
+    <w:rsid w:val="009265EC"/>
     <w:rsid w:val="0092699F"/>
     <w:rsid w:val="00933A9B"/>
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
     <w:rsid w:val="00942DE7"/>
     <w:rsid w:val="00960511"/>
     <w:rsid w:val="00963EBB"/>
     <w:rsid w:val="00975CC6"/>
     <w:rsid w:val="0098340E"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="00991B95"/>
     <w:rsid w:val="00993891"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="009A111E"/>
     <w:rsid w:val="009A7DEA"/>
     <w:rsid w:val="009B3F2E"/>
     <w:rsid w:val="009B4614"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
     <w:rsid w:val="009D5893"/>
     <w:rsid w:val="009D6DDA"/>
     <w:rsid w:val="009E2596"/>
+    <w:rsid w:val="009F6D0C"/>
     <w:rsid w:val="00A00503"/>
     <w:rsid w:val="00A02A5D"/>
     <w:rsid w:val="00A039DF"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A145FF"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
+    <w:rsid w:val="00A27B5B"/>
     <w:rsid w:val="00A33534"/>
+    <w:rsid w:val="00A40752"/>
     <w:rsid w:val="00A429B2"/>
     <w:rsid w:val="00A53DA0"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
     <w:rsid w:val="00A770C1"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
+    <w:rsid w:val="00A84991"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
-    <w:rsid w:val="00AA1ED4"/>
+    <w:rsid w:val="00A93E3E"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AD3E82"/>
     <w:rsid w:val="00AE42EF"/>
     <w:rsid w:val="00AE5374"/>
     <w:rsid w:val="00AE5D02"/>
     <w:rsid w:val="00AF0645"/>
     <w:rsid w:val="00AF22EC"/>
     <w:rsid w:val="00AF3689"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF4109"/>
     <w:rsid w:val="00AF4378"/>
     <w:rsid w:val="00AF6150"/>
+    <w:rsid w:val="00B008F8"/>
     <w:rsid w:val="00B012CE"/>
     <w:rsid w:val="00B02C70"/>
     <w:rsid w:val="00B05ECC"/>
     <w:rsid w:val="00B1149F"/>
     <w:rsid w:val="00B12474"/>
     <w:rsid w:val="00B26545"/>
     <w:rsid w:val="00B32F0E"/>
     <w:rsid w:val="00B344BC"/>
     <w:rsid w:val="00B42E50"/>
     <w:rsid w:val="00B45E87"/>
     <w:rsid w:val="00B479FA"/>
     <w:rsid w:val="00B56736"/>
     <w:rsid w:val="00B60CBE"/>
     <w:rsid w:val="00B61B98"/>
     <w:rsid w:val="00B627A7"/>
     <w:rsid w:val="00B64074"/>
     <w:rsid w:val="00B66544"/>
     <w:rsid w:val="00B666C2"/>
     <w:rsid w:val="00B67038"/>
     <w:rsid w:val="00B67308"/>
     <w:rsid w:val="00B67BE6"/>
     <w:rsid w:val="00B72583"/>
     <w:rsid w:val="00B7737D"/>
     <w:rsid w:val="00B80DCA"/>
+    <w:rsid w:val="00B81159"/>
     <w:rsid w:val="00B841F8"/>
     <w:rsid w:val="00B90C8A"/>
     <w:rsid w:val="00B920F2"/>
     <w:rsid w:val="00B947D7"/>
     <w:rsid w:val="00BA06CD"/>
     <w:rsid w:val="00BB118B"/>
     <w:rsid w:val="00BC3427"/>
+    <w:rsid w:val="00BC529C"/>
     <w:rsid w:val="00BC6C81"/>
     <w:rsid w:val="00BC7EB7"/>
+    <w:rsid w:val="00BD4C07"/>
     <w:rsid w:val="00BD69E2"/>
     <w:rsid w:val="00BF4965"/>
     <w:rsid w:val="00C10489"/>
     <w:rsid w:val="00C1090B"/>
     <w:rsid w:val="00C137E5"/>
     <w:rsid w:val="00C13B7E"/>
     <w:rsid w:val="00C2273C"/>
     <w:rsid w:val="00C262A7"/>
     <w:rsid w:val="00C2718D"/>
     <w:rsid w:val="00C27695"/>
     <w:rsid w:val="00C27BFA"/>
     <w:rsid w:val="00C30627"/>
     <w:rsid w:val="00C30E69"/>
     <w:rsid w:val="00C33609"/>
     <w:rsid w:val="00C3399D"/>
     <w:rsid w:val="00C4463E"/>
     <w:rsid w:val="00C44C7F"/>
     <w:rsid w:val="00C46FE2"/>
     <w:rsid w:val="00C5050C"/>
     <w:rsid w:val="00C50CD6"/>
     <w:rsid w:val="00C52181"/>
     <w:rsid w:val="00C529D7"/>
     <w:rsid w:val="00C55C6E"/>
     <w:rsid w:val="00C611B1"/>
     <w:rsid w:val="00C620AB"/>
     <w:rsid w:val="00C634C7"/>
     <w:rsid w:val="00C65B72"/>
     <w:rsid w:val="00C6661B"/>
     <w:rsid w:val="00C67538"/>
     <w:rsid w:val="00C70D9D"/>
     <w:rsid w:val="00C742DE"/>
     <w:rsid w:val="00C75A1A"/>
     <w:rsid w:val="00C76C19"/>
     <w:rsid w:val="00C8060A"/>
     <w:rsid w:val="00C86302"/>
     <w:rsid w:val="00C8726D"/>
     <w:rsid w:val="00C93854"/>
     <w:rsid w:val="00CA1743"/>
     <w:rsid w:val="00CA1915"/>
+    <w:rsid w:val="00CA1FF0"/>
     <w:rsid w:val="00CA3AEB"/>
     <w:rsid w:val="00CA40C4"/>
     <w:rsid w:val="00CA5469"/>
     <w:rsid w:val="00CB0965"/>
     <w:rsid w:val="00CB0F6D"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CB5E5A"/>
     <w:rsid w:val="00CC0BB0"/>
     <w:rsid w:val="00CC6304"/>
     <w:rsid w:val="00CC6535"/>
     <w:rsid w:val="00CE0AA2"/>
     <w:rsid w:val="00CE29C7"/>
     <w:rsid w:val="00CF26F8"/>
     <w:rsid w:val="00CF5244"/>
     <w:rsid w:val="00D01F40"/>
     <w:rsid w:val="00D15374"/>
     <w:rsid w:val="00D224EF"/>
     <w:rsid w:val="00D265B5"/>
     <w:rsid w:val="00D278DD"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
+    <w:rsid w:val="00D32B32"/>
     <w:rsid w:val="00D400F5"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
     <w:rsid w:val="00D61D01"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
     <w:rsid w:val="00D77E78"/>
     <w:rsid w:val="00D838D0"/>
     <w:rsid w:val="00D860F7"/>
     <w:rsid w:val="00D965E3"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB7D50"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DD7FF7"/>
     <w:rsid w:val="00DE4B6F"/>
-    <w:rsid w:val="00DE4D33"/>
     <w:rsid w:val="00DF0557"/>
     <w:rsid w:val="00DF2FAC"/>
     <w:rsid w:val="00DF439F"/>
     <w:rsid w:val="00E055E1"/>
     <w:rsid w:val="00E07F1C"/>
     <w:rsid w:val="00E14A80"/>
     <w:rsid w:val="00E14D48"/>
     <w:rsid w:val="00E1639E"/>
     <w:rsid w:val="00E16FBB"/>
     <w:rsid w:val="00E23682"/>
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
     <w:rsid w:val="00E2634B"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E37C8C"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
+    <w:rsid w:val="00E50127"/>
     <w:rsid w:val="00E51569"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
+    <w:rsid w:val="00E6106C"/>
     <w:rsid w:val="00E62A3D"/>
     <w:rsid w:val="00E71B09"/>
     <w:rsid w:val="00E73BC3"/>
     <w:rsid w:val="00E80549"/>
     <w:rsid w:val="00E821B9"/>
     <w:rsid w:val="00E8293A"/>
     <w:rsid w:val="00E8380C"/>
     <w:rsid w:val="00E9639B"/>
     <w:rsid w:val="00EA0C5E"/>
     <w:rsid w:val="00EA14B4"/>
     <w:rsid w:val="00EB2DE4"/>
     <w:rsid w:val="00EB315B"/>
     <w:rsid w:val="00EB432F"/>
     <w:rsid w:val="00EB7068"/>
     <w:rsid w:val="00EC1C24"/>
     <w:rsid w:val="00EC6011"/>
     <w:rsid w:val="00ED37CC"/>
     <w:rsid w:val="00ED65C1"/>
     <w:rsid w:val="00EE3D15"/>
     <w:rsid w:val="00EF45FA"/>
     <w:rsid w:val="00EF53B2"/>
     <w:rsid w:val="00EF6C0D"/>
     <w:rsid w:val="00F039C9"/>
     <w:rsid w:val="00F0484A"/>
     <w:rsid w:val="00F04C7F"/>
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
+    <w:rsid w:val="00F45570"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F555EA"/>
     <w:rsid w:val="00F55BD5"/>
     <w:rsid w:val="00F6255A"/>
     <w:rsid w:val="00F65CBC"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73E3D"/>
     <w:rsid w:val="00F7777A"/>
     <w:rsid w:val="00F81344"/>
     <w:rsid w:val="00F8653B"/>
     <w:rsid w:val="00F87216"/>
     <w:rsid w:val="00F90C02"/>
     <w:rsid w:val="00F93EA9"/>
     <w:rsid w:val="00F945E9"/>
     <w:rsid w:val="00F97F3E"/>
     <w:rsid w:val="00FA1C6D"/>
     <w:rsid w:val="00FA521F"/>
     <w:rsid w:val="00FA5A07"/>
     <w:rsid w:val="00FB2469"/>
     <w:rsid w:val="00FB3C85"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
     <w:rsid w:val="00FD5AC6"/>
     <w:rsid w:val="00FD6378"/>
     <w:rsid w:val="00FE0F4A"/>
     <w:rsid w:val="00FE6831"/>
     <w:rsid w:val="00FF39CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="13A02B1E"/>
   <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -14277,67 +21211,65 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D5BFF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -14504,51 +21436,51 @@
       <w:szCs w:val="24"/>
       <w:lang w:val="es-419"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003B3549"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14810,69 +21742,84 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ABEB2B8-E7FA-4B9F-8BA6-67700F19C2FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>33685</Characters>
+  <Pages>27</Pages>
+  <Words>9163</Words>
+  <Characters>49521</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>280</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>900</Lines>
+  <Paragraphs>543</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39515</CharactersWithSpaces>
+  <CharactersWithSpaces>58141</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>cd8b5f35-d313-40a4-b0f9-05144a1b7854</vt:lpwstr>
+  </property>
+</Properties>
+</file>