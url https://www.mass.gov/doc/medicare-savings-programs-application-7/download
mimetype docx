--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -1,5766 +1,10551 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D4D019E" w14:textId="659BDD0D" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00945B42">
+    <w:p w14:paraId="1E77AB06" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="009B59F0">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading11"/>
-        <w:spacing w:before="240"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
           <w:u w:val="none"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
           <w:u w:val="none"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Hỗ trợ Chi phí Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E43C271" w14:textId="432DFBC2" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00945B42">
+    <w:p w14:paraId="6FE8BD13" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="009B59F0">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading12"/>
-        <w:spacing w:before="240"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
           <w:u w:val="none"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
           <w:u w:val="none"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Chương Trình Tiết Kiệm Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3205EA6C" w14:textId="0E89E690" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4EAA6F13" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Đơn xin này là để xem liệu quý vị có đủ điều kiện nhận trợ giúp trả phí bảo hiểm Medicare Phần B, phí bảo hiểm Medicare Phần A nếu quý vị hiện được nhận, hoặc các khoản tiền đồng trả hoặc khấu trừ của Phần A hoặc B không.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE59474" w14:textId="487A50FA" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7B73F867" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Những gì có thể được </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>bảo hiểm trả sẽ phụ thuộc vào thu nhập của quý vị và người vợ/chồng của quý vị (nếu quý vị đã kết hôn).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0D72B8" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nếu quý vị đủ điều kiện tham gia Chương trình Tiết kiệm Medicare, quý vị cũng sẽ được ghi danh vào Trợ giúp Bổ sung Medicare Phần D. Trợ giúp Bổ sung có thể giúp quý vị trả chi phí thuốc theo toa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A83E6CF" w14:textId="0FC9346B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
-[...3 lines deleted...]
-      <w:r w:rsidR="673BEE73" w:rsidRPr="00C24E74">
+    <w:p w14:paraId="3DF6B484" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="20A94872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chương Trình Trợ Cấp Dinh Dưỡng Bổ Sung (SNAP</w:t>
+      </w:r>
+      <w:r w:rsidR="009B59F0" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> là một chương trình liên bang giúp quý vị mua thực phẩm mỗi tháng. Nếu quý vị quan tâm, hãy đánh dấu vào ô ở trang 1 của </w:t>
+      </w:r>
+      <w:r w:rsidR="673BEE73" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>đơn xin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...3 lines deleted...]
-    <w:p w14:paraId="64085C8A" w14:textId="183827B8" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, đọc các quyền và trách nhiệm của SNAP từ trang </w:t>
+      </w:r>
+      <w:r w:rsidR="009B59F0" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đến trang 7 và ký vào trang </w:t>
+      </w:r>
+      <w:r w:rsidR="009B59F0" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>. Đơn xin của quý vị sẽ tự động gửi đến Sở Trợ Cấp Chuyển Tiếp (DTA). Quý vị không cần phải nộp đơn xin Chương trình SNAP để được xem xét cho Chương trình Tiết kiệm Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C780438" w14:textId="77777777" w:rsidR="00F52483" w:rsidRPr="00923E3D" w:rsidRDefault="00F52483">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6346B122" w14:textId="77777777" w:rsidR="00F52483" w:rsidRPr="00923E3D" w:rsidRDefault="00F52483" w:rsidP="003C18FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Điều gì sẽ xảy ra sau khi DTA nhận được đơn của quý vị?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A06488F" w14:textId="77777777" w:rsidR="00F52483" w:rsidRPr="00923E3D" w:rsidRDefault="00F52483" w:rsidP="00D3562D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>DTA sẽ sớm gọi điện cho quý vị để thực hiện buổi phỏng vấn qua điện thoại và xem quý vị có đủ điều kiện nhận trợ cấp SNAP khẩn cấp trong vòng 7 ngày hay không.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1A5C4E" w14:textId="77777777" w:rsidR="00F52483" w:rsidRPr="00923E3D" w:rsidRDefault="00F52483" w:rsidP="00C714DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>DTA sẽ phối hợp với quý vị để xác minh các thông tin liên quan đến hồ sơ của quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64540BAD" w14:textId="77777777" w:rsidR="00F52483" w:rsidRPr="00923E3D" w:rsidRDefault="00F52483" w:rsidP="00986831">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Nếu được chấp thuận, quý vị sẽ nhận được thẻ Chuyển Phúc Lợi Điện Tử (EBT) để truy cập quyền lợi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0750E8E8" w14:textId="77777777" w:rsidR="00F52483" w:rsidRPr="00923E3D" w:rsidRDefault="00F52483" w:rsidP="00F52483">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Quý vị sẽ nhận được thông báo về quyết định trong vòng 30 ngày.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4603C5D3" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tôi có thể có bao nhiêu tài sản?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C91CAD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="03E3C641">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Không có giới hạn về</w:t>
       </w:r>
-      <w:r w:rsidR="000953BF" w:rsidRPr="00C24E74">
-[...2 lines deleted...]
-      <w:r w:rsidR="0FA88EC5" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tài sản các Chương Trình Tiết Kiệm Medicare</w:t>
+      </w:r>
+      <w:r w:rsidR="0FA88EC5" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ở tiểu bang Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidR="000953BF" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DA292D" w14:textId="6DDAE45D" w:rsidR="0460C805" w:rsidRPr="00C24E74" w:rsidRDefault="0460C805" w:rsidP="00945B42">
+    <w:p w14:paraId="535DD756" w14:textId="77777777" w:rsidR="0460C805" w:rsidRPr="00923E3D" w:rsidRDefault="0460C805" w:rsidP="00945B42">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi có thể có bao nhiêu thu nhập?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272C0769" w14:textId="2FF07CB7" w:rsidR="0460C805" w:rsidRPr="00C24E74" w:rsidRDefault="0460C805" w:rsidP="30FB411F">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="521AEAD0" w14:textId="77777777" w:rsidR="0460C805" w:rsidRPr="00923E3D" w:rsidRDefault="0460C805" w:rsidP="30FB411F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu thu nhập của quý vị bằng hoặc thấp hơn số tiề</w:t>
       </w:r>
-      <w:r w:rsidR="18C55AC6" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="18C55AC6" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>n được liệt kê ở đây, quý vị có thể đủ điều kiện</w:t>
       </w:r>
-      <w:r w:rsidR="184128A4" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="184128A4" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> nhận trợ giúp từ một trong số </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>các Chương Trình Tiết Kiệm Medicare</w:t>
       </w:r>
-      <w:r w:rsidR="38EEB60B" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="38EEB60B" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblCaption w:val="Income and asset amounts."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2862"/>
         <w:gridCol w:w="5580"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00945B42" w:rsidRPr="00C24E74" w14:paraId="73A8C43A" w14:textId="77777777" w:rsidTr="00945B42">
+      <w:tr w:rsidR="00945B42" w:rsidRPr="00B520D1" w14:paraId="37592EC7" w14:textId="77777777" w:rsidTr="00945B42">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68DFFA5A" w14:textId="2AA603B1" w:rsidR="00945B42" w:rsidRPr="00C24E74" w:rsidRDefault="00945B42">
-            <w:r w:rsidRPr="00C24E74">
+          <w:p w14:paraId="6DAF0EF8" w14:textId="77777777" w:rsidR="00945B42" w:rsidRPr="00923E3D" w:rsidRDefault="00945B42">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923E3D">
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
               <w:t>Quý vị là</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73943711" w14:textId="3E1B2855" w:rsidR="00945B42" w:rsidRPr="00C24E74" w:rsidRDefault="00945B42">
-            <w:r w:rsidRPr="00C24E74">
+          <w:p w14:paraId="6FDE1F06" w14:textId="77777777" w:rsidR="00945B42" w:rsidRPr="00923E3D" w:rsidRDefault="00945B42">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923E3D">
+              <w:rPr>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
               <w:t>Thu nhập của quý vị bằng hoặc thấp hơn mức*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945B42" w:rsidRPr="00C24E74" w14:paraId="33ADBF5F" w14:textId="77777777" w:rsidTr="00945B42">
+      <w:tr w:rsidR="00945B42" w:rsidRPr="00923E3D" w14:paraId="22C29328" w14:textId="77777777" w:rsidTr="00945B42">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7CD59D" w14:textId="0D9CAAE2" w:rsidR="00945B42" w:rsidRPr="00C24E74" w:rsidRDefault="00945B42">
+          <w:p w14:paraId="73645D09" w14:textId="77777777" w:rsidR="00945B42" w:rsidRPr="00923E3D" w:rsidRDefault="00945B42">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C24E74">
+            <w:r w:rsidRPr="00923E3D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>cá nhân độc thân</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1BBB48" w14:textId="53BDF130" w:rsidR="00945B42" w:rsidRPr="00C24E74" w:rsidRDefault="00945B42">
+          <w:p w14:paraId="6C520CD1" w14:textId="77777777" w:rsidR="00945B42" w:rsidRPr="00923E3D" w:rsidRDefault="00945B42">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C24E74">
+            <w:r w:rsidRPr="00923E3D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>$2,</w:t>
             </w:r>
-            <w:r w:rsidR="003E5089">
+            <w:r w:rsidR="008F04E6" w:rsidRPr="00923E3D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>935</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C24E74">
+            <w:r w:rsidRPr="00923E3D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>/tháng</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00945B42" w:rsidRPr="00C24E74" w14:paraId="124CE988" w14:textId="77777777" w:rsidTr="00945B42">
+      <w:tr w:rsidR="00945B42" w:rsidRPr="000519BB" w14:paraId="782D0B23" w14:textId="77777777" w:rsidTr="00945B42">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B937322" w14:textId="130052FC" w:rsidR="00945B42" w:rsidRPr="00C24E74" w:rsidRDefault="00945B42">
+          <w:p w14:paraId="1D94284B" w14:textId="77777777" w:rsidR="00945B42" w:rsidRPr="00923E3D" w:rsidRDefault="00945B42">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C24E74">
+            <w:r w:rsidRPr="00923E3D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>cặp vợ chồng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52B4AE1A" w14:textId="3582CCCB" w:rsidR="00945B42" w:rsidRPr="00C24E74" w:rsidRDefault="00945B42">
+          <w:p w14:paraId="57DA9904" w14:textId="77777777" w:rsidR="00945B42" w:rsidRPr="000519BB" w:rsidRDefault="00945B42">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C24E74">
+            <w:r w:rsidRPr="00923E3D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>$3,</w:t>
             </w:r>
-            <w:r w:rsidR="003E5089">
+            <w:r w:rsidR="008F04E6" w:rsidRPr="00923E3D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>966</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C24E74">
+            <w:r w:rsidRPr="00923E3D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
+                <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>/tháng</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1559C816" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="73113200" w14:textId="0EB9A240" w:rsidR="00FE446E" w:rsidRPr="00B520D1" w:rsidRDefault="000953BF">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>*Giới hạn thu nhập thay đổi mỗi năm vào ngày 1 tháng 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B8269A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="00FE446E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34ADE4D9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Quý vị có thể tìm thông tin cập nhật về giới hạn thu nhập tại </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00C24E74">
+        <w:r w:rsidRPr="000519BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="vi-VN"/>
           </w:rPr>
           <w:t>https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCB3777" w14:textId="6740687E" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="0E3118E6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Có một số khoản khấu trừ nhất định mà MassHealth có thể trừ vào tổng thu nhập của quý vị khi chúng tôi tính toán thu nhập được tính của quý vị. Các khoản khấu trừ này được mô tả trong mục 130 CMR 520.012 đến 520.014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670CC805" w14:textId="387EF4B5" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0C94EEA6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Nếu tôi đủ điều kiện tham gia một trong các Chương trình Tiết kiệm Medicare, tôi sẽ được chi trả như thế nào?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00D1BE92" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="48940788" w14:textId="7A841D91" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00D933EC" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>xác định rằng quý vị đủ điều kiện để được chi trả toàn bộ phí bảo hiểm Phần B của Medicare, chúng tôi sẽ thông báo cho cơ quan Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F1D335" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu phí bảo hiểm Medicare Phần B của quý vị được khấu trừ từ phúc lợi An Sinh Xã Hội của quý vị, phí bảo hiểm Medicare của quý vị sẽ không còn được khấu trừ nữa. Điều này có nghĩa là số tiền trợ cấp An Sinh Xã Hội của quý vị sẽ tăng lên bằng đúng số tiền đã từng được khấu trừ để trả phí bảo hiểm Medicare Part B của quý vị.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C86672" w14:textId="28FB4CAD" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="65407A2F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu quý vị đủ điều kiện nhận Medicare Phần B nhưng chưa nhận được (hoặc nếu quý vị đang trả phí bảo hiểm Medicare Phần B theo một cách khác, chẳng hạn như nhận hóa đơn hàng quý từ Medicare), MassHealth sẽ bắt đầu trả hóa đơn này cho quý vị.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400EEA4C" w14:textId="2319F1AB" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="759C467F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Sẽ mất vài tháng để phúc lợi An Sinh Xã Hội của quý vị tăng lên hoặc để MassHealth bắt đầu trả hóa đơn Medicare của quý vị. Quý vị sẽ được hoàn trả lại số tiền quý vị đã trả Medicare cho phí bảo hiểm Phần B của mình kể từ tháng quý vị đủ điều kiện tham gia Chương trình Tiết kiệm Medicare. Quý vị sẽ nhận được khoản hoàn trả này tương tự như cách quý vị hiện đang nhận trợ cấp An sinh Xã hội.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173F3902" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="074965C9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Khi nào bảo hiểm bắt đầu?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7933E950" w14:textId="31D1CF89" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="25D27603" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Quý vị sẽ nhận được thông báo qua thư về bảo hiểm của quý vị và thời điểm bắt đầu. Bảo hiểm của quý vị có thể bắt đầu trong tháng chúng tôi xử lý đơn xin của quý vị hoặc sớm nhất là ba tháng trước đó.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527AB292" w14:textId="61078987" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="16060817" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu quý vị không đủ điều kiện, thông báo sẽ cho quý vị biết (các) lý do quý vị không đủ điều kiện. Nếu quý vị cho rằng quyết định đó sai, quý vị có quyền khiếu nại. Thông tin về cách khiếu nại sẽ có ở mặt sau của thông báo bằng văn bản.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="587CED0C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="00711A46" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Cách chúng tôi sử dụng số An sinh Xã hội của quý vị</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4358E6B9" w14:textId="098899B2" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="0E09A096" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Trừ khi quý vị có một trong những trường hợp ngoại lệ được liệt kê dưới đây, quý vị phải cung cấp cho chúng tôi số An sinh Xã hội (SSN), hoặc bằng chứng cho thấy đã xin số An sinh Xã hội cho mỗi thành viên trong gia đình đang nộp đơn xin trừ khi các trường hợp ngoại lệ sau đây được áp dụng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="226253F7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="00D933EC">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading33"/>
         <w:spacing w:before="360"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="664C8632" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các Trường Hợp </w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngoại </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313BF5EC" w14:textId="77777777" w:rsidR="00D933EC" w:rsidRPr="000519BB" w:rsidRDefault="00D933EC" w:rsidP="00D933EC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị không bắt buộc phải cung cấp Số An Sinh Xã Hội (SSN) hoặc bằng chứng cho thấy đã nộp đơn xin SSN nếu quý vị hoặc bất kỳ thành viên nào trong hộ gia đình:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64562FFE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="00D933EC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">được </w:t>
+      </w:r>
+      <w:r w:rsidR="00D933EC" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>miễn trừ vì lý do tôn giáo theo quy định của luật liên bang;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597C0FE1" w14:textId="77777777" w:rsidR="00D933EC" w:rsidRPr="000519BB" w:rsidRDefault="00D933EC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="3A919ED2" w14:textId="23EA15A1" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>chỉ đủ điều kiện để được cấp SSN dùng cho mục đích không liên quan đến việc làm; hoặc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077A22C7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">không đủ điều kiện </w:t>
+      </w:r>
+      <w:r w:rsidR="00D933EC" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>để được cấp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SSN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7394DF51" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chúng tôi sử dụng SSN của quý vị để kiểm tra thông tin quý vị đã cung cấp cho chúng tôi. Chúng tôi cũng sử dụng chúng để phát hiện gian lận, để xem có ai nhận được phúc lợi trùng lặp không hoặc để xem liệu những người khác (bên thứ ba) có nên trả tiền cho các dịch vụ không.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31481B04" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>lặp không hoặc để xem liệu những người khác (bên thứ ba) có nên trả tiền cho các dịch vụ không.</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
         <w:t>Chúng tôi có thể đối chiếu số SSN của bất kỳ ai trong hộ gia đình quý vị đang nộp đơn xin và bất kỳ ai có hoặc có thể nhận bảo hiểm y tế cho bất kỳ người nào như vậy, với hồ sơ của các cơ quan, bao gồm những cơ quan sau đây:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C2E0A9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="36413435" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Internal Revenue Service (Sở Thuế vụ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A34F626" w14:textId="20C51BA9" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7E7CA13A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Social Security Administration (Cơ quan An sinh Xã hội)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB0AC39" w14:textId="188EBB24" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="0E423552" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Alien Verification for Entitlements (Hệ thống Xác minh </w:t>
       </w:r>
-      <w:r w:rsidR="2DA70EA5" w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="2DA70EA5" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Phúc lợi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> của Người Nước Ngoài)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754ADEE4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1D043906" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Centers for Medicare &amp; Medicaid Services (Trung Tâm Dịch Vụ Medicare &amp; Medicaid)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA5B242" w14:textId="7ACBBE27" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="460C516D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Registry of Motor Vehicles (Cơ Quan Quản Lý Các Phương Tiện Cơ Giới)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB44DBE" w14:textId="51B87D8E" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="619CAFEB" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Department of Revenue, DOR (Sở Doanh thu)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26173B9B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5315A4BC" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Department of Transitional Assistance (Sở Trợ Cấp Chuyển Tiếp)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9CED83" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="005D9C63" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Department of Industrial Accidents (Sở Tai nạn Lao động)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6254841E" w14:textId="5455D36D" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="22453E82" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Department of Unemployment Assistance (Sở Trợ cấp Thất Nghiệp)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0891014A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="557BD213" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Department of Veterans’ Services, Human Resources Division (Sở Dịch vụ Cựu chiến binh, Phòng Nhân sự)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA89A0E" w14:textId="4E50B087" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0A370AC2" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Bureau of Special Investigations (Cục Điều tra Đặc biệt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B66192" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7CA45E82" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Department of Public Health, Registry of Vital Records and Statistics (Sở Y tế Công cộng, Cơ quan Đăng ký Hồ sơ Quan trọng và Thống kê)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F71F51" w14:textId="1EF930A4" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="54981622">
+    <w:p w14:paraId="48CA9D9B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="54981622">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Ngân hàng</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D790538" w14:textId="47048CB3" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="54981622">
+    <w:p w14:paraId="200D313B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="54981622">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="20A94872" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="20A94872" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>ác tổ chức tài chính khác</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C7D77E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="352669D1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Hồ sơ cũng có thể được đối chiếu với các cơ quan dịch vụ xã hội ở tiểu bang này và các tiểu bang khác, cũng như các tệp máy tính của các công ty bảo hiểm, chủ lao động và các tổ chức chăm sóc có điều quản. Ngoài ra, MassHealth có thể lấy hồ sơ tài chính của quý vị (và, nếu có, hồ sơ của các thành viên trong hộ gia đình quý vị) từ các ngân hàng và các tổ chức tài chính khác để xác minh nguồn tài chính của quý vị và xác định tính đủ điều kiện của quý vị trong khi quý vị là thành viên MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66EC9346" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1DB65869" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Làm thế nào để xin Chương trình Tiết kiệm Medicare?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462D1EC2" w14:textId="60FCA37E" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="776A73AE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="000953BF" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="000953BF" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Để </w:t>
       </w:r>
-      <w:r w:rsidR="0A2EADB6" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="0A2EADB6" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>xin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Chương trình Tiết kiệm Medicare, hãy điền vào đơn xin đính kèm. Bao gồm cả thông tin về vợ/chồng của quý vị, nếu họ sống cùng quý vị.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="49E4DB9D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Ký vào đơn đã điền và</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEE961D" w14:textId="66A9E11A" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="7E4081D1">
+    <w:p w14:paraId="6BC9E42F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="7E4081D1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003E5089">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="000953BF" w:rsidRPr="003E5089">
+      <w:r w:rsidR="000953BF" w:rsidRPr="000519BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>ửi đơn đến:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E01DAEF" w14:textId="7C81CDA8" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="3B43CA39" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>MassHealth Enrollment Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">PO Box 4405 </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
         <w:t>Taunton, MA  02780-0968</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1838DB2B" w14:textId="1E2D96A9" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="25D5B619">
+    <w:p w14:paraId="32B1BCF5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="25D5B619">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003E5089">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="000953BF" w:rsidRPr="003E5089">
+      <w:r w:rsidR="000953BF" w:rsidRPr="000519BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>ax đến:</w:t>
       </w:r>
-      <w:r w:rsidR="000953BF" w:rsidRPr="003E5089">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="000953BF" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>(857) 323-8300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F51E846" w14:textId="55F9A0AB" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="63B60DD6">
+    <w:p w14:paraId="67AACB15" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="63B60DD6">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="000953BF" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="000953BF" w:rsidRPr="000519BB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>iao tận tay đến:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D01475" w14:textId="1CDAC205" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1E3DDACB" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">MassHealth Enrollment Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
         <w:t>The Schrafft Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>529 Main St., Suite 1M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
         <w:t>Charlestown, MA  02120</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583CBA04" w14:textId="4289563C" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="45FF6261" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="000953BF" w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="000953BF" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Khi chúng tôi nhận được đơn </w:t>
       </w:r>
-      <w:r w:rsidR="1E9DF73D" w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="1E9DF73D" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>xin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>, chúng tôi sẽ xem xét đơn đó. Nếu cần thêm thông tin, chúng tôi sẽ viết thư hoặc gọi cho quý vị. Khi nhận được tất cả thông tin cần thiết, chúng tôi sẽ quyết định xem quý vị có thể nhận trợ cấp hay không (và vợ/chồng của quý vị có thể nhận hay không, nếu họ cũng đang nộp đơn).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB90A8A" w14:textId="452EC10B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="716E0BC3" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Đơn ghi danh bầu cử được đính kèm trong đơn xin của quý vị. Quý vị không cần phải ghi danh bầu cử để nhận Chương Trình Tiết Kiệm Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D616DD" w14:textId="5292AF15" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="25C62097" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nếu quý vị muốn ai đó quyết định thay quý vị với tư cách là người đại diện được ủy quyền, hãy sử dụng Đơn Chỉ Định Người Đại Diện Được Ủy Quyền (ARD) đính kèm để cho chúng tôi biết.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5B9633" w14:textId="262B42BA" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="3CDD184C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Xin lưu ý rằng đơn xin này chỉ dành cho Chương trình Tiết kiệm Medicare. Nếu quý vị muốn xin tất cả các chương trình MassHealth (bao gồm trợ giúp trả chi phí Medicare) qua một đơn xin duy nhất, hãy liên lạc với MassHealth theo số (800) 841-2900, TDD/TTY: 711 </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk126934793"/>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>nếu quý vị bị điếc hoặc khiếm thính hoặc bị khuyết tật về ngôn ngữ</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">, để yêu cầu đơn xin đầy đủ hoặc tải xuống đơn thích hợp tại </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00C24E74">
+        <w:r w:rsidRPr="000519BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="vi-VN"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="08F9F47A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Quyền riêng tư và Bảo mật thông tin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EDF8515" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="7824B021" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>MassHealth cam kết bảo mật thông tin cá nhân của quý vị. Tất cả thông tin cá nhân mà chúng tôi có về bất kỳ người nộp đơn hoặc thành viên nào, bao gồm dữ liệu y tế, tình trạng sức khỏe và thông tin cá nhân quý vị cung cấp cho chúng tôi trong quá trình nộp đơn và nhận phúc lợi, đều được bảo mật. Thông tin này không được sử dụng hoặc tiết lộ cho các mục đích không liên quan đến việc quản lý MassHealth mà không có sự cho phép của quý vị trừ khi luật pháp hoặc có lệnh của tòa án yêu cầu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25081775" w14:textId="54489095" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="3285CA97" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Quý vị có thể cho phép chúng tôi sử dụng thông tin sức khỏe cá nhân của quý vị cho một mục đích cụ thể hoặc chia sẻ thông tin đó với một cá nhân hoặc tổ chức cụ thể. Quý vị cũng có thể cho phép chúng tôi chia sẻ thông tin cá nhân của quý vị với người đại diện được ủy quyền, Cố Vấn Viên Điền Đơn Có Chứng Nhận (CAC) hoặc Hướng Dẫn Viên, nếu có, bằng cách điền vào ARD, đơn Chỉ định Cố Vấn Viên Điền Đơn Có Chứng Nhận hoặc đơn Chỉ định Hướng Dẫn Viên.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="51B9CC36" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Cho Phép Chia Sẻ Thông Tin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3377D848" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="5FDC06C9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nếu quý vị muốn chúng tôi chia sẻ thông tin sức khỏe cá nhân của quý vị, bao gồm việc gửi bản sao thông báo đủ điều kiện của quý vị, với người không phải là đại diện được ủy quyền của quý vị, quý vị có thể cho phép chúng tôi bằng thư.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7AE5BF" w14:textId="6001787A" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="16FD3EB0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Để tìm hiểu thêm về cách MassHealth có thể sử dụng thông tin của quý vị, quyền của quý vị là gì và cách quý vị có thể cho phép chúng tôi chia sẻ thông tin, hãy xem các mẫu đơn Cho phép Chia sẻ Thông tin và Thông báo về Cách Sử dụng Thông tin Riêng tư của MassHealth trong phần đơn Quan trọng, bên dưới.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0C5AAE79" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Người đại diện được ủy quyền</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0DE404D8" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-bodymain4"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="en-US"/>
-        </w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Người đại diện được ủy quyền là người quý vị chọn để giúp quý vị nhận bảo hiểm y tế thông qua các chương trình do MassHealth cung cấp. Quý vị có thể chọn người đại diện bằng cách điền vào mẫu đơn ARD. Người đại diện được ủy quyền có thể điền vào đơn xin hoặc đơn đánh giá tính đủ điều kiện của quý vị; cung cấp bằng chứng về thông tin được cung cấp trên bất kỳ đơn nào; báo cáo những thay đổi về thu nhập, địa chỉ hoặc các trường hợp khác về quý vị; nhận bản sao của tất cả các thông báo đủ điều kiện MassHealth gửi cho quý vị; và thay mặt quý vị quyết định trong tất cả các vấn đề với MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6F441C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7F9A7E60" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-bodymain4"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Người đại diện được ủy quyền có thể là bạn bè, thành viên gia đình hoặc người khác hoặc tổ chức khác mà quý vị chọn để giúp quý vị. Quý vị có toàn quyền chọn một người đại diện được ủy quyền, nếu quý vị muốn. MassHealth sẽ không chọn đại diện được ủy quyền cho quý vị.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B37761E" w14:textId="17B11495" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="64EF13A5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-bodymain4"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Quý vị phải chỉ định trên mẫu đơn ARD cho người hoặc tổ chức mà quý vị muốn đại diện cho quý vị. Mẫu đơn này được bao gồm trong tập tài liệu nộp đơn xin. Trong hầu hết các trường hợp, người đại diện được ủy quyền của quý vị cũng phải điền vào đơn này. Vui lòng xem hướng dẫn trên đơn để biết thêm chi tiết.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BB3982" w14:textId="563445DB" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="42D19B00" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoParagraphStyle5"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Người đại diện được ủy quyền cũng có thể là người quyết định có trách nhiệm thay mặt quý vị nếu quý vị không thể chỉ định người đại diện được ủy quyền bằng văn bản vì tình trạng tâm thần hoặc thể chất, hoặc đã được pháp luật chỉ định quyết định thay mặt quý vị hoặc thay mặt cho di sản của quý vị. Người này phải điền vào các phần tương ứng trên mẫu đơn ARD. Nếu người này đã được pháp luật chỉ định để đại diện cho quý vị, quý vị hoặc người này cũng phải nộp cho MassHealth một bản sao của tài liệu pháp lý hiện hành nêu rõ rằng người này là đại diện hợp pháp cho quý vị hoặc di sản của quý vị. Người này có thể là người giám hộ hợp pháp; người bảo hộ; người được ủy quyền; người được ủy quyền về chăm sóc y tế; hoặc, nếu người nộp đơn hoặc thành viên đã qua đời, quản lý viên hoặc người thi hành di sản.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7E3424B7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Các mẫu đơn quan trọng</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="317178E4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Quý vị có thể tìm thấy các mẫu đơn sau trên trang web của chúng tôi tại </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
-        <w:r w:rsidRPr="00C24E74">
+        <w:r w:rsidRPr="000519BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="vi-VN"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="693798C5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Đơn Thông báo về Cách thức chia sẻ thông tin riêng tư của MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="14ECA485" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Đơn Cho Phép Chia Sẻ Thông Tin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="55704BD2" w14:textId="77777777" w:rsidR="00153A15" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15" w:rsidP="00153A15">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Mẫu Đơn Chỉ Định Người Được Ủy QuyềnĐại Diện (ARD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50199865" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Quý vị cũng có thể gọi cho chúng tôi theo số (800) 841-2900, TDD/TTY: 711, để yêu cầu bất kỳ mẫu đơn nào trong số này.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2BFBA7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="00F8441F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Báo cáo thay đổi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00351847" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="4F59FC2D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu có bất kỳ thay đổi nào trong hoàn cảnh sống của quý vị, bao gồm nhưng không giới hạn ở thu nhập, tài sản, địa chỉ, bảo hiểm y tế, tình trạng nhập cư hoặc khuyết tật, quý vị phải cho chúng tôi biết trong vòng 10 ngày kể từ ngày thay đổi hoặc càng sớm càng tốt. Nếu không cho chúng tôi biết về các thay đổi này, quý vị có thể bị mất phúc lợi. Quý vị có thể cho chúng tôi biết về bất kỳ thay đổi nào bằng cách gọi số (800) 841-2900, TDD/TTY: 711.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B036628" w14:textId="11623918" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4A2C3CEA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="480"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Các phúc lợi khác</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C59CD75" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="1E29B7E6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">MassHealth có thể trả trực tiếp cho các dịch vụ y tế và cũng có thể trả các khoản đồng trả và khấu trừ Medicare của quý vị nếu quý vị đủ điều kiện. Quý vị có thể nhận được những phúc lợi này nếu thu nhập và tài sản của quý vị dưới mức tiền nhất định, hoặc nếu quý vị bị khuyết tật và dưới 65 tuổi. Hãy gọi cho chúng tôi theo số (800) 841-2900, TDD/TTY: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>, để tìm hiểu về những phúc lợi này.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C72ECBC" w14:textId="0FF10502" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="4180B2B2" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Quý vị cũng có thể gọi số này nếu có bất kỳ câu hỏi nào về Chương trình Tiết kiệm Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09FFB365" w14:textId="44563F95" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-      <w:r w:rsidRPr="00C24E74">
+    <w:p w14:paraId="01541CBA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Hầu hết các thành viên có Medicare và MassHealth hoặc Medicare và Chương trình Tiết kiệm Medicare có thể nhận trợ giúp về chi phí thuốc theo toa qua Medicare. Để biết thêm thông tin, hãy gọi Medicare theo số (800) 633</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>4227, TDD/TTY: (877) 486</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">2048 hoặc trang web </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00C24E74">
+        <w:r w:rsidRPr="000519BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="vi-VN"/>
           </w:rPr>
           <w:t>www.medicare.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3961B93F" w14:textId="0C2BDE66" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="12DEB8AE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Chương trình Prescription Advantage cung cấp trợ giúp về chi phí thuốc theo toa. Để tìm hiểu thêm về những phúc lợi này, hãy gọi cho Executive Office of Elder Affairs theo số miễn phí (800) 243-4636, TDD/TTY: (877) 610</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>‑</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>0241.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374FAB4F" w14:textId="2B53EC9A" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="42574C17" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal6"/>
         <w:spacing w:before="600"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...37 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2A0EF1C0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:sz w:val="18"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:sz w:val="18"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:sz w:val="18"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:sz w:val="18"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
         <w:t>EOHHS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:sz w:val="18"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId12" w:tooltip="www.mass.gov/masshealth" w:history="1">
-        <w:r w:rsidRPr="00C24E74">
+        <w:r w:rsidRPr="000519BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="vi-VN"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2AF826AD" w14:textId="43D9FF2B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1A5D1763" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading17"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:u w:val="none"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:u w:val="none"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Đơn Xin Chương Trình Tiết Kiệm Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0056F321" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Subtitle8"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>cho những người đủ điều kiện nhận Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22552CBE" w14:textId="57337BF9" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...31 lines deleted...]
-    <w:p w14:paraId="7F85CF28" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="53ED692B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading210"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Ai có thể dùng đơn này?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6929B7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="55E86FEF" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Những cá nhân ở mọi lứa tuổi đang nhận Medicare và chỉ tìm kiếm sự trợ giúp về việc trả phí bảo hiểm Medicare và chia sẻ chi phí.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7238CF" w14:textId="79C4CB80" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="511B1172" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Nếu quý vị muốn nộp đơn xin các phúc lợi MassHealth khác, hoặc để được hỗ trợ chi phí Medicare, quý vị có thể gọi Dịch vụ Chăm sóc Khách hàng MassHealth theo số (800) 841-2900, TDD/TTY: 711 cho những người bị điếc hoặc khiếm thính hoặc bị khuyết tật ngôn ngữ, để yêu cầu một đơn khác. Hoặc quý vị có thể tải xuống đơn thích hợp tại </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00C24E74">
+        <w:r w:rsidRPr="000519BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="vi-VN"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1679124A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading212"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FD8D8E" w14:textId="3B288116" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="3DBF6C7C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>SNAP là một chương trình liên bang giúp quý vị mua thực phẩm mỗi tháng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C6DFC" w14:textId="0DB4B1BF" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="73B1B573" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...18 lines deleted...]
-    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đánh dấu vào ô này nếu quý vị muốn gửi đơn này đến Sở Trợ Cấp Chuyển Tiếp để làm đơn xin trợ cấp SNAP. Quý vị phải đọc các quyền và trách nhiệm từ trang </w:t>
+      </w:r>
+      <w:r w:rsidR="00153A15" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đến trang </w:t>
+      </w:r>
+      <w:r w:rsidR="00153A15" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và ký tên ở trang </w:t>
+      </w:r>
+      <w:r w:rsidR="008F7A03" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> để tiếp tục nộp đơn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038AE5E8" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading210"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Thông Tin Chung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="02A2A2C4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Ai đang nộp đơn?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E4A30E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="344AF67F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="4CCA01C1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>uý vị</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADF2FF2" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="1A5FDEEE" w14:textId="7B5025E0" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uý vị và vợ/chồng của quý vị </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3F1E2C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nếu quý vị và vợ/chồng của quý vị sống cùng nhau, quý vị cũng phải cung cấp cho chúng tôi thông tin về vợ/chồng ngay cả khi họ không nộp đơn xin phúc lợi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BD4A47" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="53754DDB" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading210"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Quý vị</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488516CE" w14:textId="7CB21ADB" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5638BC86" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="34C8C8A9" w14:textId="0D9523CC" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A54515" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="15C6BD7C" w14:textId="5035AF90" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34581FC1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="045FF978" w14:textId="3BD20D12" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ên đệm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C702E2" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ịa chỉ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C674C9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>hành phố</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7B374E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>iểu bang</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E05A7F2" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ZIP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F317415" w14:textId="0444B31B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5A08A516" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ịa chỉ gửi thư (nếu khác với địa chỉ trên)</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> vô gia cư</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ô gia cư</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B22359" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="49F05EE8" w14:textId="0E057150" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>hành phố</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0502C575" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="4BE67435" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>iểu bang</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565DCEDA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>ZIP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513DE768" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="67D5679F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="77B83DA6" w14:textId="6304FBD4" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>gày sinh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F52438" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="7222145E" w14:textId="2F945C89" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>iới tính Nam Nữ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577B2992" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="0185E98B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ố điện thoại</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF6ACD8" w14:textId="77777777" w:rsidR="002B7727" w:rsidRPr="00923E3D" w:rsidRDefault="002B7727" w:rsidP="002B7727">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="2B72F82B" w14:textId="4EE35021" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:color w:val="auto"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngôn ngữ quý vị sử dụng để nói</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5451A180" w14:textId="77777777" w:rsidR="002B7727" w:rsidRPr="00923E3D" w:rsidRDefault="002B7727" w:rsidP="002B7727">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="74A74868" w14:textId="5893CC95" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:color w:val="auto"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngôn ngữ quý vị sử dụng để viết</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AAD8CD5" w14:textId="77777777" w:rsidR="002B7727" w:rsidRPr="00923E3D" w:rsidRDefault="002B7727" w:rsidP="002B7727">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>SSN (Số An sinh Xã hội)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BB5C52" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4F009F58" w14:textId="77777777" w:rsidR="002B7727" w:rsidRPr="00923E3D" w:rsidRDefault="002B7727" w:rsidP="002B7727">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="3D42437D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:color w:val="auto"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số hồ sơ yêu cầu thanh toán của Medicare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EDD63F" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70412293" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có phải là công dân Hoa Kỳ hoặc công dân quốc gia Hoa Kỳ không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD84CA1" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E006D44" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316CAD0F" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3137ECBF" w14:textId="77777777" w:rsidR="00DC31D3" w:rsidRPr="00923E3D" w:rsidRDefault="00DC31D3" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu Có, quý vị có phải là công dân nhập tịch, có nguồn gốc hoặc được cấp quốc tịch (không sinh ra ở Hoa Kỳ) không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49821C20" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7DCF12" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387D980B" w14:textId="77777777" w:rsidR="00FC45C4" w:rsidRPr="00923E3D" w:rsidRDefault="00FC45C4" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số Thường Trú Nhân (Alien number)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453EA1CE" w14:textId="77777777" w:rsidR="00FC45C4" w:rsidRPr="00923E3D" w:rsidRDefault="00FC45C4" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số giấy chứng nhận nhập tịch hoặc quốc tịch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED24470" w14:textId="77777777" w:rsidR="00FC45C4" w:rsidRPr="00923E3D" w:rsidRDefault="00FC45C4" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3398460B" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị không phải là công dân, quý vị có tình trạng di trú hợp lệ không? (Xem 130 CMR 518.000 để biết thêm thông tin.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C3E72A" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8827ED" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7077B4" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14AD0E9B" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu Có, quý vị có giấy tờ di trú không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E161E75" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419B59A7" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCB2BC3" w14:textId="77777777" w:rsidR="00E13A80" w:rsidRPr="00923E3D" w:rsidRDefault="00E13A80" w:rsidP="00E13A80">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="305ADEB6" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chúngtôi có thể xét đơn nhanh hơn nếu quý vị gởi kèm một bản sao hồ sơ di trú cùng với đơn này. Vui lòng liệt kê tất cả các tình trạng và/hoặc điều kiện di trú đã áp dụng cho quý vị kể từ khi nhập cảnh vào Hoa Kỳ. Nếu cần thêm chỗ, vui lòng đính thêm một trang giấy khác.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="291EC429" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C581CC8" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày được nhận quyền nhập cư (tháng/ngày/năm)(Đối với những người bị đánh đập, hãy nhập ngày đơn yêu cầu được chấp thuận.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B54EDDC" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tình trạng di trú</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0435FC86" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Loại hồ sơ di trú</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26254DDD" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Số ID giấy tờ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0028DF12" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số thường trú nhân (A Number)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B026977" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày hết hạn của hộ chiếu hoặc hồ sơ (tháng/ngày/năm) Quốc Gia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6694CF59" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quốc gia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E37EBE" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33823111" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có sử dụng cùng một tên trong đơn này như khi quý vị nhận được tình trạng di trú không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A11E56" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541595D1" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B216531" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B33E2B7" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu Không, quý vị đã sử dụng tên gì?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008D5F20" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>(Họ, tên đệm, tên, và tên hậu tố (suffix))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A86FD88" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37B91902" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có đến Hoa Kỳ sau ngày 22 tháng 8 năm 1996 không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5301356C" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706B45F3" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6773B0" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CDFCE1" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có phải là cựu quân nhân được giải ngũ danh dự, hoặc đang phục vụ trong quân đội Hoa Kỳ, hoặc là vợ/chồng hay con của cựu quân nhân được giải ngũ danh dự hoặc quân nhân đang tại ngũ của quân đội Hoa Kỳ không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166B2AB1" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285191CF" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C536CF1" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078742FB" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không bắt buộc phải trả lời: Quý vị có phải là: nạn nhân của một vụ buôn người nghiêm trọng, là một người vợ/chồng, con, hay anh/chị/em hoặc cha/mẹ của một nạn nhân từ các vụ buôn người, hay là một người vợ/chồng bị bạo hành, một người con hoặc cha/mẹ của một người vợ/chồng bị bạo hành?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B213A19" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading210"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Vợ/chồng của quý vị</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ECE2394" w14:textId="6CD18759" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="74BEC3A5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556486CD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C945C0A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="26E62807" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ên đệm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329B9EE3" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="4B0B53FC" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>gày sinh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172B273C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...84 lines deleted...]
-    <w:p w14:paraId="63BE0C96" w14:textId="5F82CD86" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>iới tính Nam Nữ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8CE82F" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00153A15" w:rsidP="00154F4A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="000953BF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ố điện thoại</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B4468A" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00154F4A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C02F287" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00154F4A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có phải là công dân Hoa Kỳ hoặc công dân quốc gia Hoa Kỳ không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681EE913" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00154F4A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E07B69" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00154F4A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EB2823" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00154F4A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="026F9B03" w14:textId="77777777" w:rsidR="0073291B" w:rsidRPr="00923E3D" w:rsidRDefault="0073291B" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nếu Có, quý vị có phải là công dân nhập tịch, có nguồn gốc hoặc được cấp quốc tịch (không sinh ra ở Hoa Kỳ) không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9A82D5" w14:textId="77777777" w:rsidR="0073291B" w:rsidRPr="00923E3D" w:rsidRDefault="0073291B" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5899D675" w14:textId="77777777" w:rsidR="0073291B" w:rsidRPr="00923E3D" w:rsidRDefault="0073291B" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C53660" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C3BB9E" w14:textId="77777777" w:rsidR="0073291B" w:rsidRPr="00923E3D" w:rsidRDefault="0073291B" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số Thường Trú Nhân (Alien number)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180185D3" w14:textId="77777777" w:rsidR="0073291B" w:rsidRPr="00923E3D" w:rsidRDefault="0073291B" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số giấy chứng nhận nhập tịch hoặc quốc tịch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D77B8F0" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44FE7507" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị không phải là công dân, quý vị có tình trạng di trú hợp lệ không? (Xem 130 CMR 518.000 để biết thêm thông tin.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DC5CF7" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E75E40" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57179417" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E992433" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu Có, quý vị có giấy tờ di trú không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140E9D4F" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB59EF1" w14:textId="77777777" w:rsidR="00050CCF" w:rsidRPr="00923E3D" w:rsidRDefault="00050CCF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459F42B7" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00154F4A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09CF450B" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00C377AB" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chúng</w:t>
+      </w:r>
+      <w:r w:rsidR="00154F4A" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tôi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có thể xét </w:t>
+      </w:r>
+      <w:r w:rsidR="00154F4A" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đơn nhanh hơn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nếu quý vị gởi kèm một bản sao hồ sơ di trú cùng với đơn này</w:t>
+      </w:r>
+      <w:r w:rsidR="00154F4A" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Vui lòng liệt kê tất cả các tình trạng và/hoặc điều kiện di trú đã áp dụng cho quý vị kể từ khi nhập cảnh vào Hoa Kỳ. Nếu cần thêm chỗ, vui lòng đính </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>thêm</w:t>
+      </w:r>
+      <w:r w:rsidR="00154F4A" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> một trang giấy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>khác</w:t>
+      </w:r>
+      <w:r w:rsidR="00154F4A" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F987350" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="468CA65E" w14:textId="77777777" w:rsidR="00986DFF" w:rsidRPr="00923E3D" w:rsidRDefault="00986DFF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày được nhận quyền nhập cư (tháng/ngày/năm)(Đối với những người bị đánh đập, hãy nhập ngày đơn yêu cầu được chấp thuận.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD749FA" w14:textId="77777777" w:rsidR="00986DFF" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tình trạng di trú</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3DCFE5" w14:textId="77777777" w:rsidR="00FC45C4" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Loại </w:t>
+      </w:r>
+      <w:r w:rsidR="00986DFF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>hồ sơ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di trú</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005D3007" w14:textId="77777777" w:rsidR="00986DFF" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Số ID giấy tờ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120839FD" w14:textId="77777777" w:rsidR="00FC45C4" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Số </w:t>
+      </w:r>
+      <w:r w:rsidR="00986DFF" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>thường trú nhân (A Number)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A5504A" w14:textId="77777777" w:rsidR="00986DFF" w:rsidRPr="00923E3D" w:rsidRDefault="00986DFF" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày hết hạn của hộ chiếu hoặc hồ sơ (tháng/ngày/năm) Quốc Gia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410603A0" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quốc gia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC5EDE3" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A43F25C" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có sử dụng cùng một tên trong đơn này như khi quý vị nhận được tình trạng di trú không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB5858C" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD10255" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665352BD" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="259A1107" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu Không, quý vị đã sử dụng tên gì?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228BF065" w14:textId="77777777" w:rsidR="008C4FB9" w:rsidRPr="00923E3D" w:rsidRDefault="008C4FB9" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Họ, tên đệm, tên, </w:t>
+      </w:r>
+      <w:r w:rsidR="00932C0C" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và tên </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>hậu tố (suffix))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9204AB" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C9F3E2" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có đến Hoa Kỳ sau ngày 22 tháng 8 năm 1996 không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9DDDF8" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66596E20" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE2A55C" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04EE64D6" w14:textId="77777777" w:rsidR="0073291B" w:rsidRPr="00923E3D" w:rsidRDefault="0073291B" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Quý vị có phải là cựu quân nhân được giải ngũ danh dự, hoặc đang phục vụ trong quân đội Hoa Kỳ, hoặc là vợ/chồng hay con của cựu quân nhân được giải ngũ danh dự hoặc quân nhân đang tại ngũ của quân đội Hoa Kỳ không?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="489F11E0" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197D97B1" w14:textId="77777777" w:rsidR="00154F4A" w:rsidRPr="00923E3D" w:rsidRDefault="00154F4A" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02312890" w14:textId="77777777" w:rsidR="000668A0" w:rsidRPr="00923E3D" w:rsidRDefault="000668A0" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32EDC5D3" w14:textId="77777777" w:rsidR="003C18FE" w:rsidRPr="00923E3D" w:rsidRDefault="003C18FE" w:rsidP="00050CCF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk213744414"/>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Không bắt buộc phải trả lời: Quý vị có phải là: nạn nhân của một vụ buôn người nghiêm trọng, là một người vợ/chồng, con, hay anh/chị/em hoặc cha/mẹ của một nạn nhân từ các vụ buôn người, hay là một người vợ/chồng bị bạo hành, một người con hoặc cha/mẹ của một người vợ/chồng bị bạo hành?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="66CAFB41" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Thu nhập</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2B18FD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1415E806" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Điền vào phần này cho quý vị và vợ/chồng của quý vị. Liệt kê tổng thu nhập hàng tháng (trước thuế và các khoản khấu trừ khác, chẳng hạn như phí bảo hiểm Medicare Phần B).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5541A5AF" w14:textId="2613B63A" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="2772E7E0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguồn thu nhập - An sinh xã hội</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAD8E2F" w14:textId="527E047D" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="7E3650F7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tổng thu nhập hàng tháng trước thuế và các khoản khấu trừ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quý vị $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vợ/chồng của quý vị $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C071E1" w14:textId="7B9F3726" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="04CD16B6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguồn thu nhập - Lương hưu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393473B9" w14:textId="6F64AFFD" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="4AECE4B6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tổng thu nhập hàng tháng trước thuế và các khoản khấu trừ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quý vị $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vợ/chồng của quý vị $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A24C0A4" w14:textId="17F3B624" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="7D0EF47A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguồn thu nhập - Trợ cấp cựu chiến binh liên bang</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C484119" w14:textId="79B905E9" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="41C5EEC5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tổng thu nhập hàng tháng trước thuế và các khoản khấu trừ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quý vị $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vợ/chồng của quý vị $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDBE5DB" w14:textId="2A158DF5" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="6165DE8C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguồn thu nhập - Niên kim hoặc ủy tín thác</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240BF323" w14:textId="20DF9821" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="1C1778AE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tổng thu nhập hàng tháng trước thuế và các khoản khấu trừ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quý vị $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vợ/chồng của quý vị $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F59DA2" w14:textId="47F556F3" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="4B7D5A31" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguồn thu nhập - Cổ tức và/hoặc tiền lãi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08512AA3" w14:textId="3E8D9E10" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="22F9DF5F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tổng thu nhập hàng tháng trước thuế và các khoản khấu trừ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quý vị $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vợ/chồng của quý vị $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D236A2A" w14:textId="64DB310B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="66FB039F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguồn thu nhập - Thu nhập từ công việc (trước các khoản khấu trừ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E38033" w14:textId="52ACB88E" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="46C6C8DF" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tổng thu nhập hàng tháng trước thuế và các khoản khấu trừ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quý vị $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vợ/chồng của quý vị $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C280655" w14:textId="486EFC8B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="5314F23F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguồn thu nhập - Thu nhập cho thuê (sau chi phí)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71640C6D" w14:textId="3D7E9507" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="659E2F8E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tổng thu nhập hàng tháng trước thuế và các khoản khấu trừ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quý vị $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vợ/chồng của quý vị $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48538DAD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="00933E2B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguồn thu nhập - Khác (vui lòng nêu rõ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E67A41" w14:textId="02F9E85B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
+    <w:p w14:paraId="2BC4BA75" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF" w:rsidP="00FE3017">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-NoSpacing13"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tổng thu nhập hàng tháng trước thuế và các khoản khấu trừ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Quý vị $ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vợ/chồng của quý vị $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1AEA80" w14:textId="1CFE7E0C" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="3531F53F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading210"/>
         <w:keepNext/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Ký vào đơn xin này.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="589A2F97" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:keepNext/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Chữ ký của người nộp đơn hoặc người đại diện được ủy quyền </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="00923E3D">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Tháng/ngày/năm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0989972A" w14:textId="4B97FC5A" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2E2090CE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:keepNext/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Chữ ký của vợ/chồng hoặc người đại diện được ủy quyền </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
         <w:t>Tháng/ngày/năm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FC90CF" w14:textId="63D2D7A9" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="32600202" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Quý vị và vợ/chồng của quý vị phải ký nếu vợ/chồng sống với quý vị.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4C43A5" w14:textId="45AFD7CF" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2839D208" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Khi ký tên vào đây, quý vị đồng ý và hiểu những điều sau:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07799DA9" w14:textId="720A7315" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4D3B4570" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00923E3D" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Khi ký tên vào đơn xin này, tôi xác nhận rằng tôi đã đọc và đồng ý với các quyền và trách nhiệm có trong đơn xin này từ trang 3 đến trang </w:t>
       </w:r>
-      <w:r w:rsidR="3935063C" w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="3935063C" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8AE114" w14:textId="54165400" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="75E3ACEE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="20B8D533" w14:textId="147424BA" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Khi ký tên vào đơn xin dưới đây, tôi xin xác nhận chịu hình phạt nếu khai man rằng những đệ trình và tuyên bố tôi đã gửi trong đơn này là đúng sự thật và đầy đủ theo hiểu biết của tôi, đồng thời tôi đồng ý</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chấp nhận và tuân thủ các quyền và trách nhiệm của Chương trình Tiết kiệm Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6E1F19" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nếu tôi đã đánh dấu vào ô SNAP trên trang 1 của đơn này, tôi đang nộp đơn xin SNAP. Tôi xác nhận rằng tôi hiểu và đồng ý với các quyền, quy định và hình phạt của SNAP, như được nêu dưới đây. Tôi yêu cầu MassHealth gửi thông tin của tôi, bao gồm Thông tin Y tế được Bảo vệ tuân theo Đạo luật Trách nhiệm Giải trình và Cung cấp Bảo hiểm Y tế (HIPAA), tới Cơ quan Trợ giúp Chuyển tiếp (DTA) nhằm mục đích nộp đơn xin trợ cấp SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D46F85" w14:textId="5228A7C1" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2DABC6A5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading315"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Quan trọng - Chỉ dành cho người nộp đơn xin Chương trình Tiết kiệm Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6717E914" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="31F06323" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nếu quý vị nộp đơn này với tư cách là người đại diện được ủy quyền, quý vị phải nộp mẫu đơn ARD cho chúng tôi hoặc có đơn trong hồ sơ để chúng tôi xử lý đơn xin này. Mẫu ARD nằm ở cuối đơn xin này.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467527E6" w14:textId="226A67AC" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="6E17FC38" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading210"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Thông tin ghi danh bầu cử được đính kèm trong tập tài liệu này.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2933EDA0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Quý vị không cần phải ghi danh bầu cử để nhận Chương Trình Tiết Kiệm Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4BB002" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="482FE193" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading210"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Dành cho người nộp đơn xin Chương trình Tiết kiệm Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9D6884" w14:textId="1B559BEE" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="6FEDA50F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị cho phép MassHealth lấy bất kỳ hồ sơ hoặc dữ liệu nào để chứng minh bất kỳ thông tin nào được cung cấp trong đơn xin này. Quý vị hiểu rằng quý vị phải thông báo cho MassHealth về bất kỳ thay đổi nào liên quan đến thông tin mà quý vị đã cung cấp trong đơn này. Quý vị xác nhận thêm dưới hình phạt khai man rằng thông tin trong đơn này là chính xác và đầy đủ theo hiểu biết tốt nhất của quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE2166E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Heading210"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quan trọng - Chỉ dành cho người nộp đơn xin Chương trình Tiết kiệm Medicare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8335AE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị đang quyết định thay cho ai đó điền vào đơn này, quý vị phải điền vào đơn ARD đính kèm và gửi lại cùng đơn này. Chữ ký của quý vị trên đơn này với tư cách là đại diện được ủy quyền xác nhận rằng thông tin trên đơn là chính xác và đầy đủ theo hiểu biết tốt nhất của quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAF2523" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị cho rằng quyết định về tính đủ điều kiện của MassHealth là sai, quý vị có quyền khiếu nại. Nếu quý vị bị từ chối phúc lợi, quý vị sẽ nhận được thông tin về cách khiếu nại.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3069C9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>MassHealth sẽ thu thập từ các công ty bảo hiểm y tế hiện tại và trước đây của quý vị tất cả thông tin về bảo hiểm y tế cho quý vị và vợ/chồng của quý vị. Điều này bao gồm, nhưng không giới hạn, thông tin về các hợp đồng bảo hiểm, phí bảo hiểm, tiền đồng bảo hiểm, khấu trừ và các phúc lợi bảo hiểm mà quý vị và vợ/chồng của quý vị có thể có, hoặc nên có.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08571518" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth có thể lấy hồ sơ hoặc dữ liệu về quý vị và vợ/chồng của quý vị được liệt kê trong đơn này từ các nguồn dữ liệu và chương trình của liên bang và tiểu bang, chẳng hạn như Sở An sinh Xã hội, Sở Thuế vụ, Bộ An ninh Nội địa, DOR và Cơ Quan Quản Lý Các Phương Tiện Cơ Giới, cũng như các nguồn dữ liệu tư nhân bao gồm các tổ chức tài chính, 1) để chứng minh bất kỳ thông tin nào được cung cấp trong đơn này và bất kỳ phần bổ sung nào, hoặc thông tin nào khác được cung cấp khi quý vị hoặc vợ/chồng của </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>nhận thêm dưới hình phạt khai man rằng thông tin trong đơn này là chính xác và đầy đủ theo hiểu biết tốt nhất của quý vị.</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="74BF5303" w14:textId="0EAD74E4" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+        <w:t>quý vị trở thành thành viên, 2) để ghi lại các dịch vụ y tế được yêu cầu hoặc cung cấp cho quý vị hoặc vợ/chồng của quý vị, và 3) để tiếp tục hỗ trợ tính đủ điều kiện.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD101BA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Heading216"/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk71282619"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Dành cho người xin Chương trình Trợ cấp Dinh dưỡng Bổ sung (SNAP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603C0566" w14:textId="3EC6176D" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Phúc lợi của Chương trình Hỗ trợ Dinh dưỡng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Bổ sung</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31D90" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>SNAP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A8092C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...119 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Nếu quý vị đánh dấu vào ô ở trang </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">, MassHealth sẽ gửi đơn này đến Cơ quan Trợ giúp Chuyển tiếp (DTA). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Đây sẽ là </w:t>
       </w:r>
-      <w:r w:rsidR="673BEE73" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="673BEE73" w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đơn xin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP của quý vị!</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nếu hội đủ điều kiện, SNAP của quý vị sẽ bắt đầu từ ngày DTA nhận được </w:t>
       </w:r>
-      <w:r w:rsidR="673BEE73" w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="673BEE73" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đơn xin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth này. Bằng cách ký tên dưới đây, quý vị đồng ý rằng quý vị đã đọc và đồng ý với các Quyền, Trách nhiệm và Hình phạt SNAP dành cho quý vị theo chương trình. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17550C36" w14:textId="209BF206" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="3E74C523" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Quý vị có thể hội đủ điều kiện nhận trợ cấp SNAP trong vòng 7 ngày kể từ khi DTA nhận được </w:t>
       </w:r>
-      <w:r w:rsidR="673BEE73" w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="673BEE73" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đơn xin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> này nếu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26978276" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="20BB95C6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tổng số thu nhập và số tiền trong ngân hàng của quý vị phải ít hơn mức chi tiêu gia đình hằng tháng, hoặc </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17657544" w14:textId="3CDA87C6" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="576DA066" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Thu nhập hằng tháng của quý vị phải dưới $150 và tiền trong ngân hàng phải dưới $100, hoặc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A50609C" w14:textId="5CEF1C0B" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="23AF503C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
         <w:t>Quý vị là lao động di cư và có $100 hoặc ít hơn trong tài khoản ngân hàng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE073A6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="17A5C5D9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Để biết thêm thông tin về SNAP ở Massachusetts, hãy truy cập mass.gov/SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1919BE" w14:textId="1D74AB68" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4DA3C436" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Thông báo về Quyền, Trách nhiệm và Hình phạt của Sở Trợ cấp Chuyển tiếp (DTA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170C0214" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1EAB362B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Thông báo này liệt kê các quyền và trách nhiệm đối với tất cả các chương trình DTA. Quý vị phải theo đúng quy định chương trình đã nộp đơn xin </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393BE62C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2949CE56" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Hãy đọc các trang này và giữ làm hồ sơ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340857BE" w14:textId="42B873B6" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0F7D945C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Hãy cho DTA biết nếu quý vị có bất kỳ câu hỏi nào.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D9A358" w14:textId="3EFE78A6" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5FB13C1A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal19"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Tôi xin tuyên thệ và chịu hình phạt nếu khai man rằng:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1348DC53" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2D5B9181" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Tôi đã đọc thông tin trong mẫu đơn này, hoặc ai đó đã đọc cho tôi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DF9F8D" w14:textId="49F9E812" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2CE9D675" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Các câu trả lời của tôi trong đơn này là đúng và đầy đủ theo hiểu biết tốt nhất của tôi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F8CBDA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="21D5231E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Tôi sẽ cung cấp cho DTA thông tin trung thực và đầy đủ theo hiểu biết tốt nhất của tôi trong cuộc phỏng vấn và trong tương lai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B125B1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="08B0FCDC" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal19"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi hiểu rằng:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FFB351" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="08E137ED" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>cung cấp thông tin sai lệch hoặc gây hiểu lầm là gian lận,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598F1738" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="432B34D2" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>trình bày sai hoặc che giấu sự thật để nhận trợ cấp DTA là gian lận,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617AB5A7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="6B963F31" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>gian lận bị xem là cố tình vi phạm chương trình (IPV), và</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B97C09A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7E033202" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>nếu DTA cho rằng tôi đã có hành vi gian lận, DTA có thể tiến hành truy cứu các trách nhiệm dân sự và hình sự đối với tôi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C4B43A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
-[...1 lines deleted...]
-        <w:pStyle w:val="P68B1DB1-Normal19"/>
+    <w:p w14:paraId="5BA276A1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="003C18FE">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Heading210"/>
         <w:keepNext/>
-        <w:autoSpaceDE w:val="0"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi cũng hiểu rằng:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4155C272" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="02ADDABB" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>DTA sẽ xác minh thông tin tôi cung cấp trong đơn. Nếu bất kỳ thông tin nào là giả mạo, DTA có thể từ chối cấp trợ cấp SNAP cho tôi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F78C5E0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="62ACDC0C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi cũng có thể bị truy tố hình sự vì cung cấp thông tin giả mạo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291799F7" w14:textId="12115F11" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1C82A755" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Nếu DTA nhận được thông tin đáng tin cậy về một sự thay đổi trong hộ gia đình của tôi, số tiền trợ cấp của tôi có thể thay đổi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097A6888" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5B5A32BB" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Khi ký vào đơn này, tôi cho phép DTA xác minh tính đủ điều kiện để hưởng các phúc lợi, bao gồm:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3808EE0B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2E591B62" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nhận thông tin từ các cơ quan khác của tiểu bang hoặc liên bang, cơ quan quản lý nhà ở địa phương, các sở phúc lợi ngoài tiểu bang, các tổ chức tài chính và Equifax Workforce Solutions (the Work Number). Tôi cũng cho phép các cơ quan này chia sẻ thông tin liên quan đến tính đủ điều kiện nhận trợ cấp của hộ gia đình tôi với DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A0DE28" w14:textId="1D1AC4A8" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2B7C4436" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="3B778D48" w14:textId="7176B291" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="20A94872">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu DTA sử dụng thông tin từ Equifax về thu nhập kiếm được của hộ gia đình tôi, tôi có quyền nhận một bản báo cáo Equifax của mình miễn phí nếu tôi yêu cầu trong vòng 60 ngày kể từ ngày có quyết định của DTA. Tôi có quyền đặt câu hỏi về thông tin trong báo cáo. Tôi có thể liên lạc với Equifax qua: Equifax Workforce Solutions, 11432 Lackland Road, St. Louis, MO 63146, 1-800-996-7566 (đường dây miễn phí).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59519BA4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tôi có quyền có một bản sao của đơn của tôi, bao gồm thông tin mà DTA sử dụng để quyết định về tính đủ điều kiện và số tiền trợ cấp của hộ gia đình tôi. Tôi có thể yêu cầu DTA cung cấp bản sao điện tử của </w:t>
       </w:r>
-      <w:r w:rsidR="673BEE73" w:rsidRPr="003E5089">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="673BEE73" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đơn xin</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> hoàn chỉnh.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C7764B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2ACCBC1E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">DTA sẽ sử dụng thông tin của tôi như thế nào? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DC43CF" w14:textId="174BECC8" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0B59A710" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Bằng cách ký tên dưới đây, tôi cho phép DTA lấy và chia sẻ thông tin về tôi và các thành viên trong hộ gia đình tôi với:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A096E7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="096AD454" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Các ngân hàng, trường học, chính phủ, công ty đang làm việc, chủ nhà, công ty tiện ích và các cơ quan khác để kiểm tra xem tôi có đủ điều kiện nhận trợ cấp không.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E050145" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="003E5089" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="626040E1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Các công ty điện, gas và điện thoại để tôi có thể được giảm giá tiện ích. Các công ty không thể chia sẻ thông tin của tôi hoặc sử dụng nó cho bất kỳ mục đích nào khác. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282A1AA7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="21A5D194" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Department of Housing and Community Development (Sở Gia cư và Phát triển Cộng đồng) để ghi danh tôi vào Chương trình Heat </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="303943"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eat. Chương trình này giúp mọi người nhận được nhiều trợ cấp SNAP nhất có thể.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6C47E5" w14:textId="010E99AC" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7165EC6F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Early</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Secondary Education (Bộ Giáo dục Mầm non và Trung học) để con tôi có thể nhận các bữa ăn miễn phí tại trường.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070F07F1" w14:textId="72A66B5C" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="6E2C5E13" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Chương </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>trình Phụ</w:t>
       </w:r>
-      <w:r w:rsidR="091B787E" w:rsidRPr="00C24E74">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="303943"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>nữ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>, Trẻ sơ sinh và Trẻ em (WIC) để bất kỳ trẻ em nào dưới 5 tuổi hoặc phụ nữ mang thai trong gia đình tôi đều có thể nhận được WIC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16587C78" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="3721F391" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Sở </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Di trú và Nhập tịch Hoa Kỳ (USCIS), để xác minh tình trạng định cư của tôi. Bất kỳ thông tin nào nhận được từ USCIS có thể ảnh hưởng đến điều kiện nhận trợ cấp của hộ gia đình tôi và số tiền trợ cấp DTA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AF8B1E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2C89D479" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Lưu ý: Ngay cả khi quý vị không đủ điều kiện nhận trợ cấp do tình trạng di trú, DTA sẽ không báo cáo quý vị với các cơ quan di trú trừ khi quý vị trình cho DTA lệnh trục xuất cuối cùng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66852A37" w14:textId="5BABD24C" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="3EA8F4C8" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Department of Revenue, DOR (Sở Doanh thu)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> để xác minh tính đủ điều kiện của tôi đối với các khoản tín dụng thuế dựa trên thu nhập, chẳng hạn như Thu nhập Kiếm được (Earned Income) và Thu nhập Hạn chế (Limited In-come), và để xem liệu tôi có đủ điều kiện cho “Tình trạng Không đóng Thuế” hoặc tình trạng khó khăn không.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB1746C" w14:textId="1E757B41" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="72C379CA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Cơ Quan Thiếu Nhi và Gia đình (DCF) để điều phối các dịch vụ do DTA và DCF cùng cung cấp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50ED11CF" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5024321E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-        </w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DTA sử dụng </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Số An sinh Xã hội (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>) như thế nào?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB6F3F2" w14:textId="0E78F21E" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="17A38CEE" w14:textId="507D7B00" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>DTA được phép yêu cầu cung cấp SSN theo Đạo luật Thực phẩm và Dinh dưỡng năm 2008 (7 U.S.C. 2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>2036) cho SNAP và theo M.G.L. c. 18 Mục 33 cho TAFDC và EAEDC</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidR="00A73060" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>DTA sử dụng SSN để:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CCA61AA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="78624CBE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Kiểm tra danh tính và tính đủ điều kiện của từng thành viên trong hộ gia đình mà tôi nộp đơn cho thông qua các chương trình đối chiếu dữ liệu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0D1C34" w14:textId="31D112C8" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="6E26FD65" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Giám sát việc tuân thủ các quy tắc của chương trình.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBC7A0C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="68D40CF1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Truy thu tiền nếu DTA xác nhận tôi đã hưởng các phúc lợi mà tôi không đủ điều kiện nhận.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F12556" w14:textId="3B119CE3" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2A016021" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Giúp các cơ quan hành pháp truy bắt những kẻ trốn tránh pháp luật.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305E6CFD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="11D19F05" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi hiểu rằng tôi không phải cung cấp cho DTA số SSN của bất kỳ người nào không phải là công dân Hoa Kỳ nào trong hộ gia đình tôi, kể cả bản thân tôi, người không muốn nhận trợ cấp. Thu nhập của một người không phải là công dân có thể được tính ngay cả khi người này không được nhận trợ cấp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456EC855" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="31CE2BCE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Quyền có Người Thông Dịch</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46084370" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4D733F06" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi hiểu rằng:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7AF7D8" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5945A411" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi có quyền có thông dịch viên chuyên nghiệp do DTA cung cấp miễn phí nếu tôi muốn liên lạc bằng ngôn ngữ khác không phải tiếng Anh.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F37B274" w14:textId="32A2E013" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5FB406AD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu tôi có một phiên điều trần với DTA, tôi có thể yêu cầu DTA cung cấp cho tôi một thông dịch viên chuyên nghiệp miễn phí, hoặc nếu tôi muốn, tôi có thể đưa một người nào đó đến thông dịch cho tôi. Nếu tôi cần DTA cung cấp một thông dịch viên cho phiên điều trần, tôi phải gọi cho Division of Hearings (Phòng Điều Trần) ít nhất một tuần trước ngày điều trần.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E08B3D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="18710746" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Quyền Ghi Danh Bầu Cử</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4A7C53" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4330B589" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi hiểu rằng:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75500B4D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="3EB12FF2" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi có quyền ghi danh bầu cử thông qua DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018B086D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2E893553" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>DTA sẽ giúp tôi điền vào đơn ghi danh bầu cử nếu tôi muốn được giúp đỡ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F52F3F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="60CF85E5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi có thể điền vào đơn ghi danh bầu cử một cách riêng tư.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030E3346" w14:textId="4DCEE35C" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="14508CBE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Khi nộp đơn ghi danh hoặc từ chối bầu cử sẽ không ảnh hưởng đến các phúc lợi DTA của tôi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8F533A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="713413BC" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="4878B402" w14:textId="6AF083D5" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cơ Hội </w:t>
+      </w:r>
+      <w:r w:rsidR="00944985" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tìm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Việc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E614C5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tôi đồng ý rằng DTA có thể chia sẻ tên và thông tin liên </w:t>
       </w:r>
-      <w:r w:rsidR="1331429B" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="1331429B" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>lạc</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> của tôi với các nhà cung cấp việc làm và đào tạo, bao gồm:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599E85B2" w14:textId="739E1196" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="16B7C4FA" w14:textId="4E56EBFD" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="317BD6C1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các nhà cung cấp SNAP Path </w:t>
+      </w:r>
+      <w:r w:rsidR="00545E7F" w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E3D">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Work hoặc các chuyên</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gia DTA cho các thân chủ SNAP; và</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230C6498" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Các nhà cung cấp Việc làm và Đào tạo có hợp đồng hoặc Nhân viên Tham gia Toàn diện cho các thân chủ TAFDC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44624014" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2D7BD06B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Các thân chủ của SNAP có thể tự nguyện tham gia các dịch vụ huấn luyện việc làm và giáo dục qua chương trình SNAP Path to Work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607E9C31" w14:textId="1D223544" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="01F7715E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tình trạng Công dân</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743B0041" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0CC4C41F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi tuyên thệ rằng tất cả các thành viên trong hộ gia đình SNAP của tôi hiện đang xin trợ cấp DTA là công dân Hoa Kỳ hoặc là ngoại kiều cư trú hợp pháp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446732BD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="73A489BD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading320"/>
         <w:keepNext/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Chương Trình Trợ Cấp Dinh Dưỡng Bổ Sung (SNAP) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A606D7B" w14:textId="084118F5" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0A451C81" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi hiểu rằng:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1054EA11" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="18632701" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>DTA quản lý chương trình SNAP ở Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B830B9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2EDC164C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Khi tôi nộp đơn với DTA (qua điện thoại, trực tuyến, gặp trực tiếp hoặc qua thư hoặc fax), DTA có 30 ngày kể từ ngày nhận được đơn của tôi để quyết định xem tôi có đủ điều kiện không.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9D8131" w14:textId="74C09A3F" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="4C503FA5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Nếu tôi đủ điều kiện nhận SNAP cấp tốc (khẩn cấp), DTA phải cung cấp cho tôi SNAP và đảm bảo rằng tôi có thẻ Chuyển khoản </w:t>
       </w:r>
-      <w:r w:rsidR="2DA70EA5" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="2DA70EA5" w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Phúc lợi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Điện tử (EBT) trong vòng 7 ngày kể từ ngày </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>họ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> nhận được đơn xin của tôi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19740A56" w14:textId="3A31FC01" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="3DA67535" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi có quyền nói chuyện với người giám sát DTA nếu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686737C6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="35EB4B0B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="00923E3D">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>DTA nói rằng tôi không đủ điều kiện để nhận trợ cấp SNAP khẩn cấp, và tôi không đồng ý.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0086C5A7" w14:textId="57A20503" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="1EAAC834" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872" w:rsidP="00923E3D">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tôi đủ điều kiện nhận trợ cấp SNAP khẩn cấp, nhưng không nhận được </w:t>
       </w:r>
-      <w:r w:rsidR="2DA70EA5" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="2DA70EA5" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>phúc lợi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> của mình trước ngày thứ 7 sau khi tôi nộp đơn xin SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D357FF0" w14:textId="5AD38AF5" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="18CF3940" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="00923E3D">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi đủ điều kiện nhận trợ cấp SNAP khẩn cấp nhưng không nhận được thẻ EBT vào ngày thứ 7 sau khi tôi nộp đơn xin SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087A08A3" w14:textId="1517C0CA" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="60D4153A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Khi tôi nhận SNAP, tôi phải đáp ứng các quy tắc nhất định. Khi tôi được chấp thuận nhận SNAP, DTA sẽ cung cấp cho tôi một bản sao của tập tài liệu “Quyền Được Biết Của Quý Vị” và tập tài liệu về Chương trình SNAP. Tôi sẽ đọc các tài liệu hoặc nhờ ai đó đọc cho tôi nghe. Nếu tôi có bất kỳ câu hỏi nào hoặc cần trợ giúp để đọc hoặc hiểu thông tin này, tôi có thể gọi cho DTA theo số 1-877-382-2363.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D24306" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="433F4F20" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Báo cho DTA về những thay đổi trong hộ gia đình tôi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309B114E" w14:textId="4D5959AE" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="6ECB5E88" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu tôi là một hộ gia đình được Báo cáo Đơn giản hóa của SNAP, tôi không phải báo cáo hầu hết các thay đổi đối với DTA cho đến khi phải nộp Báo cáo Tạm thời hoặc đến khi Chứng nhận lại. Những điều duy nhất tôi phải báo cáo sớm hơn là:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48AC2EDF" w14:textId="6AE550D6" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="0AF6746E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872" w:rsidP="00923E3D">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nếu thu nhập của hộ gia đình tôi vượt quá ngưỡng tổng thu nhập (được liệt kê trong thông báo chấp thuận của tôi). Tôi phải báo cáo điều này trước ngày </w:t>
       </w:r>
-      <w:r w:rsidR="640186B4" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="640186B4" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>của tháng kế tiếp, ngay sau tháng mà thu nhập của tôi vượt quá ngưỡng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A765521" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2BDD5E87" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="00923E3D">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu tôi phải đáp ứng Quy tắc Làm việc dành cho Người Trưởng thành Không có người phụ thuộc (ABAWD) và số giờ làm việc của tôi giảm xuống dưới 20 giờ mỗi tuần.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28EEF768" w14:textId="108F09C4" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="66802E38" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Nếu mọi người trong hộ gia đình tôi từ 60 tuổi trở lên, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>bị tàn tật</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>, hoặc dưới 18 tuổi và không có ai có thu nhập từ việc làm, thì những điều duy nhất tôi phải báo cáo là:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F2CA35" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5E79F7A1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="00923E3D">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nếu ai đó bắt đầu làm việc, hoặc </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539C4B35" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="081DBACD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="00923E3D">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ai đó dọn vào hoặc rời khỏi hộ gia đình của tôi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="054372FD" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7793FFBE" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="00923E3D">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi phải báo cáo những thay đổi này trước ngày 10 của tháng kế tiếp, ngay sau tháng có sự thay đổi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9A33B9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="03C721D9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu tôi nhận SNAP thông qua Thay thế Phúc lợi Chuyển tiếp (TBA) vì TAFDC của tôi đã ngừng hoạt động, tôi không phải báo cáo bất kỳ thay đổi nào cho DTA trong 5 tháng mà tôi nhận được TBA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E59900" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF" w:rsidP="00945B42">
+    <w:p w14:paraId="096A4532" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF" w:rsidP="00945B42">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu tôi nhận SNAP thông qua Bay State CAP, tôi không phải báo cáo bất kỳ thay đổi nào với DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C4F64B" w14:textId="44B55AB5" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4CED4DF4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nếu tôi và mọi người trong gia đình tôi nhận được hỗ trợ tiền mặt (TAFDC hoặc EAEDC), tôi phải báo cáo một số thay đổi cho DTA trong vòng 10 ngày kể từ ngày thay đổi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D68A618" w14:textId="0D0AF33C" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="46D46BB9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tôi có thể nhận được nhiều </w:t>
       </w:r>
-      <w:r w:rsidR="2DA70EA5" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="2DA70EA5" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>phúc lợi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> SNAP hơn nếu tôi báo cáo và cung cấp cho DTA bằng chứng về những điều sau đây, bất kỳ lúc nào: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F38F9F" w14:textId="432995E7" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5E356921" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Chi phí giữ trẻ hoặc chi phí chăm sóc người phụ thuộc khác, chi phí nơi tạm trú, và/hoặc chi phí dịch vụ điện nước</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D994D6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="420EF76C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tiền cấp dưỡng nuôi con mà tôi (hoặc ai đó trong hộ gia đình tôi) được yêu cầu phải trả theo luật pháp cho một thành viên không thuộc hộ gia đình; và</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256F57BC" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5336BB4E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Chi phí y tế cho các thành viên trong hộ gia đình tôi, bao gồm cả tôi, từ 60 tuổi trở lên hoặc </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>bị tàn tật</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D44D2C4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="75BC8DB4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Quy tắc Việc làm cho thân chủ SNAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>: Nếu quý vị nhận được trợ cấp SNAP và ở độ tuổi từ 16 đến 59, quý vị có thể cần phải đáp ứng các quy tắc việc làm chung của SNAP hoặc quy tắc việc làm của ABAWD trừ khi quý vị được miễn trừ. DTA sẽ báo cho tôi và các thành viên trong gia đình tôi biết nếu chúng tôi cần đáp ứng bất kỳ Quy tắc Việc làm nào, các trường hợp miễn trừ là gì và điều gì sẽ xảy ra nếu chúng tôi không đáp ứng các quy tắc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="205F2EB0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5D952195" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Nếu quý vị tuân theo Quy tắc Việc làm SNAP, quý vị phải:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBBB344" w14:textId="3C4673AE" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="3D364040" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Đăng ký làm việc tại nơi đăng ký và khi bạn xác nhận lại SNAP. Quý vị đăng ký khi ký vào đơn xin SNAP hoặc </w:t>
       </w:r>
-      <w:r w:rsidR="14378805" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="14378805" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>mẫu đơn</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> xin chứng nhận lại.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED8FF0A" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="654B9909" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Cung cấp cho DTA thông tin về tình trạng việc làm của quý vị khi DTA yêu cầu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BCD31E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="203ADA8B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Báo cáo cho nhà tuyển dụng nếu được DTA giới thiệu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FBC704" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0CDECC08" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Chấp nhận một lời mời làm việc (trừ khi có lý do chính đáng để không làm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="510EC93B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="5A4617F6" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Không được bỏ việc hơn 30 giờ một tuần mà không có lý do chính đáng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4AC209" w14:textId="62029BD5" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4E121607" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Cắt giảm giờ làm việc của quý vị xuống dưới 30 giờ một tuần mà không có lý do chính đáng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7848AC" w14:textId="4F9E4759" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="26E3E655" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Các Quy tắc </w:t>
       </w:r>
-      <w:r w:rsidR="51D627CC" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="51D627CC" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">của </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A88AACC" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="100811EA" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Không được khai man hoặc che giấu thông tin để được nhận trợ cấp SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680D5CC7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="20A3F8FB" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Không giao dịch hoặc bán trợ cấp SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AD241E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="4D9366C9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Không thay đổi thẻ EBT để nhận các trợ cấp SNAP mà quý vị không đủ điều kiện.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044F8D56" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2ADB104D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Không được sử dụng trợ cấp SNAP để mua các món đồ không hội đủ điều kiện, ví dụ như bia rượu và thuốc lá.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C04E72" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="310D274D" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Không sử dụng các trợ cấp SNAP hoặc thẻ EBT của người khác trừ khi quý vị là đại diện được ủy quyền hoặc người nhận đã cho phép quý vị sử dụng thẻ thay mặt cho họ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F214B80" w14:textId="433A0467" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="20A94872">
+    <w:p w14:paraId="60A979D5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="20A94872">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Cảnh báo Hình phạt</w:t>
       </w:r>
-      <w:r w:rsidR="129587A9" w:rsidRPr="00C24E74">
+      <w:r w:rsidR="129587A9" w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> của</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6870DB5E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="60B3B772" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tôi hiểu rằng nếu tôi hoặc bất kỳ thành viên nào trong hộ gia đình SNAP của tôi cố ý vi phạm bất kỳ quy định nào được liệt kê dưới đây, người đó sẽ không đủ điều kiện để được nhận trợ cấp SNAP một năm sau lần vi phạm đầu tiên, hai năm sau lần vi phạm thứ hai và vĩnh viễn sau lần vi phạm thứ ba. Người đó cũng có thể bị phạt tiền tối đa là $250,000, phạt tù tới mức tối đa 20 năm hoặc cả hai. Họ cũng có thể bị truy tố theo luật Liên bang và Tiểu bang. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E61B9E4" w14:textId="378E481A" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="69916CCC" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal11"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tôi cũng hiểu các hình phạt sau đây: Nếu tôi hoặc một thành viên trong hộ gia đình SNAP của tôi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66254175" w14:textId="5B97A665" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0B07CCE4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vi phạm </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">chương trình tiền mặt </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>theo Hành vi Cố tình Vi phạm Chương trình (IPV),</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> họ sẽ không đủ điều kiện nhận SNAP trong cùng khoảng thời gian mà họ không đủ điều kiện nhận hỗ trợ tiền mặt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4D1958" w14:textId="63D7505F" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="454C0731" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Những người khai man về lý lịch hoặc nơi cư trú để được nhận nhiều khoản trợ cấp SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:i/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">cùng một lúc </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">sẽ không được nhận trợ cấp </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>mười năm</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED217C4" w14:textId="285AAFA0" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="10BCBDC4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Những người trao đổi (mua hay bán) trợ cấp SNAP để đổi hay mua chất kích thích bất hợp pháp</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">chất cấm, sẽ không được nhận SNAP trong </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">hai năm </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">sau khi bị phát hiện lần đầu, và </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">vĩnh viễn </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>sau lần vi phạm thứ hai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE68907" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="33C8CF50" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">Những người trao đổi (mua hay bán) trợ cấp SNAP để đổi lấy vũ khí, đạn dược, hoặc chất nổ, sẽ không được hưởng trợ cấp SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>vĩnh viễn</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4323AEAE" w14:textId="56334AFD" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="39C5F200" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Đưa ra đề nghị bán các trợ cấp SNAP hoặc thẻ EBT trên mạng hoặc trực tiếp, Tiểu bang có thể truy cứu IPV chống lại họ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF11A95" w14:textId="08D0BD21" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="79E1BDD7" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Trả cho thực phẩm đã được mua bằng tín dụng, họ sẽ không được nhận SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E95AA03" w14:textId="4AF46012" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="643CEB1F" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Mua các sản phẩm bằng trợ cấp SNAP với ý định rút lấy sản phẩm bên trong và trả lại hộp đựng để lấy tiền mặt, họ sẽ không được nhận SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF64593" w14:textId="1C167E83" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="1014F495" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Chạy trốn để tránh bị truy tố, giam giữ hoặc biệt giam sau khi bị kết án vì tội đại hình, họ sẽ không được nhận SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1949BCA1" w14:textId="2600379D" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0EF7B653" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Vi phạm lệnh quản chế hoặc tạm tha, trong đó cơ quan thực thi pháp luật đang tích cực tìm cách bắt giữ họ, họ sẽ không được nhận SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076D16B1" w14:textId="72A1E6E0" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="501A387C" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Bất kỳ ai bị kết án tội đại hình sau ngày 7 tháng 2 năm 2014 sẽ không được nhận trợ cấp SNAP nếu họ là một người phạm trọng tội đang bỏ trốn hoặc đang vi phạm quản chế hoặc tạm tha</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">theo 7 CFR </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>§</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>273.11 (n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t xml:space="preserve">)- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>và bị kết án như một người trưởng thành:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0C4B7B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="18F5DEF1" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Lạm dụng tình dục nghiêm trọng theo mục 2241 của điều 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B89CF4" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2B767AA0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Giết người theo mục 1111 của tiêu đề 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666A0C70" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="7B4B1301" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Bất kỳ hành vi vi phạm nào theo chương 110 của điều 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6C0FB0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="0A250720" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Một hành vi phạm tội theo luật Liên bang hoặc Tiểu bang liên quan đến tấn công tình dục, như được định nghĩa trong mục 40002(a) của VAWA 1994 (42 U.S.C. 13925a); hoặc là</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DCE95D0" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="498F108B" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-ListParagraph17"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Một hành vi phạm tội theo luật Tiểu bang được Tổng chưởng lý xác định là về cơ bản tương tự như một hành vi phạm tội được mô tả trong danh sách này.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08AB6AAD" w14:textId="3CD62177" w:rsidR="00FE446E" w:rsidRPr="00C24E74" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="107A8E00" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="000519BB" w:rsidRDefault="000953BF">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading318"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C24E74">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
+        <w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
         <w:t>Tuyên Bố Về Không Phân Biệt Đối Xử</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12888DD2" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="00C24E74" w:rsidRDefault="0019513F" w:rsidP="0019513F">
+    <w:p w14:paraId="48A63FE2" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="000519BB" w:rsidRDefault="0019513F" w:rsidP="0019513F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Theo luật các quy định Liên bang và các quy định và chính sách về dân quyền của Bộ Nông Nghiệp Hoa Kỳ (USDA), tổ chức này bị cấm phân biệt đối xử trên cơ sở chủng tộc, màu da, nguồn gốc quốc gia, giới tính (bao gồm bản dạng giới và khuynh hướng tình dục), tín ngưỡng tôn giáo, tình trạng khuyết tật, độ tuổi, niềm tin chính trị hoặc sự trả thù hoặc sự trả đũa cho hoạt động dân quyền trước đây.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB560DF" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="00C24E74" w:rsidRDefault="0019513F" w:rsidP="0019513F">
+    <w:p w14:paraId="2CEDAF8C" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="000519BB" w:rsidRDefault="0019513F" w:rsidP="0019513F">
       <w:pPr>
         <w:pStyle w:val="Pa16"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Thông tin chương trình có thể được cung cấp bằng các ngôn ngữ khác ngoài tiếng Anh. Người khuyết tật cần các phương tiện liên lạc thay thế để có được thông tin về chương trình (ví dụ: Chữ nổi Braille, bản in khổ chữ lớn, băng ghi âm, Ngôn ngữ ký hiệu của Mỹ), nên liên lạc với cơ quan chính phủ (tiểu bang hoặc địa phương) nơi họ nộp đơn xin phúc lợi. Những người bị điếc, khiếm thính hoặc có khuyết tật về ngôn ngữ có thể liên lạc với USDA thông qua Dịch vụ Tiếp âm Liên bang theo số (800) 877-8339.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18520B9A" w14:textId="7D474A6E" w:rsidR="0019513F" w:rsidRPr="00C24E74" w:rsidRDefault="0019513F" w:rsidP="0019513F">
+    <w:p w14:paraId="35745DA9" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="000519BB" w:rsidRDefault="0019513F" w:rsidP="0019513F">
       <w:pPr>
         <w:pStyle w:val="Pa16"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Để nộp đơn khiếu nại về phân biệt đối xử trong chương trình, Người khiếu nại nên hoàn thành mẫu đơn AD-3027, mẫu đơn Khiếu nại Phân biệt Đối xử trong Chương trình USDA, có thể lấy trực tuyến tại: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00C24E74">
+        <w:r w:rsidRPr="000519BB">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="vi-VN"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>, từ bất kỳ văn phòng USDA nào, bằng cách gọi (833) 620-1071 hoặc bằng cách viết thư gửi đến USDA. Lá thư phải có tên, địa chỉ, số điện thoại của người khiếu nại và mô tả đầy đủ chi tiết bằng văn bản về hành động phân biệt đối xử bị cáo buộc để thông tin cho Trợ lý Thư ký về Dân Quyền (Assistant Secretary for Civil Rights, ASCR) về tính chất và ngày vi phạm dân quyền bị cáo buộc. Mẫu đơn AD-3027 hoặc thư đã được điền đầy đủ phải được gửi đến:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E93DC74" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="00C24E74" w:rsidRDefault="0019513F" w:rsidP="00C24E74">
+    <w:p w14:paraId="4C39E107" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="000519BB" w:rsidRDefault="0019513F" w:rsidP="00C24E74">
       <w:pPr>
         <w:pStyle w:val="Pa16"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">thư: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Food and Nutrition Service, USDA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">1320 Braddock Place, Room 334 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Alexandria, VA 22314; hoặc </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="297D08E3" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="003E5089" w:rsidRDefault="0019513F" w:rsidP="00C24E74">
+    <w:p w14:paraId="637AB211" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="000519BB" w:rsidRDefault="0019513F" w:rsidP="00C24E74">
       <w:pPr>
         <w:pStyle w:val="Pa16"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">fax: </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">(833) 256-1665 hoặc (202) 690-7442; hoặc </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CCAAF87" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="003E5089" w:rsidRDefault="0019513F" w:rsidP="00C24E74">
+    <w:p w14:paraId="750E1EEC" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="000519BB" w:rsidRDefault="0019513F" w:rsidP="00C24E74">
       <w:pPr>
         <w:pStyle w:val="Pa16"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C24E74">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">email: </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E5089">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00C24E74">
+        <w:r w:rsidRPr="000519BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="vi-VN"/>
           </w:rPr>
           <w:t>FNSCIVILRIGHTSCOMPLAINTS@usda.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C24E74">
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46BC9753" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="003E5089" w:rsidRDefault="0019513F" w:rsidP="0019513F">
+    <w:p w14:paraId="39C54164" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="000519BB" w:rsidRDefault="0019513F" w:rsidP="0019513F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4C06175B" w14:textId="77777777" w:rsidR="0019513F" w:rsidRPr="003E5089" w:rsidRDefault="0019513F" w:rsidP="00945B42">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6A6454" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRPr="00B520D1" w:rsidRDefault="0019513F" w:rsidP="00944985">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal21"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003E5089">
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000519BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tổ chức này là một cơ quan cung cấp cơ hội bình đẳng.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="6E9A0802" w14:textId="0DB80F85" w:rsidR="00D31D90" w:rsidRPr="00B520D1" w:rsidRDefault="00D31D90">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B520D1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5A6659" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00087331">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Đơn Chỉ Định Người Đại Diện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101562D0" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quývị có thể nộp đơn này nếu quý vị muốn ủy quyền cho một đại diện để thay mặt mình. Nếu người đại diện của quý vị đã ký đơn xin bảo hiểm y tế của quý vị cho quý vị hoặc nếu quý vị là người được ủy quyền đại diện để xin bảo hiểm y tế thay mặt cho người khác, quý vị cần phảinộp đơn này để hoàn tất hồ sơ xin bảo hiểm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7C906B" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị không cần điền vào đơn này nếu quý vị sống tại một cơ sở nào khác và muốn được nhận bản sao của bản thông báo về tính đủ điều kiện gửi cho quý vị và gửi cho người phối ngẫu của quý vị hiện đang sống ở nhà. Chúng tôi sẽ tự động làm điều đó.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BD1DF5" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ghi chú</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>: Người được ủy quyền làm đại diện có quyền quyết định thay cho người xin bảo hiểm hoặc thành viên trong mọi vấn đề với MassHealth và Health Connector, đồng thời sẽ nhận được thông tin cá nhân về người xin bảo hiểm hoặc thành viên cho đến khi chúng tôi nhận được thông báo hủy bỏ việc chấm dứt quyền hạn của họ, hoặc khi người xin bảo hiểm hoặc thành viên qua đời. Quyền hạn của họ sẽ không tự động chấm dứt khi chúng tôi duyệt đơn xin bảo hiểm của quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A33059C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00A77B14" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có thể chọn một người nào đó để giúp quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="726B280E" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quý vị có thể chọn một người để ủy quyền đại diện giúp quý vị xin bảo hiểm sức khỏe qua các chương trình do MassHealth và Health Connector cung cấp. Quý vị có thể thực hiện việc này bằng cách điền vào đơn này (Đơn Chỉ Định Người Đại Diện). Quý vị hoặc người đại diện có thể ký tên cho chính mình và cho bất kỳ trẻ em nào phụ thuộc vào quý vị dưới 18 tuổi mà quý vị là cha mẹ giám hộ. Quý vị không bắt buộc phải có người đại diện để nộp đơn xin bảo hiểm hoặc nhận phúc lợi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13ECA0FE" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00A77B14" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ai có thể giúp tôi?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E8E625" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Người được ủy quyền đại diện có thể là bạn bè, thành viên gia đình, họ hàng, hoặc cá nhân hoặc tổ chức khác mà quý vị chọn và họ đồng ý giúp. Quý vị có toàn quyền chọn một người được ủy quyền đại diện nếu quý vị muốn. Cả MassHealth và Health Connector sẽ không chọn người được ủy quyền đại diện cho quý vị. Quý vị phải chỉ định bằng văn bản (điền vào Mục I, Phần A) cá nhân hoặc tổ chức mà quý vị muốn trở thành người đại diện của quý vị. Người được ủy quyền đại diện của quý vị cũng phải điền vào Mục I, Phần B. Đôi khi, chúng tôi gọi người này hoặc tổ chức này là “Section I authorized representative", có nghĩa là “Người được ủy quyền đại diện của Mục I”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD20A49" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị không thể chỉ định người được ủy quyền đại diện bằng văn bản và không có người đại diện hiện tại hoặc một người khác được pháp luật ủy quyền để thay mặt quý vị, một người (không phải một tổ chức) xác định họ có thể quyết định thay quý vị có thể trở thành đại diện của quý vị nếu họ chịu điền Mục II của đơn. Đôi khi chúng tôi gọi người này là “người đại diện được ủy quyền của Mục II”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E15B46" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Người đại diện cũng có thể là người đã được pháp luật chỉ định để thay mặt quý vị, hoặc đại diện cho tài sản của người xin bảo hiểm hoặc thành viên đã qua đời. Người này phải điền vào Mục III và quý vị hoặc người này phải gửi cho chúng tôi, cùng với đơn này, một bản sao của tài liệu pháp lý hiện hành nêu rõ rằng người này có thẩm quyền đại diện cho quý vị hoặc tài sản của người nộp đơn hoặc thành viên đã qua đời. Đôi khi chúng tôi gọi người này là “người được ủy quyền đại diện của Mục III”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40777495" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Người được ủy quyền đại diện của Mục IIIcó thể là người giám hộ hợp pháp, người bảo hộ, người được ủy quyền trên giấy tờ hoặc người được ủy quyền để chăm sóc sức khỏe, hoặc, trong trường hợp người nộp đơn hoặc thành viên đã qua đời, thì người đại diện cũng có thể là người quản lý tài sản cá nhân.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C03E0A" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Người được ủy quyền đại diện có thể làm gì?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0718CB2C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Một người được ủy quyền đại diện của Mục I hoặc IIcó thể</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D36F9AD" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00037F8F">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>điền vào đơn xin bảo hiểm hoặc các mẫu đơn gia hạn của quý vị;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21153F83" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00037F8F">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>điền vào các mẫu đơn ghi danh hoặc đơn khác của MassHealth hoặc Health Connector về tính cách đủ điều kiện;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47323A03" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00037F8F">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>cung cấp chứng từ về những thông tin mà quý vị khai trên các biểu mẫu này;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE8727C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00037F8F">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>thông báo những thay đổi về thu nhập, địa chỉ, hoặc các trường hợp khác;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7CE061" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00037F8F">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>nhận bản sao của tất cả các thông báo về quá trình ghi danh và tính đủ điều kiện của quý vị trong MassHealth và Health Connector; và</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB8C147" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00037F8F">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>quyết định giúp quý vị trong mọi vấn đề khác với MassHealth và Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43DBAB0B" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Người được ủy quyền đại diện của Mục IIIđược phép làm gì cho quý vị (hoặc với tài sản của một người nộp đơn ghi danh hoặc thành viên đã qua đời) sẽ tùy thuộc vào những gì nêu ra trên giấy ủy quyền pháp lý.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3D8E33" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xin lưu ý: Thông báo về tính đủ điều kiện có thể bao gồm thông tin về các thành viên khác trong hộ gia đình của người xin bảo hiểm hoặc thành viên. Nếu có nhiều người trong hộ gia đình của quý vị, chúng tôi không thể gửi bản sao của một số thông báo cho người đại diện của quý vị được trừ khi mỗi thành viên trong gia đình đều đã chỉ định cùng một người đại diện bằng cách điền vào Đơn Chỉ Định Người Đại Diện cho từng thành viên. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D852620" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MỤC 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Chỉ Định Người Đại Diện (nếu người nộp đơn hoặc thành viên có thể ký tên)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18146D2C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="240" w:line="268" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Phần A — do người nộp đơn hoặc thành viên điền. Vui lòng viết chữ in, ngoại trừ chữ ký.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62ACF8C4" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên của người nộp đơn/Thành viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D0517E" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày sinh của người nộp đơn/thành viên (tháng/ngày/năm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D323E4" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số ID MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>HOẶC LÀ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>bốn chữ số cuối của SSN của Người nộp đơn/Thành viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2914C8DB" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Địa chỉ email của người nộp đơn/thành viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6A4A1C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tôi xác nhận rằng tôi đã ủy quyền cho cá nhân hoặc tổ chức sau đây làm đại diện cho bản thân tôi và bất kỳ trẻ em nào phụ thuộc vào tôi dưới 18 tuổi mà tôi là cha mẹ giám hộ và tôi hiểu các nhiệm vụ và trách nhiệm mà cá nhân hoặc tổ chức này sẽ có (như đã giải thích ở phần trước trong đơn này).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A9D1C4" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chữ ký của người nộp đơn/Thành viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE10B85" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày (tháng/ngày/năm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6683B372" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên người đại diện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65881D37" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số điện thoại của người đại diện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D5AA09" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Địa chỉ của người đại diện (địa chỉ gửi thư, thành phố, tiểu bang, mã bưu chính) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE8FA0D" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00A77B14" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Phần B — do người đại diện điền. Vui lòng viết chữ in, ngoại trừ chữ ký.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CDBC4F" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>B1. ĐIỀN ĐƠN NÀY NẾU ĐẠI DIỆN LÀ MỘT CÁ NHÂN ĐƯỢC ỦY QUYỀN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBDF8A5" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tôi xác nhận rằng tôi sẽ luôn bảo mật bất kỳ thông tin nào được cung cấp cho tôi bởi MassHealth hoặc Health Connector liên quan đến người nộp đơn xin bảo hiểm hoặc thành viên được nêu ở trên và nếu cần thiết, thông tin của cả những đứa con phụ thuộc vào người nộp đơn hoặc thành viên đó.Nếu tôi cũng là nhà cung cấp, nhân viên hoặc tình nguyện viên có liên quan đến một tổ chức nào đó, và tôi đang làm việc với tư cách là nhà cung cấp, nhân viên hoặc tình nguyện viên trong vai trò làm người được ủy quyền để đại diện, tôi xác nhận rằng tôi sẽ luôn tuân </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">thủ tất cả các luật và quy định hiện hành của tiểu bang và liên bang về bảo mật thông tin và xung đột lợi ích bao gồm những yêu cầu được quy định tại 42 CFR phần 431, tiểu phần F, 42 CFR § 447.10 và 45 CFR § 155.260 (f). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F89288" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chữ ký của người đại diện </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1A34E9" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246CAFC1" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên (xin viết chữ in) của người đại diện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789F422C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Địa chỉ email của người đại diện </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BA81A1" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B2. HOÀN TẤT PHẦN SAU NẾU ĐẠI DIỆN LÀ MỘT TỔ CHỨC ĐƯỢC ỦY QUYỀN. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0BC9D7" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tôi xác nhận rằng tôi sẽ luôn bảo mật bất kỳ thông tin nào được cung cấp cho tôi bởi MassHealth hoặc Health Connector liên quan đến người nộp đơn xin bảo hiểm hoặc thành viên được nêu ở trên và nếu cần thiết, thông tin của cả những đứa con phụ thuộc vào người nộp đơn hoặc thành viên đó.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054B1A78" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tôi, nhà cung cấp, nhân viên hoặc tình nguyện viên của tổ chức nêu dưới đây, hoàn tất đơn này, thay mặt cho bản thân tôi và cho tổ chức mà tôi đại diện xác nhận rằng bất kỳ nhà cung cấp, nhân viên hoặc tình nguyện viên nào đại diện cho tổ chức có liên quan đến việc chỉ định đại diện này sẽ luôn tuân thủ tất cả các luật và quy định hiện hành của tiểu bang và liên bang về bảo mật thông tin và xung đột lợi ích, bao gồm cả những quy định được quy định tại 42 CFR phần 431, tiểu phần F, 42 CFR § 447.10, và 45 CFR § 155.260 (f). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D432D82" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chữ ký của nhà cung cấp, nhân viên, hoặc tình nguyện viên điền đơn này </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0535ABBF" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770A77DB" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xin viết chữ in tên của nhà cung cấp, nhân viên hoặc tình nguyện viên điền đơn này </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A4F29C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email của nhà cung cấp, nhân viên hoặc tình nguyện viên điền đơn này </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFC33CC" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00956D26" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00956D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên tổ chức đại diện được ủy quyền</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5BECE2" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>MỤC 2 Chỉ Định Người Đại Diện</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(nếu người nộp đơn hoặc thành viên không thể đưa ra chỉ định trên văn bản)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549B506C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Dành cho người đại diện điền. Vui lòng viết chữ in, ngoại trừ chữ ký. Vui lòng điền từng đơn một cho từng người nộp đơn hoặc thành viên.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65693385" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MỘT TỔ CHỨC KHÔNG HỘI ĐỦ ĐIỀU KIỆN ĐỂ TRỞ THÀNH ĐẠI DIỆN TRONG MỤC NÀY. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEA71ED" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tôi xác nhận rằng người nộp đơn hoặc thành viên được quy định dưới đây không thể chỉ định người đại diện bằng văn bản và theo hiểu biết tốt nhất của tôi thì không có cá nhân nào có thể hành động thay mặt cho họ, chẳng hạn như người đại diện, người giám hộ, người bảo hộ, đại diện cá nhân của tài sản, người có giấy ủy quyền, hoặc người được mời đến để đại diện cho việc chăm sóc sức khỏe. Ngoài ra, tôi xác nhận rằng tôi biết rõ về hoàn cảnh của người nộp đơn hoặc thành viên này để chịu trách nhiệm về tính chính xác của các tuyên bố được đưa ra về họ trong quá trình xét tính đủ điều kiện và trong các liên lạc khác với MassHealth hoặc Health Connector, rằng tôi hiểu mình có quyền và trách nhiệm với tư cách là người đại diện của người này (như đã giải thích trước đó trong đơn này). Nếu người này có thể hiểu được, tôi đã nói với họ rằng MassHealth và Health Connector sẽ gửi cho tôi một bản sao của tất cả các thông báo về ghi danh và các điều kiện tham gia của MassHealth và Health Connector và người này đồng ý với điều này, và tôi đã nói với người này rằng họ có thể loại bỏ hoặc thay thế tôi với tư cách là đại diện được ủy quyền của họ bất kỳ lúc nào bằng các phương pháp được mô tả trước đó trong đơn này.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30214732" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tôi xác nhận thêm rằng tôi sẽ luôn bảo mật bất kỳ thông tin nào liên quan đến người nộp đơn hoặc thành viên được MassHealth hoặc Health Connector cung cấp cho tôi dưới đây.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B5288D" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nếu tôi cũng là nhà cung cấp, nhân viên hoặc tình nguyện viên có liên quan đến một tổ chức nào đó, và tôi đang làm việc với tư cách là nhà cung cấp, nhân viên hoặc tình nguyện viên trong vai trò làm người được ủy quyền để đại diện, tôi xác nhận rằng tôi sẽ luôn tuân thủ tất cả các luật và quy định hiện hành của tiểu bang và liên bang về bảo mật thông tin và xung đột lợi ích bao gồm những yêu cầu được quy định tại 42 CFR phần 431, tiểu phần F, 42 CFR § 447.10 và 45 CFR § 155.260 (f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE16577" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tên của người nộp đơn/Thành viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FE6192" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Ngày sinh của người nộp đơn/thành viên (tháng/ngày/năm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F1E1A0" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Số ID MassHealth </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F698AD2" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>HOẶC LÀ bốn chữ số cuối của SSN của Người nộp đơn/Thành viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFF7001" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số ID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2878CEC6" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chữ ký của người đại diện </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA157DF" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B4ECF6" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên của người đại diện (tên, tên đệm, họ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F3893C" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Số điện thoại của người đại diện </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE4A3FA" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Địa chỉ người đại diện (địa chỉ gửi thư, thành phố, tiểu bang, mã bưu chính) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57739E36" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Địa chỉ email của người đại diện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09896925" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu người đại diện của Mục II có liên quan đến một tổ chức và đang hoạt động với tư cách đó, một cá nhân được ủy quyền thay mặt cho tổ chức, chẳng hạn như một viên chức, phải ký tên dưới đây để cho biết tổ chức thừa nhận và đồng ý với những người đại diện và đảm bảo được thực hiện ở trên. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779356A7" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên của viên chức </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7036EE" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chức vụ của viên chức </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF848D0" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chữ ký của viên chức </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690E332B" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CDF021" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00267490" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>MỤC 3 Chỉ Định Người Đại Diện</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267490">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(nếu được pháp luật chỉ định) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57821753" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00651CED" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Được điền bởi một đại diện có thẩm quyền do pháp luật chỉ định (có thẩm quyền thay mặt người nộp đơn hoặc một thành viên trong việc đưa ra các quyết định liên quan đến chăm sóc sức khỏe, bao gồm nhưng không giới hạn ở, người giám hộ, người bảo hộ, cá nhân đại diện cho tài sản của người nộp đơn hoặc thành viên, người nắm giữ giấy ủy quyền hoặc người được ủy quyền chăm sóc sức khỏe được mời.) Vui lòng viết chữ in, ngoại trừ chữ ký. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C5B63A" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vui lòng gửi bản sao của văn bản pháp lý hiện hành kèm theo đơn này. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEC9834" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Tôi xác nhận rằng tôi sẽ luôn bảo mật bất kỳ thông tin nào liên quan đến người nộp đơn hoặc thành viên nếuđược MassHealth hoặc Health Connector cung cấp cho tôi dưới đây.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5297C128" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên của người nộp đơn/Thành viên </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D9F333" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngày sinh của người nộp đơn/thành viên (tháng/ngày/năm) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E53B2F0" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số ID MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0458A3" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>HOẶC LÀ bốn chữ số cuối của SSN của Người nộp đơn/Thành viên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC92894" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Chữ ký của người đại diện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4926748E" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ngày (tháng/ngày/năm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63524DAA" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tên của người đại diện (tên, tên đệm, họ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677A6A0B" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Số điện thoại của người đại diện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E43086D" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Địa chỉ người đại diện (địa chỉ gửi thư, thành phố, tiểu bang, mã bưu chính) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA73508" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Địa chỉ email của người đại diện</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45AA6247" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00A77B14" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="240" w:line="268" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Việc ủy quyền cho người đại diện được kết thúc như thế nào?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348906A0" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị quyết định rằng quý vị không còn muốn có một người được ủy quyền đại diện của Mục I hoặc là Mục II, quý vị phải thông báo cho chúng tôi ngay thời điểm quý vị muốn kết thúc dịch vụ qua thư, fax hoặc điện thoại. Xem thông tin liên lạc của chúng tôi bên dưới. Nếu quý vị gửi thư hoặc fax thông báo này cho chúng tôi, thông báo phải bao gồm tên, địa chỉ và ngày sinh của quý vị, tên người đại diện của quý vị, và một văn bản nói rõ rằng việc ủy quyền đại diện đã kết thúc và chữ ký của quý vị, hoặc nếu quý vị không thể cung cấp thông báo bằng văn bản, chữ ký của ai đó thay mặt quý vị (chỉ dành cho một người được ủy quyền đại diện của Mục II).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CFF0E2" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngoài ra, nếu đại diện của quý vị thông báo cho chúng tôi rằng cá nhân hoặc tổ chức đó không còn thay mặt quý vị được nữa, chúng tôi sẽ không công nhận cá nhân hoặc tổ chức đó là đại diện đã ủy quyền của quý vị nữa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F58CFE3" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Quyền hạn của một người được ủy quyền đại diện của Mục I hoặc là Mục II sẽ kết thúc khi người nộp đơn hoặc thành viên qua đời.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2C23BD" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Sự ủy quyền cho một người được ủy quyền đại diện của Mục III kết thúc khi thời hạn hợp pháp của người đó kết thúc. Người đại diện phải thông báo cho chúng tôi theo hướng dẫn ở trên.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4163CF32" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngoài ra, việc chỉ định một người đại diện cho một đứa trẻ vị thành niên kết thúc vào ngày sinh nhật thứ 18 của đứa trẻ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D107A38" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00A77B14" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Làm cách nào để tôi nộp đơn này?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2D9400" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị đang nộp đơn xin trợ cấp sức khỏe, hãy gửi Đơn Chỉ Định Người Đại Diện đã điền đầy đủ của quý vị cho chúng tôi cùng với hồ sơ ghi danh của quý vị.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B93C627" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nếu quý vị đã nhận được phúc lợi, quý vị phải gửi đơn cho chúng tôi vào thời điểm quý vị muốn chỉ định một đại diện, hoặc quý vị muốn kết thúc chỉ định đã tuyên bố, bằng cách</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F258D46" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Gửi đơn của quý vị tới</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Health Insurance Processing Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>PO Box 4405</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Taunton, MA 02780;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA99EBB" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fax đơn của quý vị tới (857) 323-8300; hoặc là</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3B3FC8" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Gọi cho chúng tôi theo số (800) 841-2900, TDD/TTY: 711.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580A98F2" w14:textId="77777777" w:rsidR="00651CED" w:rsidRPr="00321267" w:rsidRDefault="00651CED" w:rsidP="00651CED">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>ARD-VN-1122</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69381517" w14:textId="77777777" w:rsidR="00D31D90" w:rsidRPr="00A73060" w:rsidRDefault="00D31D90" w:rsidP="00944985">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal21"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Tổ chức này là một cơ quan cung cấp cơ hội bình đẳng.</w:t>
-[...22 lines deleted...]
-    <w:sectPr w:rsidR="00FE446E" w:rsidRPr="003E5089">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D31D90" w:rsidRPr="00A73060" w:rsidSect="00402BED">
       <w:headerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A7BACCF" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="2842BE80" w14:textId="77777777" w:rsidR="00BE7799" w:rsidRDefault="00BE7799">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D5BDBB5" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="57726120" w14:textId="77777777" w:rsidR="00BE7799" w:rsidRDefault="00BE7799">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="280E7C2E" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRDefault="00FE446E">
+    <w:p w14:paraId="0CA99047" w14:textId="77777777" w:rsidR="00BE7799" w:rsidRDefault="00BE7799">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="0205050205050A020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
     <w:altName w:val="Franklin Gothic Medium Cond"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
     <w:altName w:val="Nyala"/>
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SourceSansPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7D8E2214" w14:textId="5F0384C8" w:rsidR="00402BED" w:rsidRDefault="00402BED">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00923E3D">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>MSP</w:t>
+    </w:r>
+    <w:r w:rsidR="003B14A4" w:rsidRPr="00923E3D">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_VN_</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00923E3D">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2025-</w:t>
+    </w:r>
+    <w:r w:rsidR="000F24E0" w:rsidRPr="00923E3D">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28B59FF9" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="510ED249" w14:textId="77777777" w:rsidR="00BE7799" w:rsidRDefault="00BE7799">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1790E793" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRDefault="000953BF">
+    <w:p w14:paraId="3D0C0EBE" w14:textId="77777777" w:rsidR="00BE7799" w:rsidRDefault="00BE7799">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="76087442" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRDefault="00FE446E">
+    <w:p w14:paraId="621598DC" w14:textId="77777777" w:rsidR="00BE7799" w:rsidRDefault="00BE7799">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRDefault="00FE446E">
+  <w:p w14:paraId="7D5D6C29" w14:textId="77777777" w:rsidR="00FE446E" w:rsidRDefault="00FE446E">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00F261BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E38C34A6"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -5972,50 +10757,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04AC612A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5592129C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="052766D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="902C90B6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6084,51 +10982,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C780FF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B40C57A"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -6203,51 +11101,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11B91C4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED80F854"/>
     <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6315,51 +11213,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18070780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA7AD6A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6428,51 +11326,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A4A47E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743588"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -6547,51 +11445,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A78290D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="477AA3C4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DDF31B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2329FB2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="254B6652"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EBE58BA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -6666,51 +11790,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25A013A8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A796B5D4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26B821ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9336F9EE"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -6785,51 +12022,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E787EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA724F42"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -6904,51 +12141,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31746111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18887678"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7023,51 +12260,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33EE700A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E749936"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7142,51 +12379,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35803338"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76FE5ECA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7261,51 +12498,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38F267D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4DE4250"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7380,51 +12617,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3951101B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14567450"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7499,51 +12736,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42BA228B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F474C23C"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7618,51 +12855,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47CA47F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="614C23C8"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7737,51 +12974,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4911615B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A663136"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7856,51 +13093,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8C5380"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2856D540"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7975,51 +13212,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D115CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FF45FBA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8094,51 +13331,140 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F8F73C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E32D060"/>
+    <w:lvl w:ilvl="0" w:tplc="580A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52FE2CE6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8207,51 +13533,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A77A2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47061730"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8326,51 +13652,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AE84815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A38788A"/>
     <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -8438,51 +13764,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B1B57A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E70E95E0"/>
+    <w:lvl w:ilvl="0" w:tplc="FDF2B430">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBA5FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD246F54"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8557,54 +13996,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A050EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="33B283AE"/>
+    <w:tmpl w:val="A9A6BE8E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -8670,51 +14109,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="656C2A78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB30EEFC"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8789,51 +14228,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="694F4489"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743978"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8908,51 +14347,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF64177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DFE2204"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9027,51 +14466,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9454D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE4CCCAC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9140,51 +14579,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FE5657A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9320A656"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9253,51 +14692,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70622D0C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C694934E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71357237"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F554447E"/>
     <w:lvl w:ilvl="0" w:tplc="2B1A0F00">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FA1CCC7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -9366,51 +14918,51 @@
     <w:lvl w:ilvl="7" w:tplc="1D32862C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B46E4E38">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76044270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2BC335E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9479,51 +15031,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A515737"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24320864"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9592,51 +15144,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA83451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A27289CE"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9711,51 +15263,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EDC08CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE4ECD20"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9797,348 +15349,383 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1136024427">
+  <w:num w:numId="1" w16cid:durableId="1264143361">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1983003862">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1182158493">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1464884071">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="740057186">
+  <w:num w:numId="5" w16cid:durableId="1660037124">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1450124243">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="28531733">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1001275756">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="98569889">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="650866547">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1530294070">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2010984588">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="125664087">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="557672543">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="543181876">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="612175517">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="546373801">
+  <w:num w:numId="17" w16cid:durableId="1219709639">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="485126137">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="109322894">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1245724810">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="127668494">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2003847513">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1126855966">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="380328329">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="110975520">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1433163027">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1721782962">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="56708654">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="870535160">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1341355392">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1434011788">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1626082136">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="918977875">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="798914873">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1337074499">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1707021124">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1382245653">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="874000607">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="520750799">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="900481946">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="40" w16cid:durableId="1260674021">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1550457527">
-[...23 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1987279049">
+  <w:num w:numId="41" w16cid:durableId="1191987975">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2084250903">
-[...63 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="42" w16cid:durableId="1319380531">
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360ABB"/>
     <w:rsid w:val="0000021B"/>
     <w:rsid w:val="00000A01"/>
     <w:rsid w:val="00000BC0"/>
     <w:rsid w:val="000034AE"/>
     <w:rsid w:val="00005958"/>
     <w:rsid w:val="000063A1"/>
     <w:rsid w:val="00014AAE"/>
     <w:rsid w:val="00024D29"/>
     <w:rsid w:val="0002645A"/>
     <w:rsid w:val="0003776B"/>
+    <w:rsid w:val="00037F8F"/>
     <w:rsid w:val="0004554A"/>
+    <w:rsid w:val="00050CCF"/>
     <w:rsid w:val="00051275"/>
+    <w:rsid w:val="000519BB"/>
+    <w:rsid w:val="000668A0"/>
     <w:rsid w:val="00066FD0"/>
     <w:rsid w:val="0007036D"/>
     <w:rsid w:val="0007287A"/>
     <w:rsid w:val="0007541B"/>
     <w:rsid w:val="00085487"/>
+    <w:rsid w:val="00087331"/>
     <w:rsid w:val="00093461"/>
     <w:rsid w:val="000938A6"/>
     <w:rsid w:val="000953BF"/>
     <w:rsid w:val="000A011C"/>
     <w:rsid w:val="000A1924"/>
     <w:rsid w:val="000A1E09"/>
     <w:rsid w:val="000A51D9"/>
     <w:rsid w:val="000B199E"/>
     <w:rsid w:val="000B4A49"/>
     <w:rsid w:val="000C0660"/>
     <w:rsid w:val="000C14CB"/>
     <w:rsid w:val="000D0CDC"/>
     <w:rsid w:val="000D31F7"/>
     <w:rsid w:val="000E116C"/>
     <w:rsid w:val="000E1930"/>
+    <w:rsid w:val="000F24E0"/>
     <w:rsid w:val="000F4114"/>
     <w:rsid w:val="000F7650"/>
     <w:rsid w:val="001007F6"/>
     <w:rsid w:val="00101D5A"/>
     <w:rsid w:val="00106BCB"/>
     <w:rsid w:val="00107051"/>
     <w:rsid w:val="00107D22"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00113AB4"/>
     <w:rsid w:val="001230AF"/>
     <w:rsid w:val="001246F0"/>
     <w:rsid w:val="0013324A"/>
     <w:rsid w:val="00134365"/>
     <w:rsid w:val="001401F5"/>
     <w:rsid w:val="001412F3"/>
+    <w:rsid w:val="00153A15"/>
+    <w:rsid w:val="00154F4A"/>
     <w:rsid w:val="00155D73"/>
     <w:rsid w:val="001569D8"/>
     <w:rsid w:val="0016018F"/>
     <w:rsid w:val="001615A2"/>
     <w:rsid w:val="00165D44"/>
     <w:rsid w:val="00171F97"/>
     <w:rsid w:val="00174819"/>
     <w:rsid w:val="00185183"/>
     <w:rsid w:val="00192BDA"/>
+    <w:rsid w:val="0019314C"/>
     <w:rsid w:val="0019338D"/>
     <w:rsid w:val="0019513F"/>
     <w:rsid w:val="00195909"/>
     <w:rsid w:val="0019670F"/>
     <w:rsid w:val="001967D0"/>
     <w:rsid w:val="001A0CB0"/>
     <w:rsid w:val="001A1675"/>
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001B546D"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
     <w:rsid w:val="001D563E"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
     <w:rsid w:val="001E22D7"/>
     <w:rsid w:val="001E519B"/>
     <w:rsid w:val="001F3DB7"/>
     <w:rsid w:val="00200957"/>
     <w:rsid w:val="00200964"/>
     <w:rsid w:val="00201654"/>
     <w:rsid w:val="00203CA2"/>
     <w:rsid w:val="00204740"/>
     <w:rsid w:val="00207AAA"/>
     <w:rsid w:val="0021072C"/>
     <w:rsid w:val="00213D96"/>
     <w:rsid w:val="002146F9"/>
     <w:rsid w:val="002222C4"/>
     <w:rsid w:val="00222F00"/>
     <w:rsid w:val="00231BE7"/>
     <w:rsid w:val="002343CA"/>
+    <w:rsid w:val="0023769E"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="00243B8B"/>
     <w:rsid w:val="0024438A"/>
     <w:rsid w:val="002547EC"/>
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
     <w:rsid w:val="002A6595"/>
+    <w:rsid w:val="002B7727"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C5EBA"/>
     <w:rsid w:val="002C6E37"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
     <w:rsid w:val="002E09E5"/>
     <w:rsid w:val="002E2B3F"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
     <w:rsid w:val="002F448A"/>
     <w:rsid w:val="00300B53"/>
     <w:rsid w:val="00302C5E"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="0032516B"/>
     <w:rsid w:val="003259FD"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
+    <w:rsid w:val="00341723"/>
     <w:rsid w:val="00343B9F"/>
     <w:rsid w:val="0034515B"/>
     <w:rsid w:val="00345187"/>
     <w:rsid w:val="00355FB4"/>
     <w:rsid w:val="00360ABB"/>
     <w:rsid w:val="00366E2F"/>
     <w:rsid w:val="00381CA0"/>
     <w:rsid w:val="00383294"/>
     <w:rsid w:val="0038573C"/>
     <w:rsid w:val="00385E75"/>
+    <w:rsid w:val="00387BBF"/>
     <w:rsid w:val="00391F73"/>
     <w:rsid w:val="00397782"/>
     <w:rsid w:val="003A1716"/>
     <w:rsid w:val="003B03FE"/>
+    <w:rsid w:val="003B14A4"/>
     <w:rsid w:val="003B249C"/>
     <w:rsid w:val="003B270C"/>
     <w:rsid w:val="003B2FC1"/>
     <w:rsid w:val="003B374F"/>
+    <w:rsid w:val="003C18FE"/>
     <w:rsid w:val="003D3211"/>
     <w:rsid w:val="003D5BFF"/>
     <w:rsid w:val="003D6B91"/>
     <w:rsid w:val="003E14CD"/>
     <w:rsid w:val="003E2DBC"/>
-    <w:rsid w:val="003E5089"/>
     <w:rsid w:val="003E58CB"/>
     <w:rsid w:val="003E63C8"/>
     <w:rsid w:val="003F0BF9"/>
+    <w:rsid w:val="003F1E6E"/>
     <w:rsid w:val="003F71C8"/>
     <w:rsid w:val="00400621"/>
     <w:rsid w:val="004019BC"/>
+    <w:rsid w:val="00402BED"/>
     <w:rsid w:val="00403AD2"/>
     <w:rsid w:val="004102E9"/>
     <w:rsid w:val="00411EDB"/>
     <w:rsid w:val="004120F6"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00413157"/>
     <w:rsid w:val="004166CA"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00422BAF"/>
     <w:rsid w:val="00424EB5"/>
     <w:rsid w:val="004318FE"/>
     <w:rsid w:val="00432661"/>
     <w:rsid w:val="00432E1C"/>
     <w:rsid w:val="0043347A"/>
     <w:rsid w:val="00434244"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004417C1"/>
     <w:rsid w:val="00452DD7"/>
     <w:rsid w:val="004708BC"/>
     <w:rsid w:val="00481271"/>
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00493CE3"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="00496C63"/>
     <w:rsid w:val="004A5FB4"/>
@@ -10148,123 +15735,129 @@
     <w:rsid w:val="004B0622"/>
     <w:rsid w:val="004B0B37"/>
     <w:rsid w:val="004C1053"/>
     <w:rsid w:val="004C10E1"/>
     <w:rsid w:val="004C370E"/>
     <w:rsid w:val="004C372A"/>
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D6934"/>
     <w:rsid w:val="004E5359"/>
     <w:rsid w:val="004F5306"/>
     <w:rsid w:val="004F5AA1"/>
     <w:rsid w:val="0050046B"/>
     <w:rsid w:val="00505718"/>
     <w:rsid w:val="00505740"/>
     <w:rsid w:val="005158EE"/>
     <w:rsid w:val="00517FC5"/>
     <w:rsid w:val="00520AE6"/>
     <w:rsid w:val="00523DBE"/>
     <w:rsid w:val="00526C3C"/>
     <w:rsid w:val="005307E8"/>
     <w:rsid w:val="00537598"/>
     <w:rsid w:val="00537942"/>
     <w:rsid w:val="00540B4E"/>
     <w:rsid w:val="00543E13"/>
+    <w:rsid w:val="00545E7F"/>
     <w:rsid w:val="005523E6"/>
     <w:rsid w:val="00552D93"/>
+    <w:rsid w:val="00553914"/>
     <w:rsid w:val="005544F8"/>
     <w:rsid w:val="0056132D"/>
     <w:rsid w:val="00565CC6"/>
     <w:rsid w:val="00572FC4"/>
     <w:rsid w:val="00584D36"/>
     <w:rsid w:val="0059010C"/>
     <w:rsid w:val="005925E5"/>
     <w:rsid w:val="005A0386"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A1F9C"/>
     <w:rsid w:val="005A259F"/>
     <w:rsid w:val="005A486E"/>
     <w:rsid w:val="005A76B3"/>
     <w:rsid w:val="005B5136"/>
     <w:rsid w:val="005B7469"/>
     <w:rsid w:val="005B76F6"/>
     <w:rsid w:val="005C1C60"/>
     <w:rsid w:val="005C583A"/>
     <w:rsid w:val="005D0EBA"/>
     <w:rsid w:val="005D2AC4"/>
     <w:rsid w:val="005E46C6"/>
     <w:rsid w:val="005F2B92"/>
     <w:rsid w:val="005F62BB"/>
     <w:rsid w:val="00601BD8"/>
     <w:rsid w:val="006106DB"/>
     <w:rsid w:val="00610911"/>
     <w:rsid w:val="00622D9E"/>
     <w:rsid w:val="006345C4"/>
     <w:rsid w:val="00635C08"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00645C78"/>
     <w:rsid w:val="00646DBF"/>
     <w:rsid w:val="00650876"/>
+    <w:rsid w:val="00651CED"/>
     <w:rsid w:val="0065235D"/>
     <w:rsid w:val="0065783F"/>
     <w:rsid w:val="00657D3F"/>
     <w:rsid w:val="00662C03"/>
     <w:rsid w:val="00673D4F"/>
+    <w:rsid w:val="00677011"/>
     <w:rsid w:val="006816B4"/>
     <w:rsid w:val="00683DC5"/>
     <w:rsid w:val="00685C3B"/>
     <w:rsid w:val="006A2D74"/>
     <w:rsid w:val="006A2E8C"/>
     <w:rsid w:val="006A3BD7"/>
     <w:rsid w:val="006A78A8"/>
     <w:rsid w:val="006B0873"/>
     <w:rsid w:val="006B0BFA"/>
     <w:rsid w:val="006C07CA"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
     <w:rsid w:val="006D03A3"/>
     <w:rsid w:val="006E07E0"/>
     <w:rsid w:val="006E31B1"/>
     <w:rsid w:val="006E5D70"/>
     <w:rsid w:val="006F06AB"/>
     <w:rsid w:val="006F63C0"/>
     <w:rsid w:val="00700368"/>
     <w:rsid w:val="007159CF"/>
     <w:rsid w:val="00720D5F"/>
     <w:rsid w:val="0072129C"/>
     <w:rsid w:val="00721B17"/>
     <w:rsid w:val="00723E58"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="0073068A"/>
+    <w:rsid w:val="0073291B"/>
     <w:rsid w:val="0073351B"/>
     <w:rsid w:val="00742460"/>
     <w:rsid w:val="00746292"/>
+    <w:rsid w:val="00751A48"/>
     <w:rsid w:val="00751AF0"/>
     <w:rsid w:val="00752B0A"/>
     <w:rsid w:val="007558C6"/>
     <w:rsid w:val="00755E22"/>
     <w:rsid w:val="00761049"/>
     <w:rsid w:val="007651D3"/>
     <w:rsid w:val="00770645"/>
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
     <w:rsid w:val="007965A1"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
     <w:rsid w:val="007B4EAF"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
@@ -10279,331 +15872,362 @@
     <w:rsid w:val="00825CEF"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="008302D4"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="00844546"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00865E17"/>
     <w:rsid w:val="0087195A"/>
     <w:rsid w:val="0087444D"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="00887459"/>
     <w:rsid w:val="00892E5B"/>
     <w:rsid w:val="00896AE6"/>
     <w:rsid w:val="008A258A"/>
     <w:rsid w:val="008A7CF5"/>
     <w:rsid w:val="008B069A"/>
     <w:rsid w:val="008B3858"/>
     <w:rsid w:val="008B3E09"/>
     <w:rsid w:val="008B4097"/>
     <w:rsid w:val="008C0B12"/>
     <w:rsid w:val="008C16BA"/>
     <w:rsid w:val="008C3A1D"/>
+    <w:rsid w:val="008C4FB9"/>
     <w:rsid w:val="008C63B9"/>
     <w:rsid w:val="008E04CA"/>
     <w:rsid w:val="008E073B"/>
     <w:rsid w:val="008E09CA"/>
     <w:rsid w:val="008E212B"/>
     <w:rsid w:val="008E6F24"/>
     <w:rsid w:val="008E7876"/>
+    <w:rsid w:val="008F04E6"/>
     <w:rsid w:val="008F0E6A"/>
     <w:rsid w:val="008F4E4F"/>
     <w:rsid w:val="008F6E8C"/>
+    <w:rsid w:val="008F7A03"/>
     <w:rsid w:val="009013EF"/>
     <w:rsid w:val="00902E45"/>
     <w:rsid w:val="00907C16"/>
     <w:rsid w:val="00911913"/>
     <w:rsid w:val="00911D6C"/>
     <w:rsid w:val="00912872"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="0091680C"/>
     <w:rsid w:val="009237EA"/>
+    <w:rsid w:val="00923E3D"/>
     <w:rsid w:val="0092699F"/>
+    <w:rsid w:val="00932C0C"/>
     <w:rsid w:val="009330EA"/>
     <w:rsid w:val="00933A9B"/>
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
     <w:rsid w:val="00942DE7"/>
+    <w:rsid w:val="00944985"/>
     <w:rsid w:val="00945B42"/>
     <w:rsid w:val="009464A6"/>
     <w:rsid w:val="00960511"/>
     <w:rsid w:val="00963EBB"/>
     <w:rsid w:val="00975CC6"/>
     <w:rsid w:val="0098340E"/>
+    <w:rsid w:val="00986DFF"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="00991B95"/>
     <w:rsid w:val="00993891"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="009A111E"/>
     <w:rsid w:val="009B3F2E"/>
     <w:rsid w:val="009B4614"/>
+    <w:rsid w:val="009B59F0"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
     <w:rsid w:val="009D5893"/>
     <w:rsid w:val="009D6DDA"/>
+    <w:rsid w:val="009F13E3"/>
     <w:rsid w:val="00A00503"/>
     <w:rsid w:val="00A02A5D"/>
     <w:rsid w:val="00A039DF"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A145FF"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
     <w:rsid w:val="00A26786"/>
     <w:rsid w:val="00A33534"/>
+    <w:rsid w:val="00A40752"/>
     <w:rsid w:val="00A429B2"/>
     <w:rsid w:val="00A53DA0"/>
+    <w:rsid w:val="00A605C4"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A6565A"/>
+    <w:rsid w:val="00A70250"/>
+    <w:rsid w:val="00A73060"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
+    <w:rsid w:val="00A7657B"/>
     <w:rsid w:val="00A770C1"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
     <w:rsid w:val="00A91F58"/>
-    <w:rsid w:val="00AA1ED4"/>
+    <w:rsid w:val="00A96019"/>
+    <w:rsid w:val="00AA3235"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AD3E82"/>
     <w:rsid w:val="00AE42EF"/>
     <w:rsid w:val="00AE4D41"/>
     <w:rsid w:val="00AE5374"/>
     <w:rsid w:val="00AF0645"/>
     <w:rsid w:val="00AF22EC"/>
     <w:rsid w:val="00AF3689"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF6150"/>
     <w:rsid w:val="00B012CE"/>
     <w:rsid w:val="00B02C70"/>
     <w:rsid w:val="00B05ECC"/>
     <w:rsid w:val="00B1149F"/>
     <w:rsid w:val="00B12474"/>
     <w:rsid w:val="00B26545"/>
     <w:rsid w:val="00B32F0E"/>
     <w:rsid w:val="00B344BC"/>
     <w:rsid w:val="00B42E50"/>
     <w:rsid w:val="00B45E87"/>
     <w:rsid w:val="00B479FA"/>
+    <w:rsid w:val="00B520D1"/>
     <w:rsid w:val="00B56736"/>
     <w:rsid w:val="00B60CBE"/>
     <w:rsid w:val="00B61B98"/>
     <w:rsid w:val="00B627A7"/>
     <w:rsid w:val="00B66544"/>
     <w:rsid w:val="00B666C2"/>
     <w:rsid w:val="00B67038"/>
     <w:rsid w:val="00B67308"/>
     <w:rsid w:val="00B67BE6"/>
     <w:rsid w:val="00B72583"/>
     <w:rsid w:val="00B80DCA"/>
     <w:rsid w:val="00B841F8"/>
     <w:rsid w:val="00B90C8A"/>
     <w:rsid w:val="00B920F2"/>
     <w:rsid w:val="00B947D7"/>
     <w:rsid w:val="00BA06CD"/>
     <w:rsid w:val="00BB118B"/>
+    <w:rsid w:val="00BB5795"/>
     <w:rsid w:val="00BC3427"/>
     <w:rsid w:val="00BD69E2"/>
     <w:rsid w:val="00BE1CDF"/>
+    <w:rsid w:val="00BE7799"/>
     <w:rsid w:val="00BF4965"/>
     <w:rsid w:val="00C10489"/>
     <w:rsid w:val="00C1090B"/>
     <w:rsid w:val="00C13B7E"/>
     <w:rsid w:val="00C2273C"/>
     <w:rsid w:val="00C24E74"/>
     <w:rsid w:val="00C262A7"/>
     <w:rsid w:val="00C2718D"/>
     <w:rsid w:val="00C27695"/>
     <w:rsid w:val="00C27BFA"/>
     <w:rsid w:val="00C30627"/>
     <w:rsid w:val="00C30E69"/>
     <w:rsid w:val="00C33609"/>
     <w:rsid w:val="00C3399D"/>
+    <w:rsid w:val="00C377AB"/>
     <w:rsid w:val="00C44C7F"/>
     <w:rsid w:val="00C46FE2"/>
     <w:rsid w:val="00C5050C"/>
     <w:rsid w:val="00C50CD6"/>
     <w:rsid w:val="00C52181"/>
     <w:rsid w:val="00C529D7"/>
     <w:rsid w:val="00C55C6E"/>
     <w:rsid w:val="00C611B1"/>
     <w:rsid w:val="00C620AB"/>
     <w:rsid w:val="00C634C7"/>
     <w:rsid w:val="00C65B72"/>
     <w:rsid w:val="00C6661B"/>
     <w:rsid w:val="00C70D9D"/>
     <w:rsid w:val="00C742DE"/>
     <w:rsid w:val="00C75A1A"/>
     <w:rsid w:val="00C76C19"/>
     <w:rsid w:val="00C8060A"/>
     <w:rsid w:val="00C86302"/>
     <w:rsid w:val="00C93854"/>
     <w:rsid w:val="00CA1743"/>
     <w:rsid w:val="00CA1915"/>
     <w:rsid w:val="00CA3AEB"/>
     <w:rsid w:val="00CA40C4"/>
     <w:rsid w:val="00CA5469"/>
     <w:rsid w:val="00CB0965"/>
     <w:rsid w:val="00CB0F6D"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CB5E5A"/>
     <w:rsid w:val="00CC0BB0"/>
     <w:rsid w:val="00CC6304"/>
     <w:rsid w:val="00CC6535"/>
     <w:rsid w:val="00CE29C7"/>
     <w:rsid w:val="00CF26F8"/>
     <w:rsid w:val="00CF6286"/>
     <w:rsid w:val="00D01F40"/>
+    <w:rsid w:val="00D0507A"/>
+    <w:rsid w:val="00D10795"/>
+    <w:rsid w:val="00D12AFC"/>
     <w:rsid w:val="00D15374"/>
+    <w:rsid w:val="00D21A7F"/>
     <w:rsid w:val="00D224EF"/>
     <w:rsid w:val="00D278DD"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
+    <w:rsid w:val="00D31D90"/>
     <w:rsid w:val="00D372BD"/>
     <w:rsid w:val="00D400F5"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
     <w:rsid w:val="00D77E78"/>
     <w:rsid w:val="00D838D0"/>
+    <w:rsid w:val="00D933EC"/>
     <w:rsid w:val="00D965E3"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
     <w:rsid w:val="00DA19DD"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB7D50"/>
+    <w:rsid w:val="00DC31D3"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DD7FF7"/>
     <w:rsid w:val="00DE4B6F"/>
     <w:rsid w:val="00DE5B3B"/>
     <w:rsid w:val="00DF0557"/>
     <w:rsid w:val="00DF2FAC"/>
     <w:rsid w:val="00E055E1"/>
     <w:rsid w:val="00E07F1C"/>
+    <w:rsid w:val="00E13A80"/>
     <w:rsid w:val="00E14A80"/>
     <w:rsid w:val="00E14D48"/>
     <w:rsid w:val="00E1639E"/>
     <w:rsid w:val="00E16FBB"/>
     <w:rsid w:val="00E23682"/>
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E37C8C"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
+    <w:rsid w:val="00E4749D"/>
     <w:rsid w:val="00E51569"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E62A3D"/>
     <w:rsid w:val="00E71B09"/>
     <w:rsid w:val="00E73BC3"/>
     <w:rsid w:val="00E80549"/>
     <w:rsid w:val="00E821B9"/>
     <w:rsid w:val="00E8293A"/>
     <w:rsid w:val="00E8380C"/>
     <w:rsid w:val="00E9639B"/>
     <w:rsid w:val="00EA0C5E"/>
     <w:rsid w:val="00EA14B4"/>
     <w:rsid w:val="00EB2DE4"/>
     <w:rsid w:val="00EB315B"/>
     <w:rsid w:val="00EB432F"/>
     <w:rsid w:val="00EC1C24"/>
     <w:rsid w:val="00EC6011"/>
     <w:rsid w:val="00EC6DBA"/>
     <w:rsid w:val="00ED37CC"/>
     <w:rsid w:val="00ED65C1"/>
     <w:rsid w:val="00EE3D15"/>
     <w:rsid w:val="00EF45FA"/>
     <w:rsid w:val="00EF5011"/>
     <w:rsid w:val="00EF53B2"/>
     <w:rsid w:val="00EF6C0D"/>
     <w:rsid w:val="00F039C9"/>
     <w:rsid w:val="00F0484A"/>
     <w:rsid w:val="00F04C7F"/>
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
+    <w:rsid w:val="00F52483"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F555EA"/>
     <w:rsid w:val="00F55BD5"/>
     <w:rsid w:val="00F6255A"/>
     <w:rsid w:val="00F65CBC"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73E3D"/>
     <w:rsid w:val="00F7777A"/>
     <w:rsid w:val="00F81344"/>
     <w:rsid w:val="00F8653B"/>
     <w:rsid w:val="00F90C02"/>
     <w:rsid w:val="00F93EA9"/>
     <w:rsid w:val="00F945E9"/>
+    <w:rsid w:val="00F94661"/>
     <w:rsid w:val="00F97F3E"/>
     <w:rsid w:val="00FA1C6D"/>
     <w:rsid w:val="00FA521F"/>
     <w:rsid w:val="00FB2469"/>
     <w:rsid w:val="00FB3C85"/>
+    <w:rsid w:val="00FC45C4"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
     <w:rsid w:val="00FD5AC6"/>
     <w:rsid w:val="00FD6378"/>
     <w:rsid w:val="00FE0F4A"/>
     <w:rsid w:val="00FE3017"/>
     <w:rsid w:val="00FE446E"/>
     <w:rsid w:val="00FE6831"/>
     <w:rsid w:val="00FF39CF"/>
     <w:rsid w:val="02394EAF"/>
     <w:rsid w:val="02EB097A"/>
     <w:rsid w:val="031A320B"/>
     <w:rsid w:val="03E3C641"/>
     <w:rsid w:val="03F46904"/>
     <w:rsid w:val="0460C805"/>
     <w:rsid w:val="04B6026C"/>
     <w:rsid w:val="06C200D6"/>
     <w:rsid w:val="085DD137"/>
     <w:rsid w:val="091B787E"/>
     <w:rsid w:val="0A2EADB6"/>
     <w:rsid w:val="0B2543F0"/>
     <w:rsid w:val="0DBD3D65"/>
     <w:rsid w:val="0EEBC9C3"/>
     <w:rsid w:val="0FA88EC5"/>
     <w:rsid w:val="117B5D17"/>
@@ -10641,71 +16265,71 @@
     <w:rsid w:val="51D627CC"/>
     <w:rsid w:val="53910EF1"/>
     <w:rsid w:val="54740E8B"/>
     <w:rsid w:val="54981622"/>
     <w:rsid w:val="57CBE359"/>
     <w:rsid w:val="5CF1089B"/>
     <w:rsid w:val="5DA81F40"/>
     <w:rsid w:val="5DB92D40"/>
     <w:rsid w:val="6028A95D"/>
     <w:rsid w:val="63B60DD6"/>
     <w:rsid w:val="640186B4"/>
     <w:rsid w:val="645C65BB"/>
     <w:rsid w:val="64C0A839"/>
     <w:rsid w:val="673BEE73"/>
     <w:rsid w:val="6C5DB6A5"/>
     <w:rsid w:val="6CBB10A7"/>
     <w:rsid w:val="7BEE3880"/>
     <w:rsid w:val="7E4081D1"/>
     <w:rsid w:val="7FD2F543"/>
     <w:rsid w:val="7FE29148"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="vi-VN"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="15EC1037"/>
-  <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
+  <w14:docId w14:val="3605DF25"/>
+  <w15:docId w15:val="{BEB89C70-A88D-4270-9CC3-16E867A3FACA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:lang w:val="es-419" w:eastAsia="es-419" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11822,66 +17446,64 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D5BFF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7552C"/>
@@ -11990,223 +17612,245 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00907C16"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00907C16"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00907C16"/>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention3">
+    <w:name w:val="Unresolved Mention3"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007651D3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading11">
     <w:name w:val="P68B1DB1-Heading11"/>
     <w:basedOn w:val="Heading1"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading12">
     <w:name w:val="P68B1DB1-Heading12"/>
     <w:basedOn w:val="Heading1"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:sz w:val="36"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading33">
     <w:name w:val="P68B1DB1-Heading33"/>
     <w:basedOn w:val="Heading3"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-bodymain4">
     <w:name w:val="P68B1DB1-bodymain4"/>
     <w:basedOn w:val="bodymain"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-NoParagraphStyle5">
     <w:name w:val="P68B1DB1-NoParagraphStyle5"/>
     <w:basedOn w:val="NoParagraphStyle"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Normal6">
     <w:name w:val="P68B1DB1-Normal6"/>
     <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading17">
     <w:name w:val="P68B1DB1-Heading17"/>
     <w:basedOn w:val="Heading1"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Subtitle8">
     <w:name w:val="P68B1DB1-Subtitle8"/>
     <w:basedOn w:val="Subtitle"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Normal9">
     <w:name w:val="P68B1DB1-Normal9"/>
     <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading210">
     <w:name w:val="P68B1DB1-Heading210"/>
     <w:basedOn w:val="Heading2"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Normal11">
     <w:name w:val="P68B1DB1-Normal11"/>
     <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading212">
     <w:name w:val="P68B1DB1-Heading212"/>
     <w:basedOn w:val="Heading2"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-NoSpacing13">
     <w:name w:val="P68B1DB1-NoSpacing13"/>
     <w:basedOn w:val="NoSpacing"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Normal14">
     <w:name w:val="P68B1DB1-Normal14"/>
     <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:rFonts w:ascii="BentonSansComp Book" w:hAnsi="BentonSansComp Book"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading315">
     <w:name w:val="P68B1DB1-Heading315"/>
     <w:basedOn w:val="Heading3"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading216">
     <w:name w:val="P68B1DB1-Heading216"/>
     <w:basedOn w:val="Heading2"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-ListParagraph17">
     <w:name w:val="P68B1DB1-ListParagraph17"/>
     <w:basedOn w:val="ListParagraph"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading318">
     <w:name w:val="P68B1DB1-Heading318"/>
     <w:basedOn w:val="Heading3"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Normal19">
     <w:name w:val="P68B1DB1-Normal19"/>
     <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Heading320">
     <w:name w:val="P68B1DB1-Heading320"/>
     <w:basedOn w:val="Heading3"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Normal21">
     <w:name w:val="P68B1DB1-Normal21"/>
     <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="P68B1DB1-Style22">
     <w:name w:val="P68B1DB1-Style22"/>
     <w:basedOn w:val="Style"/>
+    <w:rsid w:val="00341723"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa16">
     <w:name w:val="Pa16"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="6CBB10A7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="201" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -12249,51 +17893,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1337733578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FNSCIVILRIGHTSCOMPLAINTS@usda.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FNSCIVILRIGHTSCOMPLAINTS@usda.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12555,70 +18199,99 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ABEB2B8-E7FA-4B9F-8BA6-67700F19C2FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>31483</Characters>
+  <Pages>25</Pages>
+  <Words>11959</Words>
+  <Characters>42933</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>262</Lines>
-  <Paragraphs>73</Paragraphs>
+  <Lines>876</Lines>
+  <Paragraphs>596</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36933</CharactersWithSpaces>
+  <CharactersWithSpaces>54296</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1665d9ee-429a-4d5f-97cc-cfb56e044a6e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1665d9ee-429a-4d5f-97cc-cfb56e044a6e_SetDate">
+    <vt:lpwstr>2025-11-11T01:59:15Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1665d9ee-429a-4d5f-97cc-cfb56e044a6e_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1665d9ee-429a-4d5f-97cc-cfb56e044a6e_Name">
+    <vt:lpwstr>1665d9ee-429a-4d5f-97cc-cfb56e044a6e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1665d9ee-429a-4d5f-97cc-cfb56e044a6e_SiteId">
+    <vt:lpwstr>66cf5074-5afe-48d1-a691-a12b2121f44b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1665d9ee-429a-4d5f-97cc-cfb56e044a6e_ActionId">
+    <vt:lpwstr>3d25d9f3-fce7-4322-9271-a412fc2fa778</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1665d9ee-429a-4d5f-97cc-cfb56e044a6e_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1665d9ee-429a-4d5f-97cc-cfb56e044a6e_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>