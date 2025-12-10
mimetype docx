--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -1,39 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0D4D019E" w14:textId="42A67E9B" w:rsidR="002E4877" w:rsidRPr="003D4391" w:rsidRDefault="002E4877" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
@@ -69,378 +70,521 @@
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>计划</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F468F9" w14:textId="77777777" w:rsidR="00A8316D" w:rsidRPr="003D4391" w:rsidRDefault="00A8316D" w:rsidP="00A8316D">
+    <w:p w14:paraId="3205EA6C" w14:textId="6F0F576D" w:rsidR="00721B17" w:rsidRPr="003D4391" w:rsidRDefault="00721B17" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3205EA6C" w14:textId="6F0F576D" w:rsidR="00721B17" w:rsidRPr="003D4391" w:rsidRDefault="00721B17" w:rsidP="00A8316D">
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>本申请旨在了解您是否有资格获得支付</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare Part B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>保费、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicare Part A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>保费（如有）或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Part A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Part B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>共付额或免赔额的帮助。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE59474" w14:textId="0853E0BF" w:rsidR="006C3A1D" w:rsidRPr="003D4391" w:rsidRDefault="00005958" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>本申请旨在了解您是否有资格获得支付</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003D4391">
+        <w:t>承保范围取决于您和您的配偶（如果您已婚）的收入。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B5D38F" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00F12FF1" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:hint="eastAsia"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>保费、</w:t>
+        <w:t>如果您有资格参加</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Medicare Part A </w:t>
+        <w:t xml:space="preserve"> Medicare Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>保费（如有）或</w:t>
+        <w:t>计划，还将为您注册参加</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Part A </w:t>
+        <w:t xml:space="preserve"> Medicare Part D Extra Help</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>或</w:t>
+        <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Part B </w:t>
+        <w:t xml:space="preserve">Extra Help </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>共付额或免赔额的帮助。</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6FE59474" w14:textId="0853E0BF" w:rsidR="006C3A1D" w:rsidRPr="003D4391" w:rsidRDefault="00005958" w:rsidP="00A8316D">
+        <w:t>可帮助支付处方药费用。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A83E6CF" w14:textId="5B1C0C06" w:rsidR="00543E13" w:rsidRPr="003D4391" w:rsidRDefault="00543E13" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...27 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>补充营养援助计划（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>SNAP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）是一项联邦计划，帮助您每月购买食品。如果您感兴趣，请勾选申请表第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>页中的方框，阅读第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86BEF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>页至第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>页中的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>权利和责任，并在第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86BEF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>页签名。然后，您的申请表将自动送交给过渡援助部（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>DTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）。您不必申请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>计划即会考虑让您参加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
-[...14 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>计划。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECE5C4D" w14:textId="77777777" w:rsidR="00C073D3" w:rsidRPr="004A7580" w:rsidRDefault="00C073D3" w:rsidP="008E647D">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>收到您的申请表后会怎样？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB7B6A2" w14:textId="77777777" w:rsidR="00C073D3" w:rsidRPr="004A7580" w:rsidRDefault="00C073D3" w:rsidP="00C073D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>将很快打电话给您进行电话面试，查看您是否可以在七天内获得紧急</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
-[...156 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+    </w:p>
+    <w:p w14:paraId="3BE65BB0" w14:textId="77777777" w:rsidR="00C073D3" w:rsidRPr="004A7580" w:rsidRDefault="00C073D3" w:rsidP="00C073D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>将与您合作，以确认有关您的个案的信息。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F584C14" w14:textId="77777777" w:rsidR="00C073D3" w:rsidRPr="004A7580" w:rsidRDefault="00C073D3" w:rsidP="00C073D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果获得批准，您将领到一张电子福利转账（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>EBT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）卡，用于领取福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDE8D3C" w14:textId="721E911B" w:rsidR="007A6900" w:rsidRPr="00C073D3" w:rsidRDefault="00C073D3" w:rsidP="00C073D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您将在</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>天内收到有关您的决定的通知。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461CB6A5" w14:textId="77777777" w:rsidR="002E22A5" w:rsidRDefault="007A6900" w:rsidP="008E647D">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>我可以有多少资产？</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:br/>
-      </w:r>
+        <w:t>我可以有多少资产？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52004EA4" w14:textId="5697B9A6" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="001E49B5">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:t>马萨诸塞州</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:t xml:space="preserve"> Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:t>计划没有资产限额。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64085C8A" w14:textId="14E1AA19" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
+    <w:p w14:paraId="64085C8A" w14:textId="14E1AA19" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>我可以有多少收入？</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E65F39" w14:textId="30474917" w:rsidR="00565CC6" w:rsidRPr="003D4391" w:rsidRDefault="00565CC6" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>如果您的收入达到或低于此处所列的金额，您可能有资格从其中一项</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
@@ -448,190 +592,194 @@
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>计划获得帮助。</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Income and asset amounts."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2862"/>
         <w:gridCol w:w="3150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A6900" w:rsidRPr="003D4391" w14:paraId="73A8C43A" w14:textId="77777777" w:rsidTr="000F4114">
+      <w:tr w:rsidR="007A6900" w:rsidRPr="003D4391" w14:paraId="73A8C43A" w14:textId="77777777" w:rsidTr="00514BFC">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="423"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68DFFA5A" w14:textId="2AA603B1" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00A8316D">
+          <w:p w14:paraId="68DFFA5A" w14:textId="2AA603B1" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00514BFC">
             <w:pPr>
-              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>您是</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73943711" w14:textId="3E1B2855" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00A8316D">
+          <w:p w14:paraId="73943711" w14:textId="3E1B2855" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00514BFC">
             <w:pPr>
-              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>您的收入达到或低于*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A6900" w:rsidRPr="003D4391" w14:paraId="33ADBF5F" w14:textId="77777777" w:rsidTr="000F4114">
+      <w:tr w:rsidR="007A6900" w:rsidRPr="003D4391" w14:paraId="33ADBF5F" w14:textId="77777777" w:rsidTr="00D655A6">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7CD59D" w14:textId="0D9CAAE2" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00A8316D">
+          <w:p w14:paraId="2C7CD59D" w14:textId="0D9CAAE2" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00D655A6">
             <w:pPr>
-              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>单身个人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1BBB48" w14:textId="0005967D" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="007A6900">
+          <w:p w14:paraId="4C1BBB48" w14:textId="2F28128E" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00D655A6">
             <w:pPr>
-              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>$2,</w:t>
             </w:r>
-            <w:r w:rsidR="00B94BE7">
+            <w:r w:rsidR="00C073D3">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>935</w:t>
             </w:r>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>每月</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A6900" w:rsidRPr="003D4391" w14:paraId="124CE988" w14:textId="77777777" w:rsidTr="000F4114">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2862" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B937322" w14:textId="130052FC" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00A8316D">
+          <w:p w14:paraId="2B937322" w14:textId="130052FC" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00D655A6">
             <w:pPr>
-              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>已婚夫妇</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52B4AE1A" w14:textId="02BAD46D" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="007A6900">
+          <w:p w14:paraId="52B4AE1A" w14:textId="0D46B305" w:rsidR="007A6900" w:rsidRPr="003D4391" w:rsidRDefault="007A6900" w:rsidP="00D655A6">
             <w:pPr>
-              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>$3,</w:t>
             </w:r>
-            <w:r w:rsidR="00B94BE7">
+            <w:r w:rsidR="00C073D3">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>966</w:t>
             </w:r>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="003D4391">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Microsoft YaHei" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>每月</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1559C816" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="000F4114" w:rsidP="00A8316D">
       <w:pPr>
@@ -658,151 +806,168 @@
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日变更。</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16753B2C" w14:textId="3C8D1CF5" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="0032516B" w:rsidP="00A8316D">
-[...1 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+    <w:p w14:paraId="16753B2C" w14:textId="3C8D1CF5" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="0032516B" w:rsidP="00D655A6">
+      <w:pPr>
+        <w:spacing w:line="160" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F62CBEA" w14:textId="0C9CBF2B" w:rsidR="00505740" w:rsidRPr="003D4391" w:rsidRDefault="00820069" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>您可以在以下网站查找有关收入限额的最新信息：</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="008932E1" w:rsidRPr="003D4391">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:hint="eastAsia"/>
           </w:rPr>
           <w:t>www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCB3777" w14:textId="3F1736A0" w:rsidR="0003776B" w:rsidRPr="003D4391" w:rsidRDefault="00565CC6" w:rsidP="00A8316D">
+    <w:p w14:paraId="1DCB3777" w14:textId="3D0D240C" w:rsidR="0003776B" w:rsidRDefault="00565CC6" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>当我们计算您的可计入收入时，</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>可能会从您的总收入中扣除某些扣除额。</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">130 CMR 520.012 </w:t>
+        <w:t xml:space="preserve">130 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 520.012 </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>至</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 520.014 </w:t>
       </w:r>
       <w:r w:rsidR="001920A3" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>的</w:t>
       </w:r>
       <w:r w:rsidR="007A6900" w:rsidRPr="003D4391">
         <w:t>法规</w:t>
       </w:r>
       <w:r w:rsidR="001920A3" w:rsidRPr="003D4391">
         <w:t>中</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>描述了这些扣除额。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670CC805" w14:textId="387EF4B5" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00F44A8A" w:rsidP="00A8316D">
+    <w:p w14:paraId="71547670" w14:textId="505096EE" w:rsidR="002E22A5" w:rsidRDefault="002E22A5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670CC805" w14:textId="19BF55E9" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00F44A8A" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:r>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>如果我有资格参加其中一项</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Medicare Savings</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1027,228 +1192,246 @@
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>支付的</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Part B </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>保费金额。您将获得这笔退款，就像您现在获得社会安全福利一样。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173F3902" w14:textId="77777777" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
+    <w:p w14:paraId="173F3902" w14:textId="77777777" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00D655A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>保险何时开始？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7933E950" w14:textId="31D1CF89" w:rsidR="00E52B5C" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>保险何时开始？</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7933E950" w14:textId="31D1CF89" w:rsidR="00E52B5C" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
+        <w:t>您将收到有关您的保险及其开始时间的通知邮件。您的保险可能会在我们处理您的申请表的当月或最早在该日期前三个月开始。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527AB292" w14:textId="61078987" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>您将收到有关您的保险及其开始时间的通知邮件。您的保险可能会在我们处理您的申请表的当月或最早在该日期前三个月开始。</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="527AB292" w14:textId="61078987" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
+        <w:t>如果您不合格，通知将告诉您不合格的原因。如果您认为决定错误，您有权提出上诉。书面通知背面列有关于如何上诉的信息。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587CED0C" w14:textId="6A05DD60" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00D655A6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>我们如何使用您的社会安全号码</w:t>
+      </w:r>
+      <w:r w:rsidR="008932E1" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4358E6B9" w14:textId="098899B2" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>如果您不合格，通知将告诉您不合格的原因。如果您认为决定错误，您有权提出上诉。书面通知背面列有关于如何上诉的信息。</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>除非适用下列一种例外情况，否则您必须向我们提供每名申请的家庭成员的社会安全号码（</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）或已申请社会安全号码的证明。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
+    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00D655A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="360" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>例外情况</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="003D4391" w:rsidRDefault="003D5BFF" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>如果您或您的任何家庭成员符合以下情况，则无需向我们提供</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> SSN </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>或已申请</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> SSN </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>的证明：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664C8632" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
+    <w:p w14:paraId="664C8632" w14:textId="6C4E8049" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>享有联邦法律中描述的宗教豁免；</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A919ED2" w14:textId="23EA15A1" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
+        <w:t>享有联邦法律中描述的宗教豁免</w:t>
+      </w:r>
+      <w:r w:rsidR="00C073D3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A919ED2" w14:textId="1A9C5693" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>仅符合申请非工作</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> SSN </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>的资格；或者</w:t>
+        <w:t>的资格</w:t>
+      </w:r>
+      <w:r w:rsidR="00C073D3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>或者</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F86C40A" w14:textId="5623EFDB" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>没有资格申请</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> SSN</w:t>
@@ -1406,70 +1589,70 @@
         <w:t xml:space="preserve"> Medicaid </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>服务中心</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA5B242" w14:textId="7ACBBE27" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>机动车辆登记处</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB44DBE" w14:textId="51B87D8E" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>税务部（</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>DOR</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26173B9B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="003D4391" w:rsidRDefault="00E16FBB" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
@@ -1628,54 +1811,54 @@
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>可能会从银行和其他金融机构获取您的财务记录（以及您的家庭成员的财务记录（如适用）），以便验证您的财务资源，并以其他方式确定您是</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>会员期间的资格。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66EC9346" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="00A8316D">
+    <w:p w14:paraId="66EC9346" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="00B11AEF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>我如何申请</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare Savings</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>计划？</w:t>
       </w:r>
@@ -1718,150 +1901,164 @@
     </w:p>
     <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>在填妥的申请表中签名，并且</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEE961D" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="00A8316D">
+    <w:p w14:paraId="7AEE961D" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="008E647D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>寄至：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E01DAEF" w14:textId="7C81CDA8" w:rsidR="00B947D7" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="008E647D">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1627"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>MassHealth Enrollment Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">PO Box 4405 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Taunton, MA  02780-0968</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1838DB2B" w14:textId="14F24711" w:rsidR="00B947D7" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003D4391">
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>传真至：</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4CA5" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>(857) 323-8300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F51E846" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00B26545" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:hint="eastAsia"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E01DAEF" w14:textId="7C81CDA8" w:rsidR="00B947D7" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="00A8316D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>亲自递送至：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D01475" w14:textId="1CDAC205" w:rsidR="00E1639E" w:rsidRPr="003D4391" w:rsidRDefault="00B627A7" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>MassHealth Enrollment Center</w:t>
+        <w:t xml:space="preserve">MassHealth Enrollment Center </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">PO Box 4405 </w:t>
-[...66 lines deleted...]
-        <w:t>The Schrafft Center</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Schrafft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Center</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:br/>
         <w:t>529 Main St., Suite 1M</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:br/>
         <w:t>Charlestown, MA  02120</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="583CBA04" w14:textId="1F2763DC" w:rsidR="00B947D7" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -1938,153 +2135,159 @@
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>如果您希望某人以您的经授权代表身份代表您行事，请使用随附的“经授权代表指定表”（</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ARD</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）告诉我们。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E5B9633" w14:textId="43BC7FB2" w:rsidR="00B947D7" w:rsidRPr="003D4391" w:rsidRDefault="00B947D7" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>请注意，本申请表仅适用于</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare Savings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>计划。如果您希望通过一份申请表来申请所有的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>计划（包括支付</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>费用帮助），请联系</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，电话号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (800) 841-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>请注意，本申请表仅适用于</w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> (800) 841-2900</w:t>
+        <w:t>2900</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>TDD/TTY: 711</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk126934793"/>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（如果您失聪或有听力或语言障碍）</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，请求获得完整的申请表，或在以下网站下载相关申请表：</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="003D4391">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:hint="eastAsia"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
+    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>隐私和保密</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EDF8515" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>致力于为您的个人信息保密。我们掌握的有关任何申请人或会员的所有个人信息（包括医疗数据、健康状况以及您在申请和领取福利期间向我们提供的个人信息）都会得到保密。除非法律或法院命令要求，否则未经您的许可，不得因与</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
@@ -2113,54 +2316,54 @@
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> ARD</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、认证申请顾问指定表或辅导员指定表，允许我们与您的经授权代表、认证申请顾问（</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>CAC</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）或辅导员（如有）分享您的个人信息。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
+    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>分享信息许可</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3377D848" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>如果您希望我们与您的经授权代表以外的人分享您的个人健康信息，包括发送您的资格通知，您可以向我们提供书面许可。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A7AE5BF" w14:textId="6001787A" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
@@ -2171,54 +2374,54 @@
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>如何使用您的信息、您的权利以及如何给予我们分享您的信息许可的更多信息，请参阅下方“重要表格”部分的“分享信息许可”和“</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>隐私方法通知”表格。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
+    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>经授权代表</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>经授权代表是您选择帮助您通过</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="eastAsia"/>
@@ -2349,66 +2552,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> ARD </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>的相关部分。如果该人士已被法律指定代表您，您或该人士还必须向</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>提交一份相关法律文件，</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
+        <w:t>提交一份相关法律文件，说明该人士可合法代表您或您的遗产。该人士可以是法定监护人、管理人、授权书持有人、医疗保健代理人；或者如果申请人或会员已经去世，则可以是遗产管理人或遗嘱执行人。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>重要表格</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>您可以在网站</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
@@ -2427,50 +2621,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>查找以下表格。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>隐私方法通知表</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="005C583A" w:rsidRPr="003D4391" w:rsidRDefault="005C583A" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -2521,54 +2716,54 @@
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> (800) 841-2900</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>TDD/TTY: 711</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，索取任何此类表格。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2BFBA7" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
+    <w:p w14:paraId="6B2BFBA7" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>报告变化</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00351847" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>如果您的生活状况有任何变化，包括但不限于收入、资产、地址、医疗保险、移民身份或残障状况，您必须在发生变化后的</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
@@ -2580,54 +2775,54 @@
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> (800) 841-2900</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>TDD/TTY: 711</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，将任何变化告诉我们。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B036628" w14:textId="11623918" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="00A8316D">
+    <w:p w14:paraId="6B036628" w14:textId="11623918" w:rsidR="00360ABB" w:rsidRPr="003D4391" w:rsidRDefault="00360ABB" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>其他福利</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C59CD75" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00400621" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>可以直接支付医疗服务费用。如果您符合资格，还可以支付您的</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
@@ -2875,91 +3070,50 @@
         <w:t>提供支付处方药费用的帮助。如需了解有关这些福利的更多信息，请拨打年长者事务执行办公室免费电话</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> (800) 243-4636</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>TDD/TTY: (877) 610-0241</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
-      </w:r>
-[...39 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5F953C" w14:textId="5E6FD03D" w:rsidR="000C0660" w:rsidRPr="003D4391" w:rsidRDefault="000C0660" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:before="600" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -3018,147 +3172,100 @@
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Medicare Savings</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>计划申请表</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
+    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00D655A6">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>供有资格参加</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Medicare</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>的人使用</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22552CBE" w14:textId="4E2B2CDD" w:rsidR="00385E75" w:rsidRPr="003D4391" w:rsidRDefault="00385E75" w:rsidP="00A8316D">
-[...46 lines deleted...]
-    <w:p w14:paraId="7F85CF28" w14:textId="77777777" w:rsidR="00107D22" w:rsidRPr="003D4391" w:rsidRDefault="00107D22" w:rsidP="00A8316D">
+    <w:p w14:paraId="7F85CF28" w14:textId="2F525E2D" w:rsidR="00107D22" w:rsidRPr="003D4391" w:rsidRDefault="00107D22" w:rsidP="00D655A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>谁可以使用本申请表？</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B6929B7" w14:textId="3DB329A8" w:rsidR="00F44A8A" w:rsidRPr="003D4391" w:rsidRDefault="00F44A8A" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>接受</w:t>
@@ -3277,206 +3384,232 @@
         <w:t>（供失聪者、听力或语言障碍者使用），索取不同的申请表。</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>或者在以下网站下载相关申请表：</w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="003D4391">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:hint="eastAsia"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="003D4391" w:rsidRDefault="00E14A80" w:rsidP="00A8316D">
+    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="003D4391" w:rsidRDefault="00E14A80" w:rsidP="00D655A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>补充营养援助计划（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SNAP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FD8D8E" w14:textId="3B288116" w:rsidR="00E14A80" w:rsidRPr="003D4391" w:rsidRDefault="00E14A80" w:rsidP="00A8316D">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="66FD8D8E" w14:textId="3B288116" w:rsidR="00E14A80" w:rsidRPr="003D4391" w:rsidRDefault="00E14A80" w:rsidP="00A8316D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>是一项联邦计划，帮助您每月购买健康食品。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282C6DFC" w14:textId="3F436904" w:rsidR="00E14A80" w:rsidRPr="003D4391" w:rsidRDefault="00E14A80" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果您希望将本申请表送交给过渡援助部，作为</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>福利申请表，请勾选本方框。您必须阅读第</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2CCE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>页至第</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00180728" w:rsidRPr="003D4391">
-[...3 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="001C2CCE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>页中的权利和责任，并在第</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2CCE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>页签名才能继续申请。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="00907C16" w:rsidP="00A8316D">
+    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="00907C16" w:rsidP="00D655A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>一般信息</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="00F44A8A" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>谁在申请？</w:t>
@@ -3507,54 +3640,54 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>您和您的配偶</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5FDEEE" w14:textId="7B5025E0" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果您和您的配偶住在一起，即使您的配偶没有申请福利，您也必须向我们提供有关您的配偶的信息。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BD4A47" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
+    <w:p w14:paraId="57BD4A47" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>您</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488516CE" w14:textId="7CB21ADB" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="002C17C5" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -3584,99 +3717,99 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>中间名首字母</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="045FF978" w14:textId="3BD20D12" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="002C17C5" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>街道地址</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="002C17C5" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>城市</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="002C17C5" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>州</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>邮编</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F317415" w14:textId="0444B31B" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="002C17C5" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>邮寄地址（如果与以上地址不同）</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -3855,323 +3988,1617 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>社会安全号码（</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BB5C52" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
+    <w:p w14:paraId="56BB5C52" w14:textId="1A0BA8A2" w:rsidR="0032516B" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>索赔号码</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D42437D" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
+    <w:p w14:paraId="5BD6ACB1" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是美国公民或美国国民吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55ABF697" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411FD519" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3EFC8A" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“是”，您是归化公民、派生公民或获得公民（不是在美国出生）吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746B3FE0" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517E7D6B" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9E5440" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>外国人登记号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6113080B" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>入籍或公民证书号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3228844F" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果不是公民，您具有合格的移民身份吗？（请查阅</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 130 CMR 518.000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，了解更多信息。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57689D45" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63664059" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BF7FD4" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“是”，您有移民文件吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2197DEA1" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A448E91" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131E46D7" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果您在本申请表中包括您的移民文件副本，可能会帮助我们更快地处理您的申请表。请列出自从您进入美国以来适用于您的所有移民身份和</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>或条件。如果您需要更多纸页填写，请另附一页纸。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B906ABE" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>身份授予日期（月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年）（如果是受虐者，请输入诉状批准日期。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E5BBD30" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>移民身份</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60759CD3" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>移民文件类型</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0E21F2" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>文件</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ID </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08390BD9" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>外国人登记号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F882986" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>护照或文件失效期（月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75ADBB2A" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>国家</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F23105" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您在本申请表中使用的姓名与您获得移民身份时使用的姓名相同吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4F62E8" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5292532B" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528D803F" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“否”，您曾使用过什么姓名？名、中间名、姓和后缀</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197DD2BF" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是在</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1996 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日后抵达美国的吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0AA568" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32784D37" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3706EE" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是美国军队光荣退役退伍军人或现役军人或美国军队光荣退役退伍军人或现役军人的配偶或子女吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7611AB07" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDB3231" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C511B6E" w14:textId="5A214503" w:rsidR="001C2CCE" w:rsidRPr="003D4391" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>选择回答：您是严重人口贩运的受害者、人口贩运受害者的配偶、子女、兄弟姐妹或父母、遭受虐待的配偶、遭受虐待的配偶的子女或父母吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D42437D" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00D655A6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>您的配偶</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECE2394" w14:textId="6CD18759" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="008F6E8C" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>姓</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="008F6E8C" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="008F6E8C" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>中间名首字母</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E62807" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008F6E8C" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>出生日期</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0B53FC" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008F6E8C" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>性别</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>男</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>女</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055694C7" w14:textId="669A5DBF" w:rsidR="0059010C" w:rsidRPr="003D4391" w:rsidRDefault="008F6E8C" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>电话号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34066680" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008F6E8C" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>首选口语</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63521880" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008F6E8C" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>首选书面语言</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4C7659" w14:textId="749716C9" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="00D314C5" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>社会安全号码（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38138484" w14:textId="36F8A9A9" w:rsidR="0032516B" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>索赔号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5871CA" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是美国公民或美国国民吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58122E18" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7F3525" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4726B1E5" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“是”，您是归化公民、派生公民或获得公民（不是在美国出生）吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328375C9" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784A6074" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58634A6F" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>外国人登记号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742B6DBF" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>入籍或公民证书号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411E2808" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果不是公民，您具有合格的移民身份吗？（请查阅</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 130 CMR 518.000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，了解更多信息。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF28742" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3BCC56" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741AE584" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“是”，您有移民文件吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E3F6D5" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32812937" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2016E2AC" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果您在本申请表中包括您的移民文件副本，可能会帮助我们更快地处理您的申请表。请列出自从您进入美国以来适用于您的所有移民身份和</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>或条件。如果您需要更多纸页填写，请另附一页纸。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2902A319" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>身份授予日期（月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年）（如果是受虐者，请输入诉状批准日期。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6537BBEA" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>移民身份</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2630E4F0" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>移民文件类型</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCB985D" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>文件</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ID </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A10512" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>外国人登记号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614C62D9" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>护照或文件失效期（月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A78FA78" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>国家</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2DAD0E" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您在本申请表中使用的姓名与您获得移民身份时使用的姓名相同吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5954B54C" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21BBFBD4" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B8B7FA" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“否”，您曾使用过什么姓名？名、中间名、姓和后缀</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2076C1FF" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是在</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1996 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日后抵达美国的吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FD14C1" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3611DDAC" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6671D3BE" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是美国军队光荣退役退伍军人或现役军人或美国军队光荣退役退伍军人或现役军人的配偶或子女吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D50C12" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033CE589" w14:textId="77777777" w:rsidR="000F7166" w:rsidRPr="004A7580" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C918890" w14:textId="523E67D3" w:rsidR="000F7166" w:rsidRPr="003D4391" w:rsidRDefault="000F7166" w:rsidP="000F7166">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>选择回答：您是严重人口贩运的受害者、人口贩运受害者的配偶、子女、兄弟姐妹或父母、遭受虐待的配偶、遭受虐待的配偶的子女或父母吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE0C96" w14:textId="5F82CD86" w:rsidR="000B199E" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...222 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>收入</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2B18FD" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>请为您和您的配偶填写本节。列出每月总收入（税前和扣除其他扣除额（例如</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare Part B </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>保费）前的收入）。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5541A5AF" w14:textId="2613B63A" w:rsidR="00DE5B3B" w:rsidRPr="003D4391" w:rsidRDefault="000B199E" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
@@ -5023,68 +6450,55 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008443A5" w:rsidRPr="003D4391">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>您的配偶的收入</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A3656FE" w14:textId="1EF544C7" w:rsidR="002F448A" w:rsidRPr="003D4391" w:rsidRDefault="002F448A" w:rsidP="00A8316D">
-[...12 lines deleted...]
-    <w:p w14:paraId="2C1AEA80" w14:textId="34A301A3" w:rsidR="005307E8" w:rsidRPr="003D4391" w:rsidRDefault="005307E8" w:rsidP="00A8316D">
+    <w:p w14:paraId="2C1AEA80" w14:textId="34A301A3" w:rsidR="005307E8" w:rsidRPr="003D4391" w:rsidRDefault="005307E8" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>在本申请表中签名。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="004019BC" w:rsidRPr="003D4391" w:rsidRDefault="004019BC" w:rsidP="00A8316D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -5482,402 +6896,402 @@
         </w:rPr>
         <w:t>ARD</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）或已有该表存档，以便我们处理本申请表。</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ARD </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>位于本申请表末尾处。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467527E6" w14:textId="226A67AC" w:rsidR="005307E8" w:rsidRPr="003D4391" w:rsidRDefault="005307E8" w:rsidP="00A8316D">
+    <w:p w14:paraId="467527E6" w14:textId="226A67AC" w:rsidR="005307E8" w:rsidRPr="003D4391" w:rsidRDefault="005307E8" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>选民登记信息随附在本资料中。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="003D4391" w:rsidRDefault="000E1930" w:rsidP="00A8316D">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>选民登记信息随附在本资料中。</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="003D4391" w:rsidRDefault="000E1930" w:rsidP="00A8316D">
+        <w:t>您无需登记投票即可参加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare Savings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>计划。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4BB002" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="004C10E1" w:rsidP="008E647D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>供</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Medicare Savings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>计划申请人使用</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D6884" w14:textId="1B559BEE" w:rsidR="008E09CA" w:rsidRPr="003D4391" w:rsidRDefault="008E09CA" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>您无需登记投票即可参加</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="3E4BB002" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="004C10E1" w:rsidP="00A8316D">
+        <w:t>您许可</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>获取任何记录或数据，以便证明本申请中提供的任何信息。您理解，您必须告知</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>您在本申请表中提供的信息的任何变更。您进一步确认，据您所知，本申请表中的信息准确和完整，如有不实愿受作伪证之处罚。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70831BEE" w14:textId="3FE7CAEE" w:rsidR="0065235D" w:rsidRPr="003D4391" w:rsidRDefault="0065235D" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>重要信息</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>仅供</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Medicare Savings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>计划申请人使用</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BF5303" w14:textId="0EAD74E4" w:rsidR="008E09CA" w:rsidRPr="003D4391" w:rsidRDefault="008E09CA" w:rsidP="00A8316D">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>供</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="1F9D6884" w14:textId="1B559BEE" w:rsidR="008E09CA" w:rsidRPr="003D4391" w:rsidRDefault="008E09CA" w:rsidP="00A8316D">
+        <w:t>如果您代表某人填写本申请表，您必须填写随附的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ARD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，并将填妥的表格与本申请表一起送回。您作为经授权代表在本申请表中的签名确认本申请表中的信息据您所知准确和完整。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE089BB" w14:textId="101B2531" w:rsidR="008E09CA" w:rsidRPr="003D4391" w:rsidRDefault="008E09CA" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>您许可</w:t>
+        <w:t>如果您认为</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>获取任何记录或数据，以便证明本申请中提供的任何信息。您理解，您必须告知</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="70831BEE" w14:textId="3FE7CAEE" w:rsidR="0065235D" w:rsidRPr="003D4391" w:rsidRDefault="0065235D" w:rsidP="00A8316D">
+        <w:t>的资格决定错误，您有权提出上诉。如果您的福利被拒，您将获得有关如何上诉的信息。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E437AD3" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008E09CA" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>将从您目前和以前的医疗保险公司获取有关您和您的配偶的医疗保险承保的所有信息。这包括但不限于已经、可能或应当向您和您的配偶提供的有关保单、保费、共同保险、免赔额和承保福利的信息。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744866BD" w14:textId="7B86BF63" w:rsidR="00106BCB" w:rsidRPr="003D4391" w:rsidRDefault="008E09CA" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>可能会从联邦和州数据来源和计划（例如，社会安全局、国税局、国土安全部、税务局和机动车辆登记处，以及包括金融机构在内的私人数据来源）获取有关本申请表中所列您和您的配偶的记录或数据，以便</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>证明在本申请表和任何附件中提供的任何信息，或在您或您的配偶成为会员后提供的其他信息，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>记录向您或您的配偶索赔或提供的医疗服务，以及</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>支持持续资格。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14794C95" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="008E647D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...215 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk71282619"/>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>供补充营养援助计划（</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）申请人使用</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6729C12E" w14:textId="7DCBF4BF" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
@@ -6156,51 +7570,50 @@
         </w:rPr>
         <w:t>您的收入和银行存款总额低于您的每月住房费用，或者</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17657544" w14:textId="3CDA87C6" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>您的月收入低于</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
@@ -6216,50 +7629,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> 100 </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>美元，或者</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A50609C" w14:textId="5CEF1C0B" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>您是季节工，您的银行存款不超过</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 100 </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
@@ -6853,244 +8267,266 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我在本表中的签名表示，我允许</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>核实我的福利资格，包括：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3808EE0B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="3808EE0B" w14:textId="16A1E000" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="000F7166" w:rsidP="00B11AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D4391">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>从其他州或联邦机构、地方住房管理机构、州外福利部门、金融机构和</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Equifax Workforce Solutions</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（工作电话）获取信息。我还许可这些机构与</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>分享有关我的家庭领取福利资格的信息。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A0DE28" w14:textId="5E19BC3D" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="49A0DE28" w14:textId="3B05E721" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="000F7166" w:rsidP="00B11AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D4391">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>使用从</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Equifax </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>获得的有关我的家庭收入的信息，只要我在</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>做出决定后的</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 60 </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>天内提出请求，我有权免费获得一份我的</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Equifax </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>报告。我有权质疑报告中的信息。我可以按照以下方式与</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Equifax </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>联系：</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Equifax Workforce Solutions, 11432 Lackland Road, St. Louis, MO</w:t>
       </w:r>
       <w:r w:rsidR="00326A50" w:rsidRPr="003D4391">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 63146</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1-800-996-7566</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（免费电话）。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B778D48" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -7165,80 +8601,73 @@
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我在下方的签名表示，我许可</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>从以下各方获取信息，并与之分享有关我和我的家庭成员的信</w:t>
-[...7 lines deleted...]
-        <w:t>息：</w:t>
+        <w:t>从以下各方获取信息，并与之分享有关我和我的家庭成员的信息：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A096E7" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>银行、学校、政府部门、雇主、房东、公用事业公司和其他机构，以便查看我是否有资格获得福利。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E050145" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>电力、天然气和电话公司，以便我获得公用事业折扣。这些公司不能分享我的信息或将我的信息用于任何其他目的。</w:t>
       </w:r>
     </w:p>
@@ -8154,73 +9583,73 @@
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>登记投票的权利</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4A7C53" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>我了解：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75500B4D" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>我有权通过</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>登记投票。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018B086D" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
@@ -8333,100 +9762,114 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我同意</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>可以与就业和培训服务提供者分享我的姓名和联系信息，包括：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599E85B2" w14:textId="739E1196" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
+    <w:p w14:paraId="599E85B2" w14:textId="7F5136AD" w:rsidR="008E6F24" w:rsidRPr="00B11AEF" w:rsidRDefault="008E6F24" w:rsidP="00FC0936">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">SNAP Path Work </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003D4391">
+        <w:t xml:space="preserve">SNAP Path </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0936">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11AEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Work </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11AEF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>计划服务提供者或为</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidRPr="00B11AEF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidRPr="00B11AEF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>客户服务的</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidRPr="00B11AEF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidRPr="00B11AEF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>专家；以及</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317BD6C1" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -8535,64 +9978,66 @@
         <w:keepNext/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>补充营养援助计划（</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A606D7B" w14:textId="084118F5" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
+    <w:p w14:paraId="6A606D7B" w14:textId="084118F5" w:rsidR="008E6F24" w:rsidRPr="008E647D" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E647D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我了解：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1054EA11" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">DTA </w:t>
@@ -8661,171 +10106,187 @@
         </w:rPr>
         <w:t xml:space="preserve">DTA </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>从收到我的申请表日期起</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30 </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>天内决定我是否符合资格。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9D8131" w14:textId="77777777" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="2A9D8131" w14:textId="739DD381" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00FC0936" w:rsidP="00B11AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1080" w:hanging="270"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D4391">
+      <w:r>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>如果我有资格获得加急（紧急）</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>必须从收到我的申请表日期起</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7 </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>天内向我提供</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，并确保将电子福利转账（</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>EBT</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）卡发给</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19740A56" w14:textId="3A31FC01" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="19740A56" w14:textId="782FABC0" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="00FC0936" w:rsidP="00B11AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1080" w:hanging="270"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D4391">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>在以下情况下，我有权与</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>主管交谈：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="686737C6" w14:textId="4616FA74" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00462360" w:rsidP="00A8316D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
@@ -9125,566 +10586,604 @@
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>将我的家庭情况变化通知</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309B114E" w14:textId="4D5959AE" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="309B114E" w14:textId="2E5470A0" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="00FC0936" w:rsidP="00B11AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="270"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果我是</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>简化报告家庭，在中期报告或重新认证到期之前，我不必向</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>报告大多数变化。我只需尽快报告以下情况：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5509B4E7" w14:textId="77777777" w:rsidR="00B54B5C" w:rsidRPr="003D4391" w:rsidRDefault="00B54B5C" w:rsidP="009074D1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果我的家庭收入超过（在我的批准通知中列出的）总收入限额。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48AC2EDF" w14:textId="14929829" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00B54B5C" w:rsidP="009074D1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我必须在我的收入超过限额月份后的月份的第</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>天之前报告。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A765521" w14:textId="7B80F913" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00B54B5C" w:rsidP="009074D1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果我必须符合无受抚养人健全成年人（</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ABAWD</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）工作规定，并且我的工时降至每周</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>小时以下。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EEF768" w14:textId="4522B001" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="00FC0936" w:rsidP="00B11AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="270"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果我家中的每个人都年满</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>岁、残障或未满</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>岁，并且没有人有工作收入，我只需报告以下情况：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F2CA35" w14:textId="1BE9C650" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00B54B5C" w:rsidP="00A8316D">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>如果我是</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="5509B4E7" w14:textId="77777777" w:rsidR="00B54B5C" w:rsidRPr="003D4391" w:rsidRDefault="00B54B5C" w:rsidP="009074D1">
+        <w:lastRenderedPageBreak/>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果有人开始工作，或者</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF7325E" w14:textId="77777777" w:rsidR="00B54B5C" w:rsidRPr="003D4391" w:rsidRDefault="00B54B5C" w:rsidP="009074D1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>如果我的家庭收入超过（在我的批准通知中列出的）总收入限额。</w:t>
-[...114 lines deleted...]
-        </w:numPr>
+        <w:t>有人加入或离开我的家庭。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054372FD" w14:textId="5900BBB7" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00B54B5C" w:rsidP="00B54B5C">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
-[...37 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我必须在发生变化月份后的月份的第</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>天之前报告这些变化。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023FF0C3" w14:textId="1CC25DF7" w:rsidR="00B54B5C" w:rsidRPr="003D4391" w:rsidRDefault="00FC0936" w:rsidP="00B11AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="003D4391">
+        <w:ind w:left="1080" w:hanging="270"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>如果有人开始工作，或者</w:t>
-[...24 lines deleted...]
-        <w:tab/>
+        <w:t>如果我因为</w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>有人加入或离开我的家庭。</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> TAFDC </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>终止通过过渡性福利替代计划（</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TBA</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）获得</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，我在获得</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TBA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>的</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>个月内无需向</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>报告任何变化。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E59900" w14:textId="56EADC63" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="00FC0936" w:rsidP="00B11AEF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003D4391">
+        <w:ind w:left="1080" w:hanging="270"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>我必须在发生变化月份后的月份的第</w:t>
+        <w:t>如果我通过</w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10 </w:t>
+        <w:t xml:space="preserve"> Bay State CAP </w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>天之前报告这些变化。</w:t>
-[...52 lines deleted...]
-      <w:r w:rsidRPr="003D4391">
+        <w:t>获得</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，则无需向</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="003D4391">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>报告任何变化。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C4F64B" w14:textId="47484F52" w:rsidR="0032516B" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果我和我家中的每个人都获得现金援助（</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -10520,101 +12019,94 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家庭成员故意违反上述任何规定，该个人将在第一次违规后的一年内、第二次违规后的两年内以及第三次违规后永久丧失获得</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>的资格。该个人还可能被</w:t>
-      </w:r>
+        <w:t>的资格。该个人还可能被处以最高达</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 250,000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>美元的罚款、最高</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>年的监禁，或二者并罚。他们还可能根据联邦法律和州法被起诉。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E61B9E4" w14:textId="378E481A" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>处以最高达</w:t>
-[...41 lines deleted...]
-        </w:rPr>
         <w:t>我还了解以下处罚。如果我或我的</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>家庭成员：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66254175" w14:textId="5B97A665" w:rsidR="008E6F24" w:rsidRPr="003D4391" w:rsidRDefault="008E6F24" w:rsidP="00A8316D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
@@ -11851,67 +13343,66 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="55D8CE1F" w14:textId="77777777" w:rsidR="008208ED" w:rsidRPr="003D4391" w:rsidRDefault="008208ED" w:rsidP="008208ED">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="201" w:lineRule="atLeast"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="008E647D">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>邮寄：</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
@@ -11933,50 +13424,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1320 Braddock Place</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Room 334 </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
@@ -12036,304 +13536,304 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D4391">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="008E647D">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>传真：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E647D">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E647D">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>833</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C66" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>256</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1665 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C66" w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>690</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7442</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>；或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3666EC26" w14:textId="77777777" w:rsidR="008208ED" w:rsidRPr="003D4391" w:rsidRDefault="008208ED" w:rsidP="008208ED">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="60" w:after="0" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4391">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E647D">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...171 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E647D">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E647D">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>FNSCIVILRIGHTSCOMPLAINTS</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>@</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
@@ -12347,127 +13847,5614 @@
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:eastAsia="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gov</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="260F4E93" w14:textId="77777777" w:rsidR="008208ED" w:rsidRPr="003D4391" w:rsidRDefault="008208ED">
+    <w:p w14:paraId="14E8B329" w14:textId="3B256E90" w:rsidR="00222F00" w:rsidRPr="009074D1" w:rsidRDefault="008E6F24" w:rsidP="009074D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4391">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>本机构是机会均等服务提供者。</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="6C06CC06" w14:textId="43CA5EB0" w:rsidR="004B0622" w:rsidRPr="0083563F" w:rsidRDefault="004B0622" w:rsidP="009074D1">
+    <w:p w14:paraId="6C06CC06" w14:textId="5D92A5A9" w:rsidR="00743A27" w:rsidRDefault="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57042E80" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="00743A27" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E49B5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>经授权代表指定表</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5678C96D" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您希望指定一位经授权代表担任您的代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743A27">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>您可以提交本表。如果经授权代表代替您签署了您的申请表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或者您是代表其他人申请的经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>您必须提交本表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请才能获得处理。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D44E22" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您住在机构中并希望将资格通知发送给您和仍然住在家中的您的配偶</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>则无需填写本表。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C67200" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我们会自动这样做。注释：经授权代表有权在与</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>的所有事务中代表申请人或会员行事，并将收到有关申请人或会员的个人信息，直到我们收到终止其授权的取消通知或申请人或会员去世。一旦我们处理了您的申请表，他们的授权不会自动终止。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39104962" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>您可以选择某个人帮助您。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DC1735" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>您可以选择一名经授权代表帮助您通过</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>提供的计划获得医疗保健承保。您可以通过填写本表（经授权代表指定表）这样做。您或您的代表可以为您本人以及您作为其监护人的任何年龄未满</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>岁的受抚养子女签名。您无需指定经授权代表即可提交申请或领取福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56732797" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>谁可以帮助我？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC2B5CF" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表可以是您选择的同意帮助您的朋友、家人、亲属或其他个人或组织。如果您愿意，您可以选择一位经授权代表。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>都不会为您选择经授权代表。您必须以书面形式（填写第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分）指定您希望成为您的经授权代表的个人或组织。您的经授权代表还必须填写第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我们有时将该个人或组织称为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3AC57388" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您不能以书面形式指定经授权代表，并且您目前没有经授权代表或法律授权代表您行事的其他人，确认自己将以负责任的方式代表您行事的个人（并非组织）可填写本表第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节，成为您的经授权代表。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我们有时将该人士称为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="43EDFE20" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表还可以是法律任命代表您行事的人或代表已故申请人或会员的遗产管理的人。该人士必须填写第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节，您或该人士必须将填妥的第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节连同本表和说明该人士有权代表您或已故申请人或会员遗产管理的相关文件副本送交给我们。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我们有时将该人士称为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1C3AE3AD" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表可以是法定监护人、管理人、授权书持有人、医疗保健代理人或遗产管理个人代表（如果申请人或会员已去世）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3D135B" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表可以做什么？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341C43AE" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节或第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表可以</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5D37D6" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>填写您的申请表或资格审查表；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0233ED7B" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>填写其他</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>资格表或注册表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2A27E8" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>提供这些表格中报告的信息证明；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7549A6CD" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>报告收入、地址或其他情况变更；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25910E2B" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>收到您所有的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>资格和注册通知</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>以及</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D95FA9" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>代表您处理与</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>相关的所有其他事宜。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5637C0A4" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表被授权代表您</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或已故申请人或会员的遗产管理</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>处理的事宜将取决于法律任命文件中的规定。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E64326" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>请注意</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>资格通知可能包括有关申请人或会员家庭其他成员的信息。如果您家中有多名成员</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我们可能无法将您的部分通知送给您的经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>除非每名家庭成员也通过单独填写经授权代表指定表指定相同的经授权代表。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23AACE0A" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>经授权代表指定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>如果申请人或会员能够签名</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAF292D" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>由申请人或会员填写。除签名外</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>请用大写字母填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCB917E" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08996911" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员出生日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00605FEF" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth ID </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或者申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员社会安全号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>的最后四位数</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4D147E" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员电子邮件地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0417CFE3" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我确认</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我已选择以下个人或组织作为我本人和我作为其监护人的任何</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>岁以下受抚养子女的经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我了解该人士或组织将承担的义务和责任</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如本表上文所述</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208EFC77" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287836FA" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E1EE49" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447F3BB7" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电话号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6022A31C" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表地址</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>邮寄地址、城市、州、邮编</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD85BE3" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>由经授权代表填写。除签名外</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>请用大写字母填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2649F0D4" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果经授权代表是个人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>请填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA8B4ED" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我确认</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我将始终对</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>向我提供的有关上述申请人或会员以及这些申请人或会员的受抚养子女</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如适用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>的任何信息保密。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C31E5FA" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果我还是隶属于某个组织的服务提供者、工作人员或志愿者，并且以服务提供者、工作人员或志愿者的身份就与我的经授权代表指定相关的事宜行事，我确认我将始终遵守有关信息保密和利益冲突的所有适用州立和联邦法律和法规，包括《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 431 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>分部、《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 447.10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款和《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 155.260(f) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款中规定的条款。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="315087A8" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7970F7B8" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DDC36D1" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表用大写字母填写的姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042FDC33" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电子邮件地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1F5623" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">B2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果经授权代表是组织，请填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C384CBD" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我确认，作为下列组织的代表，该组织将始终对</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>向该组织提供的有关上述申请人或会员以及这些申请人或会员的受抚养子女（如适用）的任何信息保密。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E4C833" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我作为下列组织的服务提供者、工作人员或志愿者填写本表，我代表本人和我代表的组织确认，与本经授权代表指定相关的代表该组织行事的任何服务提供者、工作人员或志愿者将始终遵守有关信息保密和利益冲突的所有适用州立和联邦法律和法规，包括《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 431 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>分部、《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 447.10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款和《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 155.260(f) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款中规定的条款。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E128B1" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>填写表格的服务提供者、工作人员或志愿者签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E2D1CF" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7997E549" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>填写表格的服务提供者、工作人员或志愿者用大写字母填写的姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534421B9" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>填写表格的服务提供者、工作人员或志愿者的电子邮件</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77CE87F3" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表组织名称</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49427C00" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>经授权代表指定表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>如果申请人或会员不能提供书面指定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169BD642" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>由经授权代表填写。除签名外，请用大写字母填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737755AD" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>请为每一名申请人或会员单独填写一份表格。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441EB46D" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>在本节中</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>组织没有资格成为经授权代表。我确认</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>下列申请人或会员不能提供书面指定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>据我所知</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>没有其他人可以代表其行事</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>例如</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>现有经授权代表、监护人、管理人、遗产管理个人代表、授权书持有人或援引的医疗保健代理人。此外，我确认，我充分了解该申请人或会员的情况，对在资格审查过程中以及与</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>的其他沟通过程中代表其作出的陈述的准确性负责，我理解我作为该人士的经授权代表的权利和责任（如本表上文所述）。如果该人士能够理解，我已经告诉该人士，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>将向我发送所有</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>资格和注册通知，该人士表示同意。我已经告诉该人士，他</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>她可以采用本表上文所述的方法随时取消或替换我作为他</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>她的经授权代表的指定。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FC86B2" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我进一步确认，我将始终对</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>向我提供的有关以下申请人或会员的任何信息保密。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC85758" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果我还是隶属于某个组织的服务提供者、工作人员或志愿者，并且以服务提供者、工作人员或志愿者的身份就与我的经授权代表指定相关的事宜行事，我进一步确认，我将始终遵守有关信息保密和利益冲突的所有适用州立和联邦法律和法规，包括《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 431 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>分部、《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 447.10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款和《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 155.260(f) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款中规定的条款。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32CBAE66" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEE5A51" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员出生日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350BB868" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">MassHealth ID </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或者申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员社会安全号码（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）的最后四位数</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DAE459A" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B0D3ED" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BF00AB" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表姓名（名、中间名、姓）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3589643B" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电话号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D7098A" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表地址（邮寄地址、城市、州、邮编）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E95F8BB" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电子邮件地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A73F2AE" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表隶属于某个组织，并且以该身份行事，被授权代表该组织行事的个人（如管理人员）必须在下方签名，表明该组织对上述陈述和保证的认可和同意。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D31C165" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>管理人员姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D524C5" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>管理人员职称</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F074C2" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>管理人员签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABBEC21" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665E638F" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>经授权代表指定表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>如果依照法律任命</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1E6048" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>由依照法律任命的经授权代表填写</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>有权代表申请人或会员作出与医疗保健相关的决定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>包括但不限于监护人、管理人、申请人或会员遗产管理个人代表、授权书持有人或援引的医疗保健代理人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。除签名外，请用大写字母填写。请随本表提交相关法律文件副本。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E60833E" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我确认，我将始终对</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>向我提供的有关以下申请人或会员的任何信息保密。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5797E09A" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7890502E" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员出生日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5360E58D" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth ID </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或者申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员社会安全号码（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）的最后四位数</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47534157" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFE8EC1" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B76E62" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表姓名（名、中间名、姓）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F12917F" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电话号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表地址（邮寄地址、城市、州、邮编）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3664A48E" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="003721E6" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>经授权代表电子邮件地址</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>如何终止经授权代表指定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E09B952" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>如果您决定不再需要第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节或第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>则必须在您希望终止指定时通过邮件、传真或电话通知我们。请查看我们的以下联系信息。如果您将本通知邮寄或传真给我们，该通知必须包括您的姓名、地址和出生日期、您的经授权代表姓名、指定终止声明以及您的签名；或者，如果您无法提供书面通知，代表您的人士（仅限第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表）的签名。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6617618B" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>此外，如果您的经授权代表通知我们该人士或组织不再代表您，我们将不再承认该人士或组织作为您的经授权代表。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A05FAC6" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节或第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表指定将在申请人或会员去世时终止。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42723946" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表指定在其法定任命结束时终止。经授权代表必须按照上述说明通知我们。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330C06E0" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>此外，为未成年子女指定的经授权代表在子女</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>岁生日时终止。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F708E0C" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>我如何送交本表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0657EC" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您在申请保健福利，将填妥的经授权代表指定表随您的申请表送交给我们。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A67D26D" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您已经在接受福利，您必须在您希望指定经授权代表或者您希望终止声明的经授权代表指定时向我们送交本表，方法是：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C006355" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>将表格邮寄至：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Health Insurance Processing Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>PO Box 4405</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Taunton, MA 02780</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EF9582" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>将表格用传真发送至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (857) 323-8300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>；或者</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33479024" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>打电话给我们，电话号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (800) 841-2900</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TDD/TTY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B718ED7" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E81BF2C" w14:textId="77777777" w:rsidR="00743A27" w:rsidRPr="000F47ED" w:rsidRDefault="00743A27" w:rsidP="00743A27">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ARD-ZH-CHS-1122</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEA1F48" w14:textId="77777777" w:rsidR="004B0622" w:rsidRPr="0083563F" w:rsidRDefault="004B0622" w:rsidP="009074D1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004B0622" w:rsidRPr="0083563F" w:rsidSect="008E6F24">
+    <w:sectPr w:rsidR="004B0622" w:rsidRPr="0083563F" w:rsidSect="00165197">
       <w:headerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="485EB806" w14:textId="77777777" w:rsidR="00303E37" w:rsidRDefault="00303E37">
+    <w:p w14:paraId="21417170" w14:textId="77777777" w:rsidR="0082734C" w:rsidRDefault="0082734C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="018F0BD2" w14:textId="77777777" w:rsidR="00303E37" w:rsidRDefault="00303E37">
+    <w:p w14:paraId="133BE832" w14:textId="77777777" w:rsidR="0082734C" w:rsidRDefault="0082734C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1193780D" w14:textId="77777777" w:rsidR="00303E37" w:rsidRDefault="00303E37">
+    <w:p w14:paraId="609611C5" w14:textId="77777777" w:rsidR="0082734C" w:rsidRDefault="0082734C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -12493,149 +19480,170 @@
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="0205050205050A020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
     <w:altName w:val="Franklin Gothic Medium Cond"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
     <w:altName w:val="Nyala"/>
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SourceSansPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Han Sans CN Normal">
-    <w:altName w:val="Source Han Sans CN"/>
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="2ADF3C10" w:usb2="00000016" w:usb3="00000000" w:csb0="00060107" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="2ADF3C10" w:usb2="00000016" w:usb3="00000000" w:csb0="00060107" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="485272EC" w14:textId="166DFAEC" w:rsidR="00165197" w:rsidRDefault="00165197" w:rsidP="001E49B5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="2184"/>
+      </w:tabs>
+    </w:pPr>
+    <w:r w:rsidRPr="001E49B5">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>MSP_ZH-CHS_2025-10</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AC2402B" w14:textId="77777777" w:rsidR="00303E37" w:rsidRDefault="00303E37">
+    <w:p w14:paraId="6938F418" w14:textId="77777777" w:rsidR="0082734C" w:rsidRDefault="0082734C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F9E7F35" w14:textId="77777777" w:rsidR="00303E37" w:rsidRDefault="00303E37">
+    <w:p w14:paraId="1C697DFF" w14:textId="77777777" w:rsidR="0082734C" w:rsidRDefault="0082734C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="63D493C5" w14:textId="77777777" w:rsidR="00303E37" w:rsidRDefault="00303E37">
+    <w:p w14:paraId="7F318827" w14:textId="77777777" w:rsidR="0082734C" w:rsidRDefault="0082734C">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00BD69E2" w:rsidRDefault="00BD69E2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
@@ -13203,50 +20211,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1735773F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0752544E"/>
+    <w:lvl w:ilvl="0" w:tplc="3A9CFC34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18070780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA7AD6A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13315,51 +20435,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A4A47E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743588"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13434,51 +20554,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="254B6652"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EBE58BA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13553,51 +20673,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26B821ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9336F9EE"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13672,51 +20792,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E787EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA724F42"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13791,51 +20911,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31746111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18887678"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13910,51 +21030,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33EE700A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E749936"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14029,51 +21149,163 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="342365B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98709718"/>
+    <w:lvl w:ilvl="0" w:tplc="98B017BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35803338"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76FE5ECA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14148,51 +21380,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38F267D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4DE4250"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14267,51 +21499,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3951101B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14567450"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14386,51 +21618,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42BA228B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F474C23C"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14505,51 +21737,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47CA47F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="614C23C8"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14624,51 +21856,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4911615B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A663136"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14743,51 +21975,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8C5380"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2856D540"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14862,51 +22094,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D115CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FF45FBA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14981,51 +22213,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52FE2CE6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15094,51 +22326,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A77A2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47061730"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15213,51 +22445,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AE84815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A38788A"/>
     <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -15325,51 +22557,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBA5FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD246F54"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15444,51 +22676,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A050EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33B283AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15557,51 +22789,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="656C2A78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB30EEFC"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15676,51 +22908,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="694F4489"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743978"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15795,51 +23027,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF64177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DFE2204"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15914,51 +23146,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9454D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE4CCCAC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16027,51 +23259,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FE5657A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9320A656"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16140,51 +23372,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76044270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2BC335E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16253,51 +23485,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A515737"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24320864"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16366,51 +23598,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA83451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A27289CE"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -16485,51 +23717,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EDC08CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE4ECD20"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16571,296 +23803,312 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2095780144">
+  <w:num w:numId="1" w16cid:durableId="755323426">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1735159846">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2128161311">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1037898298">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1039091466">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="646474780">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2113696765">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2142531114">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="550045984">
+  <w:num w:numId="9" w16cid:durableId="1583952028">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1325864245">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1181579433">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1601257226">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="736394266">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1659992852">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="109668450">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="482888267">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="16" w16cid:durableId="1306274529">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1847867799">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="17" w16cid:durableId="351954640">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="435173738">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="18" w16cid:durableId="1994407803">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="286670671">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="19" w16cid:durableId="51537789">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1354915955">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="20" w16cid:durableId="761416076">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="700015492">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="21" w16cid:durableId="1208571596">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1150438341">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="22" w16cid:durableId="2043823556">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="359742378">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="23" w16cid:durableId="509835636">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1990597293">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="24" w16cid:durableId="1822456779">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="678508449">
+  <w:num w:numId="25" w16cid:durableId="508058647">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1578974869">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="26" w16cid:durableId="1179655208">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="571625373">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="27" w16cid:durableId="1372144718">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="592860284">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="28" w16cid:durableId="867909967">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="529102432">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="29" w16cid:durableId="140270882">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1612937665">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="30" w16cid:durableId="411124161">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1052580302">
+  <w:num w:numId="31" w16cid:durableId="738795349">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="428040947">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="32" w16cid:durableId="324861969">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1416319311">
-[...23 lines deleted...]
-  <w:num w:numId="28" w16cid:durableId="1158153484">
+  <w:num w:numId="33" w16cid:durableId="670959343">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="348064287">
-[...8 lines deleted...]
-  <w:num w:numId="32" w16cid:durableId="1976376002">
+  <w:num w:numId="34" w16cid:durableId="655501965">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="835535438">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="35" w16cid:durableId="1826242115">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="144317863">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="36" w16cid:durableId="2074427723">
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360ABB"/>
     <w:rsid w:val="0000021B"/>
     <w:rsid w:val="00000A01"/>
     <w:rsid w:val="00000BC0"/>
     <w:rsid w:val="000034AE"/>
     <w:rsid w:val="00005958"/>
     <w:rsid w:val="000063A1"/>
     <w:rsid w:val="00007D02"/>
     <w:rsid w:val="00014AAE"/>
     <w:rsid w:val="00024D29"/>
     <w:rsid w:val="0002645A"/>
     <w:rsid w:val="0003776B"/>
     <w:rsid w:val="0004554A"/>
     <w:rsid w:val="00051275"/>
+    <w:rsid w:val="0005711D"/>
     <w:rsid w:val="00066FD0"/>
     <w:rsid w:val="0007036D"/>
     <w:rsid w:val="0007287A"/>
     <w:rsid w:val="0007541B"/>
     <w:rsid w:val="00085487"/>
     <w:rsid w:val="00093461"/>
     <w:rsid w:val="000938A6"/>
     <w:rsid w:val="000A011C"/>
     <w:rsid w:val="000A1924"/>
     <w:rsid w:val="000A1E09"/>
     <w:rsid w:val="000A51D9"/>
     <w:rsid w:val="000B199E"/>
     <w:rsid w:val="000C0660"/>
     <w:rsid w:val="000C14CB"/>
     <w:rsid w:val="000D0CDC"/>
     <w:rsid w:val="000D31F7"/>
     <w:rsid w:val="000E116C"/>
     <w:rsid w:val="000E1930"/>
     <w:rsid w:val="000F4114"/>
+    <w:rsid w:val="000F7166"/>
     <w:rsid w:val="000F7650"/>
     <w:rsid w:val="001007F6"/>
     <w:rsid w:val="00101D5A"/>
     <w:rsid w:val="00106BCB"/>
     <w:rsid w:val="00107051"/>
     <w:rsid w:val="00107D22"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00113AB4"/>
     <w:rsid w:val="001230AF"/>
     <w:rsid w:val="001246F0"/>
     <w:rsid w:val="0013324A"/>
     <w:rsid w:val="00134365"/>
     <w:rsid w:val="001401F5"/>
     <w:rsid w:val="001412F3"/>
     <w:rsid w:val="001569D8"/>
     <w:rsid w:val="0016018F"/>
     <w:rsid w:val="001615A2"/>
+    <w:rsid w:val="00165197"/>
     <w:rsid w:val="00165D44"/>
     <w:rsid w:val="00171F97"/>
     <w:rsid w:val="00174819"/>
     <w:rsid w:val="00180728"/>
     <w:rsid w:val="00185183"/>
     <w:rsid w:val="001920A3"/>
     <w:rsid w:val="00192BDA"/>
     <w:rsid w:val="0019338D"/>
     <w:rsid w:val="00195909"/>
     <w:rsid w:val="0019670F"/>
     <w:rsid w:val="001967D0"/>
     <w:rsid w:val="001A0CB0"/>
     <w:rsid w:val="001A1675"/>
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001B546D"/>
+    <w:rsid w:val="001C2CCE"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C338A"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
     <w:rsid w:val="001D563E"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
+    <w:rsid w:val="001E49B5"/>
     <w:rsid w:val="001E519B"/>
     <w:rsid w:val="001F3DB7"/>
     <w:rsid w:val="001F5F27"/>
     <w:rsid w:val="00200957"/>
     <w:rsid w:val="00200964"/>
     <w:rsid w:val="00201654"/>
     <w:rsid w:val="00203CA2"/>
     <w:rsid w:val="00204740"/>
     <w:rsid w:val="00207AAA"/>
     <w:rsid w:val="0021072C"/>
     <w:rsid w:val="00213D96"/>
     <w:rsid w:val="002146F9"/>
     <w:rsid w:val="002222C4"/>
     <w:rsid w:val="00222F00"/>
     <w:rsid w:val="00231BE7"/>
     <w:rsid w:val="002343CA"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="00243B8B"/>
     <w:rsid w:val="0024438A"/>
     <w:rsid w:val="002547EC"/>
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="00275AF8"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
     <w:rsid w:val="00287CD4"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
     <w:rsid w:val="002A6595"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C5EBA"/>
     <w:rsid w:val="002C6E37"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
     <w:rsid w:val="002E09E5"/>
+    <w:rsid w:val="002E22A5"/>
     <w:rsid w:val="002E2B3F"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
     <w:rsid w:val="002F430E"/>
     <w:rsid w:val="002F448A"/>
     <w:rsid w:val="00300B53"/>
     <w:rsid w:val="00302C5E"/>
     <w:rsid w:val="00303E37"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="0032516B"/>
     <w:rsid w:val="003259FD"/>
     <w:rsid w:val="00326A50"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
     <w:rsid w:val="00343B9F"/>
@@ -16924,68 +24172,70 @@
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00493CE3"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="00496C63"/>
     <w:rsid w:val="004A274B"/>
     <w:rsid w:val="004A5FB4"/>
     <w:rsid w:val="004A7027"/>
     <w:rsid w:val="004A7620"/>
     <w:rsid w:val="004B01A7"/>
     <w:rsid w:val="004B0622"/>
     <w:rsid w:val="004B0B37"/>
     <w:rsid w:val="004C1053"/>
     <w:rsid w:val="004C10E1"/>
     <w:rsid w:val="004C370E"/>
     <w:rsid w:val="004C372A"/>
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D6934"/>
     <w:rsid w:val="004E5359"/>
     <w:rsid w:val="004F5306"/>
     <w:rsid w:val="004F5AA1"/>
     <w:rsid w:val="0050046B"/>
     <w:rsid w:val="00505718"/>
     <w:rsid w:val="00505740"/>
     <w:rsid w:val="00512583"/>
+    <w:rsid w:val="00514BFC"/>
     <w:rsid w:val="005158EE"/>
     <w:rsid w:val="00517FC5"/>
     <w:rsid w:val="00520AE6"/>
     <w:rsid w:val="00526C3C"/>
     <w:rsid w:val="005307E8"/>
     <w:rsid w:val="00537598"/>
     <w:rsid w:val="00537942"/>
     <w:rsid w:val="00540B4E"/>
     <w:rsid w:val="00543E13"/>
     <w:rsid w:val="005523E6"/>
     <w:rsid w:val="00552D93"/>
     <w:rsid w:val="005544F8"/>
     <w:rsid w:val="0056081B"/>
     <w:rsid w:val="0056132D"/>
     <w:rsid w:val="00565CC6"/>
     <w:rsid w:val="00572FC4"/>
     <w:rsid w:val="00581DA9"/>
     <w:rsid w:val="00584D36"/>
+    <w:rsid w:val="0058664D"/>
     <w:rsid w:val="0059010C"/>
     <w:rsid w:val="005925E5"/>
     <w:rsid w:val="005A0386"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A1F9C"/>
     <w:rsid w:val="005A259F"/>
     <w:rsid w:val="005A486E"/>
     <w:rsid w:val="005A76B3"/>
     <w:rsid w:val="005B5136"/>
     <w:rsid w:val="005B7469"/>
     <w:rsid w:val="005B76F6"/>
     <w:rsid w:val="005C1C60"/>
     <w:rsid w:val="005C583A"/>
     <w:rsid w:val="005D0EBA"/>
     <w:rsid w:val="005D2AC4"/>
     <w:rsid w:val="005E46C6"/>
     <w:rsid w:val="005E6BC6"/>
     <w:rsid w:val="005F2B92"/>
     <w:rsid w:val="005F62BB"/>
     <w:rsid w:val="00601BD8"/>
     <w:rsid w:val="00602FE2"/>
     <w:rsid w:val="006106DB"/>
     <w:rsid w:val="00610911"/>
     <w:rsid w:val="00622D9E"/>
     <w:rsid w:val="006345C4"/>
@@ -17011,120 +24261,123 @@
     <w:rsid w:val="006C07CA"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
     <w:rsid w:val="006D03A3"/>
     <w:rsid w:val="006E07E0"/>
     <w:rsid w:val="006E31B1"/>
     <w:rsid w:val="006E5D70"/>
     <w:rsid w:val="006F06AB"/>
     <w:rsid w:val="006F16D6"/>
     <w:rsid w:val="006F63C0"/>
     <w:rsid w:val="00700368"/>
     <w:rsid w:val="0071159A"/>
     <w:rsid w:val="00720D5F"/>
     <w:rsid w:val="0072129C"/>
     <w:rsid w:val="00721B17"/>
     <w:rsid w:val="00722400"/>
     <w:rsid w:val="00723E58"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="0073068A"/>
     <w:rsid w:val="0073351B"/>
     <w:rsid w:val="00742460"/>
+    <w:rsid w:val="00743A27"/>
     <w:rsid w:val="00746292"/>
     <w:rsid w:val="00751AF0"/>
     <w:rsid w:val="00752B0A"/>
     <w:rsid w:val="007558C6"/>
     <w:rsid w:val="00755E22"/>
     <w:rsid w:val="00761049"/>
     <w:rsid w:val="007651D3"/>
     <w:rsid w:val="00770645"/>
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
     <w:rsid w:val="007965A1"/>
     <w:rsid w:val="007A6900"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
     <w:rsid w:val="007B4EAF"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E688C"/>
     <w:rsid w:val="007F1316"/>
     <w:rsid w:val="007F3230"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00803AD1"/>
     <w:rsid w:val="00811785"/>
     <w:rsid w:val="00820069"/>
     <w:rsid w:val="008208ED"/>
     <w:rsid w:val="00825CEF"/>
+    <w:rsid w:val="0082734C"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="008302D4"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="0083563F"/>
     <w:rsid w:val="008443A5"/>
     <w:rsid w:val="00844546"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00865E17"/>
     <w:rsid w:val="0087195A"/>
     <w:rsid w:val="0087444D"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="00887459"/>
     <w:rsid w:val="00892E5B"/>
     <w:rsid w:val="008932E1"/>
     <w:rsid w:val="00896AE6"/>
     <w:rsid w:val="008A258A"/>
     <w:rsid w:val="008A7CF5"/>
     <w:rsid w:val="008A7DF7"/>
     <w:rsid w:val="008B069A"/>
     <w:rsid w:val="008B3858"/>
     <w:rsid w:val="008B3E09"/>
     <w:rsid w:val="008B4097"/>
     <w:rsid w:val="008C0B12"/>
     <w:rsid w:val="008C16BA"/>
     <w:rsid w:val="008C3A1D"/>
     <w:rsid w:val="008C63B9"/>
     <w:rsid w:val="008E04CA"/>
     <w:rsid w:val="008E073B"/>
     <w:rsid w:val="008E09CA"/>
     <w:rsid w:val="008E212B"/>
+    <w:rsid w:val="008E647D"/>
     <w:rsid w:val="008E6F24"/>
     <w:rsid w:val="008E7876"/>
     <w:rsid w:val="008F0E6A"/>
     <w:rsid w:val="008F4E4F"/>
     <w:rsid w:val="008F6E8C"/>
     <w:rsid w:val="009013EF"/>
     <w:rsid w:val="00902E45"/>
     <w:rsid w:val="009055C2"/>
     <w:rsid w:val="009074D1"/>
     <w:rsid w:val="00907C16"/>
     <w:rsid w:val="00911913"/>
     <w:rsid w:val="00911D6C"/>
     <w:rsid w:val="00912872"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="0091680C"/>
     <w:rsid w:val="009237EA"/>
     <w:rsid w:val="0092699F"/>
     <w:rsid w:val="00933A9B"/>
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
     <w:rsid w:val="00942DE7"/>
     <w:rsid w:val="009464A6"/>
     <w:rsid w:val="00960511"/>
     <w:rsid w:val="00963EBB"/>
@@ -17132,120 +24385,122 @@
     <w:rsid w:val="00971C66"/>
     <w:rsid w:val="00975CC6"/>
     <w:rsid w:val="0098340E"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="00991B95"/>
     <w:rsid w:val="00993891"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="009A111E"/>
     <w:rsid w:val="009B3F2E"/>
     <w:rsid w:val="009B4614"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
     <w:rsid w:val="009D5893"/>
     <w:rsid w:val="009D6DDA"/>
     <w:rsid w:val="00A00503"/>
     <w:rsid w:val="00A02A5D"/>
     <w:rsid w:val="00A039DF"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A145FF"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
     <w:rsid w:val="00A33534"/>
+    <w:rsid w:val="00A40752"/>
     <w:rsid w:val="00A429B2"/>
     <w:rsid w:val="00A53DA0"/>
     <w:rsid w:val="00A55863"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A63371"/>
     <w:rsid w:val="00A6565A"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
     <w:rsid w:val="00A770C1"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A8316D"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
-    <w:rsid w:val="00AA1ED4"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AD3E82"/>
     <w:rsid w:val="00AE42EF"/>
     <w:rsid w:val="00AE5374"/>
     <w:rsid w:val="00AF0645"/>
     <w:rsid w:val="00AF22EC"/>
     <w:rsid w:val="00AF3689"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF6150"/>
     <w:rsid w:val="00B012CE"/>
     <w:rsid w:val="00B01957"/>
     <w:rsid w:val="00B02C70"/>
     <w:rsid w:val="00B05ECC"/>
     <w:rsid w:val="00B1149F"/>
+    <w:rsid w:val="00B11AEF"/>
     <w:rsid w:val="00B12474"/>
     <w:rsid w:val="00B26545"/>
     <w:rsid w:val="00B32F0E"/>
     <w:rsid w:val="00B344BC"/>
     <w:rsid w:val="00B42E50"/>
     <w:rsid w:val="00B45E87"/>
     <w:rsid w:val="00B479FA"/>
     <w:rsid w:val="00B54B5C"/>
     <w:rsid w:val="00B56736"/>
     <w:rsid w:val="00B60CBE"/>
     <w:rsid w:val="00B61B98"/>
     <w:rsid w:val="00B627A7"/>
     <w:rsid w:val="00B66544"/>
     <w:rsid w:val="00B666C2"/>
     <w:rsid w:val="00B67038"/>
     <w:rsid w:val="00B67308"/>
     <w:rsid w:val="00B67BE6"/>
     <w:rsid w:val="00B72583"/>
     <w:rsid w:val="00B80DCA"/>
     <w:rsid w:val="00B841F8"/>
     <w:rsid w:val="00B87B9B"/>
     <w:rsid w:val="00B90C8A"/>
     <w:rsid w:val="00B920F2"/>
     <w:rsid w:val="00B947D7"/>
-    <w:rsid w:val="00B94BE7"/>
     <w:rsid w:val="00BA06CD"/>
     <w:rsid w:val="00BB118B"/>
+    <w:rsid w:val="00BB6A04"/>
     <w:rsid w:val="00BC3427"/>
     <w:rsid w:val="00BD69E2"/>
     <w:rsid w:val="00BE1CDF"/>
     <w:rsid w:val="00BF4965"/>
     <w:rsid w:val="00BF7B3A"/>
+    <w:rsid w:val="00C073D3"/>
     <w:rsid w:val="00C10489"/>
     <w:rsid w:val="00C1090B"/>
     <w:rsid w:val="00C13B7E"/>
     <w:rsid w:val="00C2273C"/>
     <w:rsid w:val="00C22C65"/>
     <w:rsid w:val="00C262A7"/>
     <w:rsid w:val="00C2718D"/>
     <w:rsid w:val="00C27695"/>
     <w:rsid w:val="00C27BFA"/>
     <w:rsid w:val="00C30627"/>
     <w:rsid w:val="00C30E69"/>
     <w:rsid w:val="00C33609"/>
     <w:rsid w:val="00C3399D"/>
     <w:rsid w:val="00C44C7F"/>
     <w:rsid w:val="00C46FE2"/>
     <w:rsid w:val="00C5050C"/>
     <w:rsid w:val="00C50CD6"/>
     <w:rsid w:val="00C52181"/>
     <w:rsid w:val="00C529D7"/>
     <w:rsid w:val="00C55C6E"/>
     <w:rsid w:val="00C611B1"/>
     <w:rsid w:val="00C620AB"/>
     <w:rsid w:val="00C634C7"/>
     <w:rsid w:val="00C65B72"/>
     <w:rsid w:val="00C65BEA"/>
@@ -17266,182 +24521,186 @@
     <w:rsid w:val="00CB0F6D"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CB5E5A"/>
     <w:rsid w:val="00CC0BB0"/>
     <w:rsid w:val="00CC6304"/>
     <w:rsid w:val="00CC6535"/>
     <w:rsid w:val="00CE29C7"/>
     <w:rsid w:val="00CF26F8"/>
     <w:rsid w:val="00CF6286"/>
     <w:rsid w:val="00D01F40"/>
     <w:rsid w:val="00D15374"/>
     <w:rsid w:val="00D224EF"/>
     <w:rsid w:val="00D278DD"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
     <w:rsid w:val="00D3352B"/>
     <w:rsid w:val="00D372BD"/>
     <w:rsid w:val="00D400F5"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
+    <w:rsid w:val="00D655A6"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
     <w:rsid w:val="00D77C5C"/>
     <w:rsid w:val="00D77E78"/>
     <w:rsid w:val="00D838D0"/>
     <w:rsid w:val="00D965E3"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
     <w:rsid w:val="00DA19DD"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB7D50"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DD7FF7"/>
     <w:rsid w:val="00DE4B6F"/>
     <w:rsid w:val="00DE5B3B"/>
     <w:rsid w:val="00DF0557"/>
     <w:rsid w:val="00DF20DA"/>
     <w:rsid w:val="00DF2FAC"/>
     <w:rsid w:val="00E055E1"/>
     <w:rsid w:val="00E07F1C"/>
     <w:rsid w:val="00E14A80"/>
     <w:rsid w:val="00E14D48"/>
     <w:rsid w:val="00E1639E"/>
     <w:rsid w:val="00E16FBB"/>
     <w:rsid w:val="00E23682"/>
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E37C8C"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
     <w:rsid w:val="00E51569"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E62A3D"/>
     <w:rsid w:val="00E62DD0"/>
     <w:rsid w:val="00E71B09"/>
     <w:rsid w:val="00E73BC3"/>
     <w:rsid w:val="00E80549"/>
+    <w:rsid w:val="00E81043"/>
     <w:rsid w:val="00E821B9"/>
     <w:rsid w:val="00E8293A"/>
     <w:rsid w:val="00E8380C"/>
     <w:rsid w:val="00E9639B"/>
     <w:rsid w:val="00EA0C5E"/>
     <w:rsid w:val="00EA14B4"/>
     <w:rsid w:val="00EB2DE4"/>
     <w:rsid w:val="00EB315B"/>
     <w:rsid w:val="00EB432F"/>
     <w:rsid w:val="00EC1C24"/>
     <w:rsid w:val="00EC6011"/>
     <w:rsid w:val="00ED09DB"/>
     <w:rsid w:val="00ED37CC"/>
     <w:rsid w:val="00ED65C1"/>
     <w:rsid w:val="00EE3D15"/>
     <w:rsid w:val="00EF45FA"/>
     <w:rsid w:val="00EF5011"/>
     <w:rsid w:val="00EF53B2"/>
     <w:rsid w:val="00EF6C0D"/>
     <w:rsid w:val="00F039C9"/>
     <w:rsid w:val="00F0484A"/>
     <w:rsid w:val="00F04C7F"/>
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F1403E"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
     <w:rsid w:val="00F37769"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F555EA"/>
     <w:rsid w:val="00F55BD5"/>
     <w:rsid w:val="00F6255A"/>
     <w:rsid w:val="00F65CBC"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73E3D"/>
     <w:rsid w:val="00F7777A"/>
     <w:rsid w:val="00F81344"/>
     <w:rsid w:val="00F8653B"/>
+    <w:rsid w:val="00F86BEF"/>
     <w:rsid w:val="00F90C02"/>
     <w:rsid w:val="00F93EA9"/>
     <w:rsid w:val="00F945E9"/>
     <w:rsid w:val="00F97F3E"/>
     <w:rsid w:val="00FA1C6D"/>
     <w:rsid w:val="00FA521F"/>
     <w:rsid w:val="00FB2469"/>
     <w:rsid w:val="00FB3C85"/>
+    <w:rsid w:val="00FC0936"/>
     <w:rsid w:val="00FC309C"/>
     <w:rsid w:val="00FC78BD"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
     <w:rsid w:val="00FD5AC6"/>
     <w:rsid w:val="00FD6378"/>
     <w:rsid w:val="00FE0F4A"/>
     <w:rsid w:val="00FE6831"/>
     <w:rsid w:val="00FF39CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15EC1037"/>
   <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -18899,51 +26158,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1337733578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/snap-benefits-formerly-food-stamps" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/snap-benefits-formerly-food-stamps" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19136,87 +26395,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC08C124-9225-4AC9-A6A9-4D5E05D3316C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2988B2C-AEFA-4C18-A315-B3864AE6C0B5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>11434</Characters>
+  <Pages>23</Pages>
+  <Words>2981</Words>
+  <Characters>15984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>290</Lines>
+  <Paragraphs>175</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13413</CharactersWithSpaces>
+  <CharactersWithSpaces>18790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2621488</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>