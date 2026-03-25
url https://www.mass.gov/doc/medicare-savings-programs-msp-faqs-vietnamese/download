--- v0 (2025-11-29)
+++ v1 (2026-03-25)
@@ -1,45 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="71B172CB" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRDefault="001F20B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Chương</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -3801,59 +3796,51 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trình</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Miễn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Trừ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Người </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Già</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Yếu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> [FEW].) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Nhiều</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11240,63 +11227,55 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nào</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527E16E8" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRPr="002C5A72" w:rsidRDefault="001F20B1">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal1"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cách </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tốt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nhất</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
@@ -12765,51 +12744,51 @@
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>môn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2104E181" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRPr="002C5A72" w:rsidRDefault="00E663BF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="534BCF01" w14:textId="3E5299C1" w:rsidR="00E663BF" w:rsidRPr="002C5A72" w:rsidRDefault="001F20B1">
+    <w:p w14:paraId="534BCF01" w14:textId="775DA00F" w:rsidR="00E663BF" w:rsidRPr="002C5A72" w:rsidRDefault="001F20B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bảo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hiểm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -14021,140 +14000,122 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tế</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cho </w:t>
+        <w:t xml:space="preserve"> Cho Người Cao </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Niên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Và</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Những</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Người</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cao </w:t>
-[...70 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cần</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -14183,69 +14144,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chăm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sóc Dài </w:t>
-[...17 lines deleted...]
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sóc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dài Hạn(</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>SACA-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -14805,51 +14766,60 @@
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kiệm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare (</w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>MHBI</w:t>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidR="000E27B4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>SP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nhưng</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -21579,51 +21549,51 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2665"/>
         <w:gridCol w:w="2810"/>
         <w:gridCol w:w="3767"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E663BF" w:rsidRPr="006C21BF" w14:paraId="3C6A2A32" w14:textId="77777777" w:rsidTr="006C21BF">
+      <w:tr w:rsidR="00E663BF" w:rsidRPr="000E27B4" w14:paraId="3C6A2A32" w14:textId="77777777" w:rsidTr="006C21BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="158F7A15" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRDefault="001F20B1">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-Normal12"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Loại</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Đơn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
@@ -21653,161 +21623,119 @@
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="2A2083B9" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRPr="006C21BF" w:rsidRDefault="001F20B1">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-Normal12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C21BF">
               <w:rPr>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">Khi Nào Nên Sử Dụng </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E663BF" w14:paraId="1EAD253C" w14:textId="77777777" w:rsidTr="006C21BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE19FC6" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRDefault="00E663BF">
+          <w:p w14:paraId="4FE19FC6" w14:textId="49FADD85" w:rsidR="00E663BF" w:rsidRPr="000E27B4" w:rsidRDefault="00E663BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId16"/>
-[...101 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000E27B4">
+              <w:rPr>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://www.mass.gov/doc/medicare-savings-programs-application/download" \h</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="001F20B1">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="001F20B1" w:rsidRPr="000E27B4">
+              <w:rPr>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://www.mass.gov/doc/medicare-savings-programs-application/download"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="001F20B1">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="001F20B1" w:rsidRPr="000E27B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Đơn Xin Chương Trình Tiết Kiệm Medicare (M</w:t>
+            </w:r>
+            <w:r w:rsidR="000E27B4" w:rsidRPr="000E27B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>SP</w:t>
+            </w:r>
+            <w:r w:rsidR="001F20B1" w:rsidRPr="000E27B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="001F20B1">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2819" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DBB4014" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRDefault="001F20B1">
             <w:pPr>
               <w:pStyle w:val="P68B1DB1-Normal1"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Đối</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tượng</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
@@ -21999,51 +21927,51 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E663BF" w14:paraId="43320170" w14:textId="77777777" w:rsidTr="006C21BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="737A37ED" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRDefault="001F20B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Đơn</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Xin Bảo </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
@@ -22052,69 +21980,51 @@
               <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Y </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Tế</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Cho </w:t>
-[...17 lines deleted...]
-                <w:t xml:space="preserve"> Cao </w:t>
+                <w:t xml:space="preserve"> Cho Người Cao </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Niên</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
@@ -22214,51 +22124,69 @@
               <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Chăm</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Sóc Dài </w:t>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:t>Sóc</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Dài </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Hạn</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> (SACA-2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2819" w:type="dxa"/>
@@ -22641,51 +22569,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> MSP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E663BF" w14:paraId="61A110D4" w14:textId="77777777" w:rsidTr="006C21BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2671" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="706DFF60" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRDefault="001F20B1">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Đơn</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Xin Bảo </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
@@ -23108,57 +23036,52 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B0F8E2C" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRPr="00684F01" w:rsidRDefault="00E663BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1290C78F" w14:textId="77777777" w:rsidR="00B54EA6" w:rsidRPr="00B54EA6" w:rsidRDefault="00B54EA6">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal13"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65282C1E" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRDefault="001F20B1">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Heading214"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Cách </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Nhận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Trợ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>giúp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="513172A2" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRPr="002C5A72" w:rsidRDefault="00E663BF">
       <w:pPr>
@@ -24527,51 +24450,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dụng</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>lịch</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
@@ -25872,51 +25795,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trên</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trang</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> web </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId19">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Tìm</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>kiếm</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
@@ -26482,51 +26405,65 @@
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vụ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chăm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sóc </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sóc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C5A72">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Người</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cao </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tuổi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
@@ -26992,51 +26929,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tại</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002C5A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>mass.gov/info-details/help-paying-</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>medicare</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="002C5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -27055,83 +26992,78 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27DA1808" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRPr="002C5A72" w:rsidRDefault="00E663BF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E663BF" w:rsidRPr="002C5A72" w:rsidSect="00E663BF">
-      <w:headerReference w:type="even" r:id="rId23"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A89A5E2" w14:textId="77777777" w:rsidR="009A733D" w:rsidRDefault="009A733D">
+    <w:p w14:paraId="2F091608" w14:textId="77777777" w:rsidR="002D25F6" w:rsidRDefault="002D25F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C843CB6" w14:textId="77777777" w:rsidR="009A733D" w:rsidRDefault="009A733D">
+    <w:p w14:paraId="0E0DE55F" w14:textId="77777777" w:rsidR="002D25F6" w:rsidRDefault="002D25F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="654D09DF" w14:textId="77777777" w:rsidR="009A733D" w:rsidRDefault="009A733D"/>
+    <w:p w14:paraId="1824CA75" w14:textId="77777777" w:rsidR="002D25F6" w:rsidRDefault="002D25F6"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -27163,198 +27095,168 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E796429" w14:textId="77777777" w:rsidR="00E663BF" w:rsidRDefault="00E663BF">
     <w:pPr>
       <w:pStyle w:val="P68B1DB1-Normal16"/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="001F20B1">
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0042377E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="42046218" w14:textId="65C65E31" w:rsidR="00E663BF" w:rsidRDefault="001F20B1">
+  <w:p w14:paraId="42046218" w14:textId="1CAE477B" w:rsidR="00E663BF" w:rsidRPr="000E27B4" w:rsidRDefault="001F20B1">
     <w:pPr>
       <w:pStyle w:val="P68B1DB1-Normal1"/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000E27B4">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:t>MSP-FAQ-</w:t>
     </w:r>
-    <w:r w:rsidR="00F86640">
+    <w:r w:rsidR="00F86640" w:rsidRPr="000E27B4">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:t>VN</w:t>
     </w:r>
-    <w:r>
-      <w:t>_2025-05</w:t>
+    <w:r w:rsidRPr="000E27B4">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_202</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidR="000E27B4" w:rsidRPr="000E27B4">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6-03</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38026C29" w14:textId="77777777" w:rsidR="009A733D" w:rsidRDefault="009A733D">
+    <w:p w14:paraId="7EA2CC44" w14:textId="77777777" w:rsidR="002D25F6" w:rsidRDefault="002D25F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="172FF4F5" w14:textId="77777777" w:rsidR="009A733D" w:rsidRDefault="009A733D">
+    <w:p w14:paraId="3843B9EB" w14:textId="77777777" w:rsidR="002D25F6" w:rsidRDefault="002D25F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7DAFA747" w14:textId="77777777" w:rsidR="009A733D" w:rsidRDefault="009A733D"/>
+    <w:p w14:paraId="535665D4" w14:textId="77777777" w:rsidR="002D25F6" w:rsidRDefault="002D25F6"/>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1C6A94B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="250C00FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
@@ -28454,51 +28356,51 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="103960584">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496920931">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1095594426">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="492570158">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1056510590">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="794180056">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -28513,50 +28415,51 @@
     <w:rsid w:val="00012CDC"/>
     <w:rsid w:val="00027F7E"/>
     <w:rsid w:val="00034181"/>
     <w:rsid w:val="0003771B"/>
     <w:rsid w:val="00040493"/>
     <w:rsid w:val="00041020"/>
     <w:rsid w:val="00045F92"/>
     <w:rsid w:val="000529C3"/>
     <w:rsid w:val="000540CE"/>
     <w:rsid w:val="000606FC"/>
     <w:rsid w:val="00060F64"/>
     <w:rsid w:val="00065959"/>
     <w:rsid w:val="00072139"/>
     <w:rsid w:val="00075C3B"/>
     <w:rsid w:val="000766BB"/>
     <w:rsid w:val="00090438"/>
     <w:rsid w:val="000A4FCD"/>
     <w:rsid w:val="000C125A"/>
     <w:rsid w:val="000C3C8E"/>
     <w:rsid w:val="000C5B62"/>
     <w:rsid w:val="000D3278"/>
     <w:rsid w:val="000D4C04"/>
     <w:rsid w:val="000D6313"/>
     <w:rsid w:val="000D6993"/>
     <w:rsid w:val="000D70C8"/>
+    <w:rsid w:val="000E27B4"/>
     <w:rsid w:val="000E44DF"/>
     <w:rsid w:val="000E777A"/>
     <w:rsid w:val="000F0772"/>
     <w:rsid w:val="000F21E9"/>
     <w:rsid w:val="00100575"/>
     <w:rsid w:val="001008A1"/>
     <w:rsid w:val="00106B60"/>
     <w:rsid w:val="00112127"/>
     <w:rsid w:val="001147B4"/>
     <w:rsid w:val="001149AB"/>
     <w:rsid w:val="00116407"/>
     <w:rsid w:val="001211B8"/>
     <w:rsid w:val="00126103"/>
     <w:rsid w:val="00132533"/>
     <w:rsid w:val="00134AAB"/>
     <w:rsid w:val="00145D33"/>
     <w:rsid w:val="00151AA0"/>
     <w:rsid w:val="00153EEC"/>
     <w:rsid w:val="00161E7F"/>
     <w:rsid w:val="0016680E"/>
     <w:rsid w:val="00172094"/>
     <w:rsid w:val="00175FE5"/>
     <w:rsid w:val="001764B4"/>
     <w:rsid w:val="0018682E"/>
     <w:rsid w:val="00186DC2"/>
@@ -28596,50 +28499,51 @@
     <w:rsid w:val="00250ACA"/>
     <w:rsid w:val="00253362"/>
     <w:rsid w:val="00267E41"/>
     <w:rsid w:val="00275AD2"/>
     <w:rsid w:val="00275CA5"/>
     <w:rsid w:val="0027605E"/>
     <w:rsid w:val="00280433"/>
     <w:rsid w:val="00283B36"/>
     <w:rsid w:val="00284074"/>
     <w:rsid w:val="00284C36"/>
     <w:rsid w:val="00287899"/>
     <w:rsid w:val="0028799D"/>
     <w:rsid w:val="00291BD5"/>
     <w:rsid w:val="00291E4E"/>
     <w:rsid w:val="002A100D"/>
     <w:rsid w:val="002A2676"/>
     <w:rsid w:val="002A5749"/>
     <w:rsid w:val="002B13BB"/>
     <w:rsid w:val="002B3FFC"/>
     <w:rsid w:val="002B42F6"/>
     <w:rsid w:val="002B671E"/>
     <w:rsid w:val="002C0458"/>
     <w:rsid w:val="002C3CEA"/>
     <w:rsid w:val="002C5A72"/>
     <w:rsid w:val="002D196D"/>
+    <w:rsid w:val="002D25F6"/>
     <w:rsid w:val="002D4997"/>
     <w:rsid w:val="002D49E5"/>
     <w:rsid w:val="002D7778"/>
     <w:rsid w:val="002D7DBA"/>
     <w:rsid w:val="002E04DE"/>
     <w:rsid w:val="002E7E37"/>
     <w:rsid w:val="002F5351"/>
     <w:rsid w:val="002F6C16"/>
     <w:rsid w:val="003002E7"/>
     <w:rsid w:val="00304B43"/>
     <w:rsid w:val="00312F00"/>
     <w:rsid w:val="003158A4"/>
     <w:rsid w:val="00326447"/>
     <w:rsid w:val="0034440A"/>
     <w:rsid w:val="00350293"/>
     <w:rsid w:val="00357D96"/>
     <w:rsid w:val="00360426"/>
     <w:rsid w:val="00365DC6"/>
     <w:rsid w:val="00371BCE"/>
     <w:rsid w:val="00374333"/>
     <w:rsid w:val="003812D1"/>
     <w:rsid w:val="00383511"/>
     <w:rsid w:val="00385F82"/>
     <w:rsid w:val="00393681"/>
     <w:rsid w:val="00397E10"/>
@@ -28785,50 +28689,51 @@
     <w:rsid w:val="0083688C"/>
     <w:rsid w:val="00841C97"/>
     <w:rsid w:val="00845C59"/>
     <w:rsid w:val="00846685"/>
     <w:rsid w:val="00850A09"/>
     <w:rsid w:val="0085512A"/>
     <w:rsid w:val="008627E6"/>
     <w:rsid w:val="008652C2"/>
     <w:rsid w:val="00871E1A"/>
     <w:rsid w:val="0087230F"/>
     <w:rsid w:val="00882C69"/>
     <w:rsid w:val="0088512F"/>
     <w:rsid w:val="0088537F"/>
     <w:rsid w:val="008953ED"/>
     <w:rsid w:val="008A0180"/>
     <w:rsid w:val="008A49A3"/>
     <w:rsid w:val="008A7081"/>
     <w:rsid w:val="008A73EB"/>
     <w:rsid w:val="008B4A98"/>
     <w:rsid w:val="008B6465"/>
     <w:rsid w:val="008C16C3"/>
     <w:rsid w:val="008C4258"/>
     <w:rsid w:val="008C7CFA"/>
     <w:rsid w:val="008D43B3"/>
     <w:rsid w:val="008D55BF"/>
+    <w:rsid w:val="008D6EDC"/>
     <w:rsid w:val="008E626C"/>
     <w:rsid w:val="008F2D67"/>
     <w:rsid w:val="00902745"/>
     <w:rsid w:val="00906515"/>
     <w:rsid w:val="00906B80"/>
     <w:rsid w:val="00916E6E"/>
     <w:rsid w:val="00917E20"/>
     <w:rsid w:val="009215EB"/>
     <w:rsid w:val="00921E79"/>
     <w:rsid w:val="00923F1B"/>
     <w:rsid w:val="009250B8"/>
     <w:rsid w:val="00925F29"/>
     <w:rsid w:val="00926E2E"/>
     <w:rsid w:val="009342DE"/>
     <w:rsid w:val="00935C50"/>
     <w:rsid w:val="009442FC"/>
     <w:rsid w:val="00945758"/>
     <w:rsid w:val="00951EFF"/>
     <w:rsid w:val="00952E68"/>
     <w:rsid w:val="009656F7"/>
     <w:rsid w:val="00965A02"/>
     <w:rsid w:val="00971B3F"/>
     <w:rsid w:val="009722C1"/>
     <w:rsid w:val="00981DED"/>
     <w:rsid w:val="009820AD"/>
@@ -30262,51 +30167,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1942226022">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/medicare-savings-programs-application/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-coverage-for-seniors-and-people-of-any-age-who-need-long-term-care-services" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.mahealthconnector.org/enrollment-assisters" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-the-health-safety-net-or-the-childrens-medical-security-plan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/medicare-savings-programs-application/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/medicare-savings-programs-application/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/schedule-an-appointment-with-a-masshealth-representative" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-coverage-for-seniors-and-people-of-any-age-who-need-long-term-care-services" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/402-through-300" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\JLuca\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\IKHPGDAR\mass.gov\info-details\program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-the-health-safety-net-or-the-childrens-medical-security-plan" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-coverage-types-for-individuals-and-families-including-people-with-disabilities-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/estaterecoverydetails" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/help-paying-medicare-costs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/medicare-savings-programs-application/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/schedule-an-appointment-with-a-masshealth-representative" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-the-health-safety-net-or-the-childrens-medical-security-plan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-the-health-safety-net-or-the-childrens-medical-security-plan" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-coverage-for-seniors-and-people-of-any-age-who-need-long-term-care-services" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/help-paying-medicare-costs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/apply-for-masshealth-coverage-for-seniors-and-people-of-any-age-who-need-long-term-care-services" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/402-through-300" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\JLuca\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\IKHPGDAR\mass.gov\info-details\program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.mahealthconnector.org/enrollment-assisters" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-coverage-types-for-individuals-and-families-including-people-with-disabilities-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/estaterecoverydetails" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -30569,106 +30474,106 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgY4BzQCnuKjwsp9yPYlzcNwv9BKw==">CgMxLjAaGgoBMBIVChMIBCoPCgtBQUFBOENRLTQ3RRABGicKATESIgogCAQqHAoLQUFBQTVsNzlqT2cQCBoLQUFBQTVsNzlqT2caGgoBMhIVChMIBCoPCgtBQUFBNWw3OWpPcxABGhoKATMSFQoTCAQqDwoLQUFBQThDUS00N00QAhoaCgE0EhUKEwgEKg8KC0FBQUE1bDc5ak9zEAEaGgoBNRIVChMIBCoPCgtBQUFBOENRLTQ3TRACGhoKATYSFQoTCAQqDwoLQUFBQThDUS00N00QARoaCgE3EhUKEwgEKg8KC0FBQUE1bDc5ak9zEAEaGgoBOBIVChMIBCoPCgtBQUFBOENRLTQ2OBABGhoKATkSFQoTCAQqDwoLQUFBQTVsNzlqT3MQARobCgIxMBIVChMIBCoPCgtBQUFBOENRLTQ3QRABGhsKAjExEhUKEwgEKg8KC0FBQUE1bDc5ak9zEAEaGwoCMTISFQoTCAQqDwoLQUFBQTVsNzlqT3MQARobCgIxMxIVChMIBCoPCgtBQUFBNWw3OWpPcxAEGhsKAjE0EhUKEwgEKg8KC0FBQUE1bDc5ak9zEAQaGwoCMTUSFQoTCAQqDwoLQUFBQThDUS00N1kQARobCgIxNhIVChMIBCoPCgtBQUFBNS1mQ1RGSRABGigKAjE3EiIKIAgEKhwKC0FBQUE1LWZDVEZNEAgaC0FBQUE1LWZDVEZNGhsKAjE4EhUKEwgEKg8KC0FBQUE1LWZDVEZJEAIaKAoCMTkSIgogCAQqHAoLQUFBQTR6TkhlekEQCBoLQUFBQTR6TkhlekEaGwoCMjASFQoTCAQqDwoLQUFBQTUwZHRHMWMQARobCgIyMRIVChMIBCoPCgtBQUFBNTBkdEcxZxABGhsKAjIyEhUKEwgEKg8KC0FBQUE4Q1EtNDdjEAkaGwoCMjMSFQoTCAQqDwoLQUFBQThDUS00N2MQBBobCgIyNBIVChMIBCoPCgtBQUFBOENRLTQ3YxAEGhsKAjI1EhUKEwgEKg8KC0FBQUE1MGR0RzFREAEaMAoCMjYSKgoTCAQqDwoLQUFBQThDUS00N2MQBAoTCAQqDwoLQUFBQTUwZHRHMVEQARobCgIyNxIVChMIBCoPCgtBQUFBOENRLTQ3YxAEGjYKAjI4EjAKBDoCCAIKEwgEKg8KC0FBQUE4Q1EtNDdnEAQKEwgEKg8KC0FBQUE4Q1EtNDdnEAMaGwoCMjkSFQoTCAQqDwoLQUFBQTVsNzlqTzAQARobCgIzMBIVChMIBCoPCgtBQUFBOENRLTQ3axABGhsKAjMxEhUKEwgEKg8KC0FBQUE1bDc5ak8wEAEaGwoCMzISFQoTCAQqDwoLQUFBQTVsNzlqTzQQARobCgIzMxIVChMIBCoPCgtBQUFBOENRLTQ3bxABGhsKAjM0EhUKEwgEKg8KC0FBQUE1bDc5ak80EAEaGwoCMzUSFQoTCAQqDwoLQUFBQTVsNzlqTzQQBBobCgIzNhIVChMIBCoPCgtBQUFBNWw3OWpPNBAEGhsKAjM3EhUKEwgEKg8KC0FBQUE0ek5IZXo4EAEaGwoCMzgSFQoTCAQqDwoLQUFBQTUwZHRHd2cQARobCgIzORIVChMIBCoPCgtBQUFBNW1IYTBUWRABGhsKAjQwEhUKEwgEKg8KC0FBQUE1bUhhMFRZEAIaGwoCNDESFQoTCAQqDwoLQUFBQTUwZHRHd2sQARobCgI0MhIVChMIBCoPCgtBQUFBNWw3OWpQQRABGhsKAjQzEhUKEwgEKg8KC0FBQUE1bDc5alBBEAIaGwoCNDQSFQoTCAQqDwoLQUFBQTVsNzlqUEUQARobCgI0NRIVChMIBCoPCgtBQUFBNWw3OWpQRRACGhsKAjQ2EhUKEwgEKg8KC0FBQUE1MGR0R3dzEAEaGwoCNDcSFQoTCAQqDwoLQUFBQTUwZHRHeFUQARobCgI0OBIVChMIBCoPCgtBQUFBNTBkdEd4VRACGhsKAjQ5EhUKEwgEKg8KC0FBQUE1MGR0R3hNEAEaGwoCNTASFQoTCAQqDwoLQUFBQTUwZHRHeE0QAhobCgI1MRIVChMIBCoPCgtBQUFBNTBkdEd4WRACGhsKAjUyEhUKEwgEKg8KC0FBQUE1MGR0RzE0EAEaGwoCNTMSFQoTCAQqDwoLQUFBQTUwZHRHMTQQAhobCgI1NBIVChMIBCoPCgtBQUFBNWw3OWpQTRABGhsKAjU1EhUKEwgEKg8KC0FBQUE1bDc5alBREAEaGwoCNTYSFQoTCAQqDwoLQUFBQTQweVk3ejAQARobCgI1NxIVChMIBCoPCgtBQUFBNDB5WTd6MBABGigKAjU4EiIKIAgEKhwKC0FBQUE0MHlZNzBNEAgaC0FBQUE0MHlZNzBNGigKAjU5EiIKIAgEKhwKC0FBQUE0MHlZNzBNEAgaC0FBQUE1M1V6a3VBGigKAjYwEiIKIAgEKhwKC0FBQUE0MHlZNzBNEAgaC0FBQUE1LWZDVEFZGhsKAjYxEhUKEwgEKg8KC0FBQUE0MHlZN3owEAEaGwoCNjISFQoTCAQqDwoLQUFBQTQweVk3ejAQARobCgI2MxIVChMIBCoPCgtBQUFBNDB5WTd6MBABGhsKAjY0EhUKEwgEKg8KC0FBQUE1bDc5alBnEAIaGwoCNjUSFQoTCAQqDwoLQUFBQTVsNzlqUGcQAhobCgI2NhIVChMIBCoPCgtBQUFBNWw3OWpQVRABGhsKAjY3EhUKEwgEKg8KC0FBQUE1bDc5alBnEAIaGwoCNjgSFQoTCAQqDwoLQUFBQTZ0ZWgtS3MQARobCgI2ORIVChMIBCoPCgtBQUFBNWw3OWpQZxACGhsKAjcwEhUKEwgEKg8KC0FBQUE1bDc5alBVEAEaGwoCNzESFQoTCAQqDwoLQUFBQTVsNzlqUGcQAhobCgI3MhIVChMIBCoPCgtBQUFBNWw3OWpQZxACGhsKAjczEhUKEwgEKg8KC0FBQUE1bDc5alBnEAEaGwoCNzQSFQoTCAQqDwoLQUFBQTVsNzlqUGcQAhobCgI3NRIVChMIBCoPCgtBQUFBNWw3OWpQZxACGhsKAjc2EhUKEwgEKg8KC0FBQUE1bDc5alBnEAIaGwoCNzcSFQoTCAQqDwoLQUFBQTUwZHRHMlEQARobCgI3OBIVChMIBCoPCgtBQUFBNTBkdEcyVRABGhsKAjc5EhUKEwgEKg8KC0FBQUE1MGR0RzJVEAIaKAoCODASIgogCAQqHAoLQUFBQTVsNzlqUHMQCBoLQUFBQTVsNzlqUHMaGwoCODESFQoTCAQqDwoLQUFBQTUwZHRHMTgQARobCgI4MhIVChMIBCoPCgtBQUFBNTBkdEcxOBACGhsKAjgzEhUKEwgEKg8KC0FBQUE1LWZDVEFrEAYaGwoCODQSFQoTCAQqDwoLQUFBQTUwZHRHMk0QAhooCgI4NRIiCiAIBCocCgtBQUFBNWw3OWpRTRAIGgtBQUFBNWw3OWpRTRobCgI4NhIVChMIBCoPCgtBQUFBNWw3OWpRRRABGhsKAjg3EhUKEwgEKg8KC0FBQUE1bDc5alFFEAEaKAoCODgSIgogCAQqHAoLQUFBQTVsNzlqUUUQCBoLQUFBQTVsNzlqUUkaGwoCODkSFQoTCAQqDwoLQUFBQTVsNzlqUUUQARooCgI5MBIiCiAIBCocCgtBQUFBNHpOSGV6ZxAIGgtBQUFBNHpOSGV6ZxobCgI5MRIVChMIBCoPCgtBQUFBNWw3OWpRRRABGhsKAjkyEhUKEwgEKg8KC0FBQUE1MGR0RzJBEAEaGwoCOTMSFQoTCAQqDwoLQUFBQTUwZHRHMkEQARobCgI5NBIVChMIBCoPCgtBQUFBNTBkdEcyQRABGhsKAjk1EhUKEwgEKg8KC0FBQUE1LWZDVEJNEAEaGwoCOTYSFQoTCAQqDwoLQUFBQTUwZHRHMkEQARobCgI5NxIVChMIBCoPCgtBQUFBNTBkdEcyQRAEGhsKAjk4EhUKEwgEKg8KC0FBQUE1MGR0RzJBEAQaGwoCOTkSFQoTCAQqDwoLQUFBQTVsNzlqUUUQARocCgMxMDASFQoTCAQqDwoLQUFBQTVsNzlqUUUQARocCgMxMDESFQoTCAQqDwoLQUFBQTUtZkNUQWcQARocCgMxMDISFQoTCAQqDwoLQUFBQTUtZkNUQWcQARocCgMxMDMSFQoTCAQqDwoLQUFBQTUtZkNUQWcQARocCgMxMDQSFQoTCAQqDwoLQUFBQTUtZkNUQWcQARocCgMxMDUSFQoTCAQqDwoLQUFBQTUtZkNUQWcQARocCgMxMDYSFQoTCAQqDwoLQUFBQTUtZkNUQWcQARocCgMxMDcSFQoTCAQqDwoLQUFBQTVsNzlqUUUQARoxCgMxMDgSKgoTCAQqDwoLQUFBQTUtZkNUQWcQBAoTCAQqDwoLQUFBQTVsNzlqUUUQARoxCgMxMDkSKgoTCAQqDwoLQUFBQTUtZkNUQWcQBAoTCAQqDwoLQUFBQTVsNzlqUUUQARocCgMxMTASFQoTCAQqDwoLQUFBQTUtZkNUQkEQBhopCgMxMTESIgogCAQqHAoLQUFBQTQweVk3MHMQCBoLQUFBQTQweVk3MHMaHAoDMTEyEhUKEwgEKg8KC0FBQUE0MHlZNzBZEAIaHAoDMTEzEhUKEwgEKg8KC0FBQUE1LWZDVEJVEAEaHAoDMTE0EhUKEwgEKg8KC0FBQUE1LWZDVEJVEAIaHAoDMTE1EhUKEwgEKg8KC0FBQUE1LWZDVEJREAEaHAoDMTE2EhUKEwgEKg8KC0FBQUE1LWZDVEJREAEaHAoDMTE3EhUKEwgEKg8KC0FBQUE1LWZDVEJREAEaHAoDMTE4EhUKEwgEKg8KC0FBQUE1LWZDVEJREAEaHAoDMTE5EhUKEwgEKg8KC0FBQUE1LWZDVEJREAEaHAoDMTIwEhUKEwgEKg8KC0FBQUE1LWZDVEJREAQaHAoDMTIxEhUKEwgEKg8KC0FBQUE1LWZDVEJREAQaHAoDMTIyEhUKEwgEKg8KC0FBQUE1bDc5alFFEAEaHAoDMTIzEhUKEwgEKg8KC0FBQUE1bDc5alFFEAEaHAoDMTI0EhUKEwgEKg8KC0FBQUE1bDc5alFFEAEaHAoDMTI1EhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTI2EhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTI3EhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTI4EhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTI5EhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTMwEhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTMxEhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTMyEhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTMzEhUKEwgEKg8KC0FBQUE1LWZDVEFzEAEaHAoDMTM0EhUKEwgEKg8KC0FBQUE1bDc5alFFEAEaMQoDMTM1EioKEwgEKg8KC0FBQUE1LWZDVEFzEAQKEwgEKg8KC0FBQUE1bDc5alFFEAEaMQoDMTM2EioKEwgEKg8KC0FBQUE1LWZDVEFzEAQKEwgEKg8KC0FBQUE1bDc5alFFEAEaKQoDMTM3EiIKIAgEKhwKC0FBQUE0MHlZNzBzEAgaC0FBQUE0MHlZNzBzGhwKAzEzOBIVChMIBCoPCgtBQUFBNDB5WTcwYxACGhwKAzEzORIVChMIBCoPCgtBQUFBNS1mQ1RCZxABGhwKAzE0MBIVChMIBCoPCgtBQUFBNS1mQ1RCZxACGhwKAzE0MRIVChMIBCoPCgtBQUFBNS1mQ1RCSRABGhwKAzE0MhIVChMIBCoPCgtBQUFBNS1mQ1RCSRABGhwKAzE0MxIVChMIBCoPCgtBQUFBNS1mQ1RCSRABGhwKAzE0NBIVChMIBCoPCgtBQUFBNS1mQ1RCSRABGhwKAzE0NRIVChMIBCoPCgtBQUFBNS1mQ1RCSRABGhwKAzE0NhIVChMIBCoPCgtBQUFBNS1mQ1RCSRAEGhwKAzE0NxIVChMIBCoPCgtBQUFBNS1mQ1RCSRAEGhwKAzE0OBIVChMIBCoPCgtBQUFBNWw3OWpRRRABGhwKAzE0ORIVChMIBCoPCgtBQUFBNWw3OWpRRRABGhwKAzE1MBIVChMIBCoPCgtBQUFBNWw3OWpRRRABGhwKAzE1MRIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE1MhIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE1MxIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE1NBIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE1NRIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE1NhIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE1NxIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE1OBIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE1ORIVChMIBCoPCgtBQUFBNS1mQ1RBOBABGhwKAzE2MBIVChMIBCoPCgtBQUFBNWw3OWpRRRABGjEKAzE2MRIqChMIBCoPCgtBQUFBNS1mQ1RBOBAEChMIBCoPCgtBQUFBNWw3OWpRRRABGjEKAzE2MhIqChMIBCoPCgtBQUFBNS1mQ1RBOBAEChMIBCoPCgtBQUFBNWw3OWpRRRABGhwKAzE2MxIVChMIBCoPCgtBQUFBNHpOSGUwOBABGhwKAzE2NBIVChMIBCoPCgtBQUFBNHpOSGUxQRABGhwKAzE2NRIVChMIBCoPCgtBQUFBNHpOSGUxQRACGikKAzE2NhIiCiAIBCocCgtBQUFBNHpOSGUxTRAIGgtBQUFBNHpOSGUxTRocCgMxNjcSFQoTCAQqDwoLQUFBQTUwZHRHM1kQARocCgMxNjgSFQoTCAQqDwoLQUFBQTUwZHRHM1kQAhocCgMxNjkSFQoTCAQqDwoLQUFBQTZ0ZWgtTEEQAhocCgMxNzASFQoTCAQqDwoLQUFBQTUwZHRHM2sQAhocCgMxNzESFQoTCAQqDwoLQUFBQTZ0ZWgtTEEQARocCgMxNzISFQoTCAQqDwoLQUFBQTUwZHRHM2MQARoxCgMxNzMSKgoTCAQqDwoLQUFBQTZ0ZWgtTEEQBAoTCAQqDwoLQUFBQTUwZHRHM2MQARocCgMxNzQSFQoTCAQqDwoLQUFBQTVsNzlqUWsQARopCgMxNzUSIgogCAQqHAoLQUFBQTVsNzlqUkkQCBoLQUFBQTVsNzlqUkkaHAoDMTc2EhUKEwgEKg8KC0FBQUE1bDc5alFzEAIaKQoDMTc3EiIKIAgEKhwKC0FBQUE1bDc5alFzEAgaC0FBQUE1MGR0RzN3GikKAzE3OBIiCiAIBCocCgtBQUFBNWw3OWpSSRAIGgtBQUFBNWw3OWpSSRopCgMxNzkSIgogCAQqHAoLQUFBQTVsNzlqT1kQCBoLQUFBQTVsNzlqT1kaKQoDMTgwEiIKIAgEKhwKC0FBQUE1bDc5alJNEAgaC0FBQUE1bDc5alJNGhwKAzE4MRIVChMIBCoPCgtBQUFBNnRlaC1MRRABGhwKAzE4MhIVChMIBCoPCgtBQUFBNHpOSGUwZxABGhwKAzE4MxIVChMIBCoPCgtBQUFBNDB5WTcwdxABGhwKAzE4NBIVChMIBCoPCgtBQUFBNDB5WTcwdxACGhwKAzE4NRIVChMIBCoPCgtBQUFBNHpOSGUwZxABGhwKAzE4NhIVChMIBCoPCgtBQUFBNDB5WTcwdxACGhwKAzE4NxIVChMIBCoPCgtBQUFBNHpOSGUwaxABGhwKAzE4OBIVChMIBCoPCgtBQUFBNHpOSGUwaxABGhwKAzE4ORIVChMIBCoPCgtBQUFBNHpOSGUwaxACGhwKAzE5MBIVChMIBCoPCgtBQUFBNDB5WTcwMBABGhwKAzE5MRIVChMIBCoPCgtBQUFBNDB5WTcwMBABGhwKAzE5MhIVChMIBCoPCgtBQUFBNDB5WTcwNBABGhwKAzE5MxIVChMIBCoPCgtBQUFBNDB5WTcwOBABGhwKAzE5NBIVChMIBCoPCgtBQUFBNDB5WTcwNBABGhwKAzE5NRIVChMIBCoPCgtBQUFBNDB5WTcwOBACGhwKAzE5NhIVChMIBCoPCgtBQUFBNDB5WTcwOBACGhwKAzE5NxIVChMIBCoPCgtBQUFBNHpOSGV6SRABGhwKAzE5OBIVChMIBCoPCgtBQUFBNDB5WTcwOBACGhwKAzE5ORIVChMIBCoPCgtBQUFBNDB5WTcwOBACGhwKAzIwMBIVChMIBCoPCgtBQUFBNDB5WTcwOBABGhwKAzIwMRIVChMIBCoPCgtBQUFBNDB5WTcwOBACGhwKAzIwMhIVChMIBCoPCgtBQUFBNDB5WTcwOBACGikKAzIwMxIiCiAIBCocCgtBQUFBNS1mQ1RDYxAIGgtBQUFBNS1mQ1RDYxopCgMyMDQSIgogCAQqHAoLQUFBQTUtZkNUQ2MQCBoLQUFBQTUtZkNUQ2MaHAoDMjA1EhUKEwgEKg8KC0FBQUE1bDc5alRrEAIaKQoDMjA2EiIKIAgEKhwKC0FBQUE1bDc5alRrEAgaC0FBQUE2dGVoLUxvGikKAzIwNxIiCiAIBCocCgtBQUFBNWw3OWpUaxAIGgtBQUFBNTBkdEcyaxocCgMyMDgSFQoTCAQqDwoLQUFBQTR6TkhlMFEQARocCgMyMDkSFQoTCAQqDwoLQUFBQTR6TkhlMFEQARocCgMyMTASFQoTCAQqDwoLQUFBQTVsNzlqVGsQARocCgMyMTESFQoTCAQqDwoLQUFBQTVsNzlqVGsQARocCgMyMTISFQoTCAQqDwoLQUFBQTVsNzlqVGsQARocCgMyMTMSFQoTCAQqDwoLQUFBQTVsNzlqVGsQAhocCgMyMTQSFQoTCAQqDwoLQUFBQTVsNzlqVGsQAhpMCgMyMTUSRQoEOgIIAgoTCAQqDwoLQUFBQTVsNzlqVGsQBAoTCAQqDwoLQUFBQTVsNzlqVGsQAgoTCAQqDwoLQUFBQTVsNzlqVGsQAxocCgMyMTYSFQoTCAQqDwoLQUFBQTVsNzlqVGsQAhpMCgMyMTcSRQoEOgIIAgoTCAQqDwoLQUFBQTVsNzlqVGsQBAoTCAQqDwoLQUFBQTVsNzlqVGsQAgoTCAQqDwoLQUFBQTVsNzlqVGsQAxocCgMyMTgSFQoTCAQqDwoLQUFBQTR6Tkhlek0QARocCgMyMTkSFQoTCAQqDwoLQUFBQTZwbmEtaFkQARocCgMyMjASFQoTCAQqDwoLQUFBQTZwbmEtaFkQAhocCgMyMjESFQoTCAQqDwoLQUFBQTVsNzlqVHMQARocCgMyMjISFQoTCAQqDwoLQUFBQTZwbmEtaFkQAhocCgMyMjMSFQoTCAQqDwoLQUFBQTZwbmEtaFkQAhocCgMyMjQSFQoTCAQqDwoLQUFBQTZwbmEtaFkQARocCgMyMjUSFQoTCAQqDwoLQUFBQTZwbmEtaFkQARocCgMyMjYSFQoTCAQqDwoLQUFBQTZwbmEtaFkQARpMCgMyMjcSRQoEOgIIAgoTCAQqDwoLQUFBQTU3OHA1R3MQBAoTCAQqDwoLQUFBQTZwbmEtaFkQAQoTCAQqDwoLQUFBQTU3OHA1R3MQAxocCgMyMjgSFQoTCAQqDwoLQUFBQTZwbmEtaFkQARocCgMyMjkSFQoTCAQqDwoLQUFBQTZwbmEtaFkQARo3CgMyMzASMAoEOgIIAgoTCAQqDwoLQUFBQTZwbmEtaFkQBAoTCAQqDwoLQUFBQTZwbmEtaFkQAxocCgMyMzESFQoTCAQqDwoLQUFBQTR6TkhlMEkQARocCgMyMzISFQoTCAQqDwoLQUFBQTR6TkhlME0QARocCgMyMzMSFQoTCAQqDwoLQUFBQTR6TkhlME0QAhopCgMyMzQSIgogCAQqHAoLQUFBQTVsNzlqVTgQCBoLQUFBQTVsNzlqVTgaHAoDMjM1EhUKEwgEKg8KC0FBQUE1MGR0RzIwEAEaMQoDMjM2EioKEwgEKg8KC0FBQUE2cG5hLWhvEAQKEwgEKg8KC0FBQUE1MGR0RzIwEAEaHAoDMjM3EhUKEwgEKg8KC0FBQUE1MGR0RzIwEAIaHAoDMjM4EhUKEwgEKg8KC0FBQUE2cG5hLWhvEAQaHAoDMjM5EhUKEwgEKg8KC0FBQUE1MGR0RzIwEAIaHAoDMjQwEhUKEwgEKg8KC0FBQUE2cG5hLWhvEAEaHAoDMjQxEhUKEwgEKg8KC0FBQUE1MGR0RzIwEAIaHAoDMjQyEhUKEwgEKg8KC0FBQUE1MGR0RzIwEAIaHAoDMjQzEhUKEwgEKg8KC0FBQUE1bDc5alVjEAEaHAoDMjQ0EhUKEwgEKg8KC0FBQUE1MGR0RzIwEAIaHAoDMjQ1EhUKEwgEKg8KC0FBQUE1MGR0RzIwEAIaHAoDMjQ2EhUKEwgEKg8KC0FBQUE1bDc5alVnEAEaHAoDMjQ3EhUKEwgEKg8KC0FBQUE1MGR0RzIwEAIaHAoDMjQ4EhUKEwgEKg8KC0FBQUE1MGR0RzIwEAIaHAoDMjQ5EhUKEwgEKg8KC0FBQUE1bDc5alVzEAIaHAoDMjUwEhUKEwgEKg8KC0FBQUE1bDc5alVzEAIaNwoDMjUxEjAKBDoCCAIKEwgEKg8KC0FBQUE1bDc5alVzEAQKEwgEKg8KC0FBQUE1bDc5alVzEAMaKQoDMjUyEiIKIAgEKhwKC0FBQUE1bDc5alZNEAgaC0FBQUE1bDc5alZNGhwKAzI1MxIVChMIBCoPCgtBQUFBNTBkdEczMBACGhwKAzI1NBIVChMIBCoPCgtBQUFBNTBkdEczMBABGhwKAzI1NRIVChMIBCoPCgtBQUFBNTBkdEczMBACGhwKAzI1NhIVChMIBCoPCgtBQUFBNTc4cDVIQRABGhwKAzI1NxIVChMIBCoPCgtBQUFBNTBkdEczMBABGhwKAzI1OBIVChMIBCoPCgtBQUFBNTc4cDVIQRACGhwKAzI1ORIVChMIBCoPCgtBQUFBNTc4cDVIQRABGhwKAzI2MBIVChMIBCoPCgtBQUFBNTc4cDVIQRACGhwKAzI2MRIVChMIBCoPCgtBQUFBNTBkdEczMBABGhwKAzI2MhIVChMIBCoPCgtBQUFBNTBkdEczMBABGhwKAzI2MxIVChMIBCoPCgtBQUFBNTBkdEczMBAEGhwKAzI2NBIVChMIBCoPCgtBQUFBNTBkdEczMBAEGhwKAzI2NRIVChMIBCoPCgtBQUFBNTBkdEd5RRABGhwKAzI2NhIVChMIBCoPCgtBQUFBNTBkdEd5RRABGhwKAzI2NxIVChMIBCoPCgtBQUFBNTBkdEd5RRAEGhwKAzI2OBIVChMIBCoPCgtBQUFBNTBkdEd5RRAEGhwKAzI2ORIVChMIBCoPCgtBQUFBNWw3OWpWURABGhwKAzI3MBIVChMIBCoPCgtBQUFBNWw3OWpWURABGhwKAzI3MRIVChMIBCoPCgtBQUFBNWw3OWpWURABGhwKAzI3MhIVChMIBCoPCgtBQUFBNWw3OWpWURABGhwKAzI3MxIVChMIBCoPCgtBQUFBNWw3OWpWURABGhwKAzI3NBIVChMIBCoPCgtBQUFBNWw3OWpWbxACGhwKAzI3NRIVChMIBCoPCgtBQUFBNWw3OWpWbxACGikKAzI3NhIiCiAIBCocCgtBQUFBNTBkdEc2RRAIGgtBQUFBNTBkdEc2RRocCgMyNzcSFQoTCAQqDwoLQUFBQTVsNzlqVm8QARocCgMyNzgSFQoTCAQqDwoLQUFBQTVsNzlqVm8QAhocCgMyNzkSFQoTCAQqDwoLQUFBQTVsNzlqVm8QAhocCgMyODASFQoTCAQqDwoLQUFBQTVsNzlqVm8QAhocCgMyODESFQoTCAQqDwoLQUFBQTVtSGEwSzQQARocCgMyODISFQoTCAQqDwoLQUFBQTVsNzlqV1UQARocCgMyODMSFQoTCAQqDwoLQUFBQTVsNzlqV1UQAhocCgMyODQSFQoTCAQqDwoLQUFBQTVsNzlqV1kQARocCgMyODUSFQoTCAQqDwoLQUFBQTVsNzlqV0UQARocCgMyODYSFQoTCAQqDwoLQUFBQTVsNzlqV0kQARocCgMyODcSFQoTCAQqDwoLQUFBQTUwZHRHMHcQARocCgMyODgSFQoTCAQqDwoLQUFBQTUwZHRHMHcQAhocCgMyODkSFQoTCAQqDwoLQUFBQTUwZHRHMDAQARocCgMyOTASFQoTCAQqDwoLQUFBQTVsNzlqV1EQARocCgMyOTESFQoTCAQqDwoLQUFBQTVtSGEwSnMQAhopCgMyOTISIgogCAQqHAoLQUFBQTZ0ZWgtTGcQCBoLQUFBQTZ0ZWgtTGcaKQoDMjkzEiIKIAgEKhwKC0FBQUE2dGVoLUxnEAgaC0FBQUE1MGR0RzBzGhwKAzI5NBIVChMIBCoPCgtBQUFBNW1IYTBKcxACGhwKAzI5NRIVChMIBCoPCgtBQUFBNW1IYTBKcxABGhwKAzI5NhIVChMIBCoPCgtBQUFBNW1IYTBKcxACGhwKAzI5NxIVChMIBCoPCgtBQUFBNW1IYTBKcxABGhwKAzI5OBIVChMIBCoPCgtBQUFBNW1IYTBKcxABGhwKAzI5ORIVChMIBCoPCgtBQUFBNW1IYTBKcxABGhwKAzMwMBIVChMIBCoPCgtBQUFBNW1IYTBKcxAEGhwKAzMwMRIVChMIBCoPCgtBQUFBNW1IYTBKcxAEGhwKAzMwMhIVChMIBCoPCgtBQUFBNWw3OWpXYxABGhwKAzMwMxIVChMIBCoPCgtBQUFBNWw3OWpXZxABGhwKAzMwNBIVChMIBCoPCgtBQUFBNWw3OWpXZxACGhwKAzMwNRIVChMIBCoPCgtBQUFBNHpOSGV6VRABGhwKAzMwNhIVChMIBCoPCgtBQUFBNWw3OWpXaxABGhwKAzMwNxIVChMIBCoPCgtBQUFBNWw3OWpXaxABGhwKAzMwOBIVChMIBCoPCgtBQUFBNWw3OWpXaxABGhwKAzMwORIVChMIBCoPCgtBQUFBNWw3OWpXaxABGhwKAzMxMBIVChMIBCoPCgtBQUFBNWw3OWpXaxABGhwKAzMxMRIVChMIBCoPCgtBQUFBNWw3OWpXaxABGhwKAzMxMhIVChMIBCoPCgtBQUFBNWw3OWpXaxABGhwKAzMxMxIVChMIBCoPCgtBQUFBNW1IYTBNTRABGhwKAzMxNBIVChMIBCoPCgtBQUFBNW1IYTBNTRABGhwKAzMxNRIVChMIBCoPCgtBQUFBNTc4cDVIRRABGhwKAzMxNhIVChMIBCoPCgtBQUFBNW1IYTBNTRABGhwKAzMxNxIVChMIBCoPCgtBQUFBNTc4cDVIRRACGhwKAzMxOBIVChMIBCoPCgtBQUFBNW1IYTBNTRABGhwKAzMxORIVChMIBCoPCgtBQUFBNW1IYTBNTRABGhwKAzMyMBIVChMIBCoPCgtBQUFBNW1IYTBNTRAEGjcKAzMyMRIwCgQ6AggCChMIBCoPCgtBQUFBNW1IYTBNTRAEChMIBCoPCgtBQUFBNW1IYTBNTRADGhwKAzMyMhIVChMIBCoPCgtBQUFBNW1IYTBObxABGhwKAzMyMxIVChMIBCoPCgtBQUFBNW1IYTBObxABGhwKAzMyNBIVChMIBCoPCgtBQUFBNW1IYTBObxABGikKAzMyNRIiCiAIBCocCgtBQUFBNW1IYTBQMBAIGgtBQUFBNW1IYTBQMBocCgMzMjYSFQoTCAQqDwoLQUFBQTVtSGEwUGMQARocCgMzMjcSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzMjgSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzMjkSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzMzASFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzMzESFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzMzISFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzMzMSFQoTCAQqDwoLQUFBQTUtZkNUREEQAhocCgMzMzQSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzMzUSFQoTCAQqDwoLQUFBQTUtZkNUREEQAhocCgMzMzYSFQoTCAQqDwoLQUFBQTUtZkNUREEQARocCgMzMzcSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzMzgSFQoTCAQqDwoLQUFBQTUtZkNUREEQAhocCgMzMzkSFQoTCAQqDwoLQUFBQTUtZkNUREUQAhocCgMzNDASFQoTCAQqDwoLQUFBQTUtZkNUQzgQARocCgMzNDESFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzNDISFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzNDMSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzNDQSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzNDUSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzNDYSFQoTCAQqDwoLQUFBQTVtSGEwT00QARocCgMzNDcSFQoTCAQqDwoLQUFBQTUtZkNURHMQARocCgMzNDgSFQoTCAQqDwoLQUFBQTUtZkNURHMQARopCgMzNDkSIgogCAQqHAoLQUFBQTUtZkNURDAQCBoLQUFBQTUtZkNURDAaHAoDMzUwEhUKEwgEKg8KC0FBQUE1bUhhME9NEAEaHAoDMzUxEhUKEwgEKg8KC0FBQUE1bUhhME9NEAEaHAoDMzUyEhUKEwgEKg8KC0FBQUE1bUhhME9NEAQaNwoDMzUzEjAKBDoCCAIKEwgEKg8KC0FBQUE1bUhhME9NEAQKEwgEKg8KC0FBQUE1bUhhME9NEAMipgIKC0FBQUE1MGR0RzNjEvABCgtBQUFBNTBkdEczYxILQUFBQTUwZHRHM2MaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwv63I76wxOInPye+sMUpQCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaKMLX2uQBIhogChwKFmZvciBwZW9wbGUgd2l0aCBpbmNvbWUQARgAEAFaDG1zMW44YTd1a3lpcHICIAB4AIIBFHN1Z2dlc3QuNTByaXduOG90bWk4mgEGCAAQABgAsAEAuAEAGL+tyO+sMSCJz8nvrDEwAEIUc3VnZ2VzdC41MHJpd244b3RtaTgihgkKC0FBQUE2dGVoLUxnEtQICgtBQUFBNnRlaC1MZxILQUFBQTZ0ZWgtTGcarwEKCXRleHQvaHRtbBKhAUkgdGhpbmsgdGhpcyByZXZpc2lvbiBjb21wbGljYXRlcyB0aGUgbWVzc2FnZS4gSXQgc2hvdWxkIGJlIG1vcmUgY2xlYXIgdGhhdCB0aGlzIGlzIGZvcmVnb2luZyBNU1AgYW5kIGNob29zaW5nIHRvIHF1YWxpZnkgZm9yIE1hc3NIZWFsdGggYnkgbWVldGluZyBhIGRlZHVjdGlibGUuIrABCgp0ZXh0L3BsYWluEqEBSSB0aGluayB0aGlzIHJldmlzaW9uIGNvbXBsaWNhdGVzIHRoZSBtZXNzYWdlLiBJdCBzaG91bGQgYmUgbW9yZSBjbGVhciB0aGF0IHRoaXMgaXMgZm9yZWdvaW5nIE1TUCBhbmQgY2hvb3NpbmcgdG8gcXVhbGlmeSBmb3IgTWFzc0hlYWx0aCBieSBtZWV0aW5nIGEgZGVkdWN0aWJsZS4qGyIVMTAyMzc0MDA3NDk3NDI2MDk2Nzc5KAA4ADCMmbLmrDE4rJPL7qwxQqUCCgtBQUFBNTBkdEcwcxILQUFBQTZ0ZWgtTGcaQwoJdGV4dC9odG1sEjZJIHRoaW5rIHlvdSYjMzk7cmUgcmlnaHQsIEkmIzM5O20gZ29pbmcgdG8gdGFrZSBpdCBvdXQiPAoKdGV4dC9wbGFpbhIuSSB0aGluayB5b3UncmUgcmlnaHQsIEknbSBnb2luZyB0byB0YWtlIGl0IG91dCobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMKyTy+6sMTisk8vurDFaCzdhczI1NGRjNTU4cgIgAHgAmgEGCAAQABgAqgE4EjZJIHRoaW5rIHlvdSYjMzk7cmUgcmlnaHQsIEkmIzM5O20gZ29pbmcgdG8gdGFrZSBpdCBvdXSwAQC4AQBKtAEKCnRleHQvcGxhaW4SpQFmb3JlZ28gaGVscCB3aXRoIE1lZGljYXJlIGNvc3RzLCBhbmQgdXNlIHRob3NlIHVucmVpbWJ1cnNlZCBNZWRpY2FyZSBleHBlbnNlcyBhbmQgb3RoZXIgdW5yZWltYnVyc2VkIG1lZGljYWwgY29zdHMgIHRvIG1lZXQgYSBkZWR1Y3RpYmxlLiBjaG9vc2UgTWFzc0hlYWx0aCBjb3ZlcmFnZS5aDGtnc2pkdHBxMHI1eXICIAB4AJoBBggAEAAYAKoBpAESoQFJIHRoaW5rIHRoaXMgcmV2aXNpb24gY29tcGxpY2F0ZXMgdGhlIG1lc3NhZ2UuIEl0IHNob3VsZCBiZSBtb3JlIGNsZWFyIHRoYXQgdGhpcyBpcyBmb3JlZ29pbmcgTVNQIGFuZCBjaG9vc2luZyB0byBxdWFsaWZ5IGZvciBNYXNzSGVhbHRoIGJ5IG1lZXRpbmcgYSBkZWR1Y3RpYmxlLrABALgBABiMmbLmrDEgrJPL7qwxMABCEGtpeC5ieTZqMmVmbmZtMWsi8gIKC0FBQUE1NzhwNUhBErwCCgtBQUFBNTc4cDVIQRILQUFBQTU3OHA1SEEaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExMTE1MjI2NTAwMDA4NTE1NDE2MSgAOAAwj9TTn60xOL7S2J+tMUqbAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGnPC19rkAW0KMQoWChBkZWR1Y3RpYmxlcyB3aGVuEAEYABIVCg9kZWR1Y3RpYmxlc3doZW4QARgAGAEaOAo0Ci50aGV5IGFyZSBiaWxsZWQgYnkgaG9zcGl0YWxzIG9yIGhlYWx0aCBjZW50ZXJzEAEYABABWgxrYW5kcWEzYndndjFyAiAAeACCARRzdWdnZXN0Lmc5cmE2c3o4Yzc3MZoBBggAEAAYALABALgBABiP1NOfrTEgvtLYn60xMABCFHN1Z2dlc3QuZzlyYTZzejhjNzcxIqwGCgtBQUFBNWw3OWpRcxL2BQoLQUFBQTVsNzlqUXMSC0FBQUE1bDc5alFzGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMLiop76rMTjY/tXvrDFCmAQKC0FBQUE1MGR0RzN3EgtBQUFBNWw3OWpRcxqQAQoJdGV4dC9odG1sEoIBV2UgdGhpbmsgeW91IGNhbiBwcm92aWRlIE1TUCB0byBwZW9wbGUgb24gQ29tbW9uSGVhbHRoIHdobyB2ZXJpZnkgdGhlaXIgYXNzZXRzIGVpdGhlciBpbiB0aGUgU0FDQS0yIG9yIGJ5IGZpbGluZyBhbiBBQ0EtMyBhbmQgTUhCSSKRAQoKdGV4dC9wbGFpbhKCAVdlIHRoaW5rIHlvdSBjYW4gcHJvdmlkZSBNU1AgdG8gcGVvcGxlIG9uIENvbW1vbkhlYWx0aCB3aG8gdmVyaWZ5IHRoZWlyIGFzc2V0cyBlaXRoZXIgaW4gdGhlIFNBQ0EtMiBvciBieSBmaWxpbmcgYW4gQUNBLTMgYW5kIE1IQkkqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDY/tXvrDE42P7V76wxWgxvaDRob205MzRwMXByAiAAeACaAQYIABAAGACqAYUBEoIBV2UgdGhpbmsgeW91IGNhbiBwcm92aWRlIE1TUCB0byBwZW9wbGUgb24gQ29tbW9uSGVhbHRoIHdobyB2ZXJpZnkgdGhlaXIgYXNzZXRzIGVpdGhlciBpbiB0aGUgU0FDQS0yIG9yIGJ5IGZpbGluZyBhbiBBQ0EtMyBhbmQgTUhCSbABALgBAEo7CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaE8LX2uQBDRILCgcKAS4QARgAEAFaDDd3YnZzOHY4bGdqYnICIAB4AIIBFHN1Z2dlc3Qubmoxdm55bmh3NHNjmgEGCAAQABgAsAEAuAEAGLiop76rMSDY/tXvrDEwAEIUc3VnZ2VzdC5uajF2bnluaHc0c2MimQIKC0FBQUE1NzhwNUhFEuMBCgtBQUFBNTc4cDVIRRILQUFBQTU3OHA1SEUaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExMTE1MjI2NTAwMDA4NTE1NDE2MSgAOAAwovDhn60xOMKA4p+tMUpECiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaHMLX2uQBFgoUCgcKAWUQARgAEgcKAW8QARgAGAFaCzQxcGc2M2U1d3FqcgIgAHgAggEUc3VnZ2VzdC5peHFiMnVybGZpaXeaAQYIABAAGACwAQC4AQAYovDhn60xIMKA4p+tMTAAQhRzdWdnZXN0Lml4cWIydXJsZmlpdyL1AgoLQUFBQTVsNzlqUlESvwIKC0FBQUE1bDc5alJREgtBQUFBNWw3OWpSURoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADD20rC+qzE4/+KN76wxSp4BCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMadsLX2uQBcBpuCmoKZElmIHlvdSBxdWFsaWZ5IGZvciBNU1AsIHlvdSB3aWxsIGFsc28gZ2V0IHRoZSBIZWFsdGggU2FmZXR5IE5ldCBmb3IgdGhlIG1vbnRocyBpbiB3aGljaCB5b3UgaGF2ZSBNU1AQARgBEAFaDGNrMjZsZ2xqa2pwaXICIAB4AIIBFHN1Z2dlc3QudWd2dmpleTJiZXlmmgEGCAAQABgAsAEAuAEAGPbSsL6rMSD/4o3vrDEwAEIUc3VnZ2VzdC51Z3Z2amV5MmJleWYi3wIKC0FBQUE1MGR0RzNZEqkCCgtBQUFBNTBkdEczWRILQUFBQTUwZHRHM1kaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwgIfH76wxOPyBy++sMUqIAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGmDC19rkAVoKWAo0Ci4uIENvbW1vbkhlYWx0aCBkb2VzIG5vdCBoYXZlIGFuIGFzc2V0IHRlc3QgYW5kEAEYABIeChhiZWNhdXNlIG9mIGZlZGVyYWwgcnVsZXMQARgAGAFaDGZqcHZzbHpicnpzMnICIAB4AIIBFHN1Z2dlc3QuaWRsM3dmbXdjcml1mgEGCAAQABgAsAEAuAEAGICHx++sMSD8gcvvrDEwAEIUc3VnZ2VzdC5pZGwzd2Ztd2NyaXUimwIKC0FBQUE1bDc5alFrEuUBCgtBQUFBNWw3OWpRaxILQUFBQTVsNzlqUWsaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw67CmvqsxOKDKy++sMUpFCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaHcLX2uQBFxoVChEKCygxMzUlIEZQTCkuEAEYABABWgx4cHpwbzQ2bG8wOXhyAiAAeACCARRzdWdnZXN0LmRocm5vMnBkcTR2NpoBBggAEAAYALABALgBABjrsKa+qzEgoMrL76wxMABCFHN1Z2dlc3QuZGhybm8ycGRxNHY2IpMCCgtBQUFBNS1mQ1REaxLdAQoLQUFBQTUtZkNURGsSC0FBQUE1LWZDVERrGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTYyMjQxNjc2ODQwMTMzMDcwNTYoADgAMIa/jfetMTjW1I33rTFKPQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGhXC19rkAQ8aDQoJCgNIb3cQARgAEAFaDGdpYmg3bnRycjVna3ICIAB4AIIBFHN1Z2dlc3Qucmc2ZGhnMmo0dmNrmgEGCAAQABgAsAEAuAEAGIa/jfetMSDW1I33rTEwAEIUc3VnZ2VzdC5yZzZkaGcyajR2Y2sihQQKC0FBQUE1bDc5alJJEtMDCgtBQUFBNWw3OWpSSRILQUFBQTVsNzlqUkkadQoJdGV4dC9odG1sEmhXaGF0IGFib3V0IG9wdGlvbiBmb3IgQ29tbW9uSGVhbHRoIG1lbWJlcnMgdG8gY29tcGxldGUgTUhCSSAmYW1wOyBpZiB0aGV5IHF1YWxpZnkgZm9yIE1TUCwgZ2V0dGluZyBib3RoPyJyCgp0ZXh0L3BsYWluEmRXaGF0IGFib3V0IG9wdGlvbiBmb3IgQ29tbW9uSGVhbHRoIG1lbWJlcnMgdG8gY29tcGxldGUgTUhCSSAmIGlmIHRoZXkgcXVhbGlmeSBmb3IgTVNQLCBnZXR0aW5nIGJvdGg/KhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw0ceqvqsxONHHqr6rMUoRCgp0ZXh0L3BsYWluEgNGUExaDGhkdHNvOWk5bzlncHICIAB4AJoBBggAEAAYAKoBahJoV2hhdCBhYm91dCBvcHRpb24gZm9yIENvbW1vbkhlYWx0aCBtZW1iZXJzIHRvIGNvbXBsZXRlIE1IQkkgJmFtcDsgaWYgdGhleSBxdWFsaWZ5IGZvciBNU1AsIGdldHRpbmcgYm90aD+wAQC4AQAY0ceqvqsxINHHqr6rMTAAQhBraXgudzBtYjFwNzY0b3N6ItICCgtBQUFBNWw3OWpSTRKgAgoLQUFBQTVsNzlqUk0SC0FBQUE1bDc5alJNGjgKCXRleHQvaHRtbBIrQWRkIGluZm9ybWF0aW9uIGFib3V0IEhlYWx0aCBTYWZldHkgTmV0IHRvbyI5Cgp0ZXh0L3BsYWluEitBZGQgaW5mb3JtYXRpb24gYWJvdXQgSGVhbHRoIFNhZmV0eSBOZXQgdG9vKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwgqewvqsxOIKnsL6rMUoRCgp0ZXh0L3BsYWluEgNNU1BaDGljbnc5MHJpYjJlY3ICIAB4AJoBBggAEAAYAKoBLRIrQWRkIGluZm9ybWF0aW9uIGFib3V0IEhlYWx0aCBTYWZldHkgTmV0IHRvb7ABALgBABiCp7C+qzEggqewvqsxMABCEGtpeC5lamF4d2llNnpxMjYijgIKC0FBQUE1MGR0RzNrEtkBCgtBQUFBNTBkdEczaxILQUFBQTUwZHRHM2saDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwtanN76wxOLX6ze+sMUo6CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaEsLX2uQBDBIKCgYKABAUGAAQAVoMdTN4amltOHprZDd3cgIgAHgAggETc3VnZ2VzdC5wYWhuN2xxZG5repoBBggAEAAYALABALgBABi1qc3vrDEgtfrN76wxMABCE3N1Z2dlc3QucGFobjdscWRua3oiwQIKC0FBQUE1LWZDVERzEosCCgtBQUFBNS1mQ1REcxILQUFBQTUtZkNURHMaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNjIyNDE2NzY4NDAxMzMwNzA1NigAOAAwjPKO960xOMSej/etMUprCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaQ8LX2uQBPRo7CjcKMUlmIHlvdSBoYXZlIGlzc3VlcyB3aXRoIGEgcHJvdmlkZXIgb3IgTVNQIGJpbGxpbmcQARgAEAFaDGtzbmNsZjYwbGpxZ3ICIAB4AIIBFHN1Z2dlc3QubXgyZWo1eGZ3Z3V0mgEGCAAQABgAsAEAuAEAGIzyjvetMSDEno/3rTEwAEIUc3VnZ2VzdC5teDJlajV4ZndndXQiygIKC0FBQUE1bUhhME9NEpQCCgtBQUFBNW1IYTBPTRILQUFBQTVtSGEwT00aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw77LTv6sxOM7nkcCrMUp0CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaTMLX2uQBRhpECkAKOkdldCBoZWxwIGZyb20gYSBTSElORSBjb3Vuc2Vsb3IgUmVhZCBtb3JlIGFib3V0IE1TUCBvbmxpbmUQARgAEAFaDHc4ZTZmbmdvZjRoaHICIAB4AIIBFHN1Z2dlc3QubXBpdXpycnNicW5omgEGCAAQABgAsAEAuAEAGO+y07+rMSDO55HAqzEwAEIUc3VnZ2VzdC5tcGl1enJyc2Jxbmgi9AMKC0FBQUE1bUhhMFAwEsIDCgtBQUFBNW1IYTBQMBILQUFBQTVtSGEwUDAabQoJdGV4dC9odG1sEmBDYW4gcGVvcGxlIGFwcGx5IGZvciBNSEJJIG92ZXIgdGhlIHBob25lPyBPbmUgb2YgbXkgY2xpZW50cyB0cmllZCBhbmQgd2FzIHRvbGQgc2hlIGNvdWxkbiYjMzk7dC4iagoKdGV4dC9wbGFpbhJcQ2FuIHBlb3BsZSBhcHBseSBmb3IgTUhCSSBvdmVyIHRoZSBwaG9uZT8gT25lIG9mIG15IGNsaWVudHMgdHJpZWQgYW5kIHdhcyB0b2xkIHNoZSBjb3VsZG4ndC4qGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADCVgt6/qzE4lYLev6sxShgKCnRleHQvcGxhaW4SCk1hc3NIZWFsdGhaDDYyMGdlanMycjlsZHICIAB4AJoBBggAEAAYAKoBYhJgQ2FuIHBlb3BsZSBhcHBseSBmb3IgTUhCSSBvdmVyIHRoZSBwaG9uZT8gT25lIG9mIG15IGNsaWVudHMgdHJpZWQgYW5kIHdhcyB0b2xkIHNoZSBjb3VsZG4mIzM5O3QusAEAuAEAGJWC3r+rMSCVgt6/qzEwAEIQa2l4LjlvZDlnMjZxM3VkZyKZAgoLQUFBQTUtZkNUREUS4wEKC0FBQUE1LWZDVERFEgtBQUFBNS1mQ1RERRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE2MjI0MTY3Njg0MDEzMzA3MDU2KAA4ADDvzuH2rTE4peLh9q0xSkMKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxobwtfa5AEVEhMKDwoJb2NhdGVkIGF0EAEYABABWgwxYnYwbzM0ZHRnYTRyAiAAeACCARRzdWdnZXN0LmcxcXJiOTNzeDJwdZoBBggAEAAYALABALgBABjvzuH2rTEgpeLh9q0xMABCFHN1Z2dlc3QuZzFxcmI5M3N4MnB1IowCCgtBQUFBNTc4cDVHcxLWAQoLQUFBQTU3OHA1R3MSC0FBQUE1NzhwNUdzGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTExNTIyNjUwMDAwODUxNTQxNjEoADgAMKmMvJ+tMTjLkryfrTFKNgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGg7C19rkAQgiBggMCA0QAVoMdzh6Yjd1MXV1bTMycgIgAHgAggEUc3VnZ2VzdC5sdzc0Zm9uODU3NHWaAQYIABAAGACwAQC4AQAYqYy8n60xIMuSvJ+tMTAAQhRzdWdnZXN0Lmx3NzRmb244NTc0dSLwAgoLQUFBQTQweVk3MHcSugIKC0FBQUE0MHlZNzB3EgtBQUFBNDB5WTcwdxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE1NjA3MTkyODI2MDYyNjc0MzM3KAA4ADDn8ruNrTE4gqasiK4xSpkBCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaccLX2uQBawppCigKImNhbiBvbmx5IGJlIHVzZWQgdG8gYXBwbHkgZm9yIE1TUHMQARgAEjsKNWFuZCBpcyBub3QgYSB3YXkgdG8gYXBwbHkgZm9yIGFueSBiZW5lZml0IGV4Y2VwdCBNU1AuEAEYABgBWgxrdG0wMjV2enh2cmJyAiAAeACCARRzdWdnZXN0LjdkcXlvNDZ4dzN1NJoBBggAEAAYALABALgBABjn8ruNrTEggqasiK4xMABCFHN1Z2dlc3QuN2RxeW80Nnh3M3U0Ip0CCgtBQUFBNTBkdEd3ZxLnAQoLQUFBQTUwZHRHd2cSC0FBQUE1MGR0R3dnGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMK/Vnu2sMTj48Z7trDFKRwokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGh/C19rkARkaFwoTCg1jb21wcmVoZW5zaXZlEAEYABABWgxrbmNnZTB2OW5sajRyAiAAeACCARRzdWdnZXN0LnMzNGRwbnIwcXJ6apoBBggAEAAYALABALgBABiv1Z7trDEg+PGe7awxMABCFHN1Z2dlc3QuczM0ZHBucjBxcnpqIogRCgtBQUFBNTBkdEc2RRLXEAoLQUFBQTUwZHRHNkUSC0FBQUE1MGR0RzZFGpsECgl0ZXh0L2h0bWwSjQRXZSYjMzk7cmUgbm90IHN1cmUgaG93IHRoZSBOb3ZlbWJlciB1cGdyYWRlIHdpbGwgYWRkcmVzcyBwZW9wbGUgd2hvIHdhbnQgdG8gY2hvb3NlIG5vdCB0byBnZXQgTVNQIGluIG9yZGVyIHRvIHVzZSB1bnJlaW1idXJzZWQgTWVkaWNhcmUgY29zdHMgdG93YXJkIG1lZXRpbmcgYSBkZWR1Y3RpYmxlLiBJZiB0aGVyZSBpcyBhIHdheSB0byBkbyBpdCBieSBjaGVja2luZyBObyBvbiB0aGUgU0FDQS0yIHdoZW4gaXQgYXNrcyBpZiB5b3Ugd2FudCBoZWxwIHdpdGggTWVkaWNhcmUgcHJlbWl1bXMsIGl0IHNob3VsZCBzYXkgdGhhdCBoZXJlLiBJZiB0aGVyZSBpc24mIzM5O3QgYSB3YXkgdG8gZG8gdGhhdCwgdGhlbiBJIHRoaW5rIHlvdSBjb3VsZCBza2lwIGl0LiBJZiB0aGVyZSBpcyBhIGRlc2NyaXB0aW9uIG9mIGhvdyB0byBxdWFsaWZ5IGFzIG1lZGljYWxseSBuZWVkIGJ5IG1lZXRpbmcgYSBkZWR1Y3RpYmxlIC0tdGhlIGxpbmsgY291bGQgZ28gdW5kZXIgdGhlIHNlY3Rpb24gZGVzY3JpYmluZyBmdWxsIE1hc3NIZWFsdGgilAQKCnRleHQvcGxhaW4ShQRXZSdyZSBub3Qgc3VyZSBob3cgdGhlIE5vdmVtYmVyIHVwZ3JhZGUgd2lsbCBhZGRyZXNzIHBlb3BsZSB3aG8gd2FudCB0byBjaG9vc2Ugbm90IHRvIGdldCBNU1AgaW4gb3JkZXIgdG8gdXNlIHVucmVpbWJ1cnNlZCBNZWRpY2FyZSBjb3N0cyB0b3dhcmQgbWVldGluZyBhIGRlZHVjdGlibGUuIElmIHRoZXJlIGlzIGEgd2F5IHRvIGRvIGl0IGJ5IGNoZWNraW5nIE5vIG9uIHRoZSBTQUNBLTIgd2hlbiBpdCBhc2tzIGlmIHlvdSB3YW50IGhlbHAgd2l0aCBNZWRpY2FyZSBwcmVtaXVtcywgaXQgc2hvdWxkIHNheSB0aGF0IGhlcmUuIElmIHRoZXJlIGlzbid0IGEgd2F5IHRvIGRvIHRoYXQsIHRoZW4gSSB0aGluayB5b3UgY291bGQgc2tpcCBpdC4gSWYgdGhlcmUgaXMgYSBkZXNjcmlwdGlvbiBvZiBob3cgdG8gcXVhbGlmeSBhcyBtZWRpY2FsbHkgbmVlZCBieSBtZWV0aW5nIGEgZGVkdWN0aWJsZSAtLXRoZSBsaW5rIGNvdWxkIGdvIHVuZGVyIHRoZSBzZWN0aW9uIGRlc2NyaWJpbmcgZnVsbCBNYXNzSGVhbHRoKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwr/+C8KwxOK//gvCsMUqjAwoKdGV4dC9wbGFpbhKUA0Jhc2VkIG9uIHlvdXIgaW5jb21lIGFuZCBvdGhlciBlbGlnaWJpbGl0eSBmYWN0b3JzLCB5b3UgbWF5IGNob29zZSB0byBnZXQgTWFzc0hlYWx0aCBieSBtZWV0aW5nIGEgZGVkdWN0aWJsZSAgIHRvIGhlbHAgY292ZXIgY2VydGFpbiBtZWRpY2FsIGV4cGVuc2VzIG9yIHNlcnZpY2VzIGlmIHlvdXIgaW5jb21lIGlzIHRvbyBoaWdoIG9yIHlvdSBtYXkgY2hvb3NlIE1TUCB0byBoZWxwIHBheSBmb3IgTWVkaWNhcmUgcHJlbWl1bXMsIGRlZHVjdGlibGVzLCBjb3BheW1lbnRzLCBhbmQgY28taW5zdXJhbmNlLiBBcyBkZXNjcmliZWQgYmVsb3csIHRoZXJlIGFyZSBzZXZlcmFsIGZhY3RvcnMgeW91IG1heSB3YW50IHRvIGNvbnNpZGVyIHdoZW4gbWFraW5nIHRoZSBjaG9pY2UgdGhhdCBpcyBiZXN0IGZvciB5b3UuWgxucWw1dTRrNnh1azNyAiAAeACaAQYIABAAGACqAZAEEo0EV2UmIzM5O3JlIG5vdCBzdXJlIGhvdyB0aGUgTm92ZW1iZXIgdXBncmFkZSB3aWxsIGFkZHJlc3MgcGVvcGxlIHdobyB3YW50IHRvIGNob29zZSBub3QgdG8gZ2V0IE1TUCBpbiBvcmRlciB0byB1c2UgdW5yZWltYnVyc2VkIE1lZGljYXJlIGNvc3RzIHRvd2FyZCBtZWV0aW5nIGEgZGVkdWN0aWJsZS4gSWYgdGhlcmUgaXMgYSB3YXkgdG8gZG8gaXQgYnkgY2hlY2tpbmcgTm8gb24gdGhlIFNBQ0EtMiB3aGVuIGl0IGFza3MgaWYgeW91IHdhbnQgaGVscCB3aXRoIE1lZGljYXJlIHByZW1pdW1zLCBpdCBzaG91bGQgc2F5IHRoYXQgaGVyZS4gSWYgdGhlcmUgaXNuJiMzOTt0IGEgd2F5IHRvIGRvIHRoYXQsIHRoZW4gSSB0aGluayB5b3UgY291bGQgc2tpcCBpdC4gSWYgdGhlcmUgaXMgYSBkZXNjcmlwdGlvbiBvZiBob3cgdG8gcXVhbGlmeSBhcyBtZWRpY2FsbHkgbmVlZCBieSBtZWV0aW5nIGEgZGVkdWN0aWJsZSAtLXRoZSBsaW5rIGNvdWxkIGdvIHVuZGVyIHRoZSBzZWN0aW9uIGRlc2NyaWJpbmcgZnVsbCBNYXNzSGVhbHRosAEAuAEAGK//gvCsMSCv/4LwrDEwAEIPa2l4LjRtdHIxd3Z1ejltIp8CCgtBQUFBNHpOSGV6OBLpAQoLQUFBQTR6TkhlejgSC0FBQUE0ek5IZXo4Gg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMJz6wvGsMTjll8PxrDFKSQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGiHC19rkARsaGQoVCg9mdWxsIE1hc3NIZWFsdGgQARgAEAFaDGtuYWFiOHRzbWdieXICIAB4AIIBFHN1Z2dlc3QuZXFzdGc3NXFieG50mgEGCAAQABgAsAEAuAEAGJz6wvGsMSDll8PxrDEwAEIUc3VnZ2VzdC5lcXN0Zzc1cWJ4bnQiwgQKC0FBQUE0ek5IZXpBEpAECgtBQUFBNHpOSGV6QRILQUFBQTR6TkhlekEaiQEKCXRleHQvaHRtbBJ8RG8geW91IHRoaW5rIGl0IHNob3VsZCBhZGQgaW5mbyBhYm91dCBMSVMgJmFtcDsgYXZvaWRpbmcgbGF0ZSBlbnJvbGxtZW50IHBlbmFsdGllcyBvciBoYXZlIGEgbGluayB3aXRoIG1vcmUgaW5mbyBhYm91dCB0aGF0PyKGAQoKdGV4dC9wbGFpbhJ4RG8geW91IHRoaW5rIGl0IHNob3VsZCBhZGQgaW5mbyBhYm91dCBMSVMgJiBhdm9pZGluZyBsYXRlIGVucm9sbG1lbnQgcGVuYWx0aWVzIG9yIGhhdmUgYSBsaW5rIHdpdGggbW9yZSBpbmZvIGFib3V0IHRoYXQ/KhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw1qX88KwxONal/PCsMUoQCgp0ZXh0L3BsYWluEgJXZVoMYnJteWgxam95dXRocgIgAHgAmgEGCAAQABgAqgF+EnxEbyB5b3UgdGhpbmsgaXQgc2hvdWxkIGFkZCBpbmZvIGFib3V0IExJUyAmYW1wOyBhdm9pZGluZyBsYXRlIGVucm9sbG1lbnQgcGVuYWx0aWVzIG9yIGhhdmUgYSBsaW5rIHdpdGggbW9yZSBpbmZvIGFib3V0IHRoYXQ/sAEAuAEAGNal/PCsMSDWpfzwrDEwAEIQa2l4LnlqNjgzZDk2ajY4bCK/AwoLQUFBQTUtZkNUREESiQMKC0FBQUE1LWZDVERBEgtBQUFBNS1mQ1REQRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE2MjI0MTY3Njg0MDEzMzA3MDU2KAA4ADCv4d32rTE4jvTh9q0xSugBCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMavwHC19rkAbgBCqgBCjkKM1lvdSBjYW4gbG9jYXRlIHlvdXIgY2xvc2VzdCBTSElORSBjb3Vuc2Vsb3IgdGhyb3VnaBABGAASaQpjU0hJTkUgc3RhbmRzIGZvciDigJhTZXJ2aW5nIEhlYWx0aCBJbnN1cmFuY2UgTmVlZHMgb2YgRXZlcnlvbmUu4oCZIFRoZXJlIGFyZSBsb2NhbCBTSElORSBjb3Vuc2Vsb3JzEAEYABgBEgsKBwoBbBABGAAQAVoMemM4enA5cGo0YnNscgIgAHgAggEUc3VnZ2VzdC5uc2RlZzhub3Q4aHqaAQYIABAAGACwAQC4AQAYr+Hd9q0xII704fatMTAAQhRzdWdnZXN0Lm5zZGVnOG5vdDhoeiKYAgoLQUFBQTVsNzlqUFES4gEKC0FBQUE1bDc5alBREgtBQUFBNWw3OWpQURoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADCE3+u9qzE44urrvasxSkIKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxoawtfa5AEUGhIKDgoIcHJvZ3JhbXMQARgAEAFaDGRlbHpncDd3cXUyYXICIAB4AIIBFHN1Z2dlc3QuNDBzaTZ3NTYwcXQzmgEGCAAQABgAsAEAuAEAGITf672rMSDi6uu9qzEwAEIUc3VnZ2VzdC40MHNpNnc1NjBxdDMi5QIKC0FBQUE0ek5IZTA4Eq8CCgtBQUFBNHpOSGUwOBILQUFBQTR6TkhlMDgaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwydyC8qwxOMWAhPKsMUqOAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGmbC19rkAWAaXgpaClRvciBpZiB5b3UgYXJlIGFwcGx5aW5nIGZvciBvciBhbHJlYWR5IGhhdmUgTWFzc0hlYWx0aCBTdGFuZGFyZCB3aXRob3V0IGFuIGFzc2V0IHRlc3QQARgAEAFaDGR0M3l6cWV3ZDUwcnICIAB4AIIBFHN1Z2dlc3QuZm5uZ294a3ZqOWx6mgEGCAAQABgAsAEAuAEAGMncgvKsMSDFgITyrDEwAEIUc3VnZ2VzdC5mbm5nb3hrdmo5bHoitAQKC0FBQUE1LWZDVENjEoIECgtBQUFBNS1mQ1RDYxILQUFBQTUtZkNUQ2MaMQoJdGV4dC9odG1sEiROZXcgYnVsbGV0IHBvaW50IHN0YXJ0aW5nIGJlZm9yZSBpZj8iMgoKdGV4dC9wbGFpbhIkTmV3IGJ1bGxldCBwb2ludCBzdGFydGluZyBiZWZvcmUgaWY/KhsiFTExNjIyNDE2NzY4NDAxMzMwNzA1NigAOAAwoq7S9q0xOKKu0vatMUqHAgoKdGV4dC9wbGFpbhL4AUlmIHlvdSBhcmUgc2luZ2xlLCB5b3VyIGluY29tZSBpcyBsZXNzIHRoYW4gb3IgZXF1YWwgdG8gJDIsNzM0IHBlciBtb250aCAoMjI1JSBGUEwpIGFuZCB5b3UgbWVldCB0aGUgTWFzc0hlYWx0aCBjb3VudGFibGUgYXNzZXQgbGltaXRzIG9mICQyLDAwMCBmb3Igc2luZ2xlIGFwcGxpY2FudHMgYW5kICQzLDAwMCBmb3IgbWFycmllZCBjb3VwbGVzLCB5b3UgbWF5IHF1YWxpZnkgZm9yIGJvdGggZnVsbCBNYXNzSGVhbHRoIGFuZCBNU1AuWgx4aWx0cWptN2h6YjhyAiAAeACaAQYIABAAGACqASYSJE5ldyBidWxsZXQgcG9pbnQgc3RhcnRpbmcgYmVmb3JlIGlmP7ABALgBABiirtL2rTEgoq7S9q0xMABCEGtpeC5mcWU5aGRvbGNjY2IioAIKC0FBQUE2cG5hLWhvEuoBCgtBQUFBNnBuYS1obxILQUFBQTZwbmEtaG8aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwtPDV8qsxONKB1vKrMUpKCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaIsLX2uQBHAoaCgoKBHNvbWUQARgAEgoKBG1hbnkQARgAGAFaDDZjMnVjZWpyN3FraXICIAB4AIIBFHN1Z2dlc3QuNDJubWhvbzJubXI0mgEGCAAQABgAsAEAuAEAGLTw1fKrMSDSgdbyqzEwAEIUc3VnZ2VzdC40Mm5taG9vMm5tcjQi9QIKC0FBQUE1bDc5alBVEr8CCgtBQUFBNWw3OWpQVRILQUFBQTVsNzlqUFUaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwoaPsvasxOKP18L2rMUqeAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGnbC19rkAXAabgpqCmRhcmUgYWx3YXlzIGNvbWJpbmVkIHdpdGggTWVkaWNhcmUgb3IgTWVkaWNhcmUgcGx1cyBmdWxsIE1hc3NIZWFsdGggdG8gcHJvdmlkZSBoZWFsdGggY292ZXJhZ2UuIE1TUHMgEAEYARABWgxvamQ2b3VmbTV5cWdyAiAAeACCARRzdWdnZXN0LjZsZTd1YjJlbzBqZpoBBggAEAAYALABALgBABiho+y9qzEgo/XwvasxMABCFHN1Z2dlc3QuNmxlN3ViMmVvMGpmItkCCgtBQUFBNWw3OWpPcxKjAgoLQUFBQTVsNzlqT3MSC0FBQUE1bDc5ak9zGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMOTE372rMTiku7TAqzFKggEKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxpawtfa5AFUGlIKTgpIVGhpcyBwcm9ncmFtIHdhcyBmb3JtZXJseSBrbm93biBhcyB0aGUgU2VuaW9yIEJ1eS1JbiBhbmQgQnV5LUluIHByb2dyYW1zEAEYABABWgw3ZGZxaTVqa3ViYmpyAiAAeACCARRzdWdnZXN0LnI5dTc0NWpmZXBlcpoBBggAEAAYALABALgBABjkxN+9qzEgpLu0wKsxMABCFHN1Z2dlc3Qucjl1NzQ1amZlcGVyIsICCgtBQUFBNTBkdEd4WRKMAgoLQUFBQTUwZHRHeFkSC0FBQUE1MGR0R3hZGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMJrxsO2sMTiQjbHtrDFKbAokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGkTC19rkAT4SPAo4CjJvciBvdGhlciBvdXQgb2YgcG9ja2V0IGNvc3RzIGZvciBjb3ZlcmVkIHNlcnZpY2VzLhABGAAQAVoMNTR2c2Jtd2RvbHZqcgIgAHgAggEUc3VnZ2VzdC41YnpxajU5bGRyNHOaAQYIABAAGACwAQC4AQAYmvGw7awxIJCNse2sMTAAQhRzdWdnZXN0LjVienFqNTlsZHI0cyKUAgoLQUFBQTR6TkhlekkS3gEKC0FBQUE0ek5IZXpJEgtBQUFBNHpOSGV6SRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDvz4zxrDE4wtqM8awxSj4KJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxoWwtfa5AEQGg4KCgoEZnVsbBABGAAQAVoMOXRua2piaDdmaTJ2cgIgAHgAggEUc3VnZ2VzdC5qY2JyYWs1amQwNjSaAQYIABAAGACwAQC4AQAY78+M8awxIMLajPGsMTAAQhRzdWdnZXN0LmpjYnJhazVqZDA2NCKaAgoLQUFBQTUtZkNUQmcS5AEKC0FBQUE1LWZDVEJnEgtBQUFBNS1mQ1RCZxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE2MjI0MTY3Njg0MDEzMzA3MDU2KAA4ADD2/8T2rTE4/4PF9q0xSkQKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxocwtfa5AEWChQKBwoBTBABGAASBwoBbBABGAAYAVoMY2M4ZHU2YW8wN2kycgIgAHgAggEUc3VnZ2VzdC53M3Vicmt4cWd2aHCaAQYIABAAGACwAQC4AQAY9v/E9q0xIP+DxfatMTAAQhRzdWdnZXN0LnczdWJya3hxZ3ZocCKQAgoLQUFBQTVtSGEwTm8S2gEKC0FBQUE1bUhhME5vEgtBQUFBNW1IYTBObxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDP68+/qzE4ue/Pv6sxSjoKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxoSwtfa5AEMGgoKBgoAEBMYABABWgx0Mm90em54aGNtbGpyAiAAeACCARRzdWdnZXN0LmEwcHczN3ViczYza5oBBggAEAAYALABALgBABjP68+/qzEgue/Pv6sxMABCFHN1Z2dlc3QuYTBwdzM3dWJzNjNrIrAFCgtBQUFBNWw3OWpPZxL+BAoLQUFBQTVsNzlqT2cSC0FBQUE1bDc5ak9nGrMBCgl0ZXh0L2h0bWwSpQFUaGUgcHJvZ3JhbXMgaGF2ZSBiZWVuIGNhbGxlZCBTZW5pb3IgQnV5IEluICZhbXA7IEJ1eSBJbiBmb3IgYSBsb25nIHRpbWUuIEkmIzM5O2Qgc3VnZ2VzdCBwdXR0aW5nIHRoZSAmcXVvdDtmb3JtZXJseSBrbm93biBhcyZxdW90OyBpbiB0aGUgVGl0bGUgJmFtcDsgaW4gdGhlIGJ1bGxldHMingEKCnRleHQvcGxhaW4SjwFUaGUgcHJvZ3JhbXMgaGF2ZSBiZWVuIGNhbGxlZCBTZW5pb3IgQnV5IEluICYgQnV5IEluIGZvciBhIGxvbmcgdGltZS4gSSdkIHN1Z2dlc3QgcHV0dGluZyB0aGUgImZvcm1lcmx5IGtub3duIGFzIiBpbiB0aGUgVGl0bGUgJiBpbiB0aGUgYnVsbGV0cyobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMPPC2r2rMTjzwtq9qzFKEQoKdGV4dC9wbGFpbhIDTVNQWgx3ZnBtang2anJ4bWdyAiAAeACaAQYIABAAGACqAagBEqUBVGhlIHByb2dyYW1zIGhhdmUgYmVlbiBjYWxsZWQgU2VuaW9yIEJ1eSBJbiAmYW1wOyBCdXkgSW4gZm9yIGEgbG9uZyB0aW1lLiBJJiMzOTtkIHN1Z2dlc3QgcHV0dGluZyB0aGUgJnF1b3Q7Zm9ybWVybHkga25vd24gYXMmcXVvdDsgaW4gdGhlIFRpdGxlICZhbXA7IGluIHRoZSBidWxsZXRzsAEAuAEAGPPC2r2rMSDzwtq9qzEwAEIQa2l4LjkwNzRlZDNudDVtaCKzAgoLQUFBQTUwZHRHeFUS/QEKC0FBQUE1MGR0R3hVEgtBQUFBNTBkdEd4VRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADC+zK/trDE4y/av7awxSl0KJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxo1wtfa5AEvCi0KFwoRYXJlIG5vdCBjaGFyZ2VkIGEQARgAEhAKCmRvIG5vdCBwYXkQARgAGAFaDHNibzRkMXlncDVyc3ICIAB4AIIBFHN1Z2dlc3QuZ200Z253czI0aHgymgEGCAAQABgAsAEAuAEAGL7Mr+2sMSDL9q/trDEwAEIUc3VnZ2VzdC5nbTRnbndzMjRoeDIilAIKC0FBQUE1bDc5alBNEt4BCgtBQUFBNWw3OWpQTRILQUFBQTVsNzlqUE0aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw7sHrvasxOKDI672rMUo+CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaFsLX2uQBEBoOCgoKBGZ1bGwQARgAEAFaDGJya3M3ZnF2ZTlyanICIAB4AIIBFHN1Z2dlc3Qucngya2x0cmt4ajI1mgEGCAAQABgAsAEAuAEAGO7B672rMSCgyOu9qzEwAEIUc3VnZ2VzdC5yeDJrbHRya3hqMjUirwIKC0FBQUE1MGR0R3dzEvkBCgtBQUFBNTBkdEd3cxILQUFBQTUwZHRHd3MaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwrvqk7awxOLaMpu2sMUpZCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaMcLX2uQBKxopCiUKH2FuZCBsb25nIHRlcm0gbnVyc2luZyBob21lIGNhcmUQARgAEAFaDHowZmMxaHpkMnZpenICIAB4AIIBFHN1Z2dlc3QubzZ2OHE0aTkzcjRqmgEGCAAQABgAsAEAuAEAGK76pO2sMSC2jKbtrDEwAEIUc3VnZ2VzdC5vNnY4cTRpOTNyNGoizAIKC0FBQUE1bDc5alBBEpYCCgtBQUFBNWw3OWpQQRILQUFBQTVsNzlqUEEaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwx8blvasxOLWY6r2rMUp2CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaTsLX2uQBSApGCjkKMy4gRnVsbCBNYXNzSGVhbHRoIHByb2dyYW1zIGxpa2UgTWFzc0hlYWx0aCBTdGFuZGFyZBABGAASBwoBLBABGAAYAVoMOHVvbDdmaG5yaWU0cgIgAHgAggEUc3VnZ2VzdC5ob3ZkaWhqYzh5cWGaAQYIABAAGACwAQC4AQAYx8blvasxILWY6r2rMTAAQhRzdWdnZXN0LmhvdmRpaGpjOHlxYSKkAgoLQUFBQTVsNzlqV2cS7gEKC0FBQUE1bDc5aldnEgtBQUFBNWw3OWpXZxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADC1lKO/qzE446+jv6sxSk4KJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxomwtfa5AEgCh4KEAoKTWFzc0hlYWx0aBABGAASCAoCdXMQARgAGAFaDHl0b2tydDR0cXNzaXICIAB4AIIBFHN1Z2dlc3QuaTdoYTB1cXV2MmR6mgEGCAAQABgAsAEAuAEAGLWUo7+rMSDjr6O/qzEwAEIUc3VnZ2VzdC5pN2hhMHVxdXYyZHoilQIKC0FBQUE0ek5IZTBJEt8BCgtBQUFBNHpOSGUwSRILQUFBQTR6TkhlMEkaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw8qfT8awxOJGo+PGsMUo/CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaF8LX2uQBERoPCgsKBWFzc2V0EAEYABABWgwzOTl4YjYxY3NsZ2VyAiAAeACCARRzdWdnZXN0Lmx3amtuczFtOWNtN5oBBggAEAAYALABALgBABjyp9PxrDEgkaj48awxMABCFHN1Z2dlc3QubHdqa25zMW05Y203IoIDCgtBQUFBNTBkdEd4TRLMAgoLQUFBQTUwZHRHeE0SC0FBQUE1MGR0R3hNGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMOjere2sMTjdibjtrDFKqwEKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxqCAcLX2uQBfBIKCgYKABAUGAAQARpuCmoKZC4gQWxzbywgZXhjZXB0IGZvciBsb25nIHRlcm0gbnVyc2luZyBob21lIHJlc2lkZW50cywgbW9zdCBwZW9wbGUgb24gTWFzc0hlYWx0aCBkbyBub3QgaGF2ZSBvdGhlciBvdXQQARgBEAFaDHY5MWpycWx3NWYyN3ICIAB4AIIBFHN1Z2dlc3Qub2t5b2VjZG1veDJ0mgEGCAAQABgAsAEAuAEAGOjere2sMSDdibjtrDEwAEIUc3VnZ2VzdC5va3lvZWNkbW94MnQilAIKC0FBQUE0ek5IZXpNEt4BCgtBQUFBNHpOSGV6TRILQUFBQTR6Tkhlek0aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw3eyP8awxOPj5j/GsMUo+CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaFsLX2uQBEBoOCgoKBGZ1bGwQARgAEAFaDDUzOXVydWM0MTk0cXICIAB4AIIBFHN1Z2dlc3QuY2ZxMG1jMnMzcjEzmgEGCAAQABgAsAEAuAEAGN3sj/GsMSD4+Y/xrDEwAEIUc3VnZ2VzdC5jZnEwbWMyczNyMTMirQMKC0FBQUE1bDc5alBFEvcCCgtBQUFBNWw3OWpQRRILQUFBQTVsNzlqUEUaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwm5PnvasxOLbm9O6sMUrWAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGq0Bwtfa5AGmAQqjAQpqCmRlIHNlcnZpY2VzIHRoYXQgTWVkaWNhcmUgZG9lcyBub3QgY292ZXIgbGlrZSBkZW50YWwgcywgZXllZ2xhc3NlcywgaGVhcmluZyBhaWRzLCBub24tZW1lcmdlbmN5IHRyYW5zEAEYARIzCi1pbmcgbG9uZy10ZXJtIGNhcmUgaW4gYSBudXJzaW5nIGZhY2lsaXR5LCBhbmQQARgAGAFaDGpwZjVvN2ZhcTh0YnICIAB4AIIBFHN1Z2dlc3QuNjhhajE1OW55OXlymgEGCAAQABgAsAEAuAEAGJuT572rMSC25vTurDEwAEIUc3VnZ2VzdC42OGFqMTU5bnk5eXIipQIKC0FBQUE1MGR0R3drEu8BCgtBQUFBNTBkdEd3axILQUFBQTUwZHRHd2saDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwiNSf7awxOIXxn+2sMUpPCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaJ8LX2uQBIRofChsKFWFuZCBiZWhhdmlvcmFsIGhlYWx0aBABGAAQAVoMMjhhanU0cjE3dWdocgIgAHgAggEUc3VnZ2VzdC4yZHVqZmRqM2p6ZneaAQYIABAAGACwAQC4AQAYiNSf7awxIIXxn+2sMTAAQhRzdWdnZXN0LjJkdWpmZGozanpmdyLfCAoLQUFBQTUtZkNURDASrQgKC0FBQUE1LWZDVEQwEgtBQUFBNS1mQ1REMBqsAgoJdGV4dC9odG1sEp4CSSB0aGluayB0aGlzIG5lZWRzIHRvIGJlIGFkZHJlc3NlZC4gV2hvIGRvIHBlb3BsZSBjYWxsIGlmIHRoZWlyIHByb3ZpZGVyIGlzIHRyeWluZyB0byBiaWxsIHRoZW0/IENNUyByZXBzIGF0IDE4MDBNRURJQ0FSRSBkbyBub3Qga25vdyB3aGF0IHRvIGRvLiBJcyBpdCB0aGUgY29vcmRpbmF0aW9uIG9mIGJlbmVmaXRzIGxpbmUgd2l0aCBNZWRpY2FyZT8gV2hhdCBkbyBwZW9wbGUgZG8gaWYgYSBwcm92aWRlciBpcyB0dXJuaW5nIHRoZW0gYXdheSBhbmQgc2F5aW5nIHRoZXkgZG8gbm90IHRha2UgUU1CPyKtAgoKdGV4dC9wbGFpbhKeAkkgdGhpbmsgdGhpcyBuZWVkcyB0byBiZSBhZGRyZXNzZWQuIFdobyBkbyBwZW9wbGUgY2FsbCBpZiB0aGVpciBwcm92aWRlciBpcyB0cnlpbmcgdG8gYmlsbCB0aGVtPyBDTVMgcmVwcyBhdCAxODAwTUVESUNBUkUgZG8gbm90IGtub3cgd2hhdCB0byBkby4gSXMgaXQgdGhlIGNvb3JkaW5hdGlvbiBvZiBiZW5lZml0cyBsaW5lIHdpdGggTWVkaWNhcmU/IFdoYXQgZG8gcGVvcGxlIGRvIGlmIGEgcHJvdmlkZXIgaXMgdHVybmluZyB0aGVtIGF3YXkgYW5kIHNheWluZyB0aGV5IGRvIG5vdCB0YWtlIFFNQj8qGyIVMTE2MjI0MTY3Njg0MDEzMzA3MDU2KAA4ADDp3JX3rTE46dyV960xSj8KCnRleHQvcGxhaW4SMUlmIHlvdSBoYXZlIGlzc3VlcyB3aXRoIGEgcHJvdmlkZXIgb3IgTVNQIGJpbGxpbmdaDDFscXJybG44NXYxbHICIAB4AJoBBggAEAAYAKoBoQISngJJIHRoaW5rIHRoaXMgbmVlZHMgdG8gYmUgYWRkcmVzc2VkLiBXaG8gZG8gcGVvcGxlIGNhbGwgaWYgdGhlaXIgcHJvdmlkZXIgaXMgdHJ5aW5nIHRvIGJpbGwgdGhlbT8gQ01TIHJlcHMgYXQgMTgwME1FRElDQVJFIGRvIG5vdCBrbm93IHdoYXQgdG8gZG8uIElzIGl0IHRoZSBjb29yZGluYXRpb24gb2YgYmVuZWZpdHMgbGluZSB3aXRoIE1lZGljYXJlPyBXaGF0IGRvIHBlb3BsZSBkbyBpZiBhIHByb3ZpZGVyIGlzIHR1cm5pbmcgdGhlbSBhd2F5IGFuZCBzYXlpbmcgdGhleSBkbyBub3QgdGFrZSBRTUI/sAEAuAEAGOnclfetMSDp3JX3rTEwAEIQa2l4LnBiOWtsODRxczMwbiL1AgoLQUFBQTVsNzlqV2sSvwIKC0FBQUE1bDc5aldrEgtBQUFBNWw3OWpXaxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDxi6S/qzE4uovd7qwxSp4BCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMadsLX2uQBcBpuCmoKZFRoZSBhcHBsaWNhdGlvbiB0aGF0IGlzIG9ubHkgZm9yIE1TUCBpcyBzaG9ydGVyIGFuZCBlYXNpZXIgdG8gY29tcGxldGUgdGhhbiBhbiBhcHBsaWNhdGlvbiBmb3IgZnVsbCAQARgBEAFaDDl1YnVwbWNtOGp5b3ICIAB4AIIBFHN1Z2dlc3QuYW9jYmxibTh3bng0mgEGCAAQABgAsAEAuAEAGPGLpL+rMSC6i93urDEwAEIUc3VnZ2VzdC5hb2NibGJtOHdueDQi9QIKC0FBQUE1LWZDVEM4Er8CCgtBQUFBNS1mQ1RDOBILQUFBQTUtZkNUQzgaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNjIyNDE2NzY4NDAxMzMwNzA1NigAOAAw96Hd9q0xONLtqvetMUqeAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGnbC19rkAXAabgpqCmRBZ2luZyBTZXJ2aWNlIEFjY2VzcyBQb2ludHMuIChzZWUgbW9yZSkgU0hJTkUgY291bnNlbG9ycyBjYW4gbWVldCB3aXRoIHlvdSBhbmQgYXNzaXN0IHdpdGggYXBwbHlpbmcgEAEYARABWgxjcGYxN3BkaXNyYmFyAiAAeACCARRzdWdnZXN0Lm04YXZ2c2NzOXRlN5oBBggAEAAYALABALgBABj3od32rTEg0u2q960xMABCFHN1Z2dlc3QubThhdnZzY3M5dGU3IpkCCgtBQUFBNW1IYTBQYxLjAQoLQUFBQTVtSGEwUGMSC0FBQUE1bUhhMFBjGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMPOh2r+rMTj2vdq/qzFKQwokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGhvC19rkARUaEwoPCglhcHBseSwgb3IQARgAEAFaDHhubms2MHJ0MzU5anICIAB4AIIBFHN1Z2dlc3QuY3dpN2kzdzFzOXgxmgEGCAAQABgAsAEAuAEAGPOh2r+rMSD2vdq/qzEwAEIUc3VnZ2VzdC5jd2k3aTN3MXM5eDEinwIKC0FBQUE1LWZDVEFzEukBCgtBQUFBNS1mQ1RBcxILQUFBQTUtZkNUQXMaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNjIyNDE2NzY4NDAxMzMwNzA1NigAOAAw8Y+z9q0xOKGfvfatMUpJCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaIcLX2uQBGxoZChUKDyQxOCwxODAgJDI3LDI2MBABGAAQAVoMcGtwajNsNDB4emEzcgIgAHgAggEUc3VnZ2VzdC45aTd4ZW5iMGxvZWqaAQYIABAAGACwAQC4AQAY8Y+z9q0xIKGfvfatMTAAQhRzdWdnZXN0LjlpN3hlbmIwbG9laiL1AgoLQUFBQTUwZHRHeUUSvwIKC0FBQUE1MGR0R3lFEgtBQUFBNTBkdEd5RRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADCwxr3trDE40Pz68awxSp4BCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMadsLX2uQBcBpuCmoKZGZvciBhbnkgbW9udGggaW4gd2hpY2ggdGhleSBhbHNvIGhhdmUgYW4gTVNQIGJlbmVmaXQuIEhvd2V2ZXIsIGlmIHlvdSBkbyBub3QgcXVhbGlmeSBmb3IgTVNQLCB5b3Ugd2kQARgBEAFaDHh0Yzd3NWd3bW04dXICIAB4AIIBFHN1Z2dlc3QuY3hpbGowOHRqOTQ0mgEGCAAQABgAsAEAuAEAGLDGve2sMSDQ/PrxrDEwAEIUc3VnZ2VzdC5jeGlsajA4dGo5NDQimgIKC0FBQUE1LWZDVEJVEuQBCgtBQUFBNS1mQ1RCVRILQUFBQTUtZkNUQlUaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNjIyNDE2NzY4NDAxMzMwNzA1NigAOAAw7bXB9q0xOMK+wfatMUpECiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaHMLX2uQBFgoUCgcKAUwQARgAEgcKAWwQARgAGAFaDDdkaG91NGk4M2YxbXICIAB4AIIBFHN1Z2dlc3QueW9maGc4ZnUyNzNvmgEGCAAQABgAsAEAuAEAGO21wfatMSDCvsH2rTEwAEIUc3VnZ2VzdC55b2ZoZzhmdTI3M28i3wQKC0FBQUE1bDc5alBzEq0ECgtBQUFBNWw3OWpQcxILQUFBQTVsNzlqUHMakAEKCXRleHQvaHRtbBKCAVRoaXMgc2hvdWxkIGFkZCBpbmZvcm1hdGlvbiBhYm91dCB0aGUgYXNzZXQgbGltaXRzIHRvbyBhcyBsb25nIGFzIHRoZXkgYXJlIGluIGVmZmVjdCBwbHVzIGZ1dHVyZSBpbmZvIG9uIGVsaW1pbmF0aW9uIG9mIGFzc2V0IGRhdGUikQEKCnRleHQvcGxhaW4SggFUaGlzIHNob3VsZCBhZGQgaW5mb3JtYXRpb24gYWJvdXQgdGhlIGFzc2V0IGxpbWl0cyB0b28gYXMgbG9uZyBhcyB0aGV5IGFyZSBpbiBlZmZlY3QgcGx1cyBmdXR1cmUgaW5mbyBvbiBlbGltaW5hdGlvbiBvZiBhc3NldCBkYXRlKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwpfr2vasxOKrOhL6rMUoTCgp0ZXh0L3BsYWluEgViZWxvd1oMZjRnNnlyZXZpNzY3cgIgAHgAmgEGCAAQABgAqgGFARKCAVRoaXMgc2hvdWxkIGFkZCBpbmZvcm1hdGlvbiBhYm91dCB0aGUgYXNzZXQgbGltaXRzIHRvbyBhcyBsb25nIGFzIHRoZXkgYXJlIGluIGVmZmVjdCBwbHVzIGZ1dHVyZSBpbmZvIG9uIGVsaW1pbmF0aW9uIG9mIGFzc2V0IGRhdGWwAQC4AQAYpfr2vasxIKrOhL6rMTAAQhBraXguZHEwYnBoazFvcmp0Ip8CCgtBQUFBNS1mQ1RBZxLpAQoLQUFBQTUtZkNUQWcSC0FBQUE1LWZDVEFnGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTYyMjQxNjc2ODQwMTMzMDcwNTYoADgAML2jsPatMTjW7rz2rTFKSQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGiHC19rkARsaGQoVCg8kMTgsMTgwICQyNywyNjAQARgAEAFaDGRsNDB6MmVhZjg1bnICIAB4AIIBFHN1Z2dlc3QubmFsZHN0ZXQ2d2EymgEGCAAQABgAsAEAuAEAGL2jsPatMSDW7rz2rTEwAEIUc3VnZ2VzdC5uYWxkc3RldDZ3YTIilAIKC0FBQUE1MGR0RzAwEt4BCgtBQUFBNTBkdEcwMBILQUFBQTUwZHRHMDAaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwuaXU7qwxOLqw1O6sMUo+CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaFsLX2uQBEBoOCgoKBGZ1bGwQARgAEAFaDGhpejhtOGR2MHBiN3ICIAB4AIIBFHN1Z2dlc3QuMTRwaWJ3ZnRkeGExmgEGCAAQABgAsAEAuAEAGLml1O6sMSC6sNTurDEwAEIUc3VnZ2VzdC4xNHBpYndmdGR4YTEitAIKC0FBQUE1LWZDVEJJEv4BCgtBQUFBNS1mQ1RCSRILQUFBQTUtZkNUQkkaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNjIyNDE2NzY4NDAxMzMwNzA1NigAOAAws+y+9q0xONbmxfatMUpeCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaNsLX2uQBMBouCioKJExlc3MgdGhhbiBvciBlcXVhbCB0byAkMywyODcgYSBtb250aBABGAAQAVoMbTZmbjJ5ajIwb2pncgIgAHgAggEUc3VnZ2VzdC5qYWFlcW9zYmU2YmKaAQYIABAAGACwAQC4AQAYs+y+9q0xINbmxfatMTAAQhRzdWdnZXN0LmphYWVxb3NiZTZiYiL1AgoLQUFBQTVsNzlqUGcSvwIKC0FBQUE1bDc5alBnEgtBQUFBNWw3OWpQZxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADD1/vG9qzE4tJzkkq0xSp4BCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMadsLX2uQBcBJuCmoKZE1TUHMgb25seSBoZWxwIHRvIHBheSBmb3IgTWVkaWNhcmUgY29zdHMuIE1TUHMgYXJlIGFsd2F5cyBjb21iaW5lZCB3aXRoIE1lZGljYXJlIG9yIE1lZGljYXJlIGFuZHBsdXMQARgBEAFaDDU4Nml4N3RweXJ3dXICIAB4AIIBFHN1Z2dlc3Qub3R5NXQxYW82NmhvmgEGCAAQABgAsAEAuAEAGPX+8b2rMSC0nOSSrTEwAEIUc3VnZ2VzdC5vdHk1dDFhbzY2aG8ilgIKC0FBQUE1bDc5alFNEuQBCgtBQUFBNWw3OWpRTRILQUFBQTVsNzlqUU0aIwoJdGV4dC9odG1sEhZBZGQgY291cGxlIGFtb3VudHMgdG9vIiQKCnRleHQvcGxhaW4SFkFkZCBjb3VwbGUgYW1vdW50cyB0b28qGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADC2gZC+qzE4toGQvqsxShQKCnRleHQvcGxhaW4SBnBlcnNvbloMbGVnbXgzb2ZyaDNwcgIgAHgAmgEGCAAQABgAqgEYEhZBZGQgY291cGxlIGFtb3VudHMgdG9vsAEAuAEAGLaBkL6rMSC2gZC+qzEwAEIQa2l4LjR2ZnMzNHo5ZWx4OSK0AgoLQUFBQTUtZkNUQlES/gEKC0FBQUE1LWZDVEJREgtBQUFBNS1mQ1RCURoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE2MjI0MTY3Njg0MDEzMzA3MDU2KAA4ADCimMH2rTE4kpLD9q0xSl4KJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxo2wtfa5AEwGi4KKgokTGVzcyB0aGFuIG9yIGVxdWFsIHRvICQzLDQ1MiBhIG1vbnRoEAEYABABWgxhbmo0bmF3YTRnaDZyAiAAeACCARRzdWdnZXN0LmlndWRvOHNnd21kMZoBBggAEAAYALABALgBABiimMH2rTEgkpLD9q0xMABCFHN1Z2dlc3QuaWd1ZG84c2d3bWQxIooCCgtBQUFBNS1mQ1RBaxLUAQoLQUFBQTUtZkNUQWsSC0FBQUE1LWZDVEFrGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTYyMjQxNjc2ODQwMTMzMDcwNTYoADgAMIL+sPatMTihgrH2rTFKNAokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGgzC19rkAQYiBAgwEAFaDG5xbmQ4OXdqODlneHICIAB4AIIBFHN1Z2dlc3QuejhqeXdkbzJtajZhmgEGCAAQABgAsAEAuAEAGIL+sPatMSChgrH2rTEwAEIUc3VnZ2VzdC56OGp5d2RvMm1qNmEi5AMKC0FBQUE2cG5hLWhZEq4DCgtBQUFBNnBuYS1oWRILQUFBQTZwbmEtaFkaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwxvDO8qsxOIiK9/GsMUqNAgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGuQBwtfa5AHdAQprCi8KKWJ1dCB5b3VyIGluY29tZSB3aWxsIGJlIHRvbyBoaWdoIGZvciBNU1AuEAEYABI2CjBvbmx5LCBvciBmdWxsIE1hc3NIZWFsdGggcGx1cyBIZWFsdGggU2FmZXR5IE5ldC4QARgAGAEabgpqCmRHZW5lcmFsbHksIG9ubHkgcGVvcGxlIG5lZWRpbmcgbG9uZyB0ZXJtIGNhcmUgYXJlIGFibGUgdG8gcXVhbGlmeSBmb3IgZnVsbCBNYXNzSGVhbHRoIFN0YW5kYXJkIGF0IGluEAEYARABWgxzd3B0bnkxMzJ3MGhyAiAAeACCARRzdWdnZXN0Lm1xMGZ1amx4YmZmYpoBBggAEAAYALABALgBABjG8M7yqzEgiIr38awxMABCFHN1Z2dlc3QubXEwZnVqbHhiZmZiIpcECgtBQUFBNWw3OWpRRRLhAwoLQUFBQTVsNzlqUUUSC0FBQUE1bDc5alFFGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMNLNir6rMTicvZ3xrDFC8gEKC0FBQUE1bDc5alFJEgtBQUFBNWw3OWpRRRovCgl0ZXh0L2h0bWwSIkFkZCBhIGNvbHVtbiBmb3IgMjAyMyBBc3NldCBMaW1pdHMiMAoKdGV4dC9wbGFpbhIiQWRkIGEgY29sdW1uIGZvciAyMDIzIEFzc2V0IExpbWl0cyobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMMPNjL6rMTjDzYy+qzFaDGQ5cGltdmZvanoweHICIAB4AJoBBggAEAAYAKoBJBIiQWRkIGEgY29sdW1uIGZvciAyMDIzIEFzc2V0IExpbWl0c7ABALgBAEpMCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaJMLX2uQBHhocChgKEjIyMDIzIEFzc2V0IExpbWl0KhAOGAAQAVoMbjlnZTVjcGJ4NmpjcgIgAHgAggEUc3VnZ2VzdC5memc4OXN2cWk1cTWaAQYIABAAGACwAQC4AQAY0s2KvqsxIJy9nfGsMTAAQhRzdWdnZXN0LmZ6Zzg5c3ZxaTVxNSKTAgoLQUFBQTUtZkNUQk0S3gEKC0FBQUE1LWZDVEJNEgtBQUFBNS1mQ1RCTRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE2MjI0MTY3Njg0MDEzMzA3MDU2KAA4ADD41cD2rTE43+LA9q0xSj8KJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxoXwtfa5AERGg8KCwoFMywxMjMQARgAEAFaDHhxampoYXF4ZGJtenICIAB4AIIBE3N1Z2dlc3Qud2p1ZHZvc3Z5cXOaAQYIABAAGACwAQC4AQAY+NXA9q0xIN/iwPatMTAAQhNzdWdnZXN0LndqdWR2b3N2eXFzIpQCCgtBQUFBNWw3OWpQYxLeAQoLQUFBQTVsNzlqUGMSC0FBQUE1bDc5alBjGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMNfb8b2rMTik3/G9qzFKPgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGhbC19rkARASDgoKCgRhbHNvEAEYABABWgx4NGRjNnNkcnBza25yAiAAeACCARRzdWdnZXN0Lmd3eXVlY3h0cTl6apoBBggAEAAYALABALgBABjX2/G9qzEgpN/xvasxMABCFHN1Z2dlc3QuZ3d5dWVjeHRxOXpqIsADCgtBQUFBNDB5WTcwOBKKAwoLQUFBQTQweVk3MDgSC0FBQUE0MHlZNzA4Gg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTU2MDcxOTI4MjYwNjI2NzQzMzcoADgAMKDB042tMTjdg8GOrTFK6QEKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxrAAcLX2uQBuQEKtgEKagpkWW91IHNob3VsZCB1c2UgdGhpcyBhcHBsaWNhdGlvbiBpcyB5b3Ugd2FudCBNYXNzSGVhbHRoIHRvIGNoZWNrIHlvdXIgZWxpZ2liaWxpdHkgZm9yIGFsbCBvZiB0aGVpciBwchABGAESRgpATWFzc0hlYWx0aCB3aWxsIGZpcnN0IGNoZWNrIGlmIHlvdSBxdWFsaWZ5IGZvciBmdWxsIE1hc3NIZWFsdGggLhABGAAYAVoMYWdwa3g1NTgzMm9kcgIgAHgAggEUc3VnZ2VzdC5pbjlzdXhwa3VzYzKaAQYIABAAGACwAQC4AQAYoMHTja0xIN2DwY6tMTAAQhRzdWdnZXN0LmluOXN1eHBrdXNjMiLdAgoLQUFBQTVsNzlqV0USpwIKC0FBQUE1bDc5aldFEgtBQUFBNWw3OWpXRRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADCvvZq/qzE48KnT7qwxSoYBCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaXsLX2uQBWBpWClIKTGRlbnRhbCBjYXJlLCBleWVnbGFzc2VzLCBoZWFyaW5nIGFpZHMsIG5vbi1lbWVyZ2VuY3kgbWVkaWNhbCB0cmFuc3BvcnRhdGlvbiwQARgAEAFaDHk3N3Zwb3lnMm5lc3ICIAB4AIIBFHN1Z2dlc3Qud2FvcWJmcXl6aGZxmgEGCAAQABgAsAEAuAEAGK+9mr+rMSDwqdPurDEwAEIUc3VnZ2VzdC53YW9xYmZxeXpoZnEiqAIKC0FBQUE0ek5IZTBrEvIBCgtBQUFBNHpOSGUwaxILQUFBQTR6TkhlMGsaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw0vvo8awxOISK6fGsMUpSCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaKsLX2uQBJAoiCg0KB0Fub3RoZXIQARgAEg8KCVRoZSBvdGhlchABGAAYAVoMaHBrcWcwcHc5ZnV1cgIgAHgAggEUc3VnZ2VzdC4yZ3dxcnB3eDJzb3OaAQYIABAAGACwAQC4AQAY0vvo8awxIISK6fGsMTAAQhRzdWdnZXN0LjJnd3FycHd4MnNvcyKeCAoLQUFBQTR6TkhlMU0S7AcKC0FBQUE0ek5IZTFNEgtBQUFBNHpOSGUxTRqlAgoJdGV4dC9odG1sEpcCSSYjMzk7bSBub3Qgc3VyZSB0aGlzIGlzIHRoZSBiZXN0IHBsYWNlIHRvIHRhbGsgYWJvdXTCoGZ1bGwgTWFzc0hlYWx0aCBhbmQgTUggU3RhbmRhcmQgZm9yIHBlb3BsZSB1bmRlciA2NSB3aXRoIGRpc2FiaWxpdGllcyAoYW5kIGZvciBvbGRlciBwYXJlbnRzL2NhcmV0YWtlciByZWxhdGl2ZXMpIGJ1dCB0aGV5IHNob3VsZCBiZSBpbmNsdWRlZCBzb21ld2hlcmUgaW4gRkFRcyBhYm91dCBNU1Agc2luY2UgdGhlcmUgYXJlIGEgbG90IG9mIGR1YWxzIHVuZGVyIDY1IG9uIE1IIFN0YW5kYXJkIqICCgp0ZXh0L3BsYWluEpMCSSdtIG5vdCBzdXJlIHRoaXMgaXMgdGhlIGJlc3QgcGxhY2UgdG8gdGFsayBhYm91dMKgZnVsbCBNYXNzSGVhbHRoIGFuZCBNSCBTdGFuZGFyZCBmb3IgcGVvcGxlIHVuZGVyIDY1IHdpdGggZGlzYWJpbGl0aWVzIChhbmQgZm9yIG9sZGVyIHBhcmVudHMvY2FyZXRha2VyIHJlbGF0aXZlcykgYnV0IHRoZXkgc2hvdWxkIGJlIGluY2x1ZGVkIHNvbWV3aGVyZSBpbiBGQVFzIGFib3V0IE1TUCBzaW5jZSB0aGVyZSBhcmUgYSBsb3Qgb2YgZHVhbHMgdW5kZXIgNjUgb24gTUggU3RhbmRhcmQqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDx7ozyrDE48e6M8qwxShcKCnRleHQvcGxhaW4SCWRpZmZlcmVudFoMcjRxMW9naHBtb2l5cgIgAHgAmgEGCAAQABgAqgGaAhKXAkkmIzM5O20gbm90IHN1cmUgdGhpcyBpcyB0aGUgYmVzdCBwbGFjZSB0byB0YWxrIGFib3V0wqBmdWxsIE1hc3NIZWFsdGggYW5kIE1IIFN0YW5kYXJkIGZvciBwZW9wbGUgdW5kZXIgNjUgd2l0aCBkaXNhYmlsaXRpZXMgKGFuZCBmb3Igb2xkZXIgcGFyZW50cy9jYXJldGFrZXIgcmVsYXRpdmVzKSBidXQgdGhleSBzaG91bGQgYmUgaW5jbHVkZWQgc29tZXdoZXJlIGluIEZBUXMgYWJvdXQgTVNQIHNpbmNlIHRoZXJlIGFyZSBhIGxvdCBvZiBkdWFscyB1bmRlciA2NSBvbiBNSCBTdGFuZGFyZLABALgBABjx7ozyrDEg8e6M8qwxMABCEGtpeC5uMzJwNXBjOXZsZHUirgIKC0FBQUE1bDc5ak8wEvgBCgtBQUFBNWw3OWpPMBILQUFBQTVsNzlqTzAaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwgY7hvasxOIvz4b2rMUpYCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaMMLX2uQBKhooCiQKHihGb3JtZXJseSBrbm93biBhcyB0aGUgQnV5LUluKRABGAAQAVoMcmE5Yzhzb25oN2dlcgIgAHgAggEUc3VnZ2VzdC5ucTJjaWxyMzk4d3GaAQYIABAAGACwAQC4AQAYgY7hvasxIIvz4b2rMTAAQhRzdWdnZXN0Lm5xMmNpbHIzOTh3cSKKAgoLQUFBQTUtZkNUQkES1AEKC0FBQUE1LWZDVEJBEgtBQUFBNS1mQ1RCQRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE2MjI0MTY3Njg0MDEzMzA3MDU2KAA4ADDmzb32rTE499G99q0xSjQKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxoMwtfa5AEGIgQIMBABWgx3cTJ4Y2JwNzVjZzByAiAAeACCARRzdWdnZXN0Lm9rM3d6cGJtMGdqcpoBBggAEAAYALABALgBABjmzb32rTEg99G99q0xMABCFHN1Z2dlc3Qub2szd3pwYm0wZ2pyIq4CCgtBQUFBNWw3OWpPNBL4AQoLQUFBQTVsNzlqTzQSC0FBQUE1bDc5ak80Gg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMMyN4r2rMTiC1OK9qzFKWAokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGjDC19rkASoaKAokCh4oRm9ybWVybHkga25vd24gYXMgdGhlIEJ1eS1JbikQARgAEAFaDHMyaHY1OWs0MjV2dXICIAB4AIIBFHN1Z2dlc3QuOHQ5MGQ4aXlsY3JkmgEGCAAQABgAsAEAuAEAGMyN4r2rMSCC1OK9qzEwAEIUc3VnZ2VzdC44dDkwZDhpeWxjcmQimgIKC0FBQUE4Q1EtNDY4EuQBCgtBQUFBOENRLTQ2OBILQUFBQThDUS00NjgaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAw3M6t5qsxOOLxrearMUpECiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaHMLX2uQBFhoUChAKCk1hc3NIZWFsdGgQARgAEAFaDHZ3NmprOHl6Yml0cXICIAB4AIIBFHN1Z2dlc3QuMmFucGtpeXh1aXY1mgEGCAAQABgAsAEAuAEAGNzOrearMSDi8a3mqzEwAEIUc3VnZ2VzdC4yYW5wa2l5eHVpdjUiswIKC0FBQUE1MGR0RzE0Ev0BCgtBQUFBNTBkdEcxNBILQUFBQTUwZHRHMTQaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw0tb37qwxOPv39+6sMUpdCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaNcLX2uQBLwotChYKEEFkdWx0IERheSBIZWFsdGgQARgAEhEKC0hvbWUgSGVhbHRoEAEYABgBWgw5ZW1tMjBkdGRjbHVyAiAAeACCARRzdWdnZXN0LmsxazFnZm02czJheJoBBggAEAAYALABALgBABjS1vfurDEg+/f37qwxMABCFHN1Z2dlc3QuazFrMWdmbTZzMmF4IrkKCgtBQUFBNWw3OWpWTRKHCgoLQUFBQTVsNzlqVk0SC0FBQUE1bDc5alZNGogDCgl0ZXh0L2h0bWwS+gJNYXliZSBiZXR0ZXIgdG8gaGF2ZSBzZXBhcmF0ZSBzZWN0aW9uIG9uIEhTTiB0aGFuIG15IGluc2VydHMgYWJvdXQgaXQsIGJ1dCBuZWVkIHRvIGV4cGxhaW4gdGhhdCBNU1AgaXMgbm90IGFuIGFwcGxpY2F0aW9uIGZvciBIU04sIGlmIGRlbmllZCBNU1AgYmVjYXVzZSBvZiBpbmNvbWUgb3IgYXNzZXRzIGJ1dCBlbGlnaWJsZSBmb3IgSFNOIHlvdSB3b24mIzM5O3QgZ2V0IEhTTiB3IE1IQkksIGFuZCBpZiB5b3UgcXVhbGlmeSBmb3IgUU1CICZhbXA7IG5lZWQgcmV0cm8gSFNOIHRvIGNvdmVyIGEgTWVkaWNhcmUgZGVkdWN0aWJsZSBmb3IgYSBob3NwaXRhbCBzdGF5IHlvdSBjYW4mIzM5O3QgZ2V0IGl0IHdpdGggTUhCSSBiZWNhdXNlIFFNQiBpcyBub3QgcmV0cm8i/QIKCnRleHQvcGxhaW4S7gJNYXliZSBiZXR0ZXIgdG8gaGF2ZSBzZXBhcmF0ZSBzZWN0aW9uIG9uIEhTTiB0aGFuIG15IGluc2VydHMgYWJvdXQgaXQsIGJ1dCBuZWVkIHRvIGV4cGxhaW4gdGhhdCBNU1AgaXMgbm90IGFuIGFwcGxpY2F0aW9uIGZvciBIU04sIGlmIGRlbmllZCBNU1AgYmVjYXVzZSBvZiBpbmNvbWUgb3IgYXNzZXRzIGJ1dCBlbGlnaWJsZSBmb3IgSFNOIHlvdSB3b24ndCBnZXQgSFNOIHcgTUhCSSwgYW5kIGlmIHlvdSBxdWFsaWZ5IGZvciBRTUIgJiBuZWVkIHJldHJvIEhTTiB0byBjb3ZlciBhIE1lZGljYXJlIGRlZHVjdGlibGUgZm9yIGEgaG9zcGl0YWwgc3RheSB5b3UgY2FuJ3QgZ2V0IGl0IHdpdGggTUhCSSBiZWNhdXNlIFFNQiBpcyBub3QgcmV0cm8qGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADC/uIO/qzE4utKT8qsxShEKCnRleHQvcGxhaW4SA01TUFoMZ213aTZrZmZzZmN0cgIgAHgAmgEGCAAQABgAqgH9AhL6Ak1heWJlIGJldHRlciB0byBoYXZlIHNlcGFyYXRlIHNlY3Rpb24gb24gSFNOIHRoYW4gbXkgaW5zZXJ0cyBhYm91dCBpdCwgYnV0IG5lZWQgdG8gZXhwbGFpbiB0aGF0IE1TUCBpcyBub3QgYW4gYXBwbGljYXRpb24gZm9yIEhTTiwgaWYgZGVuaWVkIE1TUCBiZWNhdXNlIG9mIGluY29tZSBvciBhc3NldHMgYnV0IGVsaWdpYmxlIGZvciBIU04geW91IHdvbiYjMzk7dCBnZXQgSFNOIHcgTUhCSSwgYW5kIGlmIHlvdSBxdWFsaWZ5IGZvciBRTUIgJmFtcDsgbmVlZCByZXRybyBIU04gdG8gY292ZXIgYSBNZWRpY2FyZSBkZWR1Y3RpYmxlIGZvciBhIGhvc3BpdGFsIHN0YXkgeW91IGNhbiYjMzk7dCBnZXQgaXQgd2l0aCBNSEJJIGJlY2F1c2UgUU1CIGlzIG5vdCByZXRyb7ABALgBABi/uIO/qzEgutKT8qsxMABCEGtpeC41MzZ5bTFzZWN3NGIivgIKC0FBQUE1bDc5alVzEogCCgtBQUFBNWw3OWpVcxILQUFBQTVsNzlqVXMaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw3KngvqsxOMmu4L6rMUpoCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaQMLX2uQBOhI4CjQKLmFzIGxvbmcgYXMgaXQgaXMgbm90IHdvcnRoIG1vcmUgdGhhbiAkNzUwLDAwMC4QARgAEAFaDGdvc3Qwa3R3ZHVqZXICIAB4AIIBFHN1Z2dlc3QudTF5MDBzdGg3eTcymgEGCAAQABgAsAEAuAEAGNyp4L6rMSDJruC+qzEwAEIUc3VnZ2VzdC51MXkwMHN0aDd5NzIi9AIKC0FBQUE1bDc5alZREr4CCgtBQUFBNWw3OWpWURILQUFBQTVsNzlqVlEaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw4sqEv6sxOI7th7+rMUqeAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGnbC19rkAXAabgpqCmRJZiB5b3UgYXJlIG5vdCBzdXJlIHdoYXQgeW91IG1heSBxdWFsaWZ5IGZvciwgdXNpbmcgdGhlIFNBQ0EtMiBpcyBhIHdheSB0byBhcHBseSBmb3IgYWxsIHByb2dyYW1zIGFkEAEYARABWgt6NXM4d2pueThubnICIAB4AIIBFHN1Z2dlc3QuZ2E0ODV4bWx0aTI5mgEGCAAQABgAsAEAuAEAGOLKhL+rMSCO7Ye/qzEwAEIUc3VnZ2VzdC5nYTQ4NXhtbHRpMjkingIKC0FBQUE1bDc5alVnEukBCgtBQUFBNWw3OWpVZxILQUFBQTVsNzlqVWcaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw49bfvqsxOMTa376rMUpKCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaIsLX2uQBHAoaCgkKA2FyZRABGAASCwoFaW4gaXMQARgAGAFaDHJlaGhnMXA2cjBic3ICIAB4AIIBE3N1Z2dlc3QucjF3MnFkdzB2Z3KaAQYIABAAGACwAQC4AQAY49bfvqsxIMTa376rMTAAQhNzdWdnZXN0LnIxdzJxZHcwdmdyIvYNCgtBQUFBNDB5WTcwTRLEDQoLQUFBQTQweVk3ME0SC0FBQUE0MHlZNzBNGlUKCXRleHQvaHRtbBJISSBvZmZlciB0aGlzIGFsdGVybmF0aXZlIGV4cGxhbmF0aW9uIGFzIHRoZSBvbmUgcHJvdmlkZWQgZmVlbHMgY29uZnVzaW5nIlYKCnRleHQvcGxhaW4SSEkgb2ZmZXIgdGhpcyBhbHRlcm5hdGl2ZSBleHBsYW5hdGlvbiBhcyB0aGUgb25lIHByb3ZpZGVkIGZlZWxzIGNvbmZ1c2luZyobIhUxMTU2MDcxOTI4MjYwNjI2NzQzMzcoADgAMLHcmo2tMTiDgKr2rTFClwUKC0FBQUE1M1V6a3VBEgtBQUFBNDB5WTcwTRq/AQoJdGV4dC9odG1sErEBSSBtYWRlIHNvbWUgZWRpdHMgdG8geW91ciBhbHRlcm5hdGl2ZSAoc2hvdWxkIGhhdmUgdXNlZCAmcXVvdDtzdWdnZXN0aW5nJnF1b3Q7IGJ1dCBJIGZvcmdvdC4gSSBsaWtlIGl0IGJldHRlciB0aGFuIHRoZSBvcmlnaW5hbC4gSG9wZSB0aGUgZWRpdHMgZGlkbiYjMzk7dCByZWludHJvZHVjZSBjb25mdXNpb24hIrIBCgp0ZXh0L3BsYWluEqMBSSBtYWRlIHNvbWUgZWRpdHMgdG8geW91ciBhbHRlcm5hdGl2ZSAoc2hvdWxkIGhhdmUgdXNlZCAic3VnZ2VzdGluZyIgYnV0IEkgZm9yZ290LiBJIGxpa2UgaXQgYmV0dGVyIHRoYW4gdGhlIG9yaWdpbmFsLiBIb3BlIHRoZSBlZGl0cyBkaWRuJ3QgcmVpbnRyb2R1Y2UgY29uZnVzaW9uISobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMNDN4pKtMTjQzeKSrTFaDDYzY2d3Z2dvc3RkanICIAB4AJoBBggAEAAYAKoBtAESsQFJIG1hZGUgc29tZSBlZGl0cyB0byB5b3VyIGFsdGVybmF0aXZlIChzaG91bGQgaGF2ZSB1c2VkICZxdW90O3N1Z2dlc3RpbmcmcXVvdDsgYnV0IEkgZm9yZ290LiBJIGxpa2UgaXQgYmV0dGVyIHRoYW4gdGhlIG9yaWdpbmFsLiBIb3BlIHRoZSBlZGl0cyBkaWRuJiMzOTt0IHJlaW50cm9kdWNlIGNvbmZ1c2lvbiGwAQC4AQBCmAEKC0FBQUE1LWZDVEFZEgtBQUFBNDB5WTcwTRoRCgl0ZXh0L2h0bWwSBPCfkY0iEgoKdGV4dC9wbGFpbhIE8J+RjSobIhUxMTYyMjQxNjc2ODQwMTMzMDcwNTYoADgAMIOAqvatMTiDgKr2rTFaDHBnNXQyNm1zMHExZnICIAB4AJoBBggAEAAYAKoBBhIE8J+RjbABALgBAEqoBAoKdGV4dC9wbGFpbhKZBEFsdGVybmF0aXZlIGV4cGxhbmF0aW9uOiBNU1BzIGFyZSBub3QgaW5zdXJhbmNlIHBsYW5zLCB0aGV5IGFyZSBwcm9ncmFtcyBkZXNpZ25lZCB0byBoZWxwIGxvd2VyIHRoZSBjb3N0cyBvZiB5b3VyIE1lZGljYXJlIGluc3VyYW5jZSBjb3ZlcmFnZS4gTVNQcyBhcmUgYWx3YXlzIGNvbWJpbmVkIHdpdGggTWVkaWNhcmUgYW5kIGRvIG5vdCBvZmZlciBhbnkgYWRkaXRpb25hbCBjb3ZlcmFnZSBvciBzZXJ2aWNlcyBub3QgcHJvdmlkZWQgYnkgTWVkaWNhcmUuIE1hc3NIZWFsdGggaXMgaGVhbHRoIGluc3VyYW5jZSBwcm9ncmFtcyB0aGF0IGNhbiBiZSB1c2VkIGFsb25lIG9yIGNvbWJpbmVkIHdpdGggeW91ciBNZWRpY2FyZSBjb3ZlcmFnZS4gTWFzc0hlYWx0aCBpbnN1cmFuY2UgcHJvZ3JhbXMgbGlrZSBNU1BzIGxvd2VyIHRoZSBjb3N0IG9mIHlvdXIgTWVkaWNhcmUgY292ZXJhZ2UuIFVubGlrZSBNU1BzLCBNYXNzSGVhbHRoIHByb3ZpZGVzIGFkZGl0aW9uYWwgY292ZXJhZ2UgYW5kIHNlcnZpY2VzIG5vdCBvZmZlcmVkIGJ5IE1lZGljYXJlLloMdGlpczkwcXcyejJkcgIgAHgAmgEGCAAQABgAqgFKEkhJIG9mZmVyIHRoaXMgYWx0ZXJuYXRpdmUgZXhwbGFuYXRpb24gYXMgdGhlIG9uZSBwcm92aWRlZCBmZWVscyBjb25mdXNpbmewAQC4AQAYsdyaja0xIIOAqvatMTAAQhBraXguYXZtbjR0aGdycHRmIu8GCgtBQUFBNWw3OWpPWRLFBgoLQUFBQTVsNzlqT1kSC0FBQUE1bDc5ak9ZGs0BCgl0ZXh0L2h0bWwSvwFTaG91bGQgd2UgZnJhbWUgdGhlc2UgUXMgdGhlIHNhbWUgd2F5Pzxicj48YnI+SG93IGRvIEkgYXBwbHkgaWYgSSBvbmx5IHdhbnQgTVNQPzxicj48YnI+SG93IGRvIEkgYXBwbHkgaWYgSSB3YW50IE1TUCBhbmQgTUFzc0hlYWx0aD88YnI+PGJyPkhvdyBkbyBJIGFwcGx5IGlmIEkgd2FudCBIZWFsdGggU2FmZXR5IE5ldCBhbmQgTVNQPyK8AQoKdGV4dC9wbGFpbhKtAVNob3VsZCB3ZSBmcmFtZSB0aGVzZSBRcyB0aGUgc2FtZSB3YXk/CgpIb3cgZG8gSSBhcHBseSBpZiBJIG9ubHkgd2FudCBNU1A/CgpIb3cgZG8gSSBhcHBseSBpZiBJIHdhbnQgTVNQIGFuZCBNQXNzSGVhbHRoPwoKSG93IGRvIEkgYXBwbHkgaWYgSSB3YW50IEhlYWx0aCBTYWZldHkgTmV0IGFuZCBNU1A/KlcKHkxhTW9udGFnbmUsIEVsaXphYmV0aCBNLiAoRUhTKRo1Ly9zc2wuZ3N0YXRpYy5jb20vZG9jcy9jb21tb24vYmx1ZV9zaWxob3VldHRlOTYtMC5wbmcwgImnvqQxOICJp76kMXJZCh5MYU1vbnRhZ25lLCBFbGl6YWJldGggTS4gKEVIUykaNwo1Ly9zc2wuZ3N0YXRpYy5jb20vZG9jcy9jb21tb24vYmx1ZV9zaWxob3VldHRlOTYtMC5wbmd4AIgBAZoBBggAEAAYAKoBwgESvwFTaG91bGQgd2UgZnJhbWUgdGhlc2UgUXMgdGhlIHNhbWUgd2F5Pzxicj48YnI+SG93IGRvIEkgYXBwbHkgaWYgSSBvbmx5IHdhbnQgTVNQPzxicj48YnI+SG93IGRvIEkgYXBwbHkgaWYgSSB3YW50IE1TUCBhbmQgTUFzc0hlYWx0aD88YnI+PGJyPkhvdyBkbyBJIGFwcGx5IGlmIEkgd2FudCBIZWFsdGggU2FmZXR5IE5ldCBhbmQgTVNQP7ABALgBARiAiae+pDEggImnvqQxMABCCGtpeC5jbXQwIpACCgtBQUFBNHpOSGUwURLaAQoLQUFBQTR6TkhlMFESC0FBQUE0ek5IZTBRGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMN7d1PGsMTje3dTxrDFKOgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGhLC19rkAQwaCgoGCgAQExgAEAFaDGE2MzgzcjM3dDRqanICIAB4AIIBFHN1Z2dlc3QueWg0cXB2Mnlxeml3mgEGCAAQABgAsAEAuAEAGN7d1PGsMSDe3dTxrDEwAEIUc3VnZ2VzdC55aDRxcHYyeXF6aXcinwIKC0FBQUE1LWZDVEE4EukBCgtBQUFBNS1mQ1RBOBILQUFBQTUtZkNUQTgaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNjIyNDE2NzY4NDAxMzMwNzA1NigAOAAwh4G69q0xOJ3WvvatMUpJCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaIcLX2uQBGxoZChUKDyQxOCwxODAgJDI3LDI2MBABGAAQAVoMdHdrZHNpbjNjbnoycgIgAHgAggEUc3VnZ2VzdC54bjEyem9wNHgzaDKaAQYIABAAGACwAQC4AQAYh4G69q0xIJ3WvvatMTAAQhRzdWdnZXN0LnhuMTJ6b3A0eDNoMiLIAgoLQUFBQTR6TkhlelUSkgIKC0FBQUE0ek5IZXpVEgtBQUFBNHpOSGV6VRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDv+JnxrDE4o+Ga8awxSnIKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxpKwtfa5AFEGkIKPgo4b3IgYXJlIGNlcnRhaW4geW91IHdpbGwgbm90IHF1YWxpZnkgZm9yIGZ1bGwgTWFzc0hlYWx0aCwQARgAEAFaDHpmMXY0NjRpYTRscXICIAB4AIIBFHN1Z2dlc3QuOHozdndrM25xazc4mgEGCAAQABgAsAEAuAEAGO/4mfGsMSCj4ZrxrDEwAEIUc3VnZ2VzdC44ejN2d2szbnFrNzgilAIKC0FBQUE1bDc5aldjEt4BCgtBQUFBNWw3OWpXYxILQUFBQTVsNzlqV2MaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw5++iv6sxOJT3or+rMUo+CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaFsLX2uQBEBoOCgoKBG9ubHkQARgAEAFaDHFuMTZjZHdibnRuYXICIAB4AIIBFHN1Z2dlc3QuOHdzZ29zYXNtOW41mgEGCAAQABgAsAEAuAEAGOfvor+rMSCU96K/qzEwAEIUc3VnZ2VzdC44d3Nnb3Nhc205bjUiowIKC0FBQUE0ek5IZTBNEu0BCgtBQUFBNHpOSGUwTRILQUFBQTR6TkhlME0aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwhNTT8awxOKDx0/GsMUpNCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaJcLX2uQBHwodCg4KCGJ1dCB5b3VyEAEYABIJCgNhbmQQARgAGAFaDDVheW1xMjZieTF2enICIAB4AIIBFHN1Z2dlc3QucWYyaDUxZnJtc3F6mgEGCAAQABgAsAEAuAEAGITU0/GsMSCg8dPxrDEwAEIUc3VnZ2VzdC5xZjJoNTFmcm1zcXoisgIKC0FBQUE0MHlZNzBZEvwBCgtBQUFBNDB5WTcwWRILQUFBQTQweVk3MFkaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAwquChja0xOOPHpo2tMUpcCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaNMLX2uQBLhIsCigKIkdyZWF0ZXIgdGhhbiAkMiwzMDguNTAgYSBtb250aCBhbmQQARgAEAFaDGh6MXZrM3loM2RkM3ICIAB4AIIBFHN1Z2dlc3QuOHVlejVwdmJkZnE0mgEGCAAQABgAsAEAuAEAGKrgoY2tMSDjx6aNrTEwAEIUc3VnZ2VzdC44dWV6NXB2YmRmcTQimQIKC0FBQUE1bDc5aldZEuMBCgtBQUFBNWw3OWpXWRILQUFBQTVsNzlqV1kaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwq/igv6sxOI7R0e6sMUpDCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaG8LX2uQBFRoTCg8KCWdlbmVyYWxseRABGAAQAVoMdWtiMGlyNDZvZjV1cgIgAHgAggEUc3VnZ2VzdC45anhubWdldW5jN3WaAQYIABAAGACwAQC4AQAYq/igv6sxII7R0e6sMTAAQhRzdWdnZXN0LjlqeG5tZ2V1bmM3dSKyAgoLQUFBQTQweVk3MGMS/AEKC0FBQUE0MHlZNzBjEgtBQUFBNDB5WTcwYxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE1NjA3MTkyODI2MDYyNjc0MzM3KAA4ADDWgKKNrTE4qoaija0xSlwKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxo0wtfa5AEuEiwKKAoiR3JlYXRlciB0aGFuICQyLDU1Mi4wMCBhIG1vbnRoIGFuZBABGAAQAVoMbWlqOTEwY2VhdXZvcgIgAHgAggEUc3VnZ2VzdC4zcTE4azdrM3J4a3WaAQYIABAAGACwAQC4AQAY1oCija0xIKqGoo2tMTAAQhRzdWdnZXN0LjNxMThrN2szcnhrdSLmAgoLQUFBQTUwZHRHMTgSsAIKC0FBQUE1MGR0RzE4EgtBQUFBNTBkdEcxOBoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADCem/rurDE435GI76wxSo8BCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaZ8LX2uQBYQpfClIKTCwgYW5kIHlvdXIgY291bnRhYmxlIGFzc2V0cyBtdXN0IGJlIGxlc3MgdGhhbiB0aGUgYXNzZXQgbGltaXRzIGxpc3RlZCBiZWxvdy4QARgAEgcKAS4QARgAGAFaDGJ4d2VjMW05bTY3dHICIAB4AIIBFHN1Z2dlc3QueXV3em42Yzk2eHp3mgEGCAAQABgAsAEAuAEAGJ6b+u6sMSDfkYjvrDEwAEIUc3VnZ2VzdC55dXd6bjZjOTZ4encikgIKC0FBQUE2dGVoLUs0EtwBCgtBQUFBNnRlaC1LNBILQUFBQTZ0ZWgtSzQaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTEwMjM3NDAwNzQ5NzQyNjA5Njc3OSgAOAAwqs6R5qwxOInTkeasMUo8CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaFMLX2uQBDhIMCggKAnRvEAEYABABWgxmNHlqbmw0bGFvbWdyAiAAeACCARRzdWdnZXN0Lng4Z2VkeXZ0ZWVqaJoBBggAEAAYALABALgBABiqzpHmrDEgidOR5qwxMABCFHN1Z2dlc3QueDhnZWR5dnRlZWpoIpkDCgtBQUFBNWw3OWpXURLjAgoLQUFBQTVsNzlqV1ESC0FBQUE1bDc5aldRGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMPLonb+rMTjI7Y7AqzFKwgEKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxqZAcLX2uQBkgEKjwEKagpkZm9yZWdvIGhlbHAgd2l0aCBNZWRpY2FyZSBjb3N0cywgYW5kIHVzZSB0aG9zZSB1bnJlaW1idXJzZWQgTWVkaWNhcmUgZXhwZW5zZXMgYW5kIG90aGVyIHVucmVpbWJ1cnNlZBABGAESHwoZY2hvb3NlIE1hc3NIZWFsdGggY292ZXJhZxABGAAYAVoMNDRqejF2b3cxdW1tcgIgAHgAggEUc3VnZ2VzdC5qYWRkZ283ZTFqenKaAQYIABAAGACwAQC4AQAY8uidv6sxIMjtjsCrMTAAQhRzdWdnZXN0LmphZGRnbzdlMWp6ciLzAgoLQUFBQTVsNzlqVm8SvgIKC0FBQUE1bDc5alZvEgtBQUFBNWw3OWpWbxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADCu95W/qzE42IOF8KwxSp4BCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMadsLX2uQBcBJuCmoKZEJhc2VkIG9uIHlvdXIgaW5jb21lIGFuZCBvdGhlciBlbGlnaWJpbGl0eSBmYWN0b3JzLCB5b3UgbWF5IGNob29zZSB0byBnZXQgTWFzc0hlYWx0aCBieSBtZWV0aW5nIGEgZGUQARgBEAFaDG01dno5cGdnaTZ3c3ICIAB4AIIBE3N1Z2dlc3QueXMxdDQ5aDBwb2iaAQYIABAAGACwAQC4AQAYrveVv6sxINiDhfCsMTAAQhNzdWdnZXN0LnlzMXQ0OWgwcG9oIscCCgtBQUFBNTBkdEcxURKRAgoLQUFBQTUwZHRHMVESC0FBQUE1MGR0RzFRGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMNqF5u6sMTiIqOzurDFKcQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGknC19rkAUMaQQo9CjdIb3dldmVyLCB5b3UgY2FuIHN0aWxsIGJlIGNoYXJnZWQgYSBwaGFybWFjeSBjb3BheW1lbnQuEAEYABABWgxtZ2xqMG1qdjJlNGNyAiAAeACCARRzdWdnZXN0Lm9zM3d4OXhnZWdxNZoBBggAEAAYALABALgBABjaheburDEgiKjs7qwxMABCFHN1Z2dlc3Qub3Mzd3g5eGdlZ3E1Ip8CCgtBQUFBNHpOSGUxQRLpAQoLQUFBQTR6TkhlMUESC0FBQUE0ek5IZTFBGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMLTHhPKsMTij3YTyrDFKSQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGiHC19rkARsKGQoLCgVzIGFyZRABGAASCAoCaXMQARgAGAFaDHlrdHU2OXlqdDN0OHICIAB4AIIBFHN1Z2dlc3Quc3pndmJ1YWZqZTNtmgEGCAAQABgAsAEAuAEAGLTHhPKsMSCj3YTyrDEwAEIUc3VnZ2VzdC5zemd2YnVhZmplM20iqAIKC0FBQUE2dGVoLUswEvMBCgtBQUFBNnRlaC1LMBILQUFBQTZ0ZWgtSzAaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTEwMjM3NDAwNzQ5NzQyNjA5Njc3OSgAOAAwyKOR5qwxOOqvkeasMUpUCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaLMLX2uQBJhIkCiAKGnRvIHByb3ZpZGUgaGVhbHRoIGNvdmVyYWdlEAEYABABWgxwb2luOHFpYnpoMnNyAiAAeACCARNzdWdnZXN0LmF0Y3lseWJraW13mgEGCAAQABgAsAEAuAEAGMijkeasMSDqr5HmrDEwAEITc3VnZ2VzdC5hdGN5bHlia2ltdyKfAgoLQUFBQTVsNzlqV1US6QEKC0FBQUE1bDc5aldVEgtBQUFBNWw3OWpXVRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADCdo6C/qzE4v7mgv6sxSkkKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxohwtfa5AEbChkKCgoEZG9lcxABGAASCQoDbWF5EAEYABgBWgw0MGdnZjRpYmE5d3dyAiAAeACCARRzdWdnZXN0LmVmOXhkZ3M5M2k4Y5oBBggAEAAYALABALgBABido6C/qzEgv7mgv6sxMABCFHN1Z2dlc3QuZWY5eGRnczkzaThjIpsCCgtBQUFBNWw3OWpWcxLlAQoLQUFBQTVsNzlqVnMSC0FBQUE1bDc5alZzGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMIeUl7+rMTjOl5e/qzFKRQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGh3C19rkARcSFQoRCgtpcyB0b28gaGlnaBABGAAQAVoMbXJoa2xpa3pxcWp1cgIgAHgAggEUc3VnZ2VzdC52Zjd3enZiNm9yd2eaAQYIABAAGACwAQC4AQAYh5SXv6sxIM6Xl7+rMTAAQhRzdWdnZXN0LnZmN3d6dmI2b3J3ZyL7BQoLQUFBQTR6TkhlemcSyQUKC0FBQUE0ek5IZXpnEgtBQUFBNHpOSGV6ZxrEAQoJdGV4dC9odG1sErYBV2lsbCBuZWVkIGEgZm9vdG5vdGUgYWJvdXQgYmVpbmcgYWJsZSB0byBnZXQgZnVsbCBNSCArUGF5bWVudCBvZiBQYXJ0IEIgcHJlbWl1bSB3aXRob3V0IGFwcGxpY2F0aW9uIG9mIGFuIGFzc2V0IHRlc3QgaWYgeW91IHF1YWxpZnkgZm9yIE1IIFN0YW5kYXJkIHdpdGhvdXQgYW4gYXNzZXQgdGVzdCB1c2luZyBBQ0EtMy4ixQEKCnRleHQvcGxhaW4StgFXaWxsIG5lZWQgYSBmb290bm90ZSBhYm91dCBiZWluZyBhYmxlIHRvIGdldCBmdWxsIE1IICtQYXltZW50IG9mIFBhcnQgQiBwcmVtaXVtIHdpdGhvdXQgYXBwbGljYXRpb24gb2YgYW4gYXNzZXQgdGVzdCBpZiB5b3UgcXVhbGlmeSBmb3IgTUggU3RhbmRhcmQgd2l0aG91dCBhbiBhc3NldCB0ZXN0IHVzaW5nIEFDQS0zLiobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMOWJqfGsMTjlianxrDFKEwoKdGV4dC9wbGFpbhIFTGltaXRaDHVzb3R0N2NidnJ6YnICIAB4AJoBBggAEAAYAKoBuQEStgFXaWxsIG5lZWQgYSBmb290bm90ZSBhYm91dCBiZWluZyBhYmxlIHRvIGdldCBmdWxsIE1IICtQYXltZW50IG9mIFBhcnQgQiBwcmVtaXVtIHdpdGhvdXQgYXBwbGljYXRpb24gb2YgYW4gYXNzZXQgdGVzdCBpZiB5b3UgcXVhbGlmeSBmb3IgTUggU3RhbmRhcmQgd2l0aG91dCBhbiBhc3NldCB0ZXN0IHVzaW5nIEFDQS0zLrABALgBABjlianxrDEg5Ymp8awxMABCEGtpeC5hZWpkczg2OGVveGEimgIKC0FBQUE4Q1EtNDdBEuQBCgtBQUFBOENRLTQ3QRILQUFBQThDUS00N0EaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAwppOu5qsxOIuxruarMUpECiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaHMLX2uQBFhoUChAKCk1hc3NIZWFsdGgQARgAEAFaDHU1MmhwOGhuZW50bXICIAB4AIIBFHN1Z2dlc3QuY3Bzems2M2V1d3pomgEGCAAQABgAsAEAuAEAGKaTruarMSCLsa7mqzEwAEIUc3VnZ2VzdC5jcHN6azYzZXV3emgi6AMKC0FBQUE1MGR0RzIwErIDCgtBQUFBNTBkdEcyMBILQUFBQTUwZHRHMjAaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwt7ae76wxOPXVm/KsMUqRAgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGugBwtfa5AHhAQreAQpqCmRNYXNzSGVhbHRoIGFuZCBNU1AgaGF2ZSBzcGVjaWZpYyBydWxlcyBhYm91dCBob3cgaW5jb21lIGFuZCBhc3NldHMgYXJlIGNvdW50ZWQuIEZvciBleGFtcGxlLCB1bmRlciB0EAEYARJuCmhzb21lbWFueSBhc3NldHMgeW91IG93biBhcmUgdGFrZW4gaW50byBhY2NvdW50IG9yIOKAnGNvdW50ZWTigJ0gd2hlbiBkZXRlcm1pbmluZyBlbGlnaWJpbGl0eSBidXQgdGhlIGhvbRABGAEYAVoMbmU2NzIzc2lkOHI2cgIgAHgAggEUc3VnZ2VzdC51ZWJ4YjQ2NG81eWmaAQYIABAAGACwAQC4AQAYt7ae76wxIPXVm/KsMTAAQhRzdWdnZXN0LnVlYnhiNDY0bzV5aSKlAgoLQUFBQTVsNzlqV0kS7wEKC0FBQUE1bDc5aldJEgtBQUFBNWw3OWpXSRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDD4Zu/qzE4gYGcv6sxSk8KJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxonwtfa5AEhGh8KGwoVb2YgbW9yZSB0aGFuIDEwMCBkYXlzEAEYABABWgxoNjExdzcxOHM5bXlyAiAAeACCARRzdWdnZXN0Ljl2OXpyMWgyc3NpbZoBBggAEAAYALABALgBABjD4Zu/qzEggYGcv6sxMABCFHN1Z2dlc3QuOXY5enIxaDJzc2ltIvUCCgtBQUFBNHpOSGUwZxK/AgoLQUFBQTR6TkhlMGcSC0FBQUE0ek5IZTBnGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMM2e4PGsMTjz2OXxrDFKngEKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxp2wtfa5AFwGm4KagpkVGhpcyBhcHBsaWNhdGlvbiBmb3JtIGlzIG5vdCBhIHdheSB0byBhcHBseSBmb3IgYW55IGJlbmVmaXQgZXhjZXB0IE1TUC4gSWYgeW91IGRvIG5vdCBxdWFsaWZ5IGZvciBNUxABGAEQAVoMa2d2Ymlna3JmbGIycgIgAHgAggEUc3VnZ2VzdC5janVnNG9taTFkbHKaAQYIABAAGACwAQC4AQAYzZ7g8awxIPPY5fGsMTAAQhRzdWdnZXN0LmNqdWc0b21pMWRsciKlAgoLQUFBQTVtSGEwSzQS8AEKC0FBQUE1bUhhMEs0EgtBQUFBNW1IYTBLNBoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDT6re/qzE4mYi4v6sxSlEKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxopwtfa5AEjGiEKHQoXaW4gYWRkaXRpb24gdG8gTWVkaWNhcmUQARgAEAFaDGcwNDJtbjZ5ZW1zNXICIAB4AIIBE3N1Z2dlc3QuZTducWhvODE1dm+aAQYIABAAGACwAQC4AQAY0+q3v6sxIJmIuL+rMTAAQhNzdWdnZXN0LmU3bnFobzgxNXZvIpMCCgtBQUFBNWw3OWpWZxLdAQoLQUFBQTVsNzlqVmcSC0FBQUE1bDc5alZnGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMLyKk7+rMTjEjpO/qzFKPQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGhXC19rkAQ8SDQoJCgNpbmcQARgAEAFaDHBsOWhxbmZjNmNsenICIAB4AIIBFHN1Z2dlc3QudzAxeWVlcXVvaGgzmgEGCAAQABgAsAEAuAEAGLyKk7+rMSDEjpO/qzEwAEIUc3VnZ2VzdC53MDF5ZWVxdW9oaDMijgIKC0FBQUE4Q1EtNDdFEtkBCgtBQUFBOENRLTQ3RRILQUFBQThDUS00N0UaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAwociv5qsxOLPMr+arMUo7CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaE8LX2uQBDRoLCgcKAXMQARgAEAFaC2w1NzQ1ZGs1ZzAxcgIgAHgAggETc3VnZ2VzdC5yazBhams3Zms1dZoBBggAEAAYALABALgBABihyK/mqzEgs8yv5qsxMABCE3N1Z2dlc3QucmswYWprN2ZrNXUiiAUKC0FBQUE0MHlZNzBzEtYECgtBQUFBNDB5WTcwcxILQUFBQTQweVk3MHMaiAEKCXRleHQvaHRtbBJ7TXkgZXhwZXJpZW5jZSBpcyB0aGF0IHByb3ZpZGluZyAmcXVvdDtncmVhdGVyIHRoYW4mcXVvdDsgZG9lcyBub3QgaGVscCBhZGQgY2xhcml0eSBhbmQgY29udHJpYnV0ZXMgdG8gaW5mb3JtYXRpb27CoG92ZXJsb2FkIn8KCnRleHQvcGxhaW4ScU15IGV4cGVyaWVuY2UgaXMgdGhhdCBwcm92aWRpbmcgImdyZWF0ZXIgdGhhbiIgZG9lcyBub3QgaGVscCBhZGQgY2xhcml0eSBhbmQgY29udHJpYnV0ZXMgdG8gaW5mb3JtYXRpb27CoG92ZXJsb2FkKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAw3Zusja0xON2brI2tMUpgCgp0ZXh0L3BsYWluElJHcmVhdGVyIHRoYW4gJDIsMzA4LjUwIGEgbW9udGggYW5kIGxlc3MgdGhhbiBvciBlcXVhbCB0byAkMiw1NTIgYSBtb250aCAoMjEwJSBGUEwpWgx0dzNkd2JxNmF1eGhyAiAAeACaAQYIABAAGACqAX0Se015IGV4cGVyaWVuY2UgaXMgdGhhdCBwcm92aWRpbmcgJnF1b3Q7Z3JlYXRlciB0aGFuJnF1b3Q7IGRvZXMgbm90IGhlbHAgYWRkIGNsYXJpdHkgYW5kIGNvbnRyaWJ1dGVzIHRvIGluZm9ybWF0aW9uwqBvdmVybG9hZLABALgBABjdm6yNrTEg3Zusja0xMABCEGtpeC4zMTlvNGN2ejU1c2oiqwIKC0FBQUE4Q1EtNDdNEvUBCgtBQUFBOENRLTQ3TRILQUFBQThDUS00N00aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAwgrew5qsxOIbYsOarMUpVCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaLcLX2uQBJwolCgcKAUYQARgAEhgKElRoaXMgcHJvZ3JhbSB3YXMgZhABGAAYAVoMbTlsMjJreW1pN2N2cgIgAHgAggEUc3VnZ2VzdC5wd2Rndzc0a3RhaWyaAQYIABAAGACwAQC4AQAYgrew5qsxIIbYsOarMTAAQhRzdWdnZXN0LnB3ZGd3NzRrdGFpbCK3AgoLQUFBQTUwZHRHMWMSgQIKC0FBQUE1MGR0RzFjEgtBQUFBNTBkdEcxYxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADCvmu/urDE4+Pzv7qwxSmEKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxo5wtfa5AEzGjEKLQoncHJlbWl1bSAobW9zdCBwZW9wbGUgd2lsbCBub3QgaGF2ZSBvbmUpEAEYABABWgxreGoyNzg0bThlNmZyAiAAeACCARRzdWdnZXN0Lm50Nm9sZHE4cnJpcpoBBggAEAAYALABALgBABivmu/urDEg+Pzv7qwxMABCFHN1Z2dlc3QubnQ2b2xkcThycmlyItACCgtBQUFBNTBkdEcyQRKaAgoLQUFBQTUwZHRHMkESC0FBQUE1MGR0RzJBGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMJbQ/+6sMTixxoHvrDFKegokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGlLC19rkAUwaSgpGCkAoc2luZ2xlIHBlcnNvbikgTGVzcyB0aGFuIG9yIGVxdWFsIHRvICQgYSBtb250aCAobWFycmllZCBjb3VwbGUpEAEYABABWgxudGFlbWVqYmkxa3FyAiAAeACCARRzdWdnZXN0LnlrYmhrYW9od29kZJoBBggAEAAYALABALgBABiW0P/urDEgscaB76wxMABCFHN1Z2dlc3QueWtiaGthb2h3b2RkIqMCCgtBQUFBNTBkdEcwdxLtAQoLQUFBQTUwZHRHMHcSC0FBQUE1MGR0RzB3Gg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMPWH1O6sMTiKjNTurDFKTQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGiXC19rkAR8KHQoJCgNhcmUQARgAEg4KCGNvdWxkIGJlEAEYABgBWgw0Z242Y2Vranhsa2lyAiAAeACCARRzdWdnZXN0LmhpOG51NHZvaWN1d5oBBggAEAAYALABALgBABj1h9TurDEgiozU7qwxMABCFHN1Z2dlc3QuaGk4bnU0dm9pY3V3IpoCCgtBQUFBOENRLTQ3WRLkAQoLQUFBQThDUS00N1kSC0FBQUE4Q1EtNDdZGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTU2MDcxOTI4MjYwNjI2NzQzMzcoADgAMOPBsearMTir6bHmqzFKRAokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGhzC19rkARYaFAoQCgpNYXNzSGVhbHRoEAEYABABWgxzeTl5enY4aHU1ZzByAiAAeACCARRzdWdnZXN0LnB0NjM1c2lxcDUwbpoBBggAEAAYALABALgBABjjwbHmqzEgq+mx5qsxMABCFHN1Z2dlc3QucHQ2MzVzaXFwNTBuIooECgtBQUFBNWw3OWpVOBLYAwoLQUFBQTVsNzlqVTgSC0FBQUE1bDc5alU4GngKCXRleHQvaHRtbBJrVGhlIGhvbWUgYXNzZXQgbWF4IG9ubHkgYXBwbGllcyB0byBob21lIGVxdWl0eSAmYW1wOyBvbmx5IGZvciBudXJzaW5nIGhvbWUgY2FyZSAmYW1wOyBpcyAkMSwwMzMsMDAwIGluIDIwMjMicQoKdGV4dC9wbGFpbhJjVGhlIGhvbWUgYXNzZXQgbWF4IG9ubHkgYXBwbGllcyB0byBob21lIGVxdWl0eSAmIG9ubHkgZm9yIG51cnNpbmcgaG9tZSBjYXJlICYgaXMgJDEsMDMzLDAwMCBpbiAyMDIzKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwuqbsvqsxOLqm7L6rMUoSCgp0ZXh0L3BsYWluEgROb3RlWgtmZmJ5czR1bHh5N3ICIAB4AJoBBggAEAAYAKoBbRJrVGhlIGhvbWUgYXNzZXQgbWF4IG9ubHkgYXBwbGllcyB0byBob21lIGVxdWl0eSAmYW1wOyBvbmx5IGZvciBudXJzaW5nIGhvbWUgY2FyZSAmYW1wOyBpcyAkMSwwMzMsMDAwIGluIDIwMjOwAQC4AQAYuqbsvqsxILqm7L6rMTAAQhBraXguZnZ1end2YWsyZ2dtIqgCCgtBQUFBNTBkdEcyVRLyAQoLQUFBQTUwZHRHMlUSC0FBQUE1MGR0RzJVGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMKW3hu+sMTijmcfxrDFKUgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGirC19rkASQKIgoSCgxiZSB1bmRlciB0aGUQARgAEgoKBG1lZXQQARgAGAFaDHZlZnZyZHh3ZDM4ZXICIAB4AIIBFHN1Z2dlc3QudWdhYnVydGpqOTYzmgEGCAAQABgAsAEAuAEAGKW3hu+sMSCjmcfxrDEwAEIUc3VnZ2VzdC51Z2FidXJ0amo5NjMi5AMKC0FBQUE1MGR0RzMwEq4DCgtBQUFBNTBkdEczMBILQUFBQTUwZHRHMzAaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwsaXX76wxOICy2++sMUqNAgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGuQBwtfa5AHdAQraAQpqCmRwYXlzIGFjdXRlIGNhcmUgaG9zcGl0YWxzIGFuZCBjb21tdW5pdHkgaGVhbHRoIGNlbnRlcnMgZm9yIGNlcnRhaW4gc2VydmljZXMgdGhleSBwcm92aWRlIHRvIGxvdyBpbmNvEAEYARJqCmRwYXlzIGFjdXRlIGNhcmUgaG9zcGl0YWxzIGFuZCBjb21tdW5pdHkgaGVhbHRoIGNlbnRlcnMgZm9yIGNlcnRhaW4gZXNzZW50aWFsIGhlYWx0aCBjYXJlIHNlcnZpY2VzIHByEAEYARgBWgxvN295cTB6Z212aThyAiAAeACCARRzdWdnZXN0LnF3bnFvcnI2OXV4ZZoBBggAEAAYALABALgBABixpdfvrDEggLLb76wxMABCFHN1Z2dlc3QucXducW9ycjY5dXhlIqICCgtBQUFBNTBkdEcyURLsAQoLQUFBQTUwZHRHMlESC0FBQUE1MGR0RzJRGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMKGxhe+sMTiEn4bvrDFKTAokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGiTC19rkAR4aHAoYChJyIGNvdW50YWJsZSBpbmNvbWUQARgAEAFaDHFsazZ1MzN0djU5MnICIAB4AIIBFHN1Z2dlc3QudDIzcWxrazY2bGJkmgEGCAAQABgAsAEAuAEAGKGxhe+sMSCEn4bvrDEwAEIUc3VnZ2VzdC50MjNxbGtrNjZsYmQiwAIKC0FBQUE4Q1EtNDdjEooCCgtBQUFBOENRLTQ3YxILQUFBQThDUS00N2MaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAwrPOz5qsxOIiwtearMUpqCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaQsLX2uQBPBo6CjYKMChGb3JtZXJseSBrbm93biBhcyB0aGUgTWFzc0hlYWx0aCBTZW5pb3IgQnV5LUluKRABGAAQAVoMcHVrM3htanQ5aGE5cgIgAHgAggEUc3VnZ2VzdC5rMmI3bHI5cThvMjWaAQYIABAAGACwAQC4AQAYrPOz5qsxIIiwtearMTAAQhRzdWdnZXN0LmsyYjdscjlxOG8yNSLkAwoLQUFBQTVtSGEwSnMSrgMKC0FBQUE1bUhhMEpzEgtBQUFBNW1IYTBKcxoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDmjK2/qzE4z/zb7qwxSo0CCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMa5AHC19rkAd0BCtoBCmoKZGFwcGx5IGZvciBmdWxsIE1hc3NIZWFsdGggY292ZXJhZ2UgdXNpbmcgdGhlIFNBQ0EtMiBmb3JtIGV2ZW4gdGhvdWdoIGl0IGlzIGxvbmdlciBhbmQgaGFyZGVyIHRvIGNvbXAQARgBEmoKZGZvcmVnbyBoZWxwIHdpdGggTWVkaWNhcmUgY29zdHMsIGFuZCB1c2UgdGhvc2UgdW5yZWltYnVyc2VkIE1lZGljYXJlIGV4cGVuc2VzIGFuZCBvdGhlciB1bnJlaW1idXJzZWQQARgBGAFaDDN4ajNhMThvdm16cHICIAB4AIIBFHN1Z2dlc3QucXoxYjVjM2JnNW1xmgEGCAAQABgAsAEAuAEAGOaMrb+rMSDP/NvurDEwAEIUc3VnZ2VzdC5xejFiNWMzYmc1bXEiqgIKC0FBQUE1MGR0RzJNEvQBCgtBQUFBNTBkdEcyTRILQUFBQTUwZHRHMk0aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw9/6C76wxOOKCg++sMUpUCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaLMLX2uQBJhIkCiAKGihiYXNlZCBvbiBhIHNpbmdsZSBwZXJzb24pEAEYABABWgw3Y3o5dzNuM2Rtd2ZyAiAAeACCARRzdWdnZXN0LnB3YnMxOTd1OGg1a5oBBggAEAAYALABALgBABj3/oLvrDEg4oKD76wxMABCFHN1Z2dlc3QucHdiczE5N3U4aDVrIooCCgtBQUFBOENRLTQ3ZxLUAQoLQUFBQThDUS00N2cSC0FBQUE4Q1EtNDdnGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTU2MDcxOTI4MjYwNjI2NzQzMzcoADgAMK7LtOarMTi42rTmqzFKNAokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGgzC19rkAQYiBAhHEAFaDGluNHFwNm9neXQ4NXICIAB4AIIBFHN1Z2dlc3QueHg2NXV1dXdoZGh3mgEGCAAQABgAsAEAuAEAGK7LtOarMSC42rTmqzEwAEIUc3VnZ2VzdC54eDY1dXV1d2hkaHcioQIKC0FBQUE1MGR0RzFnEusBCgtBQUFBNTBkdEcxZxILQUFBQTUwZHRHMWcaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwqp7w7qwxOJHYt+etMUpLCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaI8LX2uQBHRobChcKEXRoZSBNZWRpY2FyZSBQYXJ0EAEYABABWgw0M205eDlwZGg1OGVyAiAAeACCARRzdWdnZXN0LjNwZnM1dnV2N2lvMpoBBggAEAAYALABALgBABiqnvDurDEgkdi3560xMABCFHN1Z2dlc3QuM3BmczV2dXY3aW8yIpsCCgtBQUFBNnRlaC1MRRLlAQoLQUFBQTZ0ZWgtTEUSC0FBQUE2dGVoLUxFGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMDIzNzQwMDc0OTc0MjYwOTY3NzkoADgAMKPfnuasMTjh7J7mrDFKRQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGh3C19rkARcaFQoRCgtBcHBsaWNhdGlvbhABGAAQAVoMb3RpN3plZ2NpaWkwcgIgAHgAggEUc3VnZ2VzdC50ODk0azl3dWZvcnWaAQYIABAAGACwAQC4AQAYo9+e5qwxIOHsnuasMTAAQhRzdWdnZXN0LnQ4OTRrOXd1Zm9ydSKaAgoLQUFBQThDUS00N2sS5AEKC0FBQUE4Q1EtNDdrEgtBQUFBOENRLTQ3axoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE1NjA3MTkyODI2MDYyNjc0MzM3KAA4ADCq0bXmqzE42O+15qsxSkQKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxocwtfa5AEWGhQKEAoKTWFzc0hlYWx0aBABGAAQAVoMN3lkbWNxZzBwdjZncgIgAHgAggEUc3VnZ2VzdC40b3kwdnh4emZ5aW2aAQYIABAAGACwAQC4AQAYqtG15qsxINjvtearMTAAQhRzdWdnZXN0LjRveTB2eHh6ZnlpbSK9AgoLQUFBQTZ0ZWgtTEEShwIKC0FBQUE2dGVoLUxBEgtBQUFBNnRlaC1MQRoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTAyMzc0MDA3NDk3NDI2MDk2Nzc5KAA4ADCy/pfmrDE40oeZ5qwxSmgKJGFwcGxpY2F0aW9uL3ZuZC5nb29nbGUtYXBwcy5kb2NzLm1kcxpAwtfa5AE6EhsKFwoRQ29tbW9uSGVhbHRoIHdpdGgQARgAEAEaGwoXChF3aXRoIENvbW1vbkhlYWx0aBABGAAQAVoLeTNkdm1jazQ5YmlyAiAAeACCARRzdWdnZXN0LnhoOHluZGtlcmZuYpoBBggAEAAYALABALgBABiy/pfmrDEg0oeZ5qwxMABCFHN1Z2dlc3QueGg4eW5ka2VyZm5iIp8CCgtBQUFBNWw3OWpVYxLpAQoLQUFBQTVsNzlqVWMSC0FBQUE1bDc5alVjGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMTc1MzUzNDY4ODM1ODA0NTM5NTcoADgAMMeC376rMTia9ofAqzFKSQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGiHC19rkARsaGQoVCg9pbiBhbmQgeW91ciBjYXIQARgAEAFaDDZ4dW1lYWo1eDQ2ZXICIAB4AIIBFHN1Z2dlc3QuMnIxNDN1YmpiaTZymgEGCAAQABgAsAEAuAEAGMeC376rMSCa9ofAqzEwAEIUc3VnZ2VzdC4ycjE0M3ViamJpNnIimgIKC0FBQUE4Q1EtNDdvEuQBCgtBQUFBOENRLTQ3bxILQUFBQThDUS00N28aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAw24i25qsxOO2mtuarMUpECiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaHMLX2uQBFhoUChAKCk1hc3NIZWFsdGgQARgAEAFaDHdhdmZudmo0MWVzZXICIAB4AIIBFHN1Z2dlc3QueWE2ZjN3a2RrOXVnmgEGCAAQABgAsAEAuAEAGNuItuarMSDtprbmqzEwAEIUc3VnZ2VzdC55YTZmM3drZGs5dWcixAIKC0FBQUE1bDc5alRzEo4CCgtBQUFBNWw3OWpUcxILQUFBQTVsNzlqVHMaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw+7vOvqsxON6ikPGsMUpuCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaRsLX2uQBQAo+CjEKKywgb3IgZnVsbCBNYXNzSGVhbHRoIHBsdXMgSGVhbHRoIFNhZmV0eSBOZXQQARgAEgcKAS4QARgAGAFaDDE0b2huZGRhMTF2cnICIAB4AIIBFHN1Z2dlc3QuNTk0enNxdm82M2RpmgEGCAAQABgAsAEAuAEAGPu7zr6rMSDeopDxrDEwAEIUc3VnZ2VzdC41OTR6c3F2bzYzZGki9QIKC0FBQUE1bUhhME1NEr8CCgtBQUFBNW1IYTBNTRILQUFBQTVtSGEwTU0aDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAwwdzIv6sxOJi1y7+rMUqeAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGnbC19rkAXAabgpqCmRXaGF0IHNob3VsZCBJIGRvIGlmIEkgZ290IGEgYmx1ZSBlbnZlbG9wZSB3aXRoIGEgZGVhZGxpbmUgdG8gcmV0dXJuIHRoZSBmdWxsIE1hc3NIZWFsdGggcmVuZXdhbCBhcHBsEAEYARABWgxzZnN5YWZwbG13bWlyAiAAeACCARRzdWdnZXN0Lmc1MWh4MXFrYmh5epoBBggAEAAYALABALgBABjB3Mi/qzEgmLXLv6sxMABCFHN1Z2dlc3QuZzUxaHgxcWtiaHl6Ip8CCgtBQUFBNnRlaC1LcxLpAQoLQUFBQTZ0ZWgtS3MSC0FBQUE2dGVoLUtzGg0KCXRleHQvaHRtbBIAIg4KCnRleHQvcGxhaW4SACobIhUxMDIzNzQwMDc0OTc0MjYwOTY3NzkoADgAMM6VjuasMTiLp47mrDFKSQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGiHC19rkARsKGQoJCgNhbmQQARgAEgoKBHBsdXMQARgAGAFaDGJraTY2enV2bHNid3ICIAB4AIIBFHN1Z2dlc3QueHhrOHkwM294aDdvmgEGCAAQABgAsAEAuAEAGM6VjuasMSCLp47mrDEwAEIUc3VnZ2VzdC54eGs4eTAzb3hoN28i+wMKC0FBQUE1LWZDVEZNEskDCgtBQUFBNS1mQ1RGTRILQUFBQTUtZkNURk0abAoJdGV4dC9odG1sEl9ObyBwcmVmZXJlbmNlIGJldHdlZW4gYmVuZWZpY2lhcmllcyBvciByZWNpcGllbnRzLCBqdXN0IGNoYW5nZWQgaXQgdG8gYmUgY29uc2lzdGVudCB3aXRoIHRlcm1zLiJtCgp0ZXh0L3BsYWluEl9ObyBwcmVmZXJlbmNlIGJldHdlZW4gYmVuZWZpY2lhcmllcyBvciByZWNpcGllbnRzLCBqdXN0IGNoYW5nZWQgaXQgdG8gYmUgY29uc2lzdGVudCB3aXRoIHRlcm1zLiobIhUxMTYyMjQxNjc2ODQwMTMzMDcwNTYoADgAMICFpPetMTiAhaT3rTFKHgoKdGV4dC9wbGFpbhIQYmVuZWZpY2lhcmllc+KAmVoMa3I1Y2JhaHptbXF2cgIgAHgAmgEGCAAQABgAqgFhEl9ObyBwcmVmZXJlbmNlIGJldHdlZW4gYmVuZWZpY2lhcmllcyBvciByZWNpcGllbnRzLCBqdXN0IGNoYW5nZWQgaXQgdG8gYmUgY29uc2lzdGVudCB3aXRoIHRlcm1zLrABALgBABiAhaT3rTEggIWk960xMABCEGtpeC40Y3RxNmVzNnkyMHcilAkKC0FBQUE1bDc5alRrEt4ICgtBQUFBNWw3OWpUaxILQUFBQTVsNzlqVGsaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw8vbIvqsxOIi41fGsMULvAwoLQUFBQTZ0ZWgtTG8SC0FBQUE1bDc5alRrGoQBCgl0ZXh0L2h0bWwSd0kgdGhpbmsgeW91IGNvdWxkIHNraXAgdGhpcyBiZWNhdXNlIHRoZXJlJiMzOTtzIGEgc2VjdGlvbiBvbiBIU04gYmVsb3cuIEFuZCBiZXR0ZXIgdG8ga2VlcCBpdCBzdHJlYW1saW5lZCBhbmQgcmVhZGFibGUuIoEBCgp0ZXh0L3BsYWluEnNJIHRoaW5rIHlvdSBjb3VsZCBza2lwIHRoaXMgYmVjYXVzZSB0aGVyZSdzIGEgc2VjdGlvbiBvbiBIU04gYmVsb3cuIEFuZCBiZXR0ZXIgdG8ga2VlcCBpdCBzdHJlYW1saW5lZCBhbmQgcmVhZGFibGUuKhsiFTEwMjM3NDAwNzQ5NzQyNjA5Njc3OSgAOAAw66O+5qwxOOujvuasMVoMNml2cjJqOGhhY2docgIgAHgAmgEGCAAQABgAqgF5EndJIHRoaW5rIHlvdSBjb3VsZCBza2lwIHRoaXMgYmVjYXVzZSB0aGVyZSYjMzk7cyBhIHNlY3Rpb24gb24gSFNOIGJlbG93LiBBbmQgYmV0dGVyIHRvIGtlZXAgaXQgc3RyZWFtbGluZWQgYW5kIHJlYWRhYmxlLrABALgBAEKQAgoLQUFBQTUwZHRHMmsSC0FBQUE1bDc5alRrGjkKCXRleHQvaHRtbBIsSSBtb3ZlZCB0aGUgZGVzY3JpcHRpb24gdG8gdGhlIHNlY3Rpb24gYmVsb3ciOgoKdGV4dC9wbGFpbhIsSSBtb3ZlZCB0aGUgZGVzY3JpcHRpb24gdG8gdGhlIHNlY3Rpb24gYmVsb3cqGyIVMTE3NTM1MzQ2ODgzNTgwNDUzOTU3KAA4ADDtyJnvrDE47ciZ76wxWgwzYjdvcmpucHl3N2ZyAiAAeACaAQYIABAAGACqAS4SLEkgbW92ZWQgdGhlIGRlc2NyaXB0aW9uIHRvIHRoZSBzZWN0aW9uIGJlbG93sAEAuAEASrgBCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMajwHC19rkAYgBEgoKBgoAEBMYABACEgoKBgoAEBQYABABGm4KagpkR2VuZXJhbGx5LCBvbmx5IHBlb3BsZSBuZWVkaW5nIExUU1MgYXJlIGFibGUgdG8gcXVhbGlmeSBmb3IgTWFzc0hlYWx0aCBTdGFuZGFyZCBhdCBpbmNvbWUgbGV2ZWxzIGFzIBABGAEQAVoMOXFra3Z0OWp5dTdtcgIgAHgAggEUc3VnZ2VzdC50azNzYThwdnk5cjWaAQYIABAAGACwAQC4AQAY8vbIvqsxIIi41fGsMTAAQhRzdWdnZXN0LnRrM3NhOHB2eTlyNSL1AgoLQUFBQTQweVk3ejASvwIKC0FBQUE0MHlZN3owEgtBQUFBNDB5WTd6MBoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE1NjA3MTkyODI2MDYyNjc0MzM3KAA4ADDTl8KMrTE4yar3jK0xSp4BCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMadsLX2uQBcBpuCmoKZEFsdGVybmF0aXZlIGV4cGxhbmF0aW9uOiBNU1BzIGFyZSBub3QgaW5zdXJhbmNlIHBsYW5zLCB0aGV5IGFyZSBwcm9ncmFtcyBkZXNpZ25lZCB0byBoZWxwIGxvd2VyIHRoZSAQARgBEAFaDGloczhnZG81Y3djOHICIAB4AIIBFHN1Z2dlc3QuaWgzcjk5azVjbWZwmgEGCAAQABgAsAEAuAEAGNOXwoytMSDJqveMrTEwAEIUc3VnZ2VzdC5paDNyOTlrNWNtZnAiqQIKC0FBQUE1bUhhMFRZEvMBCgtBQUFBNW1IYTBUWRILQUFBQTVtSGEwVFkaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNzUzNTM0Njg4MzU4MDQ1Mzk1NygAOAAw6MKAwKsxONXfgMCrMUpTCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaK8LX2uQBJQojCg4KCGNvdmVyYWdlEAEYABIPCglpbnN1cmFuY2UQARgAGAFaDHEyODJjcHBvbzRrbXICIAB4AIIBFHN1Z2dlc3QuZjIxMW9tb285dG1rmgEGCAAQABgAsAEAuAEAGOjCgMCrMSDV34DAqzEwAEIUc3VnZ2VzdC5mMjExb21vbzl0bWsisgIKC0FBQUE1LWZDVEZJEvwBCgtBQUFBNS1mQ1RGSRILQUFBQTUtZkNURkkaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNjIyNDE2NzY4NDAxMzMwNzA1NigAOAAwvNSg960xOLSDovetMUpcCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaNMLX2uQBLgosChYKEGJlbmVmaWNpYXJpZXPigJkQARgAEhAKCnJlY2lwaWVudHMQARgAGAFaDG1yNGU5NGlyZXd3NHICIAB4AIIBFHN1Z2dlc3QuMXdlZXhncjRqbjQ1mgEGCAAQABgAsAEAuAEAGLzUoPetMSC0g6L3rTEwAEIUc3VnZ2VzdC4xd2VleGdyNGpuNDUi2wIKC0FBQUE0MHlZNzAwEqUCCgtBQUFBNDB5WTcwMBILQUFBQTQweVk3MDAaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTExNTYwNzE5MjgyNjA2MjY3NDMzNygAOAAw957Hja0xONaK0o2tMUqEAQokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGlzC19rkAVYaVApQCkpUaGlzIGFwcGxpY2F0aW9uIGZvcm0gY2FuIGJlIHVzZWQgdG8gYXBwbHkgZm9yIGFueSBhbmQgYWxsIG9mIHRoZSBwcm9ncmFtcxABGAAQAVoMZDFpMWticmhhM2locgIgAHgAggEUc3VnZ2VzdC4yajBvYWVoNHdsanSaAQYIABAAGACwAQC4AQAY957Hja0xINaK0o2tMTAAQhRzdWdnZXN0LjJqMG9hZWg0d2xqdCL1AgoLQUFBQTQweVk3MDQSvwIKC0FBQUE0MHlZNzA0EgtBQUFBNDB5WTcwNBoNCgl0ZXh0L2h0bWwSACIOCgp0ZXh0L3BsYWluEgAqGyIVMTE1NjA3MTkyODI2MDYyNjc0MzM3KAA4ADDrjMyNrTE4trDBjq0xSp4BCiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMadsLX2uQBcBpuCmoKZG9mZmVycyB0byBpbmRpdmlkdWFscyBvdmVyIHRoZSBhZ2Ugb2YgNjUgYW5kL29yIGluZGl2aWR1YWxzIGluIG5lZWQgb2YgbG9uZyB0ZXJtIGNhcmUsIGluY2x1ZGluZyBNU1AQARgBEAFaDG1paWtxcDNpMGpuZnICIAB4AIIBFHN1Z2dlc3QuMnFnMGMyZjA0MjhmmgEGCAAQABgAsAEAuAEAGOuMzI2tMSC2sMGOrTEwAEIUc3VnZ2VzdC4ycWcwYzJmMDQyOGY4AGojChRzdWdnZXN0LjUwcml3bjhvdG1pOBILVmlja3kgUHVsb3NqJAoUc3VnZ2VzdC5nOXJhNnN6OGM3NzESDE5hbmN5IExvcmVuemojChRzdWdnZXN0Lm5qMXZueW5odzRzYxILVmlja3kgUHVsb3NqJAoUc3VnZ2VzdC5peHFiMnVybGZpaXcSDE5hbmN5IExvcmVuemojChRzdWdnZXN0LnVndnZqZXkyYmV5ZhILVmlja3kgUHVsb3NqJAoUc3VnZ2VzdC50c2k3YXkxbWt0dmoSDE5hbmN5IExvcmVuemojChRzdWdnZXN0LmlkbDN3Zm13Y3JpdRILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5kaHJubzJwZHE0djYSC1ZpY2t5IFB1bG9zaiUKFHN1Z2dlc3Qucmc2ZGhnMmo0dmNrEg1NYXJ5IE1jR2lubGV5aiUKFHN1Z2dlc3QubWR3eXo1aTVkdTRqEg1NYXJ5IE1jR2lubGV5aiIKE3N1Z2dlc3QucGFobjdscWRua3oSC1ZpY2t5IFB1bG9zaiUKFHN1Z2dlc3QubXgyZWo1eGZ3Z3V0Eg1NYXJ5IE1jR2lubGV5aiMKFHN1Z2dlc3QuM3BrdW93cDhqZXVxEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0Lm1waXV6cnJzYnFuaBILVmlja3kgUHVsb3NqJQoUc3VnZ2VzdC5nMXFyYjkzc3gycHUSDU1hcnkgTWNHaW5sZXlqJAoUc3VnZ2VzdC5sdzc0Zm9uODU3NHUSDE5hbmN5IExvcmVuemojChRzdWdnZXN0LjhxNDI1NDhqYzNtehILVmlja3kgUHVsb3NqJwoUc3VnZ2VzdC43ZHF5bzQ2eHczdTQSD0Nhcm9seW4gVmlsbGVyc2ojChRzdWdnZXN0LnMzNGRwbnIwcXJ6ahILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5vb3VpbXpiaWx3Nm4SC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QuZXFzdGc3NXFieG50EgtWaWNreSBQdWxvc2olChRzdWdnZXN0Lm5zZGVnOG5vdDhoehINTWFyeSBNY0dpbmxleWojChRzdWdnZXN0LjQwc2k2dzU2MHF0MxILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5mbm5nb3hrdmo5bHoSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QuNDJubWhvbzJubXI0EgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LjZsZTd1YjJlbzBqZhILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5yOXU3NDVqZmVwZXISC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QuNWJ6cWo1OWxkcjRzEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LmpjYnJhazVqZDA2NBILVmlja3kgUHVsb3NqJQoUc3VnZ2VzdC53M3Vicmt4cWd2aHASDU1hcnkgTWNHaW5sZXlqIwoUc3VnZ2VzdC5hMHB3Mzd1YnM2M2sSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QuZ200Z253czI0aHgyEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LnJ4MmtsdHJreGoyNRILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5vNnY4cTRpOTNyNGoSC1ZpY2t5IFB1bG9zaiIKE3N1Z2dlc3QuajBpdXh5Z3ZpaDgSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QuaG92ZGloamM4eXFhEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0Lmk3aGEwdXF1djJkehILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5sd2prbnMxbTljbTcSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3Qub2t5b2VjZG1veDJ0EgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LmNmcTBtYzJzM3IxMxILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC42OGFqMTU5bnk5eXISC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QuMmR1amZkajNqemZ3EgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LmFvY2JsYm04d254NBILVmlja3kgUHVsb3NqJQoUc3VnZ2VzdC5tOGF2dnNjczl0ZTcSDU1hcnkgTWNHaW5sZXlqJQoUc3VnZ2VzdC5uanpuYjd1N2djcHQSDU1hcnkgTWNHaW5sZXlqIwoUc3VnZ2VzdC5jd2k3aTN3MXM5eDESC1ZpY2t5IFB1bG9zaiUKFHN1Z2dlc3QuOWk3eGVuYjBsb2VqEg1NYXJ5IE1jR2lubGV5aiMKFHN1Z2dlc3QuY3hpbGowOHRqOTQ0EgtWaWNreSBQdWxvc2olChRzdWdnZXN0LnlvZmhnOGZ1MjczbxINTWFyeSBNY0dpbmxleWolChRzdWdnZXN0Lm5hbGRzdGV0NndhMhINTWFyeSBNY0dpbmxleWojChRzdWdnZXN0LjE0cGlid2Z0ZHhhMRILVmlja3kgUHVsb3NqJQoUc3VnZ2VzdC5qYWFlcW9zYmU2YmISDU1hcnkgTWNHaW5sZXlqIwoUc3VnZ2VzdC5vdHk1dDFhbzY2aG8SC1ZpY2t5IFB1bG9zaiUKFHN1Z2dlc3QuaWd1ZG84c2d3bWQxEg1NYXJ5IE1jR2lubGV5aiUKFHN1Z2dlc3QuejhqeXdkbzJtajZhEg1NYXJ5IE1jR2lubGV5aiMKFHN1Z2dlc3QubXEwZnVqbHhiZmZiEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LmZ6Zzg5c3ZxaTVxNRILVmlja3kgUHVsb3NqJAoTc3VnZ2VzdC53anVkdm9zdnlxcxINTWFyeSBNY0dpbmxleWojChRzdWdnZXN0Lmd3eXVlY3h0cTl6ahILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC56OW90c3VtMXh2NXkSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QucjJzMzBjcDJrYTE3EgtWaWNreSBQdWxvc2onChRzdWdnZXN0LmluOXN1eHBrdXNjMhIPQ2Fyb2x5biBWaWxsZXJzaiMKFHN1Z2dlc3Qud2FvcWJmcXl6aGZxEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LjJnd3FycHd4MnNvcxILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5ucTJjaWxyMzk4d3ESC1ZpY2t5IFB1bG9zaiUKFHN1Z2dlc3Qub2szd3pwYm0wZ2pyEg1NYXJ5IE1jR2lubGV5aiMKFHN1Z2dlc3QuOHQ5MGQ4aXlsY3JkEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LmNoYmp4cWMxYzJ1YxILVmlja3kgUHVsb3NqJwoUc3VnZ2VzdC4yYW5wa2l5eHVpdjUSD0Nhcm9seW4gVmlsbGVyc2ojChRzdWdnZXN0LmVqcG4zMDhza2ZyZBILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5rMWsxZ2ZtNnMyYXgSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QudTF5MDBzdGg3eTcyEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LmdhNDg1eG1sdGkyORILVmlja3kgUHVsb3NqIgoTc3VnZ2VzdC5yMXcycWR3MHZnchILVmlja3kgUHVsb3NqJgoTc3VnZ2VzdC5weXdrNzl4dWZ1dxIPQ2Fyb2x5biBWaWxsZXJzaiMKFHN1Z2dlc3QueWg0cXB2Mnlxeml3EgtWaWNreSBQdWxvc2olChRzdWdnZXN0LnhuMTJ6b3A0eDNoMhINTWFyeSBNY0dpbmxleWojChRzdWdnZXN0Ljh6M3Z3azNucWs3OBILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC44d3Nnb3Nhc205bjUSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QucWYyaDUxZnJtc3F6EgtWaWNreSBQdWxvc2onChRzdWdnZXN0Ljh1ZXo1cHZiZGZxNBIPQ2Fyb2x5biBWaWxsZXJzaiMKFHN1Z2dlc3QuOWp4bm1nZXVuYzd1EgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LnZoaGh5cnA5NDZuYhILVmlja3kgUHVsb3NqJwoUc3VnZ2VzdC4zcTE4azdrM3J4a3USD0Nhcm9seW4gVmlsbGVyc2ojChRzdWdnZXN0Lnl1d3puNmM5Nnh6dxILVmlja3kgUHVsb3NqJQoUc3VnZ2VzdC54OGdlZHl2dGVlamgSDUthdGUgU3ltbW9uZHNqIwoUc3VnZ2VzdC5qYWRkZ283ZTFqenISC1ZpY2t5IFB1bG9zaiIKE3N1Z2dlc3QueXMxdDQ5aDBwb2gSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3Qub3Mzd3g5eGdlZ3E1EgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LnN6Z3ZidWFmamUzbRILVmlja3kgUHVsb3NqJAoTc3VnZ2VzdC5hdGN5bHlia2ltdxINS2F0ZSBTeW1tb25kc2ojChRzdWdnZXN0LmVmOXhkZ3M5M2k4YxILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC52Zjd3enZiNm9yd2cSC1ZpY2t5IFB1bG9zaicKFHN1Z2dlc3QuY3Bzems2M2V1d3poEg9DYXJvbHluIFZpbGxlcnNqIwoUc3VnZ2VzdC51ZWJ4YjQ2NG81eWkSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QuOXY5enIxaDJzc2ltEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LmNqdWc0b21pMWRschILVmlja3kgUHVsb3NqIgoTc3VnZ2VzdC5lN25xaG84MTV2bxILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC53MDF5ZWVxdW9oaDMSC1ZpY2t5IFB1bG9zaiYKE3N1Z2dlc3QucmswYWprN2ZrNXUSD0Nhcm9seW4gVmlsbGVyc2olChRzdWdnZXN0Ljh1cjc3NWx6M3ByaxINTWFyeSBNY0dpbmxleWonChRzdWdnZXN0LnB3ZGd3NzRrdGFpbBIPQ2Fyb2x5biBWaWxsZXJzaiMKFHN1Z2dlc3QubnQ2b2xkcThycmlyEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LnlrYmhrYW9od29kZBILVmlja3kgUHVsb3NqJwoUc3VnZ2VzdC53bG50Y3AxMnhpa3MSD0Nhcm9seW4gVmlsbGVyc2ojChRzdWdnZXN0LmhpOG51NHZvaWN1dxILVmlja3kgUHVsb3NqJwoUc3VnZ2VzdC5wdDYzNXNpcXA1MG4SD0Nhcm9seW4gVmlsbGVyc2ojChRzdWdnZXN0LnVnYWJ1cnRqajk2MxILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5xd25xb3JyNjl1eGUSC1ZpY2t5IFB1bG9zaiMKFHN1Z2dlc3QudDIzcWxrazY2bGJkEgtWaWNreSBQdWxvc2onChRzdWdnZXN0LmsyYjdscjlxOG8yNRIPQ2Fyb2x5biBWaWxsZXJzaiMKFHN1Z2dlc3QucXoxYjVjM2JnNW1xEgtWaWNreSBQdWxvc2ojChRzdWdnZXN0LnB3YnMxOTd1OGg1axILVmlja3kgUHVsb3NqJwoUc3VnZ2VzdC54eDY1dXV1d2hkaHcSD0Nhcm9seW4gVmlsbGVyc2ojChRzdWdnZXN0LjNwZnM1dnV2N2lvMhILVmlja3kgUHVsb3NqJQoUc3VnZ2VzdC50ODk0azl3dWZvcnUSDUthdGUgU3ltbW9uZHNqJwoUc3VnZ2VzdC40b3kwdnh4emZ5aW0SD0Nhcm9seW4gVmlsbGVyc2olChRzdWdnZXN0LnhoOHluZGtlcmZuYhINS2F0ZSBTeW1tb25kc2ojChRzdWdnZXN0LjJyMTQzdWJqYmk2chILVmlja3kgUHVsb3NqJwoUc3VnZ2VzdC55YTZmM3drZGs5dWcSD0Nhcm9seW4gVmlsbGVyc2ojChRzdWdnZXN0LjU5NHpzcXZvNjNkaRILVmlja3kgUHVsb3NqIwoUc3VnZ2VzdC5nNTFoeDFxa2JoeXoSC1ZpY2t5IFB1bG9zaiUKFHN1Z2dlc3QueHhrOHkwM294aDdvEg1LYXRlIFN5bW1vbmRzaiMKFHN1Z2dlc3QudGszc2E4cHZ5OXI1EgtWaWNreSBQdWxvc2onChRzdWdnZXN0LmloM3I5OWs1Y21mcBIPQ2Fyb2x5biBWaWxsZXJzaiMKFHN1Z2dlc3QuZjIxMW9tb285dG1rEgtWaWNreSBQdWxvc2olChRzdWdnZXN0LjF3ZWV4Z3I0am40NRINTWFyeSBNY0dpbmxleWonChRzdWdnZXN0LjJqMG9hZWg0d2xqdBIPQ2Fyb2x5biBWaWxsZXJzaicKFHN1Z2dlc3QuMnFnMGMyZjA0MjhmEg9DYXJvbHluIFZpbGxlcnNyITF2ZWZ0MFBFcWtpdC1UZG84ZGlvaUEydFJTc3htVkFpZw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB3A989E-9BA1-4330-B410-AF6D0A85599D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB3A989E-9BA1-4330-B410-AF6D0A85599D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1877</Words>
-  <Characters>10705</Characters>
+  <Characters>10703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>89</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12557</CharactersWithSpaces>
+  <CharactersWithSpaces>12555</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Heather Rossi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>