--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -1,9878 +1,11886 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D4D019E" w14:textId="7653938C" w:rsidR="002E4877" w:rsidRPr="003038DF" w:rsidRDefault="00B0162B" w:rsidP="00746292">
+    <w:p w14:paraId="5E43C271" w14:textId="3C96AE17" w:rsidR="00360ABB" w:rsidRPr="006528DA" w:rsidRDefault="00B0162B" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:jc w:val="center"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Renovação da Assistência para Custos do Medicare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Programas de Economia de Custos do Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3205EA6C" w14:textId="7D94901D" w:rsidR="00721B17" w:rsidRPr="003038DF" w:rsidRDefault="00721B17" w:rsidP="00F44A8A">
+    <w:p w14:paraId="3205EA6C" w14:textId="78BC07A2" w:rsidR="00721B17" w:rsidRPr="006528DA" w:rsidRDefault="00721B17" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve">Este requerimento de renovação é para verificar se você ainda se qualifica para ajuda </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E37921" w:rsidRPr="003038DF">
+        <w:t>Esta renovação de requerimento é para verificar se você se qualifica para ajuda no pagamento dos prêmios da Parte B do Medicare, prêmios da Parte A do Medicare, ou copagamentos ou franquias da Parte A ou B.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE59474" w14:textId="7BA17108" w:rsidR="006C3A1D" w:rsidRPr="006528DA" w:rsidRDefault="00005958" w:rsidP="00F44A8A">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>o pagamento dos prêmios da Parte B do Medicare, prêmios da Parte A do Medicare, ou copagamentos ou franquias da Parte A ou B.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6FE59474" w14:textId="7C95B7C9" w:rsidR="006C3A1D" w:rsidRPr="003038DF" w:rsidRDefault="00005958" w:rsidP="00F44A8A">
+        <w:t>O que pode ser coberto depende da sua renda e da renda de seu cônjuge (se você for casado).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFE2587" w14:textId="382AE458" w:rsidR="004708BC" w:rsidRPr="006528DA" w:rsidRDefault="00F12FF1" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>O que pode ser coberto depende da sua renda e da renda de seu cônjuge (se você for casado).</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Se ainda se qualificar para um Programa de Economia de Custos do Medicare, você também será inscrito na Ajuda Extra para a Parte D do Medicare (Medicare Part D Extra Help). A Ajuda Extra pode ajudar com os custos de medicamentos receitados. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A83E6CF" w14:textId="05CE6D3F" w:rsidR="00543E13" w:rsidRPr="003038DF" w:rsidRDefault="00543E13" w:rsidP="00241D7E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="1A83E6CF" w14:textId="19AEFF6B" w:rsidR="00543E13" w:rsidRPr="006528DA" w:rsidRDefault="00543E13" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>O Programa de Assistência Nutricional Suplementar (SNAP) é um programa federal que ajuda você a comprar alimentos saudáveis todos os meses. Se você estiver interessado no SNAP, marque a caixa na página 1 do requerimento, leia os direitos e responsabilidades do SNAP nas páginas 4 a 7 e assine na página 3. Se requerimento então será enviado automaticamente para o Departamento de Assistência Transicional (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Transitional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Assistance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...73 lines deleted...]
-    <w:p w14:paraId="64085C8A" w14:textId="5B41B38C" w:rsidR="00360ABB" w:rsidRPr="003038DF" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - DTA). Você não tem de se inscrever no Programa SNAP para ser considerado para o Programa de Economia de Custos do Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C313097" w14:textId="598346DD" w:rsidR="00B075F5" w:rsidRPr="006528DA" w:rsidRDefault="00B075F5" w:rsidP="00846C6C">
+      <w:pPr>
+        <w:spacing w:before="480" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O que acontece depois que o DTA recebe seu requerimento? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5621C707" w14:textId="336A459C" w:rsidR="00B075F5" w:rsidRPr="006528DA" w:rsidRDefault="00B075F5" w:rsidP="00371CBA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>O Departamento de Assistência Transicional (DTA) ligará para marcar uma entrevista pelo telefone e para verificar se você pode receber os benefícios emergenciais do SNAP dentro de sete dias.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DD3DE5" w14:textId="5D6AC9F5" w:rsidR="00B075F5" w:rsidRPr="006528DA" w:rsidRDefault="00B075F5" w:rsidP="00371CBA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">O DTA trabalhará com você para verificar as informações sobre o seu caso. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9C58AE" w14:textId="14B1D844" w:rsidR="00B075F5" w:rsidRPr="006528DA" w:rsidRDefault="00B075F5" w:rsidP="00371CBA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você receberá um cartão de Transferência Eletrônica de Benefícios (EBT) para acessar seus benefícios, se aprovados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7CCBAB" w14:textId="1B51B3D7" w:rsidR="004A649A" w:rsidRPr="00846C6C" w:rsidRDefault="00B075F5" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ACaslonPro-Regular" w:hAnsi="ACaslonPro-Regular"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você receberá um aviso sobre a decisão do seu caso dentro de 30 dias.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC31A5A" w14:textId="77777777" w:rsidR="00C818BA" w:rsidRPr="006528DA" w:rsidRDefault="00C818BA" w:rsidP="00846C6C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="480"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Quanto posso ter em bens?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30DF3A0F" w14:textId="0A97906B" w:rsidR="00C818BA" w:rsidRPr="006528DA" w:rsidRDefault="00C818BA" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Não há limite para bens nos Programas de Economia de Custos do Medicare em Massachusetts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64085C8A" w14:textId="5A3F31F8" w:rsidR="00360ABB" w:rsidRPr="006528DA" w:rsidRDefault="00360ABB" w:rsidP="00846C6C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Quanto posso ter em renda?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5A1F44" w14:textId="413C17D6" w:rsidR="00CB0F6D" w:rsidRPr="003038DF" w:rsidRDefault="00CB0F6D" w:rsidP="00505740">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="6C5A1F44" w14:textId="38C29C90" w:rsidR="00CB0F6D" w:rsidRPr="006528DA" w:rsidRDefault="00CB0F6D" w:rsidP="00505740">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Os limites de renda mudam todo ano no dia 1º de março.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A61254" w14:textId="3BECD614" w:rsidR="001E1DE4" w:rsidRPr="006528DA" w:rsidRDefault="004A5FB4" w:rsidP="001E1DE4">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Há determinadas deduções que o MassHealth pode subtrair de sua renda bruta quando calculamos a sua renda contável. Essas deduções são descritas nos regulamentos 130 CMR 520.012 a 520.014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F62CBEA" w14:textId="00B12BF7" w:rsidR="00505740" w:rsidRPr="006528DA" w:rsidRDefault="00820069" w:rsidP="00505740">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Encontre informações atualizadas sobre limites de renda em</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:tooltip=" www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" w:history="1">
-        <w:r w:rsidR="00211A2C" w:rsidRPr="003038DF">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB77A6B" w14:textId="77777777" w:rsidR="000F5AF5" w:rsidRPr="003038DF" w:rsidRDefault="000F5AF5" w:rsidP="000F5AF5">
+    <w:p w14:paraId="4CB77A6B" w14:textId="3CBF15A1" w:rsidR="000F5AF5" w:rsidRPr="006528DA" w:rsidRDefault="000F5AF5" w:rsidP="00846C6C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="48215F7C" w14:textId="74AA37BF" w:rsidR="00360ABB" w:rsidRPr="003038DF" w:rsidRDefault="00F44A8A" w:rsidP="0099749B">
+        <w:spacing w:before="480"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:lastRenderedPageBreak/>
+        <w:t>Processo de renovação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E0329D" w14:textId="2C7AD7C5" w:rsidR="000F5AF5" w:rsidRPr="006528DA" w:rsidRDefault="000F5AF5" w:rsidP="000F5AF5">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Depois de enviar seu requerimento de renovação, o MassHealth enviará uma notificação a você se seus benefícios atuais sofrerem alteração ou se precisarmos de mais informações. Se achar que a decisão está errada, você tem o direito de apelar. As informações sobre a apelação encontram-se no verso da notificação por escrito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48215F7C" w14:textId="79E90E8F" w:rsidR="00360ABB" w:rsidRPr="006528DA" w:rsidRDefault="00F44A8A" w:rsidP="0099749B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Como usamos o seu </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:t xml:space="preserve">Como usamos o seu número de Seguro Social </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4358E6B9" w14:textId="5C838D45" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">A menos que você se enquadre em uma das exceções listadas abaixo, você deve nos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>fornecer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...19 lines deleted...]
-    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> um número da Previdência Social (SSN) ou prova de que fez um requerimento de SSN, para cada membro da família que está se inscrevendo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Exceções</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="003038DF" w:rsidRDefault="003D5BFF" w:rsidP="00942DE7">
-[...20 lines deleted...]
-    <w:p w14:paraId="19A06D66" w14:textId="0CA588A7" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="0009634C" w:rsidP="00241D7E">
+    <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="006528DA" w:rsidRDefault="003D5BFF" w:rsidP="00942DE7">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você não precisará apresentar um SSN ou comprovante de pedido de SSN, se você ou qualquer membro de sua família</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A06D66" w14:textId="429F725D" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="3A919ED2" w14:textId="0806D3EB" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="0009634C" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">tiver uma isenção religiosa, conforme descrito na lei federal, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A919ED2" w14:textId="519BC3EC" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...20 lines deleted...]
-    <w:p w14:paraId="7F86C40A" w14:textId="392B434D" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="0009634C" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>se qualificar apenas para um SSN que não é válido para trabalhar, ou</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F86C40A" w14:textId="5623EFDB" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>não se qualificar para obter um SSN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701BA718" w14:textId="0E078B32" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Usamos seu SSN para verificar as informações que você nos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t>fornecer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...22 lines deleted...]
-    <w:p w14:paraId="6F444C6D" w14:textId="0E50BCBB" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>. Também usamos essas informações para detectar fraudes, para verificar se alguém está obtendo benefícios duplicados ou para verificar se outras pessoas (terceiros) deveriam pagar pelos serviços.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE64079" w14:textId="2576F401" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Podemos comparar o SSN de qualquer pessoa em sua residência que esteja se inscrevendo, e qualquer pessoa que tenha ou possa obter seguro de saúde, com os arquivos de diversas agências, incluindo as seguintes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F444C6D" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Departamento da Receita Federal (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Internal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Revenue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-    <w:p w14:paraId="2A34F626" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> Service) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A34F626" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">Administração da Previdência Social (Social Security </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Administration</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CD3CFB8" w14:textId="4A65118C" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="4CD3CFB8" w14:textId="68FFF7E6" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Verificação Sistemática de Direitos de Estrangeiros (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Systematic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> Alien </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Verification</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Entitlements</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-    <w:p w14:paraId="74D49D5B" w14:textId="225F09DE" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D49D5B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">Centros de Serviços do Medicare e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Medicaid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> (Centers for Medicare &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Medicaid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-    <w:p w14:paraId="1BA5B242" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> Services) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA5B242" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">Registro de Veículos Automotores (Registry </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> Motor </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Vehicles</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB44DBE" w14:textId="74786076" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="3EB44DBE" w14:textId="51B87D8E" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Departamento da Receita (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Revenue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00893E95" w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="26173B9B" w14:textId="491984CE" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - DOR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26173B9B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Departamento de Assistência Transicional (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Transitional</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Assistance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00893E95" w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="64566B05" w14:textId="330A539B" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - DTA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64566B05" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Departamento de Acidentes Industriais (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> Industrial </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Accidents</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-    <w:p w14:paraId="6254841E" w14:textId="3BB58A89" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00B666C2" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6254841E" w14:textId="3BB58A89" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00B666C2" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Departamento de Assistência por Desemprego (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> Unemployment </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Assistance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5D62EA" w14:textId="2E361F80" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="5F5D62EA" w14:textId="4E683F46" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Departamento de Serviços aos Veteranos de Guerra, Divisão de Recursos Humanos (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Veterans</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">’ Services, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Human</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Resources</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-    <w:p w14:paraId="1CA89A0E" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> Division) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA89A0E" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">Bureau de Investigações Especiais (Bureau </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Special</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Investigations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B2AC5E8" w14:textId="6D634232" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00243B8B" w:rsidP="00241D7E">
+    <w:p w14:paraId="0B2AC5E8" w14:textId="4A4F1B3F" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00243B8B" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Departamento de Saúde Pública, Seção de Registros Vitais e Estatísticas (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Public</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> Health, Registry </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> Vital Records and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Statistics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-    <w:p w14:paraId="02F71F51" w14:textId="7308A913" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00893E95" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F71F51" w14:textId="4D5ED93A" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00231BE7" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="5D790538" w14:textId="2E4B40BB" w:rsidR="00E16FBB" w:rsidRPr="003038DF" w:rsidRDefault="00893E95" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Bancos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D790538" w14:textId="0B6BB25A" w:rsidR="00E16FBB" w:rsidRPr="006528DA" w:rsidRDefault="00231BE7" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Outras instituições financeiras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110273AB" w14:textId="27F04D24" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00E16FBB" w:rsidP="00C55C6E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Os arquivos também podem ser comparados com informações das agências de serviço social neste estado e em outros estados, bem como com arquivos de computadores de seguradoras, empregadores e organizações de cuidados gerenciados. Além disso, o MassHealth pode obter seus registros financeiros (e, se aplicável, os registros financeiros dos membros do seu agregado familiar) de bancos e outras instituições financeiras para verificar seus recursos financeiros e determinar se você se qualifica enquanto for participante do MassHealth. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9DE37D" w14:textId="6E3D1CF6" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00B947D7" w:rsidP="00473A76">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">instituições financeiras para verificar seus recursos financeiros e determinar se você se qualifica enquanto </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="462D1EC2" w14:textId="42E18AC0" w:rsidR="00B947D7" w:rsidRPr="003038DF" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+        <w:t xml:space="preserve">Como renovo minha qualificação para os Programas de Economia de Custos do Medicare? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462D1EC2" w14:textId="42E18AC0" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:tab/>
         <w:t>Para renovar sua qualificação para os Programas de Economia de Custos do Medicare, preencha o formulário de renovação anexo. Inclua também informações sobre seu cônjuge, se ele ou ela morar com você.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="003038DF" w:rsidRDefault="00B947D7" w:rsidP="005204FF">
+    <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00B947D7" w:rsidP="005204FF">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:tab/>
         <w:t>Assine o formulário preenchido e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058776A2" w14:textId="117AD3B8" w:rsidR="001A1D20" w:rsidRPr="003038DF" w:rsidRDefault="00211A2C" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="058776A2" w14:textId="48CC3093" w:rsidR="001A1D20" w:rsidRPr="006528DA" w:rsidRDefault="003878B6" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve">Envie </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="6924E262" w14:textId="24D12781" w:rsidR="001A1D20" w:rsidRPr="003038DF" w:rsidRDefault="00030ECE" w:rsidP="00C42B37">
+        <w:t>Envie-o online:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6924E262" w14:textId="24D12781" w:rsidR="001A1D20" w:rsidRPr="006528DA" w:rsidRDefault="00C42B37" w:rsidP="00C42B37">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00B907EE" w:rsidRPr="003038DF">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mhesubmission.ehs.mass.gov/</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00B907EE" w:rsidRPr="003038DF">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>esb</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00B907EE" w:rsidRPr="003038DF">
-[...3 lines deleted...]
-      <w:r w:rsidR="00B907EE" w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:br/>
+        <w:t>((preencha e faça o upload do requerimento usando o número de referência do seu envio digital [e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t>submission</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B907EE" w:rsidRPr="003038DF">
-[...3 lines deleted...]
-    <w:p w14:paraId="7AEE961D" w14:textId="3018E17B" w:rsidR="00B947D7" w:rsidRPr="003038DF" w:rsidRDefault="00211A2C" w:rsidP="00EA0C5E">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>])</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEE961D" w14:textId="5C705C38" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="003878B6" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve">Envie </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="2E01DAEF" w14:textId="22FEAD97" w:rsidR="00B947D7" w:rsidRPr="003038DF" w:rsidRDefault="00B947D7" w:rsidP="00EA0C5E">
+        <w:t>Envie o formulário para:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E01DAEF" w14:textId="22FEAD97" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00B947D7" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Enrollment</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:br/>
         <w:t xml:space="preserve">PO Box 4405 </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Taunton</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>, MA  02780-0968</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1838DB2B" w14:textId="458F08E5" w:rsidR="00B947D7" w:rsidRPr="003038DF" w:rsidRDefault="00211A2C" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="1838DB2B" w14:textId="5D8EA636" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="003878B6" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve">Envie </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00B947D7" w:rsidRPr="003038DF">
+        <w:t>Envie o formulário por fax para:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B947D7" w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:tab/>
         <w:t>(857) 323-8300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782776F0" w14:textId="1B551189" w:rsidR="00B26545" w:rsidRPr="003038DF" w:rsidRDefault="00211A2C" w:rsidP="00B26545">
+    <w:p w14:paraId="782776F0" w14:textId="448B459A" w:rsidR="00B26545" w:rsidRPr="006528DA" w:rsidRDefault="003878B6" w:rsidP="00B26545">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve">Entregue </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="35D01475" w14:textId="661E243B" w:rsidR="00E1639E" w:rsidRPr="003038DF" w:rsidRDefault="00B627A7" w:rsidP="00142120">
+        <w:t xml:space="preserve">Entregue o formulário pessoalmente no: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D01475" w14:textId="661E243B" w:rsidR="00E1639E" w:rsidRPr="006528DA" w:rsidRDefault="00B627A7" w:rsidP="00142120">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth Enrollment Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Schrafft</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">529 Main St., Suite </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:t>529 Main St., Suite 1M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
         <w:t>Charlestown, MA  02120</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BAF41CD" w14:textId="298E6E2B" w:rsidR="00914A3B" w:rsidRPr="003038DF" w:rsidRDefault="00211A2C" w:rsidP="003038DF">
-[...1 lines deleted...]
-        <w:ind w:left="709"/>
+    <w:p w14:paraId="2BAF41CD" w14:textId="2DF9F293" w:rsidR="00914A3B" w:rsidRPr="006528DA" w:rsidRDefault="003878B6" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>O</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00685C3B" w:rsidRPr="003038DF">
+        <w:t xml:space="preserve">Você também pode usar uma das caixas de coleta do Centro de Inscrições do MassHealth (MassHealth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>u use uma das caixas de coleta do</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A35B07" w:rsidRPr="003038DF">
+        <w:t>Enrollment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00685C3B" w:rsidRPr="003038DF">
+        <w:t xml:space="preserve"> Center), localizadas em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Centro</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A35B07" w:rsidRPr="003038DF">
+        <w:t>Charlestown</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00685C3B" w:rsidRPr="003038DF">
+        <w:t xml:space="preserve">, Quincy, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de Inscrições do MassHealth (MassHealth </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00685C3B" w:rsidRPr="003038DF">
+        <w:t>Taunton</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Enrollment</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00685C3B" w:rsidRPr="003038DF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Center</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A35B07" w:rsidRPr="003038DF">
+        <w:t>Tewksbury</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="583CBA04" w14:textId="234CC9A4" w:rsidR="00B947D7" w:rsidRPr="003038DF" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+        <w:t xml:space="preserve"> e Springfield.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583CBA04" w14:textId="234CC9A4" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:tab/>
         <w:t>Quando recebermos o requerimento de renovação, iremos analisá-lo. Se precisarmos de mais informações, escreveremos ou ligaremos para você. Assim que obtivermos todas as informações que precisamos, decidiremos se você ainda se qualifica. Também decidiremos se seu cônjuge se qualifica, caso ele ou ela esteja se inscrevendo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB90A8A" w14:textId="452EC10B" w:rsidR="00B947D7" w:rsidRPr="003038DF" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+    <w:p w14:paraId="2CB90A8A" w14:textId="452EC10B" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:tab/>
         <w:t>Um formulário de registro de eleitor está incluído em seu requerimento. Você não precisa se registrar como eleitor para participar de um Programa de Economia de Custos do Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D616DD" w14:textId="2C8D78FD" w:rsidR="00B947D7" w:rsidRPr="003038DF" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+    <w:p w14:paraId="51D616DD" w14:textId="5292AF15" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:tab/>
         <w:t>Se desejar que alguém aja em seu nome como seu representante autorizado, use o Formulário de Designação de Representante Autorizado (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Authorized</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Representative</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Designation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A35B07" w:rsidRPr="003038DF">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - ARD) para nos informar disso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5B9633" w14:textId="51594344" w:rsidR="00B947D7" w:rsidRPr="006528DA" w:rsidRDefault="00B947D7" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Observe que este requerimento é apenas para Programas de Economia de Custos do Medicare. Se deseja se inscrever em todos os programas do MassHealth (incluindo assistência para o pagamento dos custos do Medicare) em um único requerimento, contate o MassHealth pelo telefone (800) 8412900, TDD/TTY: 711 se for surdo ou deficiente auditivo ou tiver uma deficiência de fala, para solicitar um </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">requerimento completo, ou faça o download do requerimento apropriado em </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="003038DF">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147965BE" w14:textId="7934F20F" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Privacidade e confidencialidade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1040E7C5" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">O MassHealth tem o compromisso de manter suas informações pessoais confidenciais. Todas as informações pessoais que temos sobre qualquer requerente ou membro, incluindo informações médicas, estado de saúde e as informações pessoais que você nos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>fornecer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> durante o processo do seu requerimento e durante o recebimento de benefícios, são confidenciais. Essas informações não serão usadas ou divulgadas para outras finalidades não relacionados à administração do MassHealth sem sua permissão, a não ser que isso seja exigido por lei ou por ordem de um tribunal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25081775" w14:textId="45133DDD" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você pode nos dar sua permissão por escrito para usarmos suas informações pessoais de saúde para uma finalidade específica ou para compartilhá-las com uma pessoa ou organização específicas. Você pode nos dar permissão para compartilhar suas informações pessoais com seu representante autorizado, um Conselheiro de Inscrição Certificado (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Certified</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Application</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Counselor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C73C4B" w:rsidRPr="003038DF">
-[...34 lines deleted...]
-    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - CAC), ou Navegador, no caso de você ter um. Você pode fazer isso preenchendo um ARD, um formulário de Designação de um Conselheiro de Inscrição Certificado ou um formulário de Designação de Navegador.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Permissão para compartilhar informações</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D47AE2" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="28D47AE2" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">Se desejar que compartilhemos suas informações pessoais de saúde, incluindo enviar cópias de seus avisos de qualificação, com alguém que não seja seu representante autorizado, você pode fazer isso se nos der sua permissão por escrito. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7AE5BF" w14:textId="79776C21" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
-[...3 lines deleted...]
-      <w:r w:rsidR="0009634C" w:rsidRPr="003038DF">
+    <w:p w14:paraId="7A7AE5BF" w14:textId="66469273" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Para saber mais sobre como o MassHealth pode usar suas informações, quais são os seus direitos, e como você pode nos dar sua permissão para compartilharmos suas informações, consulte os formulários de Permissão para Compartilhar Informações (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Permission</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Share</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">) e Aviso de Práticas de Privacidade do MassHealth (MassHealth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Notice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Privacy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Practices</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>) na seção Formulários Importantes, abaixo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BB7EFB" w14:textId="417E3893" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
+    <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Um representante autorizado é uma pessoa que você escolhe para ajudar a obter cobertura de cuidados de saúde por intermédio dos programas oferecidos pelo MassHealth. Para fazer isso, preencha uma Designação de Representante Autorizado (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Authorized</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Representative</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Designation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C73C4B" w:rsidRPr="003038DF">
-[...44 lines deleted...]
-    <w:p w14:paraId="1F03433E" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - ARD). Um representante autorizado pode preencher seu formulário de requerimento ou de revisão de qualificação; fornecer comprovação das informações apresentadas em qualquer formulário; informar mudanças na sua renda, seu endereço, ou outras alterações de suas circunstâncias; obter cópias de todos os avisos de qualificação do MassHealth enviados a você; e agir em seu nome em todos os outros assuntos relacionados ao MassHealth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F03433E" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">Um representante autorizado pode ser um amigo, um membro de sua família ou outra pessoa ou organização que você escolher para ajudá-lo. Cabe a você escolher um representante autorizado, se desejar. O MassHealth não escolherá um representante autorizado para você. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B37761E" w14:textId="7BF5B7C9" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
+    <w:p w14:paraId="5B37761E" w14:textId="7BF5B7C9" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...34 lines deleted...]
-    <w:p w14:paraId="79BB3982" w14:textId="03C168A3" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você deve designar por escrito no ARD a pessoa ou organização que deseja que seja seu representante autorizado. O ARD está incluído no pacote de inscrição. Na maioria dos casos, seu representante </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>autorizado também deve preencher este formulário. Consulte as instruções no formulário para obter mais detalhes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BB3982" w14:textId="563445DB" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="NoParagraphStyle"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Um representante autorizado também pode ser alguém que esteja agindo de forma responsável em seu nome se você não puder designar um representante autorizado por escrito</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+        <w:t>Um representante autorizado também pode ser alguém que esteja agindo de forma responsável em seu nome, se você não puder designar um representante autorizado por escrito devido a uma condição mental ou física, ou alguém que tenha sido legalmente designado para agir em seu nome ou em nome de seu espólio. Essa pessoa deve preencher as partes aplicáveis do ARD. Se essa pessoa foi legalmente indicada para representá-lo, você ou essa pessoa também tem de enviar ao MassHealth uma cópia do documento legal aplicável que confirma que essa pessoa está representando legalmente você ou o seu espólio. Esta pessoa pode ser um tutor legal; curador; procurador, procurador para cuidados de saúde ou, se o requerente ou membro tiver falecido, o administrador ou testamenteiro do espólio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Formulários importantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">Os formulários a seguir podem ser encontrados no nosso site em </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
-        <w:r w:rsidRPr="003038DF">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Formulário de Aviso de Práticas de Privacidade do MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Permissão para compartilhar o formulário de informações</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="005C583A" w:rsidRPr="003038DF" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="376A69CB" w14:textId="25A1A341" w:rsidR="005C583A" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Formulário de Designação de Representante Autorizado (ARD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6B989B" w14:textId="3F31ABE3" w:rsidR="00803AD1" w:rsidRPr="006528DA" w:rsidRDefault="00803AD1" w:rsidP="004A7027">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Você também pode ligar para (800) 841-2900, TDD/TTY: 711, para solicitar qualquer um desses formulários.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EDC0F1" w14:textId="4C5CCBEC" w:rsidR="00360ABB" w:rsidRPr="003038DF" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+    <w:p w14:paraId="76EDC0F1" w14:textId="54DEACF8" w:rsidR="00360ABB" w:rsidRPr="006528DA" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...14 lines deleted...]
-    <w:p w14:paraId="6B036628" w14:textId="4C38004E" w:rsidR="00360ABB" w:rsidRPr="003038DF" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Como informar mudanças </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0FCBA0" w14:textId="6349E0B8" w:rsidR="00360ABB" w:rsidRPr="006528DA" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Se houver qualquer alteração em sua situação de vida, incluindo, sem limitação, alterações de renda, bens, endereço, seguro de saúde, situação imigratória ou condição de invalidez, você deve nos informar no prazo de 10 dias corridos a partir das alterações ou o mais rápido possível. Se você não nos informar sobre essas mudanças, poderá perder seus benefícios. Você pode nos informar de qualquer mudança ligando para (800) 841-2900, TDD/TTY: 711. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B036628" w14:textId="4719A089" w:rsidR="00360ABB" w:rsidRPr="006528DA" w:rsidRDefault="00360ABB" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...19 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Outros benefícios</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AAB970" w14:textId="15738DFC" w:rsidR="0056132D" w:rsidRPr="006528DA" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">O MassHealth pode pagar serviços médicos diretamente </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>e também</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...23 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> pode cobrir seus copagamentos e franquias do Medicare, se você se qualificar. Você pode obter esses benefícios se sua renda e seus bens estiverem abaixo de determinados valores ou se você tiver uma deficiência e tiver menos de 65 anos. Entre em contato conosco pelo (800) 841-2900,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:br/>
+        <w:t xml:space="preserve">TDD/TTY: 711, para saber mais sobre esses benefícios. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C72ECBC" w14:textId="739E62A3" w:rsidR="00400621" w:rsidRPr="006528DA" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Você também pode ligar para este número se tiver alguma pergunta sobre os Programas de Economia de Custos do Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF0F130" w14:textId="1B70842F" w:rsidR="00400621" w:rsidRPr="003038DF" w:rsidRDefault="00622D9E" w:rsidP="00F44A8A">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">2048, ou acesse </w:t>
+    <w:p w14:paraId="5FF0F130" w14:textId="5548F790" w:rsidR="00400621" w:rsidRPr="006528DA" w:rsidRDefault="00622D9E" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>A maioria dos membros que têm Medicare e MassHealth, ou Medicare e um Programa de Economia de Custos do Medicare, pode obter ajuda com os custos de medicamentos receitados através do Medicare. Para obter mais informações, ligue para o Medicare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:br/>
+        <w:t xml:space="preserve">pelo telefone (800) 633-4227, TDD/TTY: (877) 486‑2048, ou acesse </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="003038DF">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>www.medicare.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003038DF">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3961B93F" w14:textId="20714C67" w:rsidR="00400621" w:rsidRPr="006528DA" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...15 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:lastRenderedPageBreak/>
+        <w:t>O Programa Vantagem para Receitas (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Prescription</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...18 lines deleted...]
-    <w:p w14:paraId="2A5F953C" w14:textId="748B3947" w:rsidR="000C0660" w:rsidRPr="003038DF" w:rsidRDefault="00211A2C" w:rsidP="00907C16">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> Advantage) oferece ajuda com os custos de medicamentos receitados. Para saber mais sobre esses benefícios, ligue gratuitamente para o Gabinete Executivo de Assuntos de Idosos: (800) 243-4636, TDD/TTY: (877) 610‑0241.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B69AC1C" w14:textId="30952A15" w:rsidR="009C6031" w:rsidRPr="006528DA" w:rsidRDefault="009C6031" w:rsidP="00907C16">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A5F953C" w14:textId="224E2838" w:rsidR="000C0660" w:rsidRPr="006528DA" w:rsidRDefault="000C0660" w:rsidP="00907C16">
+      <w:pPr>
+        <w:spacing w:before="600"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
-[...32 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="00241D7E">
+    <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId13" w:tooltip="www.mass.gov/masshealth" w:history="1">
-        <w:r w:rsidRPr="003038DF">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2AF826AD" w14:textId="6FEB41AC" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="001F189E" w:rsidP="00EE3D15">
+    <w:p w14:paraId="2AF826AD" w14:textId="0294DDD4" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="001F189E" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Requerimento de Renovação dos Programas de Economia de Custos do Medicare</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="00EE3D15">
+        <w:t xml:space="preserve">Requerimento de Renovação dos Programas de Economia de Custos Medicare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>para pessoas que se qualificam para o Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2358B4" w14:textId="0A67CFF8" w:rsidR="00636B57" w:rsidRPr="003038DF" w:rsidRDefault="00211A2C" w:rsidP="0099749B">
-[...60 lines deleted...]
-    <w:p w14:paraId="7F85CF28" w14:textId="7578525C" w:rsidR="00107D22" w:rsidRPr="003038DF" w:rsidRDefault="00107D22" w:rsidP="0099749B">
+    <w:p w14:paraId="7F85CF28" w14:textId="7578525C" w:rsidR="00107D22" w:rsidRPr="006528DA" w:rsidRDefault="00107D22" w:rsidP="0099749B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Quem pode usar esse requerimento de renovação?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6929B7" w14:textId="59358553" w:rsidR="00F44A8A" w:rsidRPr="003038DF" w:rsidRDefault="00211A2C" w:rsidP="00F44A8A">
-[...59 lines deleted...]
-        <w:t xml:space="preserve">2900, TDD/TTY: 711 para pessoas surdas ou com deficiência auditiva ou com uma deficiência de fala, para solicitar um requerimento diferente. Ou pode fazer o download dos requerimentos apropriados em </w:t>
+    <w:p w14:paraId="4B6929B7" w14:textId="05E9C334" w:rsidR="00F44A8A" w:rsidRPr="006528DA" w:rsidRDefault="005E1D4F" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Pessoas de qualquer idade que recebem Medicare e que estão apenas tentando obter ajuda no pagamento de seus prêmios e compartilhamento de custos do Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7238CF" w14:textId="23FC78A7" w:rsidR="00F44A8A" w:rsidRPr="006528DA" w:rsidRDefault="00F44A8A" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se desejar se inscrever para receber outros benefícios do MassHealth ou para obter ajuda com os custos do Medicare, pode ligar para o Serviço de Atendimento ao Cliente do MassHealth pelo telefone (800) 841-2900, TDD/TTY: 711 para pessoas surdas ou com deficiência auditiva ou com uma deficiência de fala, para solicitar um requerimento diferente. Ou pode fazer o download dos requerimentos apropriados em </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="003038DF">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="003038DF" w:rsidRDefault="00E14A80" w:rsidP="00EE3D15">
+    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="006528DA" w:rsidRDefault="00E14A80" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FD8D8E" w14:textId="34A0356B" w:rsidR="00E14A80" w:rsidRPr="003038DF" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="66FD8D8E" w14:textId="55F844F3" w:rsidR="00E14A80" w:rsidRPr="006528DA" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>O SNAP é um programa federal que ajuda você a comprar alimentos saudáveis todos os meses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C6DFC" w14:textId="7548B849" w:rsidR="00E14A80" w:rsidRPr="003038DF" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="282C6DFC" w14:textId="1DC29EBD" w:rsidR="00E14A80" w:rsidRPr="006528DA" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Marque esta caixa se desejar que este formulário seja enviado ao Departamento de Assistência Transicional (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Transitional</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Assistance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0052091A" w:rsidRPr="003038DF">
-[...24 lines deleted...]
-    <w:p w14:paraId="6B248E93" w14:textId="50A9EAEA" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="00907C16" w:rsidP="00EE3D15">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - DTA) como um requerimento para você receber benefícios do SNAP. Você deve ler os direitos e responsabilidades nas páginas 4 a 7 e assinar na página 3 para prosseguir com seu requerimento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00907C16" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...35 lines deleted...]
-    <w:p w14:paraId="354F1910" w14:textId="78FA0A48" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="0052091A" w:rsidP="004B01A7">
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Informações gerais</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00F44A8A" w:rsidP="00783CA8">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Quem está se solicitando benefícios?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354F1910" w14:textId="4E508529" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="36815327" w14:textId="2B695C40" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="0052091A" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36815327" w14:textId="02116132" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você e seu cônjuge </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5FDEEE" w14:textId="7E94213B" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="00783CA8">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se você e seu cônjuge moram juntos, você também deve nos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>fornecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informações sobre seu cônjuge, mesmo que ele ou ela não esteja solicitando benefícios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF8092E" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="00473A76">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Você </w:t>
       </w:r>
-      <w:r w:rsidR="000B199E" w:rsidRPr="003038DF">
-[...47 lines deleted...]
-    <w:p w14:paraId="488516CE" w14:textId="13CBD41D" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+    </w:p>
+    <w:p w14:paraId="488516CE" w14:textId="6FCA72D5" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Sobrenome</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C8C8A9" w14:textId="0D9523CC" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+    <w:p w14:paraId="34C8C8A9" w14:textId="44A45403" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Nome</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C6BD7C" w14:textId="5035AF90" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+    <w:p w14:paraId="15C6BD7C" w14:textId="6F37C098" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="045FF978" w14:textId="6963BF3D" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="0009634C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nome do meio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045FF978" w14:textId="48E46853" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...12 lines deleted...]
-    <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Endereço residencial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F225A4" w14:textId="7D832193" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Cidade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+    <w:p w14:paraId="149AF57F" w14:textId="2AABF40C" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Estado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="0F317415" w14:textId="0404D2E7" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="0009634C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ZIP (Código postal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F317415" w14:textId="1A2BEF7B" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...29 lines deleted...]
-      <w:r w:rsidR="0052091A" w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Endereço de correspondência (se diferente do endereço acima)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>desabrigado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+    <w:p w14:paraId="773F1408" w14:textId="228F0199" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cidade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F05EE8" w14:textId="0E057150" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+    <w:p w14:paraId="49F05EE8" w14:textId="633D2219" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Estado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2575C89E" w14:textId="71F81907" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+    <w:p w14:paraId="2575C89E" w14:textId="01D8C03D" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="329E232D" w14:textId="55E51169" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ZIP (Código postal) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329E232D" w14:textId="3B51F8EA" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="77B83DA6" w14:textId="39738730" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="0009634C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data de nascimento </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B83DA6" w14:textId="52C70F0F" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...12 lines deleted...]
-    <w:p w14:paraId="7222145E" w14:textId="2F945C89" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sexo M F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7222145E" w14:textId="39999B6D" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="20745F26" w14:textId="4FD9CA53" w:rsidR="0059010C" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Número de telefone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20745F26" w14:textId="54EC6A6E" w:rsidR="0059010C" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="2B72F82B" w14:textId="6D474290" w:rsidR="00F44A8A" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Idioma de preferência (falado) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B72F82B" w14:textId="0CBBE2E5" w:rsidR="00F44A8A" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="74A74868" w14:textId="481B9E9E" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Idioma de preferência (escrito)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A74868" w14:textId="5893CC95" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...32 lines deleted...]
-    <w:p w14:paraId="5091C63A" w14:textId="7133C28B" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Número de Previdência social (SSN)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5091C63A" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="036E7012" w14:textId="69BB3A04" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="004B0622">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número do requerimento do Medicare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021E1582" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você é cidadão(ã) dos EUA ou tem nacionalidade dos EUA? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572BBB05" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B2A1C2" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F47262" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, você é cidadão naturalizado, tem cidadania derivada ou adquirida (não nasceu nos EUA)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD4EA73" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3533173E" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040F7AB9" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Número de estrangeiro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E3AC79" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número do certificado de naturalização ou cidadania </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195C90AD" w14:textId="0F7F3B0E" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Se não é cidadão, você tem status de imigração qualificado? (Leia o regulamento 130 CMR 518.000 para obter mais informações).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F26F3D9" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64658BBE" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AEF5E8" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se Sim, você tem um documento de imigração? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211C7EC1" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3771CD" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3315AE73" w14:textId="29684F7B" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Se você incluir uma cópia do documento de imigração, isso poderá nos ajudar a processar o pedido mais rapidamente. Forneça todos os status ou condições de imigração que se aplicam a você neste requerimento desde que entrou nos EUA. Se precisar de mais espaço, anexe outra folha de papel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D2379C" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Data de concessão de status (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>) (No caso de pessoas agredidas, digite a data em que a petição foi aprovada como tendo sido devidamente apresentada.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58AC4099" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Status de imigração</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6337211F" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Tipos de documentos de imigração</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FE7F8C" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Número de identificação do documento </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426FFD2B" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de estrangeiro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D503642" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Data de validade (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>) do passaporte ou documento  País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693E616F" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você usou o mesmo nome neste requerimento que usou para obter o status de imigração? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192CC8E7" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6623F6C5" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CBECDE5" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Se Não, que nome você usou? Nome, nome do meio, sobrenome e sufixo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EED7401" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você chegou aos EUA depois de 22 de agosto de 1996? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46880B7A" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2D1B3D" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197ADDC9" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você é veterano de guerra dispensado com honra ou membro ativo das forças armadas dos EUA, ou é cônjuge ou filho de um veterano de guerra dispensado com honra ou membro ativo das forças armadas dos EUA? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199B2DC8" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71380940" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDB44B7" w14:textId="444AAFF2" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Opcional: Você é: vítima de tráfico grave, cônjuge, filho(a), irmão(ã) ou pai/mãe de uma vítima de tráfico, um cônjuge agredido(a), filho(a) ou pai/mãe de cônjuge agredido(a)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036E7012" w14:textId="293D4DB8" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="3ECE2394" w14:textId="09321929" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seu cônjuge </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECE2394" w14:textId="1EFC1202" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Sobrenome</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+    <w:p w14:paraId="0537B1B9" w14:textId="474B8DA6" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nome</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+    <w:p w14:paraId="44A9A839" w14:textId="3885F89D" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="3BA77E61" w14:textId="4EAD9E78" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nome do meio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA77E61" w14:textId="069F7AAD" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="23A829C1" w14:textId="08BDC65A" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="0009634C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data de nascimento </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A829C1" w14:textId="2F31F7F2" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...12 lines deleted...]
-    <w:p w14:paraId="055694C7" w14:textId="7A51428D" w:rsidR="0059010C" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sexo M F </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055694C7" w14:textId="2B01C220" w:rsidR="0059010C" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="65964A97" w14:textId="5DDA8F06" w:rsidR="0059010C" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Número de telefone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65964A97" w14:textId="7D811CD7" w:rsidR="0059010C" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="51B87AD1" w14:textId="24ADB245" w:rsidR="0059010C" w:rsidRPr="003038DF" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Idioma de preferência (falado) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B87AD1" w14:textId="5D3C4E6D" w:rsidR="0059010C" w:rsidRPr="006528DA" w:rsidRDefault="00DA314D" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="2D4C7659" w14:textId="66A0DDCD" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Idioma de preferência (escrito) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4C7659" w14:textId="03F90228" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...32 lines deleted...]
-    <w:p w14:paraId="696506AD" w14:textId="369CD9C8" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Número de Previdência social (SSN)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696506AD" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="63BE0C96" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="00F44A8A">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número do requerimento do Medicare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2DCBD4" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você é cidadão(ã) dos EUA ou tem nacionalidade dos EUA? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF155B0" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77711A53" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490BD6BE" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, você é cidadão naturalizado, tem cidadania derivada ou adquirida (não nasceu nos EUA)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663A02C6" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A895845" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620C2FF2" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Número de estrangeiro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089851CD" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Número do certificado de naturalização ou cidadania </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5686D4C0" w14:textId="4EBD84FC" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Se não é cidadão, você tem status de imigração qualificado? (Leia o regulamento 130 CMR 518.000 para obter mais informações).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9CBB32" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C620CA" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE4C4FD" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se Sim, você tem um documento de imigração? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7266156B" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51509F35" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF89F7B" w14:textId="61C36CAF" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Se você incluir uma cópia do documento de imigração, isso poderá nos ajudar a processar o pedido mais rapidamente. Forneça todos os status ou condições de imigração que se aplicam a você neste requerimento desde que entrou nos EUA. Se precisar de mais espaço, anexe outra folha de papel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090AE264" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Data de concessão de status (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>) (No caso de pessoas agredidas, digite a data em que a petição foi aprovada como tendo sido devidamente apresentada.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019BCC5B" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Status de imigração</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50FB711C" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Tipos de documentos de imigração</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592F25E6" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de identificação do documento </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00CDCEFC" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de estrangeiro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728A58A2" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Data de validade (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>) do passaporte ou documento  País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40773CCF" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você usou o mesmo nome neste requerimento que usou para obter o status de imigração? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39649D41" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F18819" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FF1DD8" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Se Não, que nome você usou? Nome, nome do meio, sobrenome e sufixo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D28BD7D" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você chegou aos EUA depois de 22 de agosto de 1996? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFA2BF8" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E758E7B" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE7BFCD" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você é veterano de guerra dispensado com honra ou membro ativo das forças armadas dos EUA, ou é cônjuge ou filho de um veterano de guerra dispensado com honra ou membro ativo das forças armadas dos EUA? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB60160" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205F9AEA" w14:textId="77777777" w:rsidR="003635C4" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1BFAAD" w14:textId="572AE01E" w:rsidR="00AA323A" w:rsidRPr="006528DA" w:rsidRDefault="003635C4" w:rsidP="003635C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Opcional: Você é: vítima de tráfico grave, cônjuge, filho(a), irmão(ã) ou pai/mãe de uma vítima de tráfico, um cônjuge agredido(a), filho(a) ou pai/mãe de cônjuge agredido(a)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE0C96" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Renda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF5CC5C" w14:textId="3A5BA9E5" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="005B7469">
-[...12 lines deleted...]
-    <w:p w14:paraId="4CAD8E2F" w14:textId="0E020F18" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+    <w:p w14:paraId="0CF5CC5C" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="005B7469">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Preencha esta seção para você e seu cônjuge. Informe a renda mensal bruta (antes de impostos e outras deduções, como o prêmio da Parte B do Medicare). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAD8E2F" w14:textId="719DA23E" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fonte de renda - Previdência Social</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Renda mensal bruta antes de impostos e deduções Sua </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="393473B9" w14:textId="11071231" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
+        <w:t>Renda bruta mensal antes de impostos e deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Seu $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De seu cônjuge $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393473B9" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Fonte de renda - Pensões</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Renda bruta mensal antes de impostos e deduções Suas </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="2C484119" w14:textId="20662782" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C1078" w:rsidP="004B01A7">
+        <w:t>Renda bruta mensal antes de impostos e deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Seu $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De seu cônjuge $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C484119" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fonte de renda - Benefícios para veteranos pagos pelo governo federal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Renda bruta mensal antes de impostos e deduções Seus </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="6AF61B18" w14:textId="348053F7" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C1078" w:rsidP="004B01A7">
+        <w:t>Renda bruta mensal antes de impostos e deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Seu $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De seu cônjuge $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF61B18" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fonte de renda - Anuidades ou fundos</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Renda bruta mensal antes de impostos e deduções Sua </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="7E7A5EB4" w14:textId="42647142" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C1078" w:rsidP="004B01A7">
+        <w:t>Renda bruta mensal antes de impostos e deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Seu $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De seu cônjuge $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7A5EB4" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fonte de renda - Dividendos e/ou juros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Renda bruta mensal antes de impostos e deduções Seus </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="37900A50" w14:textId="6BAC4FBD" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C1078" w:rsidP="004B01A7">
+        <w:t>Renda bruta mensal antes de impostos e deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Seu $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De seu cônjuge $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37900A50" w14:textId="73D426ED" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...20 lines deleted...]
-    <w:p w14:paraId="2BE880B2" w14:textId="4C056C19" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C1078" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fonte de renda - Renda de um emprego (antes das deduções) Seu $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De seu cônjuge $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE880B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fonte de renda - Renda de aluguéis (deduzidas as despesas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Renda bruta mensal antes de impostos e deduções Sua </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="119DFA25" w14:textId="2E8B3377" w:rsidR="000B199E" w:rsidRPr="003038DF" w:rsidRDefault="002C1078" w:rsidP="004B01A7">
+        <w:t>Renda bruta mensal antes de impostos e deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Seu $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De seu cônjuge $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119DFA25" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fonte de renda - Outros (especificar)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Renda bruta mensal antes de impostos e deduções Sua </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="2C1AEA80" w14:textId="302C7614" w:rsidR="005307E8" w:rsidRPr="003038DF" w:rsidRDefault="005307E8" w:rsidP="009C22B3">
+        <w:t>Renda bruta mensal antes de impostos e deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Seu $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>De seu cônjuge $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1AEA80" w14:textId="302C7614" w:rsidR="005307E8" w:rsidRPr="006528DA" w:rsidRDefault="005307E8" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Assine este requerimento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="004019BC" w:rsidRPr="003038DF" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
+    <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="004019BC" w:rsidRPr="006528DA" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assinatura do requerente ou de seu representante autorizado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0989972A" w14:textId="4B97FC5A" w:rsidR="004019BC" w:rsidRPr="003038DF" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
+    <w:p w14:paraId="0989972A" w14:textId="4B97FC5A" w:rsidR="004019BC" w:rsidRPr="006528DA" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Assinatura do(a) cônjuge ou de seu representante autorizado </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FC90CF" w14:textId="63D2D7A9" w:rsidR="004B0622" w:rsidRPr="003038DF" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="47FC90CF" w14:textId="63D2D7A9" w:rsidR="004B0622" w:rsidRPr="006528DA" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Você e seu cônjuge devem assinar, se ele ou ela mora com você.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4C43A5" w14:textId="45AFD7CF" w:rsidR="004B0622" w:rsidRPr="003038DF" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="3F4C43A5" w14:textId="45AFD7CF" w:rsidR="004B0622" w:rsidRPr="006528DA" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Pela sua assinatura neste documento, você está concordando e entendendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07799DA9" w14:textId="000E483C" w:rsidR="004B0622" w:rsidRPr="003038DF" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...91 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="07799DA9" w14:textId="24F99E76" w:rsidR="004B0622" w:rsidRPr="006528DA" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Ao assinar este formulário, declaro que li e concordo com os direitos e responsabilidades incluídos neste formulário nas páginas 3 a 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8AE114" w14:textId="54165400" w:rsidR="004B0622" w:rsidRPr="006528DA" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Certifico, sob pena de perjúrio, que as informações e declarações que fiz neste requerimento são verdadeiras e completas, pelo que eu saiba., e concordo em aceitar e cumprir os direitos e responsabilidades do Programa de Economia de Custos do Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B8D533" w14:textId="147424BA" w:rsidR="004B0622" w:rsidRPr="006528DA" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se marquei a caixa do SNAP na página 1 deste requerimento, estou solicitando benefícios do SNAP. Declaro que entendo e concordo com os direitos, regras e penalidades do SNAP, conforme descritos abaixo. Solicito que o MassHealth envie minhas informações, incluindo informações de saúde protegidas sujeitas à Lei de Portabilidade e Responsabilidade de Seguro Saúde (Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Insurance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D217C3" w:rsidRPr="003038DF">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Portability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Accountability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Act</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>HIPAA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>), ao Departamento de Assistência Transitória para fins de solicitação de benefícios do SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D46F85" w14:textId="5C7506D5" w:rsidR="005307E8" w:rsidRPr="003038DF" w:rsidRDefault="005307E8" w:rsidP="005307E8">
+    <w:p w14:paraId="67D46F85" w14:textId="5228A7C1" w:rsidR="005307E8" w:rsidRPr="006528DA" w:rsidRDefault="005307E8" w:rsidP="005307E8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Importante</w:t>
-[...71 lines deleted...]
-    <w:p w14:paraId="467527E6" w14:textId="3BA26A86" w:rsidR="005307E8" w:rsidRPr="003038DF" w:rsidRDefault="005307E8" w:rsidP="004B0622">
+        <w:t>Importante—Exclusivamente para requerentes de Programas de Economia de Custos do Medicare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC72E8F" w14:textId="4E3BEAFF" w:rsidR="005307E8" w:rsidRPr="006528DA" w:rsidRDefault="005307E8" w:rsidP="005307E8">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se estiver enviando este requerimento como um representante autorizado, deverá enviar um ARD para nós ou ter um formulário registrado para processarmos este requerimento. O ARD está no final deste requerimento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467527E6" w14:textId="3BA26A86" w:rsidR="005307E8" w:rsidRPr="006528DA" w:rsidRDefault="005307E8" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Informações para o registro de eleitor estão incluídas neste pacote.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="003038DF" w:rsidRDefault="000E1930" w:rsidP="004B01A7">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="006528DA" w:rsidRDefault="000E1930" w:rsidP="004B01A7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Você não precisa se registrar como eleitor para participar de um Programa de Economia de Custos do Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17726F95" w14:textId="67D5B8BD" w:rsidR="004C10E1" w:rsidRPr="003038DF" w:rsidRDefault="004C10E1" w:rsidP="004B0622">
+    <w:p w14:paraId="17726F95" w14:textId="00F58A9B" w:rsidR="004C10E1" w:rsidRPr="006528DA" w:rsidRDefault="004C10E1" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para requerentes de Programas de Economia de Custos do Medicare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D6884" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Você dá permissão ao MassHealth para obter quaisquer registros ou dados que comprovem qualquer informação fornecida neste requerimento. Você entende que deve informar ao MassHealth qualquer alteração às informações fornecidas neste requerimento. Você também declara, sob pena de perjúrio e pelo que você saiba, que as informações contidas neste formulário estão corretas e completas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70831BEE" w14:textId="3FE7CAEE" w:rsidR="0065235D" w:rsidRPr="006528DA" w:rsidRDefault="0065235D" w:rsidP="00473A76">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Importante—Exclusivamente para requerentes de Programas de Economia de Custos do Medicare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BF5303" w14:textId="0EAD74E4" w:rsidR="008E09CA" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Se você estiver agindo em nome de alguém ao preencher este requerimento, deverá preencher o ARD anexo e enviá-lo de volta com este requerimento. A sua assinatura neste requerimento como representante autorizado certifica que as informações contidas no requerimento estão corretas e completas, pelo que você saiba.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE089BB" w14:textId="101B2531" w:rsidR="008E09CA" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Se acredita que a decisão do MassHealth quanto à sua qualificação está incorreta, você tem o direito de apelar. Se os benefícios forem negados, você receberá informações sobre como fazer uma apelação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4310BDA6" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O MassHealth obterá de suas seguradoras de saúde atuais e anteriores todas as informações sobre cobertura de seguro de saúde para você e seu cônjuge. Isso inclui, sem limitação, informações sobre apólices, prêmios, cosseguros, franquias e benefícios cobertos que estão, podem estar ou deveriam estar disponíveis para você e seu cônjuge. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744866BD" w14:textId="392BF8BA" w:rsidR="00106BCB" w:rsidRPr="006528DA" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O MassHealth pode obter registros ou dados sobre você e seu cônjuge listados </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>neste</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formulário provenientes de fontes e programas de dados federais e estaduais, como a Administração da Previdência Social (Social Security </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Administration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>), o Departamento da Receita Federal (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Internal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D217C3" w:rsidRPr="003038DF">
-[...24 lines deleted...]
-    <w:p w14:paraId="70831BEE" w14:textId="795F91E9" w:rsidR="0065235D" w:rsidRPr="003038DF" w:rsidRDefault="0065235D" w:rsidP="004B0622">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Revenue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Service), o Departamento de Segurança Nacional (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Homeland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security), o Departamento da Receita (DOR - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Revenue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) e o Registro de Veículos Automotores (Registry </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Motor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Vehicles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>), e também de fontes de dados privados, incluindo instituições financeiras, 1) para comprovar qualquer informação fornecida neste requerimento ou em quaisquer suplementos, ou outras informações fornecidas quando você ou seu cônjuge se tornarem membros, 2) para documentar serviços médicos solicitados ou prestados a você ou a seu cônjuge, e 3) em apoio à continuação de sua qualificação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426635C8" w14:textId="0C78A1F8" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00473A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Para requerentes do Programa de Assistência Nutricional Suplementar (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Supplemental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Nutritional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...134 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Assistance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...193 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
         <w:t>Program</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D217C3" w:rsidRPr="003038DF">
-[...6 lines deleted...]
-    <w:p w14:paraId="6729C12E" w14:textId="2623B90B" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - SNAP) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662A04BB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:rPr>
-[...102 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Benefícios do Programa de Assistência Nutricional Suplementar (SNAP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75047A48" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Se você marcou a caixa na página </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">, o MassHealth enviará este requerimento ao Departamento de Assistência Transicional (DTA - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Transitional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Assistance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Este documento servirá como seu requerimento ao SNAP! </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> Se você se qualificar, seu SNAP começará a partir da data em que o DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">receber este requerimento do MassHealth. Ao assinar abaixo, você está concordando que leu e concorda com seus direitos, responsabilidades e penalidades no programa SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D42221" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Você pode se qualificar para os benefícios do SNAP em de 7 dias contados a partir da data em que o DTA receber este requerimento, se:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C2272B" w14:textId="191490C9" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
-[...244 lines deleted...]
-    <w:p w14:paraId="2C5C16B3" w14:textId="718CAC84" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+    <w:p w14:paraId="302E1D23" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="63DF9F8D" w14:textId="5B3DCAFC" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Sua renda e dinheiro no banco totalizam menos do que suas despesas mensais com habitação, ou  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742096B0" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="14F8CBDA" w14:textId="7B4C3E46" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Sua renda mensal é inferior a $150 e o tal do seu dinheiro no banco é $100 ou menos, ou</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2141C903" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...24 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você é um trabalhador migrante e o total do seu dinheiro no banco é $100 ou menos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C9414B" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Para obter mais informações sobre o SNAP em Massachusetts, acesse www.mass.gov/SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADAC5D9" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="5"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="303943"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t>Aviso de Direitos, Responsabilidades e Penalidades do Departamento de Assistência Transicional (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t>Transitional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t>Assistance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - DTA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E4C305" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Este aviso enumera os direitos e responsabilidades de todos os programas do SNAP </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341A383C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Leia estas páginas e guarde-as em seus arquivos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEC3015" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Contate o DTA se tiver alguma dúvida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFD911C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Declaro sob pena de perjúrio que:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B4C634" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Li as informações neste formulário ou alguém as leu para mim. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772462FF" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Minhas respostas neste formulário são verdadeiras e completas, pelo que eu saiba.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F6D3FC" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="317"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Darei ao DTA informações que sejam verdadeiras e completas, pelo que eu saiba, durante minha entrevista e futuramente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2F546C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Compreendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FFB351" w14:textId="2116B534" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="005E57C1" w:rsidP="00241D7E">
+    <w:p w14:paraId="3BC67FF6" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>fornecer informações falsas ou enganosas é fraude,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4927DA35" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>distorcer ou omitir fatos para obter benefícios do DTA é fraude,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18EAF4EE" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>uma fraude é considerada uma Violação Intencional do Programa (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Intentional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Violation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - IPV) e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C3017E" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="763"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>se o DTA acreditar que cometi fraude, o DTA poderá aplicar penalidades civis e criminais contra mim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1CE6A3" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Também compreendo que:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC8C6F8" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O DTA irá verificar as informações fornecidas no meu requerimento. Se alguma informação for falsa, o DTA poderá negar meus benefícios. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2085E413" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="410"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Também posso estar sujeito(a) a processo criminal por fornecer informações falsas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8B676C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Se o DTA obtiver informações de uma fonte confiável sobre uma mudança em meu agregado familiar, o valor do meu benefício poderá ser alterado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0B6EC1" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="410"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Pela minha assinatura neste formulário, estou dando permissão ao DTA para verificar minha qualificação (elegibilidade) para benefícios, incluindo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A4B7C1" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="310"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obter informações de outras agências estaduais ou federais, autoridades locais de habitação, departamentos de programas assistenciais de fora do estado, instituições financeiras e da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Equifax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Workforce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Solutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>). Também dou permissão a essas agências para que compartilhem informações sobre a qualificação de meu agregado familiar para o recebimento de benefícios do DTA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652A588E" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se o DTA usar informações da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Equifax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre a renda de meu agregado familiar, tenho direito de receber uma cópia gratuita do meu relatório da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Equifax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se eu a solicitar no prazo de 60 dias da decisão do DTA. Tenho o direito de questionar as informações contidas no relatório. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Posso contatar a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Equifax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no seguinte endereço ou telefone: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Equifax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Workforce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Solutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 11432 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Lackland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Road, St. Louis, MO 63146, 1-800-996-7566 (ligação gratuita).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24941994" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Tenho direito a uma cópia do meu requerimento, incluindo as informações que o DTA usa para decidir se minha família se qualifica ou não, e para decidir o valor dos benefícios. Posso pedir ao DTA uma cópia eletrônica do requerimento preenchido.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A5FC02" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Como o DTA usará minhas informações? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC1D03C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Pela minha assinatura abaixo, dou permissão ao DTA para obter informações e compartilhar informações sobre mim e sobre os membros do meu agregado familiar com: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585E8322" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:right="840" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Bancos, escolas, governo, empregadores, locadores, empresas de serviços de utilidade pública e outras agências, para verificar se me qualifico para receber benefícios.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD99A6D" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:right="840" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Empresas de eletricidade, gás e telefone para que eu possa obter descontos nos serviços públicos.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>As empresas não podem compartilhar minhas informações ou usá-las para nenhuma outra finalidade.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030610BB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:right="840" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>O Departamento de Habitação e Desenvolvimento Comunitário (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Housing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Urban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) para inscrever-me no Programa Aquecimento e Alimentação (Heat &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Eat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Este programa ajuda as pessoas a obter o máximo possível de benefícios do SNAP.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABC9434" w14:textId="67880D8B" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="C7CCD2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>O Departamento de Educação Primária e Secundária (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>ESE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Elementary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Secondary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>) para que meus filhos possam receber refeições gratuitas na escola.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="C7CCD2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8E4032" w14:textId="347EA84A" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="303943"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>O Programa Mulheres, Bebês e Crianças (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="1C252E"/>
+        </w:rPr>
+        <w:t>Women</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Infants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Children</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - WIC) para que qualquer criança com menos de 5 anos ou mulheres grávidas em meu agregado familiar possam receber benefícios do WIC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F419C93" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os Serviços de Cidadania e Imigração dos EUA (The United States </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Citizenship</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Immigration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Services - USCIS), para verificar minha situação imigratória.  As informações do USCIS podem afetar a qualificação dos meus familiares e o valor dos benefícios do DTA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33208826" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00975686">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observação: mesmo se você não se qualificar para benefícios devido ao seu status imigratório, o DTA não irá denunciá-lo(a) às autoridades de imigração, a menos que você mostre ao DTA uma ordem final de deportação. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0213DDFE" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>O Departamento da Receita (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Revenue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - DOR) para verificar minha qualificação para créditos fiscais com base na renda recebida e renda limitada, e para determinar se me qualifico para o “status de não pagamento de imposto” ou status de dificuldade econômica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3817FD" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>O Departamento de Crianças e Famílias (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Children</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Families</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - DCF) para coordenar os serviços oferecidos conjuntamente pelo DTA e DCF.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FD2007" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Como o DTA usa os números de Seguro Social (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="303943"/>
+        </w:rPr>
+        <w:t>SSNs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC2723A" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">O DTA pode pedir os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>SSNs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> de acordo com a Lei de Alimentos e Nutrição de 2008 (7 USC 2011-2036) para o SNAP e de acordo com as M.G.L. (Leis Gerais de Massachusetts) c. 18 Seção 33 para TAFDC e EAEDC. O DTA usa os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>SSNs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> para:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A4F210" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="270"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verificar a identidade e qualificação de cada membro do agregado familiar que inscrevo por meio de programas de correspondência de dados. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E7253A" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="270"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Monitorar a conformidade com as regras do programa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288C24F9" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:hanging="274"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arrecadar dinheiro se o DTA alegar que recebi benefícios para os quais não me qualificava. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23732486" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461" w:hanging="274"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Ajudar as autoridades a apreender pessoas que estão se escondendo das autoridades.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134CE7C6" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00B612B7">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:lastRenderedPageBreak/>
+        <w:t>Entendo que não preciso fornecer ao DTA o SSN de qualquer pessoa em meu agregado familiar que não seja cidadão e que não deseje receber benefícios. A renda de uma pessoa que não é cidadão pode contar mesmo que essa pessoa que não é cidadão não receba benefícios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08644829" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Direito a um intérprete</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A310D56" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Compreendo que:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D957D0" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="598F1738" w14:textId="46BB5F0D" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="005E57C1" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Tenho direito a um intérprete profissional gratuito fornecido pelo DTA se preferir me comunicar em um idioma diferente do inglês. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0A898D" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...183 lines deleted...]
-    <w:p w14:paraId="6042FE91" w14:textId="3CC33ADD" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Se eu tiver uma audiência no DTA, posso pedir ao DTA que providencie um intérprete profissional gratuito ou, se preferir, posso levar uma outra pessoa para interpretar para mim. Se eu precisar que o DTA providencie um intérprete para a audiência, preciso ligar para a Divisão de Audiências pelo menos uma semana antes da data da audiência.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4BA889" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Direito à inscrição eleitoral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478D6018" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Compreendo que:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AC47C5" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="052CF74B" w14:textId="28B61451" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Tenho o direito de me registrar para votar por intermédio do DTA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4A1C3F" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="291799F7" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">O DTA me ajudará a preencher o formulário de requerimento de inscrição eleitoral, se eu precisar de ajuda. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2A61E5" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="097A6888" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Posso preencher privativamente o formulário de requerimento de inscrição eleitoral. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FA7332" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...230 lines deleted...]
-    <w:p w14:paraId="3B778D48" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Solicitar o registro ou recusar o registro para votar não afetará meus benefícios do DTA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E22194E" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Oportunidades de emprego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D31C4DE" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Concordo que o DTA pode compartilhar meu nome e informações de contato com provedores de treinamento ou potenciais empregadores, incluindo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695A321E" w14:textId="37E0A689" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1B9038B5" w14:textId="6C362DB5" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Provedores SNAP Path </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> ou especialistas DTA para clientes SNAP; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44418EF3" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Provedores contratados ou de treinamento, ou funcionários com engajamento completo para clientes do Programa de Apoio Transitório a Famílias com Filhos Dependentes (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Transitional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Aid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Families</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Dependent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Children</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - TAFDC).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2215E941" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Os clientes do SNAP podem participar voluntariamente de serviços de educação e treinamento profissional por meio do programa Caminho para o Trabalho (Path </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">) do SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254F34A0" w14:textId="77777777" w:rsidR="004C59C8" w:rsidRPr="006528DA" w:rsidRDefault="004C59C8" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DA22872" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Situação de cidadania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F68258" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Juro que todos os membros de meu agregado familiar que estão solicitando benefícios do DTA são cidadãos americanos ou residentes legais que não são cidadãos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF33725" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Programa de Assistência Nutricional Suplementar (SNAP) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9763BB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Compreendo que:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D9B5E0" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="4B221DB0" w14:textId="75846120" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>O DTA administra o programa SNAP em Massachusetts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19235461" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Quando apresento um requerimento ao DTA (por telefone, online, pessoalmente ou por correio ou fax), o DTA tem 30 dias a partir da data em que recebeu meu requerimento para decidir se me qualifico. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B68C668" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Se me qualificar para o SNAP acelerado (emergencial), o DTA deve me fornecer o SNAP e garantir que eu tenha um cartão de Transferência Eletrônica de Benefícios (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>EBT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Electronic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Benefit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Transfer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">) no prazo de 7 dias a partir da data em que receber meu requerimento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D907452" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Tenho o direito de falar com um supervisor do DTA se:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CB6766" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">O DTA me informar que não me qualifico para benefícios de emergência do SNAP e eu discordar disso. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4A8666" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Me qualificar para benefícios de emergência do SNAP, mas não receber meus benefícios até o 7º dia depois do meu requerimento ao SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7512E8CB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Eu me qualificar para benefícios de emergência do SNAP, mas não receber meu cartão de EBT até o 7º dia depois do meu requerimento ao SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7179A9C1" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Quando recebo o SNAP, tenho que seguir determinadas regras. Quando eu for aprovado para o SNAP, o DTA me dará uma cópia do folheto “Seu Direito de Saber” (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Right</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Know</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>) e do folheto do Programa SNAP.  Lerei os folhetos ou alguém os lerá para mim.  Se tiver alguma pergunta ou precisar de ajuda para ler ou entender estas informações, posso ligar para o DTA pelo telefone 1-877-382-2363.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6372549C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Informar ao DTA sobre mudanças em meu agregado familiar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3424DC7C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Se eu for uma família que usa o Relatório Simplificado SNAP (SNAP </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Simplified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Reporting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>), não preciso informar a maioria das mudanças ao DTA até a hora de entregar o Relatório Interino ou a Recertificação. As únicas coisas que tenho de informar antes são:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052B4589" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Se a renda do meu agregado familiar ultrapassar o limite de renda bruta (informado no meu aviso de aprovação). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68174CFE" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Tenho que informar isso até o dia 10 dia do mês seguinte ao mês em que minha renda ultrapassou tal limite. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F19D43" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Se eu tiver que cumprir as Regras de Trabalho para Adultos Fisicamente Capazes Sem Dependentes (Able-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Bodied</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Adults</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Without</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Dependents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - ABAWD) e minhas horas de trabalho caírem para menos de 20 horas por semana. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302B103F" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Se todos na minha casa tiverem 60 anos ou mais, sejam incapacitados, ou tenham menos de 18 anos, e ninguém tenha rendimentos provenientes de trabalho, as únicas coisas que tenho de informar são:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1B12DB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1530"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Se alguém começar a trabalhar, ou </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAF50D2" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1530"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Se alguém entrar ou sair do meu agregado familiar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBC6C77" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1530"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Devo informar essas mudanças até o dia 10 do mês seguinte ao mês em que ocorreu a mudança. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639A0BD0" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Se eu obtiver o SNAP por meio da Alternativa de Benefícios Transitórios (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Transitional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Benefits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Alternative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - TBA) porque parei de receber meu TAFDC, não preciso informar nenhuma mudança ao DTA durante os 5 meses nos quais receber o TBA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C40AB3" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Se eu obtiver o SNAP por meio do Projeto de Requerimento Combinado do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Bay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Bay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> CAP) [Nota: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Bay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> é o apelido de Massachusetts], não preciso informar nenhuma alteração ao DTA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26DB2A3A" w14:textId="4C56BE2A" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Se eu e todas as pessoas no meu agregado familiar recebermos assistência em dinheiro (TAFDC ou EAEDC), devo informar certas alterações ao DTA no prazo de 10 dias da alteração.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EFCB90" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Poderei obter mais benefícios do SNAP se informar e fornecer, a qualquer momento comprovantes ao DTA do seguinte: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A611AA5" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="76D9B955" w14:textId="4524D167" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="00EF43BA" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Custos de cuidados de crianças ou outros dependentes, custos de abrigo e/ou custos de serviços de utilidade pública;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4802C9" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="19A7EE43" w14:textId="747ABCF3" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:lastRenderedPageBreak/>
+        <w:t>Pensão alimentícia que eu (ou alguém do meu agregado familiar) seja legalmente obrigado a pagar a uma pessoa fora de meu agregado familiar; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079FA081" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...320 lines deleted...]
-    <w:p w14:paraId="66852A37" w14:textId="7E1F9A3F" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Despesas médicas com pessoas do meu agregado familiar, inclusive eu mesmo, que tenha 60 anos ou mais ou seja incapacitado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DD3348" w14:textId="434226DF" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Regras de trabalho para clientes do SNAP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">: se você recebe benefícios do SNAP e tem de 16 a 59 anos, pode ser necessário que cumpra as regras gerais de trabalho do SNAP ou as regras de trabalho para Adultos Fisicamente Capazes sem Dependentes (ABAWD), a menos que esteja isento(a) deste requisito. O DTA informará a mim e aos membros do meu agregado familiar se precisarmos cumprir alguma Regra de Trabalho, quais são as isenções e o que acontecerá se não cumprirmos as regras.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E051065" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Se estiver sob as Regras de Trabalho do SNAP, você precisa: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5352D838" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...53 lines deleted...]
-    <w:p w14:paraId="1DB1746C" w14:textId="1D6D56CE" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Você precisa se registrar para trabalhar no momento da inscrição e quando se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>recertificar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> para o SNAP. Você se registra quando assina o requerimento ou o formulário de recertificação do SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3DBAFB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...253 lines deleted...]
-    <w:p w14:paraId="3D8CC923" w14:textId="38260B6C" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você deve fornecer informações ao DTA sobre sua situação empregatícia quando o DTA as solicitar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573AF278" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="5D0D1C34" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você deve se apresentar a um empregador, se for encaminhado(a) pelo DTA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B74C3C8" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="5AFFE496" w14:textId="26911197" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você deve aceitar uma oferta de emprego (a menos que tenha um bom motivo para não fazer isso).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19878F7F" w14:textId="3DBF5C24" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="25F12556" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você não deve sair de um emprego onde trabalha mais de 30 horas por semana sem motivo justo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0098CBB0" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...79 lines deleted...]
-    <w:p w14:paraId="4610025E" w14:textId="265CA227" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Você deve reduzir suas horas de trabalho para menos de 30 horas por semana sem motivo justo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00CADC88" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Regras do SNAP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017B0CBA" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6F37B274" w14:textId="6EEF5EBB" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Não fornecer informações falsas nem ocultar informações visando obter benefícios do SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A3E6D6" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...50 lines deleted...]
-    <w:p w14:paraId="23905BD6" w14:textId="4AC572E8" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Não trocar nem vender benefícios do SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DB9832" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="741FF8EE" w14:textId="13D605BA" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Não alterar os cartões de EBT para obter benefícios do SNAP para os quais você não se qualifica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6AA67B" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="099DBAA6" w14:textId="616C6D96" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Não usar os benefícios do SNAP para comprar itens que não podem ser comprados, como bebidas alcoólicas e tabaco.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F81A150" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...25 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Não usar os benefícios SNAP ou o cartão EBT de outra pessoa, a menos que você seja um representante autorizado ou que o titular do cartão tenha dado a você permissão para usar o cartão em nome dele. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1651CE" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Advertências de penalidades do SNAP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424D1A36" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Entendo que se eu ou qualquer pessoa do meu agregado familiar do SNAP violar intencionalmente qualquer uma das regras enumeradas acima, essa pessoa não se qualificará para o SNAP por um ano após a primeira violação, por dois anos após a segunda violação e permanentemente após a terceira violação. Essa pessoa também pode ser multada em até $250.000, condenada à prisão por até 20 anos, ou ambos. Ela também pode estar sujeita a processos de acordo com leis federais e estaduais. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F3634F" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Entendo também as penalidades a seguir. Se eu ou uma pessoa do meu agregado familiar do SNAP:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E35916F" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...324 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:lastRenderedPageBreak/>
+        <w:t>Cometer uma Violação Intencional do Programa (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Intentional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Program</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Violation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - IPV) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...18 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        </w:rPr>
+        <w:t>envolvendo dinheiro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>, ela não se qualificará para o SNAP pelo mesmo período em que não se qualificar para receber assistência em dinheiro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181930F5" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:left="720"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Fazer uma declaração fraudulenta sobre sua identidade ou residência para obter múltiplos benefícios do SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">ao mesmo tempo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">ela não se qualificará para o SNAP por </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>dez anos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1977F48F" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="9"/>
         </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Trocar (comprar ou vender) benefícios do SNAP por substâncias controladas/drogas ilícitas, ela não se qualificará para o SNAP por </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">dois anos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">na primeira ocorrência, e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">permanentemente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>na segunda ocorrência.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EDC55A" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Trocar (comprar ou vender) benefícios do SNAP por armas de fogo, munições ou explosivos, ela não se qualificará para o SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>permanentemente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B8D867" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Fazer uma oferta para vender benefícios SNAP ou um cartão EBT online ou pessoalmente, o Estado pode aplicar uma IPV contra eles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B529E91" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Pagar alimentos comprados a crédito, ela não se qualificará para o SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B99EE87" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Comprar produtos com benefícios do SNAP com a intenção de descartar o conteúdo e devolver as embalagens para receber dinheiro, ela não se qualificará para o SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B608052" w14:textId="51A49136" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Fugir para evitar processo, custódia ou confinamento após condenação por um crime, não nos qualificaremos para o SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60278402" w14:textId="16158871" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Violar liberdade supervisionada ou liberdade condicional, quando as autoridades estiverem tentando ativamente prender a pessoa, ela não se qualificará para o SNAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67001FBC" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Toda pessoa que tenha sido condenada por crime qualificado depois de 7 de fevereiro de 2014 não se qualifica para benefícios do SNAP, se for criminosa em fuga ou violando sua liberdade supervisionada ou liberdade condicional —de acordo com a 7 CFR §273.11(n) - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> se foi condenada como adulto por:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACE556D" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4F4EB49F" w14:textId="46286FF5" w:rsidR="008E6F24" w:rsidRPr="003038DF" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Abuso sexual qualificado no âmbito da seção 2241 do título 18, do U.S.C.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B0002E" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
         </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Assassinato no âmbito da seção 1111 do título 18, do U.S.C.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0303A66D" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Qualquer ofensa no âmbito do capítulo 110 do título 18, do U.S.C.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E14628A" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Um crime federal ou estadual envolvendo estupro, conforme definido na seção 40002(a) da Lei de Prevenção da Violência contra Mulheres (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>VAWA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Violence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> Against </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Women</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Act</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>) de 1994 (42 U.S.C. 13925a); ou</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F1511CB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Um crime no âmbito das leis estaduais, determinado pelo Procurador-Geral como sendo substancialmente semelhante a um dos crimes descritos nesta lista. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56585211" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Declaração de não discriminação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15512E4B" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>De acordo com a lei federal de direitos civis e as regulamentações e políticas de direitos civis do Departamento de Agricultura dos EUA (USDA), esta instituição está proibida de discriminar com base em raça, cor, origem nacional, sexo (incluindo identidade de gênero e orientação sexual), crença religiosa, deficiência, idade, crenças políticas ou represália ou retaliação por atividades anteriores de direitos civis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6669BE19" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="1B1B1B"/>
+        </w:rPr>
+        <w:t>As informações do programa podem ser disponibilizadas em idiomas que não sejam o inglês.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve"> Pessoas com deficiência que necessitarem de meios alternativos de comunicação para obterem informações sobre o programa (p.ex., Braille, caracteres grandes, gravações de áudio, Língua de Sinais Americana [ASL), etc.) deverão entrar em contato com o órgão (estadual ou local) onde fizeram o requerimento de benefícios. Indivíduos que forem surdos, tiverem problemas de audição ou deficiências de fala podem entrar em contato com o USDA por meio do Federal Relay Service (Serviço de Retransmissão Federal), pelo telefone (800) 877-8339. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01AEB089" w14:textId="6A25386A" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t xml:space="preserve">Para registrar uma reclamação de discriminação de programa, a pessoa reclamante deve preencher o Formulário AD-3027, o Formulário de Reclamação de Discriminação de Programa do USDA (USDA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:lastRenderedPageBreak/>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003038DF">
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Discrimination</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...144 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>Complaint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003038DF">
-[...1931 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t>Form</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003038DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve">), que pode ser obtido online em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
-        <w:r w:rsidRPr="003038DF">
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="006528DA">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId17"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId16"/>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> em qualquer escritório do USDA, ligando para (833) 620-1071, ou escrevendo uma carta endereçada ao USDA. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>A carta deve conter o nome, endereço, número de telefone e uma descrição da suposta ação discriminatória em detalhes suficientes para informar</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-        <w:t>o(a) Secretário(a) Assistente de Direitos Civis (</w:t>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:t>o(a) Secretário(a) Assistente de Direitos Civis (ASCR) sobre a natureza e a data de uma suposta violação dos direitos civis. O formulário AD-3027 preenchido ou a carta devem ser enviados para:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DCCA72" w14:textId="77777777" w:rsidR="00E42357" w:rsidRPr="003038DF" w:rsidRDefault="00E42357" w:rsidP="00E42357">
+    <w:p w14:paraId="25B71704" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0"/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>correio:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="084F5680" w14:textId="77777777" w:rsidR="00E42357" w:rsidRPr="003038DF" w:rsidRDefault="00E42357" w:rsidP="00E42357">
+    <w:p w14:paraId="7BFAC47A" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:color w:val="1B1B1B"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Food and Nutrition Service, USDA </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:color w:val="1B1B1B"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">1320 Braddock Place, Room 334 </w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:color w:val="1B1B1B"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
-        <w:t>Alexandria, VA 22314; or</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">Alexandria, VA 22314; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:color w:val="1B1B1B"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:b/>
           <w:color w:val="1B1B1B"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B6333B" w14:textId="77777777" w:rsidR="00E42357" w:rsidRPr="003038DF" w:rsidRDefault="00E42357" w:rsidP="00E42357">
+    <w:p w14:paraId="5E506CDC" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0"/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fax:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D84A41" w14:textId="77777777" w:rsidR="00E42357" w:rsidRPr="003038DF" w:rsidRDefault="00E42357" w:rsidP="00E42357">
+    <w:p w14:paraId="4E6D2D88" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...24 lines deleted...]
-    <w:p w14:paraId="62A58810" w14:textId="77777777" w:rsidR="00E42357" w:rsidRPr="003038DF" w:rsidRDefault="00E42357" w:rsidP="00E42357">
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:t>(833) 256 1665 ou (202)-690-7442; ou</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D788CAD" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0"/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">e-mail: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0361AFBF" w14:textId="77777777" w:rsidR="00E42357" w:rsidRPr="003038DF" w:rsidRDefault="00E42357" w:rsidP="00E42357">
+    <w:p w14:paraId="24B9B39F" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>FNSCIVILRIGHTSCOMPLAINTS@usda.gov</w:t>
       </w:r>
-      <w:r w:rsidRPr="003038DF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651D79C9" w14:textId="77777777" w:rsidR="006524EB" w:rsidRPr="003038DF" w:rsidRDefault="006524EB" w:rsidP="006524EB">
-[...4 lines deleted...]
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="032CAE63" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="006528DA" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Esta instituição é um provedor que oferece igualdade de oportunidades.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6477CCCA" w14:textId="62F8476F" w:rsidR="005F14FB" w:rsidRPr="006528DA" w:rsidRDefault="005F14FB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003038DF">
-        <w:rPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786C06F3" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...12 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId20"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Formulário de designação de representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63539422" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Envie este formulário caso queira designar um representante autorizado para agir em seu nome. Se um representante autorizado tiver assinado o pedido em seu nome, ou se você for representante autorizado solicitando em nome de outra pessoa, DEVERÁ enviar este formulário para que o pedido seja processado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1866BFEF" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Não é necessário preencher este formulário caso more em uma instituição e deseja que cópias das notificações de elegibilidade sejam enviadas a você e ao seu cônjuge que ainda mora em casa. Isso será feito automaticamente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DDF6A9" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observação: um representante autorizado tem poder para agir em nome de um solicitante ou membro em todas as questões com o MassHealth e o Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>, e receberá informações pessoais sobre o solicitante ou membro até recebermos uma notificação de cancelamento rescindindo essa representação, ou após a morte do solicitante ou membro. Esse poder não será rescindido automaticamente assim que processarmos o pedido.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364C8C22" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>É possível escolher alguém para ajudar você.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A8CCEB" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">É possível escolher um representante autorizado para ajudar você a obter cobertura de saúde por meio de programas oferecidos pelo MassHealth e pelo Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>. Você pode fazer isso ao preencher este formulário (o Formulário de Designação de Representante Autorizado). Você ou um representante pode assinar por si mesmo e pelos dependentes menores de 18 anos de quem você seja o pai ou mãe que exerce a custódia. Você não é obrigado a ter um representante para solicitar ou receber benefícios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CA21AC" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Quem pode me ajudar?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7A9634" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Um representante autorizado pode ser um amigo, membro da família, parente ou outra pessoa ou organização de sua escolha que concorde em ajudar. Cabe a você escolher um representante autorizado, se desejar. Nem o MassHealth nem o Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> escolherão um representante autorizado por você. Você deverá designar por escrito (preencher a Seção I, parte A) a pessoa ou organização que deseja ter como representante autorizado. O representante autorizado também deve preencher a Seção I, Parte B. Às vezes, nos referimos a essa pessoa ou organização como "representante autorizado da Seção I".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E1371C" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Se você não puder designar um representante autorizado por escrito e não tiver um representante autorizado ou outra pessoa autorizada por lei a representar você, uma pessoa (não uma organização) que garantir que representará você com responsabilidade poderá ser seu representante autorizado se preencher a Seção II deste formulário. Às vezes nos referimos a essa pessoa como “representante autorizado da Seção II”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0C0E82" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Um representante autorizado também pode ser alguém que tenha sido nomeado por lei para representar você ou em nome do inventariante de um solicitante ou membro que tenha falecido. Essa pessoa deverá preencher a Seção III. Você ou essa pessoa deverá nos enviar, além deste formulário, uma cópia do documento legal declarando que essa pessoa tem poder para representar você ou o inventariante de um solicitante ou membro falecido. Às vezes nos referimos a essa pessoa como “representante autorizado da Seção III”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159542D5" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Um representante autorizado da Seção III pode ser um tutor legal, curador, titular de procuração ou procurador de cuidados de saúde, ou, se o solicitante ou membro tiver falecido, o inventariante.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A31A24C" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>O que um representante autorizado pode fazer?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2C0AEF" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Um representante autorizado da Seção I ou II pode:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DAC5E0D" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>preencher formulários de pedido ou renovação;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A0C97F" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">preencher outros formulários do MassHealth ou Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de elegibilidade ou admissão;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5F16DB" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>comprovar as informações apresentadas nesses formulários;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FCA401" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>informar mudanças de renda, endereço ou outras circunstâncias;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2C890B" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:right="-270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">obter cópias de todas as notificações de elegibilidade e admissão do MassHealth e Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239213D6" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">representar você em todos os demais assuntos com o MassHealth e o Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360FABFE" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>O que um representante autorizado da Seção III está autorizado a fazer por você (ou pelo espólio de um solicitante ou membro falecido) dependerá da redação da nomeação legal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12461268" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observe que: as notificações de elegibilidade podem incluir informações sobre outros membros do domicílio de um solicitante ou membro. Se houver várias pessoas na sua residência, talvez não seja possível enviar cópias de algumas das suas notificações ao seu representante autorizado, a menos que cada membro do domicílio também tenha designado o mesmo representante autorizado, ao preencher um formulário de designação de representante autorizado separadamente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253CDF2C" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SEÇÃO 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Designação de representante autorizado (se o solicitante ou membro puder assinar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4A6816" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Parte A – a ser preenchida pelo solicitante ou membro. Use letra de forma, exceto na assinatura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6087EA4F" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nome do solicitante/membro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5934BC21" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Data de nascimento do solicitante/membro (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57221940" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de identificação do MassHealth </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522F8F3B" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OU últimos quatro dígitos do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do solicitante/membro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0596A241" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>E-mail do solicitante/membro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EDB4697" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Certifico que escolhi a pessoa ou organização a seguir para ser meu representante autorizado e de dependentes menores de 18 anos dos quais sou o pai ou a mãe em exercício de custódia. Confirmo também que entendo os deveres e responsabilidades que essa pessoa ou organização terá (conforme explicado anteriormente neste formulário).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D300ACA" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Assinatura do solicitante/membro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771AABA4" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55379EA0" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nome do representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CD3744" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Telefone do representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48CE0F0F" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Endereço do representante autorizado (endereço para correspondência, cidade, estado, CEP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242486BF" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Parte B – a ser preenchida pelo representante autorizado. Use letra de forma, exceto na assinatura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28520E20" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>B1. PREENCHER SE O REPRESENTANTE AUTORIZADO FOR UMA PESSOA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF4B910" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Certifico que sempre manterei a confidencialidade de todas as informações sobre o solicitante ou membro indicado acima e, se for o caso, dos dependentes do solicitante ou membro, que me forem fornecidas pelo MassHealth ou pelo Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6C9A0B" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Se eu também for prestador de serviços, funcionário ou voluntário afiliado a uma organização e estiver agindo na qualidade de prestador de serviços, funcionário ou voluntário em relação à minha designação como representante autorizado, certifico que sempre cumprirei todas as leis e regulamentações estaduais e federais em vigor em relação à confidencialidade de informações e conflitos de interesse, inclusive aqueles estabelecidos no Código de Regulamentos Federais (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) 42, parte 431, subparte F, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 42 § 447.10 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 45 § 155.260(f). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A5E5BF6" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Assinatura do representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FA962D" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086023D4" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nome do representante autorizado em letra de forma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4B2992" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>E-mail do representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D86B0AA" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B2. PREENCHA SE O REPRESENTANTE AUTORIZADO FOR UMA ORGANIZAÇÃO. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73342F83" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico, em nome da organização indicada abaixo, que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>esta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sempre manterá a confidencialidade de todas as informações sobre o solicitante ou membro indicado acima e, se for o caso, sobre os dependentes do solicitante ou membro, que forem apresentadas à organização pelo MassHealth ou pelo Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340FB8EA" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eu, o prestador de serviços, funcionário ou voluntário da organização indicada abaixo, ao preencher este formulário, certifico, em meu nome e em nome da organização que represento, que qualquer prestador de serviços, funcionário ou voluntário que atue em nome da organização em conexão com esta designação de representante autorizado cumprirá sempre todas as leis e regulamentações estaduais e federais em vigor em relação à confidencialidade de informações e conflitos de interesse, inclusive aqueles estabelecidos no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 42, parte 431, subparte F, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 42 § 447.10 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>. 45 § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A35BA74" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Assinatura do prestador de serviços, funcionário ou voluntário preenchendo o formulário</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3EDEFD" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nome em letra de forma do prestador de serviços, funcionário ou voluntário preenchendo o formulário</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FD6A80" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CEB7B20" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>E-mail do prestador de serviços, funcionário ou voluntário preenchendo o formulário</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Nome da organização representante autorizada </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DF7788" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SEÇÃO 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Designação de representante autorizado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(se o solicitante ou membro não puder apresentar a designação por escrito)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F96E74" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>A ser preenchido pelo representante autorizado. Use letra de forma, exceto na assinatura. Preencha um formulário para cada solicitante ou membro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770F2E01" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>UMA ORGANIZAÇÃO NÃO SE QUALIFICA PARA SER REPRESENTANTE AUTORIZADO PREVISTO NESTA SEÇÃO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C64E2B6" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico que o solicitante ou membro indicado abaixo não pode apresentar designação por escrito e, salvo informação em contrário, não tem uma pessoa que possa ser seu representante autorizado, tal como um representante autorizado já existente, tutor, curador, inventariante, titular de procuração ou procurador de cuidados de saúde. Além disso, certifico que estou suficientemente ciente das circunstâncias deste solicitante ou membro para assumir a responsabilidade pela exatidão das declarações feitas em seu nome durante o processo de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">elegibilidade e em outras comunicações com o MassHealth ou o Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, que entendo meus direitos e minhas responsabilidades como representante autorizado dessa pessoa (conforme explicado anteriormente neste formulário). Se a pessoa conseguir entender a situação, informei a ela que o MassHealth e o Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me enviarão cópias de todas as notificações de elegibilidade e admissão, com o que essa pessoa concorda; eu ainda disse à pessoa que ela poderá me excluir ou substituir da função de representante autorizado a qualquer momento pelos métodos descritos anteriormente neste formulário.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655A2DD1" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico ainda que sempre manterei a confidencialidade de todas as informações relativas ao solicitante ou membro abaixo que a mim forem enviadas pelo MassHealth ou pelo Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9C92A0" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Caso eu também seja prestador de serviços, funcionário ou voluntário de uma organização e esteja atuando na qualidade de prestador de serviços, funcionário ou voluntário em relação à designação como representante autorizado, certifico ainda que sempre cumprirei todas as leis e regulamentações estaduais e federais em vigor em relação à confidencialidade de informações e conflitos de interesse, inclusive aqueles estabelecidos no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 42, parte 431, subparte F, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 42 § 447.10 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>C.F.R</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>. 45 § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B1ECF3" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nome do solicitante/membro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de nascimento do solicitante/membro (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78DC0489" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Número de identificação do MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA6E8F1" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OU últimos quatro dígitos do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do solicitante/membro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D43320E" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Assinatura do representante autorizado</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E40805" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nome do representante autorizado (nome, nome do meio, sobrenome)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281485DA" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Telefone do representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365FD476" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Endereço do representante autorizado (endereço para correspondência, cidade, estado, CEP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15668BA9" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>E-mail do representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A088F3D" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Se o representante autorizado da Seção II for afiliado a uma organização e estiver atuando como tal, um indivíduo autorizado a responder em nome da organização, tal como executivo, deverá assinar abaixo para indicar o reconhecimento e a concordância da organização com as representações e garantias feitas acima.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556BDD84" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>executive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="261E004C" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Cargo do executivo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FE3A4D" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assinatura do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>executive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1F0F7BE2" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Data (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301053C3" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SEÇÃO 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Designação de representante autorizado (se nomeado por lei)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6A1E54" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>A ser preenchido por um representante autorizado nomeado por lei (com autorização para atuar em nome do solicitante ou membro na tomada de decisões relacionadas aos cuidados de saúde, incluindo, entre outros, tutor, curador, inventariante de um solicitante ou membro, titular de procuração ou procurador de cuidados médicos). Use letra de forma, exceto na assinatura. Envie uma cópia do documento legal relevante com este formulário.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1A6916" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico que sempre manterei a confidencialidade de todas as informações relativas ao solicitante ou membro, conforme estabelecido abaixo, que forem a mim fornecidas pelo MassHealth ou pelo Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3E5279" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nome do solicitante/membro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de nascimento do solicitante/membro (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EED1EF" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de identificação do MassHealth </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F89FE8" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OU últimos quatro dígitos do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do solicitante/membro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151B5835" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Assinatura do representante autorizado</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5513A353" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nome do representante autorizado (nome, nome do meio, sobrenome)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Telefone</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6D7839" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Endereço do representante autorizado (endereço para correspondência, cidade, estado, CEP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAA1114" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>E-mail do representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665DF52B" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Como terminar a designação de um representante autorizado?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9368B5" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se decidir que não quer mais um representante autorizado de Seção I ou Seção II, você deverá notificar o MassHealth ou Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por correio, fax ou telefone </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>no momento em que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> desejar que a designação termine. Veja abaixo as informações de contato. Se você enviar este aviso por correio ou fax para nós, o aviso deve incluir seu nome, endereço e data de nascimento,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B24CBC8" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>o nome de seu representante autorizado, uma declaração de que a designação terminou e sua assinatura ou, se você não puder fornecer aviso por escrito, a assinatura de alguém agindo em seu nome (no caso de um representante autorizado da Seção II apenas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DAAA44E" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Além disso, se o representante autorizado notificar o MassHealth ou Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que ele ou a organização não está mais agindo em seu nome, ele a organização deixará de ser </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>reconhecido</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como seu representante autorizado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066E065A" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>A autorização de um representante da Seção I ou da Seção II termina quando a sua nomeação legal termina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F65F25" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A designação do representante autorizado de Seção III termina quando a sua nomeação legal termina. O representante autorizado deverá notificar o MassHealth ou Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conforme as instruções acima.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ACEDFA" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Além disso, a designação de um representante autorizado para um menor termina na data de aniversário de 18 anos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603259FF" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="240" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Como devo enviar este formulário?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B38519" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Se você estiver solicitando benefícios de saúde, envie o formulário de designação de representante autorizado preenchido com o pedido.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3005D46B" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se você já estiver recebendo benefícios, deverá enviar o formulário </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>no momento em que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> desejar designar um representante autorizado, ou que desejar terminar a designação declarada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB2D985" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Envie o formulário para:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Health </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Insurance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Processing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>PO Box 4405</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Taunton</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>, MA 02780;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4FBC8C" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Envie o formulário por fax para (857) 323-8300; ou</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10014305" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006528DA" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ligue para (800) 841-2900, TDD/TTY: 711.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B74C978" w14:textId="77777777" w:rsidR="00147B7F" w:rsidRPr="006C4A85" w:rsidRDefault="00147B7F" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:spacing w:before="1000" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="274" w:hanging="274"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006528DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="221E1F"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ARD-PT-BR-1122</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C06CC06" w14:textId="268FB9AE" w:rsidR="004B0622" w:rsidRPr="005F14FB" w:rsidRDefault="004B0622" w:rsidP="00147B7F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004B0622" w:rsidRPr="005F14FB" w:rsidSect="0028323C">
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BCA18E3" w14:textId="77777777" w:rsidR="00D46CC1" w:rsidRDefault="00D46CC1">
+    <w:p w14:paraId="2F224600" w14:textId="77777777" w:rsidR="00CE2E45" w:rsidRDefault="00CE2E45">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69506FDB" w14:textId="77777777" w:rsidR="00D46CC1" w:rsidRDefault="00D46CC1">
+    <w:p w14:paraId="5BDC4BDE" w14:textId="77777777" w:rsidR="00CE2E45" w:rsidRDefault="00CE2E45">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2968471B" w14:textId="77777777" w:rsidR="00D46CC1" w:rsidRDefault="00D46CC1">
+    <w:p w14:paraId="0FFA246D" w14:textId="77777777" w:rsidR="00CE2E45" w:rsidRDefault="00CE2E45">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
+    <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
     <w:panose1 w:val="0205050205050A020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
+    <w:altName w:val="Franklin Gothic Medium Cond"/>
     <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
-    <w:panose1 w:val="02000606040000020004"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:altName w:val="Nyala"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000607B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ACaslonPro-Regular">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="0205050205050A020403"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="SourceSansPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria Math">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2099620D" w14:textId="77777777" w:rsidR="004B01A7" w:rsidRDefault="004B01A7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2099620D" w14:textId="71B6446D" w:rsidR="004B01A7" w:rsidRPr="005777B0" w:rsidRDefault="00DA314D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="006528DA">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>MSP-R</w:t>
+    </w:r>
+    <w:r w:rsidR="00147B7F" w:rsidRPr="006528DA">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="00F6186E" w:rsidRPr="006528DA">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>PT-BR</w:t>
+    </w:r>
+    <w:r w:rsidR="00147B7F" w:rsidRPr="006528DA">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006528DA">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>2025-</w:t>
+    </w:r>
+    <w:r w:rsidR="00147B7F" w:rsidRPr="006528DA">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04C6226B" w14:textId="77777777" w:rsidR="00D46CC1" w:rsidRDefault="00D46CC1">
+    <w:p w14:paraId="3C7638BB" w14:textId="77777777" w:rsidR="00CE2E45" w:rsidRDefault="00CE2E45">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C37305A" w14:textId="77777777" w:rsidR="00D46CC1" w:rsidRDefault="00D46CC1">
+    <w:p w14:paraId="0E98A306" w14:textId="77777777" w:rsidR="00CE2E45" w:rsidRDefault="00CE2E45">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0FD4231F" w14:textId="77777777" w:rsidR="00D46CC1" w:rsidRDefault="00D46CC1">
+    <w:p w14:paraId="38433FF6" w14:textId="77777777" w:rsidR="00CE2E45" w:rsidRDefault="00CE2E45">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00BD69E2" w:rsidRDefault="00BD69E2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00F261BE"/>
-[...114 lines deleted...]
-      </w:rPr>
+    <w:nsid w:val="FFFFFFFE"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="31DE6A54"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="*"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04141E6D"/>
+    <w:nsid w:val="02CF606B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="05A2872E"/>
-[...15 lines deleted...]
-        <w:szCs w:val="23"/>
+    <w:tmpl w:val="843EB548"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="052766D5"/>
-[...230 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11AB7D7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEAE4E6A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1452" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2172" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9914,166 +11922,366 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7212" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="175142B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AD68F76"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="205925AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BB2B738"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11B91C4D"/>
+    <w:nsid w:val="28A32F55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ED80F854"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:tmpl w:val="0B668358"/>
+    <w:lvl w:ilvl="0" w:tplc="580A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18070780"/>
+    <w:nsid w:val="2A00070F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EA7AD6A6"/>
+    <w:tmpl w:val="F4F4BC78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -10140,2179 +12348,877 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A4A47E9"/>
-[...44 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:nsid w:val="325E6E0E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CB9E0622"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...25 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...22 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="254B6652"/>
+    <w:nsid w:val="36FD4133"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EBE58BA"/>
-[...15 lines deleted...]
-        <w:szCs w:val="23"/>
+    <w:tmpl w:val="23DAD45A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="26B821ED"/>
+    <w:nsid w:val="37D23852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9336F9EE"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="5E6486CE"/>
+    <w:lvl w:ilvl="0" w:tplc="A0BE33C4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...11 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E787EB3"/>
+    <w:nsid w:val="3A812554"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BA724F42"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:tmpl w:val="279E3ABA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="31746111"/>
+    <w:nsid w:val="51A854B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="18887678"/>
-[...15 lines deleted...]
-        <w:szCs w:val="23"/>
+    <w:tmpl w:val="B2FAAE38"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="33EE700A"/>
+    <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1E749936"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:tmpl w:val="6C80DE6C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...35 lines deleted...]
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="35803338"/>
+    <w:nsid w:val="5F656FF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="76FE5ECA"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:tmpl w:val="6FA47ED2"/>
+    <w:lvl w:ilvl="0" w:tplc="31DE6A54">
+      <w:start w:val="65535"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="1C252E"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="38F267D6"/>
-[...1294 lines deleted...]
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A050EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33B283AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12381,408 +13287,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="656C2A78"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EF218C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FB30EEFC"/>
-[...15 lines deleted...]
-        <w:szCs w:val="23"/>
+    <w:tmpl w:val="D49C204E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-[...237 lines deleted...]
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9454D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE4CCCAC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12851,277 +13513,539 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6FE5657A"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73ED1683"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9320A656"/>
+    <w:tmpl w:val="B1F2231C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76044270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C2BC335E"/>
+    <w:tmpl w:val="0DA26666"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77A70F38"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC80668E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A0564B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D64A7A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A515737"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24320864"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13190,1147 +14114,1069 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7BA83451"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D6C62F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A27289CE"/>
-[...43 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="6C9ADED8"/>
+    <w:lvl w:ilvl="0" w:tplc="31DE6A54">
+      <w:start w:val="65535"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...67 lines deleted...]
-      <w:start w:val="1"/>
+        <w:color w:val="1C252E"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...24 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...24 lines deleted...]
-      <w:start w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...20 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1875072923">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1428235937">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1380402877">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1550216969">
+  <w:num w:numId="4" w16cid:durableId="1420440618">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="434179284">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="349914914">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="548422210">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+          <w:color w:val="1C252E"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1788431007">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1821772430">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="37121533">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2016151245">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="646713156">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="525755594">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="908921642">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="784228800">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="974529254">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="879511111">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="721251017">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="880703339">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1328510256">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1534461570">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1977907295">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="739984515">
-[...59 lines deleted...]
-  <w:num w:numId="25" w16cid:durableId="1433865984">
+  <w:num w:numId="23" w16cid:durableId="1339698787">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="675965092">
-[...29 lines deleted...]
-  <w:numIdMacAtCleanup w:val="34"/>
+  <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360ABB"/>
     <w:rsid w:val="0000021B"/>
     <w:rsid w:val="00000A01"/>
     <w:rsid w:val="00000BC0"/>
     <w:rsid w:val="000034AE"/>
     <w:rsid w:val="00005958"/>
-    <w:rsid w:val="00007709"/>
     <w:rsid w:val="00014AAE"/>
+    <w:rsid w:val="00024184"/>
     <w:rsid w:val="00024D29"/>
     <w:rsid w:val="0002645A"/>
-    <w:rsid w:val="00030ECE"/>
-    <w:rsid w:val="00035184"/>
+    <w:rsid w:val="00032E75"/>
     <w:rsid w:val="0003586D"/>
     <w:rsid w:val="0003776B"/>
-    <w:rsid w:val="00041529"/>
+    <w:rsid w:val="00043E77"/>
     <w:rsid w:val="0004554A"/>
+    <w:rsid w:val="00061F73"/>
     <w:rsid w:val="00066FD0"/>
     <w:rsid w:val="0007036D"/>
     <w:rsid w:val="0007287A"/>
     <w:rsid w:val="0007541B"/>
+    <w:rsid w:val="0008310A"/>
     <w:rsid w:val="00085487"/>
     <w:rsid w:val="00093461"/>
     <w:rsid w:val="000938A6"/>
-    <w:rsid w:val="0009634C"/>
     <w:rsid w:val="000A011C"/>
     <w:rsid w:val="000A1924"/>
     <w:rsid w:val="000A1E09"/>
     <w:rsid w:val="000B199E"/>
     <w:rsid w:val="000C0660"/>
     <w:rsid w:val="000C14CB"/>
+    <w:rsid w:val="000C2CE0"/>
     <w:rsid w:val="000D0CDC"/>
     <w:rsid w:val="000D31F7"/>
+    <w:rsid w:val="000D56CB"/>
     <w:rsid w:val="000E116C"/>
     <w:rsid w:val="000E1930"/>
-    <w:rsid w:val="000F1024"/>
     <w:rsid w:val="000F5AF5"/>
     <w:rsid w:val="000F7650"/>
     <w:rsid w:val="001007F6"/>
     <w:rsid w:val="00101D5A"/>
     <w:rsid w:val="00106BCB"/>
     <w:rsid w:val="00107051"/>
     <w:rsid w:val="00107D22"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00113AB4"/>
+    <w:rsid w:val="00114C6A"/>
     <w:rsid w:val="001230AF"/>
     <w:rsid w:val="001246F0"/>
     <w:rsid w:val="00130E3B"/>
     <w:rsid w:val="001318EF"/>
     <w:rsid w:val="0013324A"/>
     <w:rsid w:val="00134365"/>
     <w:rsid w:val="001401F5"/>
     <w:rsid w:val="001412F3"/>
     <w:rsid w:val="00141B03"/>
     <w:rsid w:val="00142120"/>
     <w:rsid w:val="00143245"/>
+    <w:rsid w:val="00147B7F"/>
     <w:rsid w:val="001569D8"/>
     <w:rsid w:val="0016018F"/>
     <w:rsid w:val="001615A2"/>
     <w:rsid w:val="00165D44"/>
+    <w:rsid w:val="001712E5"/>
     <w:rsid w:val="00171F97"/>
     <w:rsid w:val="00174819"/>
+    <w:rsid w:val="0017511A"/>
     <w:rsid w:val="00185183"/>
     <w:rsid w:val="00192BDA"/>
     <w:rsid w:val="00195909"/>
-    <w:rsid w:val="00195BB8"/>
     <w:rsid w:val="0019670F"/>
     <w:rsid w:val="001967D0"/>
     <w:rsid w:val="001A0CB0"/>
     <w:rsid w:val="001A1675"/>
     <w:rsid w:val="001A1D20"/>
+    <w:rsid w:val="001A4500"/>
+    <w:rsid w:val="001A713A"/>
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
     <w:rsid w:val="001D563E"/>
+    <w:rsid w:val="001E043F"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
     <w:rsid w:val="001E519B"/>
     <w:rsid w:val="001F189E"/>
     <w:rsid w:val="001F3DB7"/>
     <w:rsid w:val="00200957"/>
     <w:rsid w:val="00200964"/>
     <w:rsid w:val="00201654"/>
     <w:rsid w:val="00203CA2"/>
     <w:rsid w:val="00204740"/>
+    <w:rsid w:val="00206AFA"/>
     <w:rsid w:val="00207AAA"/>
     <w:rsid w:val="0021072C"/>
-    <w:rsid w:val="00211A2C"/>
     <w:rsid w:val="002146F9"/>
     <w:rsid w:val="00215430"/>
-    <w:rsid w:val="00221312"/>
     <w:rsid w:val="0022222F"/>
     <w:rsid w:val="002222C4"/>
     <w:rsid w:val="00222F00"/>
     <w:rsid w:val="00231783"/>
     <w:rsid w:val="00231BE7"/>
+    <w:rsid w:val="00232D95"/>
     <w:rsid w:val="002343CA"/>
     <w:rsid w:val="00241D7E"/>
-    <w:rsid w:val="002420EA"/>
     <w:rsid w:val="00243457"/>
     <w:rsid w:val="00243B8B"/>
     <w:rsid w:val="002547EC"/>
     <w:rsid w:val="002628B6"/>
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="002770C0"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
+    <w:rsid w:val="0028323C"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
     <w:rsid w:val="002A6595"/>
-    <w:rsid w:val="002C1078"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C6E37"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
     <w:rsid w:val="002E09E5"/>
+    <w:rsid w:val="002E3259"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E6B33"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
-    <w:rsid w:val="002F09B8"/>
     <w:rsid w:val="00300B53"/>
     <w:rsid w:val="00302C5E"/>
-    <w:rsid w:val="003038DF"/>
+    <w:rsid w:val="00307B1F"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="003257EB"/>
     <w:rsid w:val="00331DC7"/>
+    <w:rsid w:val="00332418"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
     <w:rsid w:val="00343B9F"/>
     <w:rsid w:val="0034515B"/>
     <w:rsid w:val="00345187"/>
     <w:rsid w:val="00355FB4"/>
     <w:rsid w:val="00360ABB"/>
-    <w:rsid w:val="00366DA6"/>
+    <w:rsid w:val="003635C4"/>
     <w:rsid w:val="00366E2F"/>
+    <w:rsid w:val="00371CBA"/>
     <w:rsid w:val="00381CA0"/>
     <w:rsid w:val="00383294"/>
     <w:rsid w:val="0038573C"/>
     <w:rsid w:val="00385E75"/>
+    <w:rsid w:val="003878B6"/>
     <w:rsid w:val="0039177E"/>
     <w:rsid w:val="00391F73"/>
     <w:rsid w:val="00392124"/>
     <w:rsid w:val="003929E5"/>
     <w:rsid w:val="00397782"/>
     <w:rsid w:val="003A1716"/>
     <w:rsid w:val="003A5CE4"/>
     <w:rsid w:val="003B03FE"/>
     <w:rsid w:val="003B249C"/>
+    <w:rsid w:val="003B2673"/>
     <w:rsid w:val="003B270C"/>
     <w:rsid w:val="003B2FC1"/>
     <w:rsid w:val="003D3211"/>
     <w:rsid w:val="003D5BFF"/>
     <w:rsid w:val="003D6B91"/>
     <w:rsid w:val="003D6CDE"/>
     <w:rsid w:val="003E2DBC"/>
     <w:rsid w:val="003E58CB"/>
     <w:rsid w:val="003E63C8"/>
     <w:rsid w:val="003F0BF9"/>
+    <w:rsid w:val="003F7A3C"/>
     <w:rsid w:val="00400621"/>
     <w:rsid w:val="004019BC"/>
     <w:rsid w:val="00403AD2"/>
     <w:rsid w:val="004076A6"/>
     <w:rsid w:val="00411EDB"/>
     <w:rsid w:val="004120F6"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00413157"/>
     <w:rsid w:val="004166CA"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00422BAF"/>
     <w:rsid w:val="00424EB5"/>
+    <w:rsid w:val="00427920"/>
     <w:rsid w:val="004318FE"/>
     <w:rsid w:val="00432661"/>
     <w:rsid w:val="00432E1C"/>
     <w:rsid w:val="0043347A"/>
     <w:rsid w:val="00434244"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004417C1"/>
-    <w:rsid w:val="00442D92"/>
     <w:rsid w:val="00452DD7"/>
     <w:rsid w:val="0046456B"/>
     <w:rsid w:val="00466859"/>
     <w:rsid w:val="004708BC"/>
     <w:rsid w:val="0047108A"/>
-    <w:rsid w:val="00480617"/>
+    <w:rsid w:val="00473A76"/>
     <w:rsid w:val="00481271"/>
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="00496C63"/>
+    <w:rsid w:val="00497130"/>
     <w:rsid w:val="004A5FB4"/>
+    <w:rsid w:val="004A649A"/>
     <w:rsid w:val="004A7027"/>
     <w:rsid w:val="004A7620"/>
-    <w:rsid w:val="004A7F58"/>
     <w:rsid w:val="004B01A7"/>
     <w:rsid w:val="004B0622"/>
-    <w:rsid w:val="004B4AED"/>
     <w:rsid w:val="004C1053"/>
     <w:rsid w:val="004C10E1"/>
     <w:rsid w:val="004C372A"/>
+    <w:rsid w:val="004C59C8"/>
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D6934"/>
     <w:rsid w:val="004E5359"/>
+    <w:rsid w:val="004F519B"/>
     <w:rsid w:val="004F5306"/>
     <w:rsid w:val="004F5AA1"/>
     <w:rsid w:val="00505718"/>
     <w:rsid w:val="00505740"/>
     <w:rsid w:val="005158EE"/>
     <w:rsid w:val="00517FC5"/>
     <w:rsid w:val="005204FF"/>
-    <w:rsid w:val="0052091A"/>
     <w:rsid w:val="00520AE6"/>
-    <w:rsid w:val="0052763D"/>
+    <w:rsid w:val="005219FB"/>
     <w:rsid w:val="005307E8"/>
+    <w:rsid w:val="005324CC"/>
     <w:rsid w:val="00537942"/>
     <w:rsid w:val="00542F18"/>
     <w:rsid w:val="00543E13"/>
     <w:rsid w:val="005523E6"/>
     <w:rsid w:val="00552D93"/>
+    <w:rsid w:val="00553603"/>
     <w:rsid w:val="005544F8"/>
     <w:rsid w:val="0055451C"/>
     <w:rsid w:val="0056132D"/>
-    <w:rsid w:val="00564A4C"/>
     <w:rsid w:val="00572FC4"/>
+    <w:rsid w:val="00574012"/>
     <w:rsid w:val="00576D9F"/>
+    <w:rsid w:val="005777B0"/>
     <w:rsid w:val="00577AF0"/>
     <w:rsid w:val="0059010C"/>
     <w:rsid w:val="005925E5"/>
     <w:rsid w:val="005A0386"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A1F9C"/>
     <w:rsid w:val="005A259F"/>
     <w:rsid w:val="005A486E"/>
     <w:rsid w:val="005A76B3"/>
+    <w:rsid w:val="005B42CA"/>
     <w:rsid w:val="005B5136"/>
     <w:rsid w:val="005B7469"/>
     <w:rsid w:val="005B76F6"/>
     <w:rsid w:val="005C583A"/>
     <w:rsid w:val="005D2AC4"/>
+    <w:rsid w:val="005E1D4F"/>
     <w:rsid w:val="005E46C6"/>
-    <w:rsid w:val="005E57C1"/>
     <w:rsid w:val="005E59BC"/>
+    <w:rsid w:val="005F14FB"/>
     <w:rsid w:val="005F2B92"/>
     <w:rsid w:val="005F62BB"/>
     <w:rsid w:val="006106DB"/>
     <w:rsid w:val="00610911"/>
     <w:rsid w:val="00622D9E"/>
     <w:rsid w:val="006345C4"/>
     <w:rsid w:val="00635C08"/>
+    <w:rsid w:val="00636A01"/>
     <w:rsid w:val="00636B57"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00646DBF"/>
     <w:rsid w:val="00650876"/>
     <w:rsid w:val="0065235D"/>
-    <w:rsid w:val="006524EB"/>
+    <w:rsid w:val="006528DA"/>
     <w:rsid w:val="0065783F"/>
     <w:rsid w:val="00657D3F"/>
     <w:rsid w:val="00662C03"/>
     <w:rsid w:val="00673D4F"/>
     <w:rsid w:val="00683DC5"/>
     <w:rsid w:val="00685C3B"/>
     <w:rsid w:val="006A2D74"/>
     <w:rsid w:val="006A2E8C"/>
     <w:rsid w:val="006A3BD7"/>
-    <w:rsid w:val="006A73EF"/>
     <w:rsid w:val="006B0873"/>
     <w:rsid w:val="006B0BFA"/>
     <w:rsid w:val="006B0D7F"/>
     <w:rsid w:val="006C0CD5"/>
     <w:rsid w:val="006C19ED"/>
-    <w:rsid w:val="006C29A9"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
+    <w:rsid w:val="006D0894"/>
+    <w:rsid w:val="006D0B08"/>
     <w:rsid w:val="006D7786"/>
+    <w:rsid w:val="006D7FC5"/>
     <w:rsid w:val="006E07E0"/>
     <w:rsid w:val="006E31B1"/>
     <w:rsid w:val="006E5D70"/>
+    <w:rsid w:val="006E729F"/>
     <w:rsid w:val="006F06AB"/>
     <w:rsid w:val="006F63C0"/>
     <w:rsid w:val="00700368"/>
-    <w:rsid w:val="007021F3"/>
+    <w:rsid w:val="007042A5"/>
+    <w:rsid w:val="007055F5"/>
     <w:rsid w:val="00716876"/>
     <w:rsid w:val="0072129C"/>
     <w:rsid w:val="00721B17"/>
     <w:rsid w:val="00723E58"/>
+    <w:rsid w:val="00724C3F"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="00730283"/>
     <w:rsid w:val="0073068A"/>
     <w:rsid w:val="0073351B"/>
     <w:rsid w:val="00735AF4"/>
-    <w:rsid w:val="00735BE1"/>
     <w:rsid w:val="00742460"/>
     <w:rsid w:val="00746292"/>
     <w:rsid w:val="00746A0C"/>
     <w:rsid w:val="00751AF0"/>
+    <w:rsid w:val="00751D7C"/>
     <w:rsid w:val="00752B0A"/>
     <w:rsid w:val="007558C6"/>
     <w:rsid w:val="00755E22"/>
     <w:rsid w:val="00761049"/>
     <w:rsid w:val="007651D3"/>
     <w:rsid w:val="00770645"/>
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
+    <w:rsid w:val="00774CF9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
+    <w:rsid w:val="0078613B"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
+    <w:rsid w:val="00793879"/>
     <w:rsid w:val="007965A1"/>
+    <w:rsid w:val="007A4C36"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
     <w:rsid w:val="007B4EAF"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E688C"/>
     <w:rsid w:val="007F1316"/>
     <w:rsid w:val="007F3230"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00803AD1"/>
     <w:rsid w:val="00807F48"/>
     <w:rsid w:val="00811785"/>
     <w:rsid w:val="00820069"/>
+    <w:rsid w:val="008239CD"/>
     <w:rsid w:val="00825CEF"/>
     <w:rsid w:val="00827946"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="00834CDC"/>
     <w:rsid w:val="00836970"/>
     <w:rsid w:val="00844546"/>
+    <w:rsid w:val="00846C6C"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00865E17"/>
+    <w:rsid w:val="008712B2"/>
     <w:rsid w:val="0087195A"/>
+    <w:rsid w:val="00872DB3"/>
     <w:rsid w:val="0087444D"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="0088243F"/>
     <w:rsid w:val="00887459"/>
     <w:rsid w:val="00892E5B"/>
-    <w:rsid w:val="00893E95"/>
+    <w:rsid w:val="008969A9"/>
     <w:rsid w:val="008A258A"/>
     <w:rsid w:val="008A7CF5"/>
     <w:rsid w:val="008B069A"/>
     <w:rsid w:val="008B3858"/>
     <w:rsid w:val="008B3E09"/>
     <w:rsid w:val="008B4097"/>
     <w:rsid w:val="008C0B12"/>
     <w:rsid w:val="008C16BA"/>
     <w:rsid w:val="008C3A1D"/>
     <w:rsid w:val="008C3C0B"/>
     <w:rsid w:val="008C63B9"/>
     <w:rsid w:val="008E04CA"/>
     <w:rsid w:val="008E073B"/>
     <w:rsid w:val="008E09CA"/>
     <w:rsid w:val="008E212B"/>
     <w:rsid w:val="008E6F24"/>
     <w:rsid w:val="008E7876"/>
     <w:rsid w:val="008F0E6A"/>
     <w:rsid w:val="008F12A9"/>
+    <w:rsid w:val="008F1996"/>
     <w:rsid w:val="008F4E4F"/>
     <w:rsid w:val="008F6E8C"/>
     <w:rsid w:val="008F7C45"/>
     <w:rsid w:val="009013EF"/>
     <w:rsid w:val="00902E45"/>
     <w:rsid w:val="00907C16"/>
     <w:rsid w:val="00911913"/>
     <w:rsid w:val="00911D6C"/>
     <w:rsid w:val="00912872"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="0092699F"/>
-    <w:rsid w:val="00927C99"/>
     <w:rsid w:val="00933A9B"/>
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
     <w:rsid w:val="00942DE7"/>
+    <w:rsid w:val="0094545F"/>
     <w:rsid w:val="00963EBB"/>
+    <w:rsid w:val="00975686"/>
     <w:rsid w:val="00975CC6"/>
     <w:rsid w:val="0098340E"/>
+    <w:rsid w:val="0098676C"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="009916BE"/>
     <w:rsid w:val="00991B95"/>
-    <w:rsid w:val="00992DA3"/>
     <w:rsid w:val="00993891"/>
+    <w:rsid w:val="00993E14"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="0099749B"/>
-    <w:rsid w:val="009A0A83"/>
     <w:rsid w:val="009A111E"/>
-    <w:rsid w:val="009A1B4D"/>
     <w:rsid w:val="009A65E6"/>
     <w:rsid w:val="009B3F2E"/>
+    <w:rsid w:val="009B446A"/>
     <w:rsid w:val="009B4614"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
-    <w:rsid w:val="009C528C"/>
+    <w:rsid w:val="009C6031"/>
     <w:rsid w:val="009D5893"/>
+    <w:rsid w:val="009D5923"/>
     <w:rsid w:val="009D6DDA"/>
-    <w:rsid w:val="009E1767"/>
     <w:rsid w:val="009F130E"/>
     <w:rsid w:val="00A00503"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A145FF"/>
-    <w:rsid w:val="00A2066A"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
-    <w:rsid w:val="00A30F22"/>
-    <w:rsid w:val="00A35B07"/>
+    <w:rsid w:val="00A40752"/>
     <w:rsid w:val="00A429B2"/>
     <w:rsid w:val="00A46829"/>
     <w:rsid w:val="00A53DA0"/>
-    <w:rsid w:val="00A54D4F"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
     <w:rsid w:val="00A770C1"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
+    <w:rsid w:val="00AA323A"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
     <w:rsid w:val="00AB048C"/>
+    <w:rsid w:val="00AB531C"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC21B7"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AC52D5"/>
     <w:rsid w:val="00AD3E82"/>
     <w:rsid w:val="00AE42EF"/>
     <w:rsid w:val="00AE5374"/>
     <w:rsid w:val="00AF0645"/>
     <w:rsid w:val="00AF22EC"/>
     <w:rsid w:val="00AF3689"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF6150"/>
     <w:rsid w:val="00B012CE"/>
     <w:rsid w:val="00B0162B"/>
     <w:rsid w:val="00B02C70"/>
     <w:rsid w:val="00B03069"/>
     <w:rsid w:val="00B038FB"/>
-    <w:rsid w:val="00B06309"/>
+    <w:rsid w:val="00B075F5"/>
     <w:rsid w:val="00B1149F"/>
     <w:rsid w:val="00B12474"/>
-    <w:rsid w:val="00B155D8"/>
+    <w:rsid w:val="00B17784"/>
+    <w:rsid w:val="00B24038"/>
     <w:rsid w:val="00B26545"/>
     <w:rsid w:val="00B32F0E"/>
     <w:rsid w:val="00B344BC"/>
     <w:rsid w:val="00B42E50"/>
     <w:rsid w:val="00B45931"/>
     <w:rsid w:val="00B45E87"/>
     <w:rsid w:val="00B479FA"/>
-    <w:rsid w:val="00B558CF"/>
     <w:rsid w:val="00B56736"/>
-    <w:rsid w:val="00B56A25"/>
     <w:rsid w:val="00B60CBE"/>
+    <w:rsid w:val="00B612B7"/>
     <w:rsid w:val="00B61736"/>
     <w:rsid w:val="00B61B98"/>
     <w:rsid w:val="00B627A7"/>
     <w:rsid w:val="00B66544"/>
     <w:rsid w:val="00B666C2"/>
     <w:rsid w:val="00B67038"/>
     <w:rsid w:val="00B67308"/>
     <w:rsid w:val="00B67BE6"/>
-    <w:rsid w:val="00B71800"/>
     <w:rsid w:val="00B72583"/>
+    <w:rsid w:val="00B733F2"/>
+    <w:rsid w:val="00B764A8"/>
     <w:rsid w:val="00B80DCA"/>
     <w:rsid w:val="00B841F8"/>
-    <w:rsid w:val="00B907EE"/>
     <w:rsid w:val="00B90C8A"/>
     <w:rsid w:val="00B920F2"/>
     <w:rsid w:val="00B947D7"/>
     <w:rsid w:val="00BA06CD"/>
     <w:rsid w:val="00BB2424"/>
     <w:rsid w:val="00BB5E1E"/>
     <w:rsid w:val="00BB6ECB"/>
     <w:rsid w:val="00BC3427"/>
+    <w:rsid w:val="00BC77D3"/>
     <w:rsid w:val="00BD2D68"/>
     <w:rsid w:val="00BD69E2"/>
     <w:rsid w:val="00BF4965"/>
+    <w:rsid w:val="00BF7704"/>
+    <w:rsid w:val="00C00DB0"/>
+    <w:rsid w:val="00C07D43"/>
     <w:rsid w:val="00C10489"/>
     <w:rsid w:val="00C1090B"/>
     <w:rsid w:val="00C13B7E"/>
+    <w:rsid w:val="00C17E82"/>
     <w:rsid w:val="00C2273C"/>
     <w:rsid w:val="00C262A7"/>
     <w:rsid w:val="00C2718D"/>
     <w:rsid w:val="00C27695"/>
     <w:rsid w:val="00C27BFA"/>
     <w:rsid w:val="00C30627"/>
     <w:rsid w:val="00C30E69"/>
     <w:rsid w:val="00C33609"/>
     <w:rsid w:val="00C3399D"/>
     <w:rsid w:val="00C42B37"/>
     <w:rsid w:val="00C44C7F"/>
     <w:rsid w:val="00C46FE2"/>
     <w:rsid w:val="00C5050C"/>
     <w:rsid w:val="00C50CD6"/>
     <w:rsid w:val="00C529D7"/>
     <w:rsid w:val="00C55C6E"/>
     <w:rsid w:val="00C611B1"/>
     <w:rsid w:val="00C620AB"/>
     <w:rsid w:val="00C63477"/>
     <w:rsid w:val="00C634C7"/>
     <w:rsid w:val="00C65B72"/>
     <w:rsid w:val="00C6661B"/>
-    <w:rsid w:val="00C72AAA"/>
-    <w:rsid w:val="00C73C4B"/>
     <w:rsid w:val="00C742DE"/>
     <w:rsid w:val="00C75A1A"/>
     <w:rsid w:val="00C8060A"/>
+    <w:rsid w:val="00C818BA"/>
     <w:rsid w:val="00C86302"/>
     <w:rsid w:val="00C93854"/>
     <w:rsid w:val="00CA1915"/>
     <w:rsid w:val="00CA3AEB"/>
     <w:rsid w:val="00CA40C4"/>
-    <w:rsid w:val="00CA4101"/>
+    <w:rsid w:val="00CA48CE"/>
     <w:rsid w:val="00CA5469"/>
     <w:rsid w:val="00CB0965"/>
     <w:rsid w:val="00CB0F6D"/>
-    <w:rsid w:val="00CB1B6B"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CB5E5A"/>
     <w:rsid w:val="00CC0BB0"/>
     <w:rsid w:val="00CC0D1D"/>
     <w:rsid w:val="00CC6535"/>
+    <w:rsid w:val="00CD5A48"/>
     <w:rsid w:val="00CE29C7"/>
+    <w:rsid w:val="00CE2E45"/>
     <w:rsid w:val="00CF26F8"/>
     <w:rsid w:val="00D01F40"/>
-    <w:rsid w:val="00D137C8"/>
     <w:rsid w:val="00D15374"/>
-    <w:rsid w:val="00D217C3"/>
     <w:rsid w:val="00D224EF"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
+    <w:rsid w:val="00D35806"/>
     <w:rsid w:val="00D400F5"/>
-    <w:rsid w:val="00D46835"/>
-    <w:rsid w:val="00D46CC1"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
     <w:rsid w:val="00D640A3"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
-    <w:rsid w:val="00D775D9"/>
     <w:rsid w:val="00D77E78"/>
     <w:rsid w:val="00D80F24"/>
     <w:rsid w:val="00D838D0"/>
-    <w:rsid w:val="00D90C31"/>
     <w:rsid w:val="00D965E3"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
+    <w:rsid w:val="00DA314D"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB5BD0"/>
     <w:rsid w:val="00DB7D50"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DE4B6F"/>
     <w:rsid w:val="00DE60BE"/>
     <w:rsid w:val="00DF0557"/>
     <w:rsid w:val="00DF2FAC"/>
+    <w:rsid w:val="00DF423E"/>
     <w:rsid w:val="00E055E1"/>
     <w:rsid w:val="00E07F1C"/>
     <w:rsid w:val="00E14A80"/>
     <w:rsid w:val="00E14B79"/>
     <w:rsid w:val="00E14D48"/>
     <w:rsid w:val="00E1639E"/>
+    <w:rsid w:val="00E169FE"/>
     <w:rsid w:val="00E16FBB"/>
+    <w:rsid w:val="00E1736D"/>
     <w:rsid w:val="00E23682"/>
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
+    <w:rsid w:val="00E31B47"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
-    <w:rsid w:val="00E37921"/>
     <w:rsid w:val="00E37C8C"/>
-    <w:rsid w:val="00E42357"/>
     <w:rsid w:val="00E44AA4"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
     <w:rsid w:val="00E47BB5"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E62A3D"/>
     <w:rsid w:val="00E71B09"/>
     <w:rsid w:val="00E73BC3"/>
     <w:rsid w:val="00E77331"/>
     <w:rsid w:val="00E80549"/>
     <w:rsid w:val="00E821B9"/>
     <w:rsid w:val="00E8293A"/>
     <w:rsid w:val="00E8380C"/>
     <w:rsid w:val="00E9639B"/>
     <w:rsid w:val="00EA0C5E"/>
     <w:rsid w:val="00EA14B4"/>
     <w:rsid w:val="00EB2DE4"/>
     <w:rsid w:val="00EB315B"/>
     <w:rsid w:val="00EB432F"/>
     <w:rsid w:val="00EC1C24"/>
-    <w:rsid w:val="00EC5EE0"/>
     <w:rsid w:val="00EC6011"/>
+    <w:rsid w:val="00EC70E1"/>
     <w:rsid w:val="00ED37CC"/>
     <w:rsid w:val="00ED65C1"/>
-    <w:rsid w:val="00EE3274"/>
     <w:rsid w:val="00EE3D15"/>
     <w:rsid w:val="00EF1818"/>
     <w:rsid w:val="00EF346C"/>
-    <w:rsid w:val="00EF43BA"/>
     <w:rsid w:val="00EF45FA"/>
     <w:rsid w:val="00EF53B2"/>
     <w:rsid w:val="00EF6C0D"/>
     <w:rsid w:val="00F00C3C"/>
     <w:rsid w:val="00F039C9"/>
+    <w:rsid w:val="00F045CB"/>
     <w:rsid w:val="00F0484A"/>
     <w:rsid w:val="00F04C7F"/>
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F05842"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
+    <w:rsid w:val="00F21C4E"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
+    <w:rsid w:val="00F33E80"/>
+    <w:rsid w:val="00F36DD3"/>
+    <w:rsid w:val="00F40CB8"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F55BD5"/>
+    <w:rsid w:val="00F6186E"/>
     <w:rsid w:val="00F6255A"/>
+    <w:rsid w:val="00F62843"/>
     <w:rsid w:val="00F65CBC"/>
     <w:rsid w:val="00F7262B"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73E3D"/>
     <w:rsid w:val="00F7777A"/>
     <w:rsid w:val="00F81344"/>
-    <w:rsid w:val="00F9003A"/>
     <w:rsid w:val="00F90C02"/>
     <w:rsid w:val="00F93EA9"/>
     <w:rsid w:val="00F945E9"/>
     <w:rsid w:val="00F97F3E"/>
     <w:rsid w:val="00FA1C6D"/>
     <w:rsid w:val="00FA521F"/>
     <w:rsid w:val="00FB2469"/>
     <w:rsid w:val="00FB3C85"/>
+    <w:rsid w:val="00FC554A"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
     <w:rsid w:val="00FD5AC6"/>
     <w:rsid w:val="00FD6378"/>
     <w:rsid w:val="00FE0F4A"/>
     <w:rsid w:val="00FE6831"/>
     <w:rsid w:val="00FF03FB"/>
     <w:rsid w:val="00FF39CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15EC1037"/>
   <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
@@ -14343,51 +15189,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14722,157 +15568,151 @@
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
-    <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
-    <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
-    <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -15485,106 +16325,105 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D5BFF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00752B0A"/>
     <w:pPr>
       <w:spacing w:before="36"/>
       <w:ind w:left="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Kepler Std Light Scn" w:eastAsia="Times New Roman" w:hAnsi="Kepler Std Light Scn" w:cs="Kepler Std Light Scn"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00752B0A"/>
     <w:rPr>
       <w:rFonts w:ascii="Kepler Std Light Scn" w:eastAsia="Times New Roman" w:hAnsi="Kepler Std Light Scn" w:cs="Kepler Std Light Scn"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
     <w:name w:val="Style"/>
     <w:rsid w:val="008E6F24"/>
     <w:pPr>
@@ -15672,55 +16511,100 @@
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00907C16"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007651D3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="006D0894"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="40"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00BC77D3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00BC77D3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00BC77D3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scxw238643812">
+    <w:name w:val="scxw238643812"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00BC77D3"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="162010394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="876771824">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15737,51 +16621,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1337733578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/SNAP" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mhesubmission.ehs.mass.gov/esb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mhesubmission.ehs.mass.gov/esb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16041,80 +16925,86 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ABEB2B8-E7FA-4B9F-8BA6-67700F19C2FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>33728</Characters>
+  <Pages>25</Pages>
+  <Words>8960</Words>
+  <Characters>48476</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>281</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>932</Lines>
+  <Paragraphs>536</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39781</CharactersWithSpaces>
+  <CharactersWithSpaces>56900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2621488</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>