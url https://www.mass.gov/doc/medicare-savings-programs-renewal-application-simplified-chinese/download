--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -1,54 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0D4D019E" w14:textId="1ED5C6AC" w:rsidR="002E4877" w:rsidRPr="00813EA7" w:rsidRDefault="00B0162B" w:rsidP="00746292">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>费用</w:t>
       </w:r>
       <w:r w:rsidR="00EB071A" w:rsidRPr="00813EA7">
@@ -240,295 +239,417 @@
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Extra Help </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>可能帮助支付处方药费用。</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A83E6CF" w14:textId="61C7042F" w:rsidR="00543E13" w:rsidRPr="00813EA7" w:rsidRDefault="00543E13" w:rsidP="00241D7E">
-[...9 lines deleted...]
-        <w:t>您可以使用本续保申请表申请补充营养援助计划（</w:t>
+    <w:p w14:paraId="1A83E6CF" w14:textId="7611A200" w:rsidR="00543E13" w:rsidRDefault="00543E13" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>补充营养援助计划（</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>）。</w:t>
-[...11 lines deleted...]
-        <w:t>是一项联邦计划，帮助您每月购买食品。如果您感兴趣，请勾选申请表第</w:t>
+        <w:t>）是一项联邦计划，帮助您每月购买食品。如果您感兴趣，请勾选申请表第</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>页中的方框，阅读第</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB071A" w:rsidRPr="00813EA7">
+      <w:r w:rsidR="00E02849">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>页至第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02849">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>页中的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>权利和责任，并在第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02849">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>页至第</w:t>
+        <w:t>页中签名。然后，您的申请表将自动送交给过渡援助部（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>DTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>）。您不必申请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>计划即会考虑让您参加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Savings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>计划。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA57664" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>收到您的申请表后会怎样？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CBBCC5F" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>将很快打电话给您进行电话面试，查看您是否可以在七天内获得紧急</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9C1D86" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>将与您合作，以确认有关您的个案的信息。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74647BAA" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="0030165D" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果获得批准，您将领到一张电子福利转账（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>EBT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）卡，用于领取福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C027FF" w14:textId="4DE91B19" w:rsidR="00E02849" w:rsidRPr="0030165D" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0030165D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您将在</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030165D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030165D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>天内收到有关您的决定的通知。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64085C8A" w14:textId="2AF872FD" w:rsidR="00360ABB" w:rsidRPr="00813EA7" w:rsidRDefault="00360ABB" w:rsidP="008072DD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>我可以有多少资产？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A09890" w14:textId="4AA11127" w:rsidR="00CB0F6D" w:rsidRPr="00813EA7" w:rsidRDefault="00EB071A" w:rsidP="00505740">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>马萨诸塞州</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB071A" w:rsidRPr="00813EA7">
-[...82 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>计划。</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>计划没有</w:t>
       </w:r>
       <w:r w:rsidR="00CB0F6D" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>资产限额。</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="76C10E3A" w14:textId="2CCAF3B7" w:rsidR="00EB071A" w:rsidRPr="00813EA7" w:rsidRDefault="00EB071A" w:rsidP="001E1DE4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>我可以有多少收入？</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5A1F44" w14:textId="413C17D6" w:rsidR="00CB0F6D" w:rsidRPr="00813EA7" w:rsidRDefault="00CB0F6D" w:rsidP="00505740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -570,65 +691,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>当我们计算您的可计入收入时，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>可能会从您的总收入中扣除某些扣除额。</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">130 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 520.012 </w:t>
+        <w:t xml:space="preserve">130 CMR 520.012 </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>至</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 520.014 </w:t>
       </w:r>
       <w:r w:rsidR="00EB071A" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>的法规中</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>描述了这些扣除额。</w:t>
       </w:r>
@@ -639,68 +746,63 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>您可以在以下网站查找有关收入限额的最新信息：</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00EE7050" w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB77A6B" w14:textId="77777777" w:rsidR="000F5AF5" w:rsidRPr="00813EA7" w:rsidRDefault="000F5AF5" w:rsidP="000F5AF5">
+    <w:p w14:paraId="4CB77A6B" w14:textId="1DED9055" w:rsidR="000F5AF5" w:rsidRPr="00813EA7" w:rsidRDefault="000F5AF5" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>续保程序</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E0329D" w14:textId="2C7AD7C5" w:rsidR="000F5AF5" w:rsidRPr="00813EA7" w:rsidRDefault="000F5AF5" w:rsidP="000F5AF5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>在您提交续保申请表后，如果您目前的福利发生变化或者我们需要更多信息，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>将向您发送通知。如果您认为决定错误，您有权提出上诉。书面通知背面列有关于如何上诉的信息。</w:t>
@@ -730,147 +832,166 @@
     <w:p w14:paraId="4358E6B9" w14:textId="5C838D45" w:rsidR="00E16FBB" w:rsidRPr="00813EA7" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>除非适用下列一种例外情况，否则您必须向我们提供每名申请的家庭成员的社会安全号码（</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>）或已申请社会安全号码的证明。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="00813EA7" w:rsidRDefault="00E16FBB" w:rsidP="004B01A7">
+    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="00813EA7" w:rsidRDefault="00E16FBB" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>例外情况</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="00813EA7" w:rsidRDefault="003D5BFF" w:rsidP="00942DE7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>如果您或您的任何家庭成员符合以下情况，则无需向我们提供</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> SSN </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>或已申请</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> SSN </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>的证明：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A06D66" w14:textId="26BF273B" w:rsidR="00E16FBB" w:rsidRPr="00813EA7" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="19A06D66" w14:textId="4C8D134A" w:rsidR="00E16FBB" w:rsidRPr="00813EA7" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>享有联邦法律中描述的宗教豁免；</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A919ED2" w14:textId="5A0392CF" w:rsidR="00E16FBB" w:rsidRPr="00813EA7" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+        <w:t>享有联邦法律中描述的宗教豁免</w:t>
+      </w:r>
+      <w:r w:rsidR="0030165D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A919ED2" w14:textId="5B29E19C" w:rsidR="00E16FBB" w:rsidRPr="00813EA7" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>仅符合申请非工作</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> SSN </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>的资格；或者</w:t>
+        <w:t>的资格</w:t>
+      </w:r>
+      <w:r w:rsidR="0030165D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>或者</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F86C40A" w14:textId="5623EFDB" w:rsidR="00E16FBB" w:rsidRPr="00813EA7" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>没有资格申请</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> SSN</w:t>
       </w:r>
@@ -1240,53 +1361,54 @@
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>可能会从银行和其他金融机构获取您的财务记录（以及您的家庭成员的财务记录（如适用）），以便验证您的财务资源，并以其他方式确定您作为</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>会员期间的资格。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9DE37D" w14:textId="601A4264" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="00B947D7">
+    <w:p w14:paraId="6A9DE37D" w14:textId="601A4264" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>我如何</w:t>
       </w:r>
       <w:r w:rsidR="00EE7050" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>续延我的</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare </w:t>
       </w:r>
       <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1352,817 +1474,774 @@
       <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>计划资格，请填写随附的续保申请表。如果您的配偶与您住在一起，也请提供有关您的配偶的信息。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="005204FF">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>在填妥的申请表中签名，并且</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058776A2" w14:textId="5507BC57" w:rsidR="001A1D20" w:rsidRPr="00813EA7" w:rsidRDefault="001A1D20" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>在以下网站提交：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6924E262" w14:textId="24D12781" w:rsidR="001A1D20" w:rsidRPr="00813EA7" w:rsidRDefault="00813EA7" w:rsidP="00C42B37">
+    <w:p w14:paraId="6924E262" w14:textId="24D12781" w:rsidR="001A1D20" w:rsidRPr="00813EA7" w:rsidRDefault="00B907EE" w:rsidP="00C42B37">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00B907EE" w:rsidRPr="00813EA7">
+        <w:r w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>mhesubmission.ehs.mass.gov/</w:t>
+          <w:t>mhesubmission.ehs.mass.gov/esb</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00B907EE" w:rsidRPr="00813EA7">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>（填写并使用您的电子提交参考号码上传申请表）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEE961D" w14:textId="06A1BAC9" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="00EA0C5E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>寄至：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E01DAEF" w14:textId="22FEAD97" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="00EA0C5E">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MassHealth Enrollment Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">PO Box 4405 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Taunton, MA  02780-0968</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1838DB2B" w14:textId="70B78C7A" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="00EA0C5E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>传真至：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(857) 323-8300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782776F0" w14:textId="2827163F" w:rsidR="00B26545" w:rsidRPr="00813EA7" w:rsidRDefault="00B26545" w:rsidP="00B26545">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>亲自递送至：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D01475" w14:textId="661E243B" w:rsidR="00E1639E" w:rsidRPr="00813EA7" w:rsidRDefault="00B627A7" w:rsidP="00142120">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth Enrollment Center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>The Schrafft Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>529 Main St., Suite 1M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Charlestown, MA  02120</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAF41CD" w14:textId="34F098DF" w:rsidR="00914A3B" w:rsidRPr="00813EA7" w:rsidRDefault="00685C3B" w:rsidP="008072DD">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>或者放入位于</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Charlestown</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Quincy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Taunton</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tewksbury </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Springfield </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>注册中心的投递箱。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583CBA04" w14:textId="234CC9A4" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>当我们收到续保申请表时，我们将进行审核。如果我们需要更多信息，我们会写信或打电话给您。一旦我们收到所需的所有信息，我们将决定您是否仍然符合资格。如果您的配偶在申请，我们还将决定您的配偶是否符合资格。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB90A8A" w14:textId="2B0F7603" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>您的申请表中附有选民登记表。您无需登记投票即可参加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Medicare </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Savings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>计划。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D616DD" w14:textId="5292AF15" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>如果您希望某人以您的经授权代表身份代表您行事，请使用随附的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“经授权代表指定表”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ARD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>）告诉我们。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5B9633" w14:textId="0B2F0DEF" w:rsidR="00B947D7" w:rsidRPr="00813EA7" w:rsidRDefault="00B947D7" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>请注意，本申请表仅适用于</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Savings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>计划。如果您希望通过一次申请来申请所有的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>计划（包括帮助支付</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>费用的计划），请联系</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>，电话号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (800) 841</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>2900</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>TDD/TTY:  711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>（如果您失聪或有听力或语言障碍），请求获得完整的申请表，或在以下网站下载相关申请表：</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>esb</w:t>
+          <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00B907EE" w:rsidRPr="00813EA7">
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="008072DD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>隐私和保密</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1040E7C5" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>致力于对您的个人信息保密。我们掌握的有关任何申请人或会员的所有个人信息（包括医疗数据、健康状况以及您在申请和领取福利期间向我们提供的个人信息）都会得到保密。除非法律或法院命令要求，否则未经您的许可，不得因与</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>管理无关的目的使用或披露此类信息。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B907EE" w:rsidRPr="00813EA7">
-[...68 lines deleted...]
-        <w:t>传真至：</w:t>
+    </w:p>
+    <w:p w14:paraId="25081775" w14:textId="45133DDD" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>您可以向我们提供书面许可，允许我们将您的个人健康信息用于特定目的或与特定个人或组织分享。您还可以允许我们与您的经授权代表、认证申请顾问（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>CAC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>）或辅导员（如有）分享您的个人信息。您可以通过填写</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ARD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“认证申请顾问指定表”或“辅导员指定表”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>这样做。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="008072DD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>分享信息许可</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D47AE2" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>如果您希望我们与并非您的经授权代表的人分享您的个人健康信息，包括发送您的资格通知，您可以向我们提供书面许可。</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
-[...174 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+    </w:p>
+    <w:p w14:paraId="7A7AE5BF" w14:textId="66469273" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>如需了解有关</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
-[...98 lines deleted...]
-        <w:t>如果您希望某人以您的经授权代表身份代表您行事，请使用随附的</w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>如何使用您的信息、您的权利以及如何给予我们分享您的信息许可的更多信息，请参阅下面</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>“经授权代表指定表”</w:t>
-[...147 lines deleted...]
-    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+        <w:t>“重要表格”部分的“分享信息许可”和“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>隐私方法通知</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>表格。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...187 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>经授权代表</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>经授权代表是您选择帮助您通过</w:t>
       </w:r>
@@ -2305,83 +2384,84 @@
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>的相关部分。如果该人士已被法律指定代表您，您或该人士还必须向</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>提交一份相关法律文件，说明该人士合法代表您或您的遗产。该人士可以是法定监护人、管理人、授权书持有人、医疗保健代理人；或者如果申请人或会员已经去世，则可以是遗产管理人或遗嘱执行人。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>重要表格</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>您可以在网站</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
+      <w:hyperlink r:id="rId11" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
         <w:r w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>查找以下表格。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRPr="00813EA7" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -2468,53 +2548,54 @@
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (800) 841-2900</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>TDD/TTY: 711</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>，索取任何此类表格。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EDC0F1" w14:textId="4C5CCBEC" w:rsidR="00360ABB" w:rsidRPr="00813EA7" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+    <w:p w14:paraId="76EDC0F1" w14:textId="4C5CCBEC" w:rsidR="00360ABB" w:rsidRPr="00813EA7" w:rsidRDefault="00360ABB" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>报告变化</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A0FCBA0" w14:textId="1F080ACE" w:rsidR="00360ABB" w:rsidRPr="00813EA7" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>如果您的生活状况有任何变化，包括但不限于收入、资产、地址、医疗保险、移民身份或残障状况，您必须在发生变化后的</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
@@ -2531,62 +2612,62 @@
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (800) 841-2900</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>TDD/TTY:  711</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>，告知我们任何变化。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B036628" w14:textId="4719A089" w:rsidR="00360ABB" w:rsidRPr="00813EA7" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
+    <w:p w14:paraId="6B036628" w14:textId="4719A089" w:rsidR="00360ABB" w:rsidRPr="00813EA7" w:rsidRDefault="00360ABB" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>其他福利</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32AAB970" w14:textId="59B725B3" w:rsidR="0056132D" w:rsidRPr="00813EA7" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>可以直接支付医疗服务费用。如果您符合资格，还可以支付您的</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -2630,50 +2711,51 @@
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>TDD/TTY:  711</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>，了解这些福利。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C72ECBC" w14:textId="2736502F" w:rsidR="00400621" w:rsidRPr="00813EA7" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>如果您对</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare </w:t>
       </w:r>
       <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>计划有任何疑问，也可以拨打这个号码。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF0F130" w14:textId="69AEE40D" w:rsidR="00400621" w:rsidRPr="00813EA7" w:rsidRDefault="00622D9E" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2785,51 +2867,51 @@
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>TDD/TTY:  (877) 486</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>2048</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>，或访问网站</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>www.medicare.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3961B93F" w14:textId="20714C67" w:rsidR="00400621" w:rsidRPr="00813EA7" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
@@ -2846,331 +2928,191 @@
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (800) 243-4636</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>TDD/TTY:  (877) 610-0241</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5F953C" w14:textId="756FC3C6" w:rsidR="000C0660" w:rsidRPr="00813EA7" w:rsidRDefault="00D80F24" w:rsidP="00907C16">
+    <w:p w14:paraId="2A5F953C" w14:textId="594370D0" w:rsidR="000C0660" w:rsidRPr="00813EA7" w:rsidRDefault="00D80F24" w:rsidP="00907C16">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MassHealth</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>EOHHS</w:t>
+      </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>EOHHS</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId12" w:tooltip="www.mass.gov/masshealth" w:history="1">
+      <w:hyperlink r:id="rId13" w:tooltip="www.mass.gov/masshealth" w:history="1">
         <w:r w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2AF826AD" w14:textId="5BB68933" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="001F189E" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare </w:t>
       </w:r>
       <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>计划续保申请表</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="00EE3D15">
+    <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>供有资格获得</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>的人使用</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2358B4" w14:textId="04BA568D" w:rsidR="00636B57" w:rsidRPr="00813EA7" w:rsidRDefault="00542F18" w:rsidP="0099749B">
-[...79 lines deleted...]
-    <w:p w14:paraId="7F85CF28" w14:textId="7578525C" w:rsidR="00107D22" w:rsidRPr="00813EA7" w:rsidRDefault="00107D22" w:rsidP="0099749B">
+    <w:p w14:paraId="7F85CF28" w14:textId="75815C80" w:rsidR="00107D22" w:rsidRPr="00813EA7" w:rsidRDefault="00107D22" w:rsidP="0099749B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>谁可以使用本续保申请表？</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B6929B7" w14:textId="6F5BBBB0" w:rsidR="00F44A8A" w:rsidRPr="00813EA7" w:rsidRDefault="00F44A8A" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
@@ -3284,222 +3226,252 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，失聪者、听力或语言障碍者请拨打</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> TDD/TTY:  711</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，索取不同的申请表。</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>或者在以下网站下载相关申请表：</w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6328A" w14:textId="1F2786B1" w:rsidR="00E14A80" w:rsidRPr="00813EA7" w:rsidRDefault="000A54B4" w:rsidP="00EE3D15">
+    <w:p w14:paraId="13F6328A" w14:textId="1F2786B1" w:rsidR="00E14A80" w:rsidRPr="00813EA7" w:rsidRDefault="000A54B4" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>补充营养援助计划（</w:t>
       </w:r>
       <w:r w:rsidR="00E14A80" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66FD8D8E" w14:textId="34A0356B" w:rsidR="00E14A80" w:rsidRPr="00813EA7" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>是一项联邦计划，帮助您每月购买健康食品。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C6DFC" w14:textId="2D3C306C" w:rsidR="00E14A80" w:rsidRPr="00813EA7" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
+    <w:p w14:paraId="282C6DFC" w14:textId="09573E01" w:rsidR="00E14A80" w:rsidRPr="00813EA7" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果您希望将本申请表送交给过渡援助部，作为</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>福利申请表，请勾选本方框。您必须阅读第</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030165D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>页至第</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE7050" w:rsidRPr="00813EA7">
-[...4 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="0030165D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>页中的权利和责任，并在第</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030165D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>页中签名才能继续申请。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="00907C16" w:rsidP="00EE3D15">
+    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="00907C16" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>一般信息</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="00F44A8A" w:rsidP="00783CA8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -3645,51 +3617,50 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>街道地址</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>城市</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>州</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
@@ -3697,50 +3668,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>邮编</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F317415" w14:textId="27AD616E" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>邮寄地址（如果与以上地址不同）</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>无家可归者</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="002C17C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -3909,464 +3881,1761 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>社会安全号码（</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5091C63A" w14:textId="7133C28B" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+    <w:p w14:paraId="5091C63A" w14:textId="7133C28B" w:rsidR="000B199E" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>索赔号码</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036E7012" w14:textId="69BB3A04" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="004B0622">
-[...15 lines deleted...]
-    <w:p w14:paraId="3ECE2394" w14:textId="09321929" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+    <w:p w14:paraId="6F5A514C" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是美国公民或美国国民吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EDCFE9" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4E0EDD" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799CF971" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“是”，您是归化公民、派生公民或获得公民（不是在美国出生）吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161A56FE" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B881A54" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F66CA00" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>外国人登记号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256058C3" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>入籍或公民证书号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3A06EE" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果不是公民，您具有合格的移民身份吗？（请查阅</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 130 CMR 518.000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，了解更多信息。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5928CD59" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5AB6F6" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C29B6DC" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“是”，您有移民文件吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1758F84E" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3A8ED8" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2086CB63" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果您在本申请表中包括您的移民文件副本，可能会帮助我们更快地处理您的申请表。请列出自从您进入美国以来适用于您的所有移民身份和</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>或条件。如果您需要更多纸页填写，请另附一页纸。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E35636A" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>身份授予日期（月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年）（如果是受虐者，请输入诉状批准日期。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1133BA2B" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>移民身份</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0879C364" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>移民文件类型</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4249768B" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>文件</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ID </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17559A93" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>外国人登记号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A17B858" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>护照或文件失效期（月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B07D1A0" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>国家</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4601AFCE" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您在本申请表中使用的姓名与您获得移民身份时使用的姓名相同吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C25305" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF7B0D9" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4839FE" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“否”，您曾使用过什么姓名？名、中间名、姓和后缀</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E591D9" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是在</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1996 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日后抵达美国的吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1219241A" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698AACFE" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081B8B48" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是美国军队光荣退役退伍军人或现役军人或美国军队光荣退役退伍军人或现役军人的配偶或子女吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23BAF810" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CB4C69" w14:textId="77777777" w:rsidR="0030165D" w:rsidRPr="004A7580" w:rsidRDefault="0030165D" w:rsidP="0030165D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B5E729" w14:textId="503F46BD" w:rsidR="0030165D" w:rsidRPr="00813EA7" w:rsidRDefault="0030165D" w:rsidP="0030165D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813EA7">
-[...7 lines deleted...]
-    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>选择回答：您是严重人口贩运的受害者、人口贩运受害者的配偶、子女、兄弟姐妹或父母、遭受虐待的配偶、遭受虐待的配偶的子女或父母吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036E7012" w14:textId="69BB3A04" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="004B0622">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>您的配偶</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECE2394" w14:textId="09321929" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>名</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+        <w:t>姓</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>中间名首字母</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3BA77E61" w14:textId="4EAD9E78" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+        <w:t>名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>出生日期</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23A829C1" w14:textId="75A53476" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+        <w:t>中间名首字母</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA77E61" w14:textId="4EAD9E78" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>性别</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="055694C7" w14:textId="7A51428D" w:rsidR="0059010C" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+        <w:t>出生日期</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A829C1" w14:textId="75A53476" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>电话号码</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65964A97" w14:textId="5DDA8F06" w:rsidR="0059010C" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+        <w:t>性别</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>男</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>女</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055694C7" w14:textId="7A51428D" w:rsidR="0059010C" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>首选口语</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="51B87AD1" w14:textId="24ADB245" w:rsidR="0059010C" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
+        <w:t>电话号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65964A97" w14:textId="5DDA8F06" w:rsidR="0059010C" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>首选书面语言</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D4C7659" w14:textId="03F90228" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
+        <w:t>首选口语</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B87AD1" w14:textId="24ADB245" w:rsidR="0059010C" w:rsidRPr="00813EA7" w:rsidRDefault="008F6E8C" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>社会安全号码（</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="696506AD" w14:textId="369CD9C8" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+        <w:t>首选书面语言</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4C7659" w14:textId="03F90228" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="00D314C5" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Medicare </w:t>
-[...54 lines deleted...]
-    <w:p w14:paraId="4CAD8E2F" w14:textId="0E9BCA02" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+        <w:t>社会安全号码（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696506AD" w14:textId="369CD9C8" w:rsidR="000B199E" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>收入来源</w:t>
-[...86 lines deleted...]
-    <w:p w14:paraId="393473B9" w14:textId="698A8DE0" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
+        <w:t xml:space="preserve">Medicare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>索赔号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12253BE2" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是美国公民或美国国民吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39771568" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287D1B7D" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629442AE" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“是”，您是归化公民、派生公民或获得公民（不是在美国出生）吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCEF6DB" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE1341B" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C98D617" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>外国人登记号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E59E182" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>入籍或公民证书号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392D1810" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果不是公民，您具有合格的移民身份吗？（请查阅</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 130 CMR 518.000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，了解更多信息。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1200DD81" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463E6079" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6207EE27" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“是”，您有移民文件吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65483318" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDD1343" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4538A843" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果您在本申请表中包括您的移民文件副本，可能会帮助我们更快地处理您的申请表。请列出自从您进入美国以来适用于您的所有移民身份和</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>或条件。如果您需要更多纸页填写，请另附一页纸。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299BF1A6" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>身份授予日期（月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年）（如果是受虐者，请输入诉状批准日期。）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9248F1" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>移民身份</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D052503" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>移民文件类型</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3969A74D" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>文件</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ID </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25440C31" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>外国人登记号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9477C3" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>护照或文件失效期（月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C34403" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>国家</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E150E91" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您在本申请表中使用的姓名与您获得移民身份时使用的姓名相同吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DCA498" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A345D7" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39BB3527" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>如果回答“否”，您曾使用过什么姓名？名、中间名、姓和后缀</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF2F029" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是在</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1996 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日后抵达美国的吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF42A50" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71081B99" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F17A2EF" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>您是美国军队光荣退役退伍军人或现役军人或美国军队光荣退役退伍军人或现役军人的配偶或子女吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D28976" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF03727" w14:textId="77777777" w:rsidR="00F306A2" w:rsidRPr="004A7580" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>否</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26EE4C2E" w14:textId="2D80B15B" w:rsidR="00F306A2" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="00F306A2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>选择回答：您是严重人口贩运的受害者、人口贩运受害者的配偶、子女、兄弟姐妹或父母、遭受虐待的配偶、遭受虐待的配偶的子女或父母吗？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE0C96" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="008072DD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>收入</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF5CC5C" w14:textId="3A5BA9E5" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="005B7469">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>请为您和您的配偶填写本节。列出每月总收入（税前和扣除其他扣除额（例如</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare Part B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>保费）前的收入）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAD8E2F" w14:textId="0E9BCA02" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="000B199E" w:rsidP="004B01A7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>收入来源</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>社会安全金收入</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>税前和扣除扣除额前的每月总收入</w:t>
+      </w:r>
+      <w:r w:rsidR="006776C7" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>您的收入</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="006776C7" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006776C7" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>您的配偶的收入</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393473B9" w14:textId="698A8DE0" w:rsidR="000B199E" w:rsidRPr="00813EA7" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>收入来源</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> — </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>养老金</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5458,105 +6727,107 @@
         </w:rPr>
         <w:t>ARD</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）或将该表存档，以便我们处理本申请表。</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ARD </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>位于本申请表末尾处。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467527E6" w14:textId="3BA26A86" w:rsidR="005307E8" w:rsidRPr="00813EA7" w:rsidRDefault="005307E8" w:rsidP="004B0622">
+    <w:p w14:paraId="467527E6" w14:textId="3BA26A86" w:rsidR="005307E8" w:rsidRPr="00813EA7" w:rsidRDefault="005307E8" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>选民登记信息随附在本资料中。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DD6EF2" w14:textId="5367385A" w:rsidR="000E1930" w:rsidRPr="00813EA7" w:rsidRDefault="000E1930" w:rsidP="004B01A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>您无需登记投票即可参加</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare </w:t>
       </w:r>
       <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Savings </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>计划。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17726F95" w14:textId="39E9B79A" w:rsidR="004C10E1" w:rsidRPr="00813EA7" w:rsidRDefault="004C10E1" w:rsidP="004B0622">
+    <w:p w14:paraId="17726F95" w14:textId="39E9B79A" w:rsidR="004C10E1" w:rsidRPr="00813EA7" w:rsidRDefault="004C10E1" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>供</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare </w:t>
       </w:r>
       <w:r w:rsidR="00C90C5D" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Savings </w:t>
@@ -5591,53 +6862,54 @@
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>获取任何记录或数据，以便证明本申请中提供的任何信息。您理解，您必须告知</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>您在本申请表中提供的信息的任何变更。您进一步确认，据您所知，本申请表中的信息准确和完整，如有不实愿受作伪证之处罚。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70831BEE" w14:textId="56355FCB" w:rsidR="0065235D" w:rsidRPr="00813EA7" w:rsidRDefault="0065235D" w:rsidP="004B0622">
+    <w:p w14:paraId="70831BEE" w14:textId="56355FCB" w:rsidR="0065235D" w:rsidRPr="00813EA7" w:rsidRDefault="0065235D" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>重要信息</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> — </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>仅供</w:t>
@@ -5786,53 +7058,54 @@
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>记录向您或您的配偶索赔或提供的医疗服务，以及</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>支持持续资格。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EB56CB" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="004B0622">
+    <w:p w14:paraId="70EB56CB" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="008072DD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk71282619"/>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>供补充营养援助计划（</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>）申请人使用</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
@@ -6219,51 +7492,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>如需了解马萨诸塞州</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>的更多信息，请进入网站</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00006C93" w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>mass.gov/SNAP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1919BE" w14:textId="206841E8" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -6401,72 +7674,72 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我作出以下起誓，如有不实愿受作伪证之处罚：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5C16B3" w14:textId="718CAC84" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>我已经阅读或已有人向我读出本表中的信息。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DF9F8D" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>据我所知，我在本表中的回答真实和完整。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F8CBDA" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我在面谈期间和今后将向</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
@@ -6791,2176 +8064,2204 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>我在本表中的签名表示，我允许</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>核实我的福利资格，包括：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3808EE0B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="3808EE0B" w14:textId="2A08DB1B" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="008072DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>从其他州或联邦机构、地方住房管理机构、州外福利部门、金融机构和</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equifax Workforce Solutions</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>（工作电话）获取信息。我还允许这些机构与</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>分享有关我的家庭领取福利资格的信息。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A0DE28" w14:textId="62902658" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="008072DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>使用从</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equifax </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>获得的有关我的家庭收入的信息，只要我在</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>做出决定后的</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>天内提出请求，我有权免费获得一份我的</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equifax </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>报告。我有权质疑报告中的信息。我可以按照以下方式与</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equifax </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>联系：</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Equifax Workforce Solutions, 11432 Lackland Road, St. Louis, MO 63146</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1-800-996-7566</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>（免费电话）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B778D48" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
         </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我有权获得一份我的申请表副本，包括</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>用于决定我的家庭资格和福利金额的信息。我可以向</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>索取一份填妥的申请表的电子副本。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9038B5" w14:textId="6C362DB5" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>将如何使用我的信息？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DC43CF" w14:textId="51F10C03" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="008E6F24">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我在下方的签名表示，我允许</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>从以下各方获取信息，并与以下个人或机构分享有关我和我的家庭成员的信息：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B221DB0" w14:textId="75846120" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>银行、学校、政府部门、雇主、房东、公用事业公司和其他机构，以便查看我是否有资格获得福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D9B955" w14:textId="728F09E0" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>电力、天然气和电话公司，以便我获得公用事业折扣。这些公司不能分享我的信息或将我的信息用于任何其他目的。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A7EE43" w14:textId="747ABCF3" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>住房和社区发展部，以便帮助我注册参加</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Heat &amp; Eat </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>计划。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>该项计划可帮助人们获得尽可能多的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6C47E5" w14:textId="26DC7619" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>中小学教育部，以便我的孩子获得</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>免费学校餐点。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070F07F1" w14:textId="1E7A1390" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>妇女、婴儿和儿童计划（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>WIC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>），以便我家中任何</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>岁以下的孩子或孕妇获得</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WIC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B063AB" w14:textId="23AFA9BE" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>美国公民与移民服务局（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>USCIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>），以便核实我的移民身份。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>来自</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> USCIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>的信息可能会影响我的家庭的资格和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>福利金额。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17EC7D07" w14:textId="250FB46B" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="005F5434">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1170"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>注释：即使您因移民身份没有资格获得福利，除非您向</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>出示最终驱逐令，否则</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>不会向移民当局报告您。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66852A37" w14:textId="71E10464" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>税务局（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>DOR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，以便核实我是否有资格获得基于收入的税收抵免，例如劳动收入和有限收入，并查看我是否有资格获得</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>“不纳税身份”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>或困难身份。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB1746C" w14:textId="1E757B41" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>儿童与家庭部（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DCF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>），以便协调</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DCF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>联合提供的服务。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCC110D" w14:textId="668930E7" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如何</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>使用社会安全号码（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>）？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB6F3F2" w14:textId="10CFE443" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>允许</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>根据《</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2008 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>年食品和营养法案》（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>7 U.S.C. 2011-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2036</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）因申请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>要求申请人提供</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，并允许</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>根据《马萨诸塞州普通法》（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>M.G.L.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>章第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>节，因申请有受抚养子女家庭过渡援助计划（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TAFDC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）和年长者、残障人士和儿童紧急援助计划（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>EAEDC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>）要求申请人提供</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>使用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8CC923" w14:textId="38260B6C" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>通过数据匹配程序查看我申请的每名家庭成员的身份和资格。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0D1C34" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>监控遵守计划规定的状况。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AFFE496" w14:textId="26911197" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>声称我领取了我没有资格领取的福利，向我收回款项。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F12556" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>帮助执法机构抓捕逃避法律的人。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305E6CFD" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我理解，我不必向</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>提供我的家中任何不希望申请福利的非公民（包括我本人）的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>。即使非公民不领取福利，非公民的收入也可能计算在内。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456EC855" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>获得口译员服务的权利</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46084370" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我理解：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4610025E" w14:textId="265CA227" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果我愿意用英语以外的语言交流，我有权获得</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>提供的免费专业口译员服务。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F37B274" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果为我安排了</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>听证会，我可以要求</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>为我指派一名免费专业口译员，或者如果我愿意，我可以带人为我翻译。如果我需要</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>为我安排口译员参加听证会，我必须在听证会日期前至少提前一周打电话通知听证部。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E08B3D" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>登记投票的权利</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4A7C53" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我理解：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23905BD6" w14:textId="4AC572E8" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我有权通过</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>登记投票。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741FF8EE" w14:textId="13D605BA" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果我需要帮助，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>将帮助我填写选民登记申请表。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="099DBAA6" w14:textId="14A66313" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我可以私下填写选民登记申请表。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030E3346" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>申请登记或拒绝登记投票不会影响我的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8F533A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>就业机会</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4878B402" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我同意</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>可以与就业与培训服务提供者分享我的姓名和联系信息，包括：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599E85B2" w14:textId="3953C0A2" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SNAP Path </w:t>
+      </w:r>
+      <w:r w:rsidR="00F306A2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Work </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>计划服务提供者或为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>客户服务的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>专家；以及</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317BD6C1" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TAFDC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>客户服务的签约就业与培训服务提供者或就业辅导员。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA9DB41" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>客户可通过</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP Path to Work </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>计划自愿参加教育与就业培训服务。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607E9C31" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>公民身份</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743B0041" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我起誓，所有申请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>福利的家庭成员都是美国公民或有合法居留权的非公民。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2BF31A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="009C22B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>补充营养援助计划（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>SNAP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A606D7B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="008072DD" w:rsidRDefault="008E6F24" w:rsidP="008E6F24">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008072DD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我理解：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1054EA11" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>负责管理马萨诸塞州</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>计划。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A4549C" w14:textId="4E3393B6" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>当我向</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>提交申请时（通过打电话、上网、亲自提交或寄邮件或发传真），</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>从收到我的申请表日期起</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>天内决定我是否符合资格。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4EB49F" w14:textId="0F19F82E" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="008072DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>如果我有资格获得加急（紧急）</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>SNAP</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>必须从收到我的申请表日期起</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>天内向我提供</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>，并确保将电子福利转账（</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>EBT</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>）卡发给</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19740A56" w14:textId="498DDC71" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="008072DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>在以下情况下，我有权与</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>主管交谈：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BD3F2A" w14:textId="22DEA0BE" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00006C93" w:rsidP="00241D7E">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>从其他州或联邦机构、地方住房管理机构、州外福利部门、金融机构和</w:t>
-[...35 lines deleted...]
-        </w:numPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>认为我没有资格获得紧急</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>福利，但我不同意。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2CF164" w14:textId="39231805" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00006C93" w:rsidP="00241D7E">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>如果</w:t>
-[...302 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>我有资格获得紧急</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
-[...1412 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>福利，但在我申请</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP 7 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>天后尚未获得福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D357FF0" w14:textId="125D4F1C" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00006C93" w:rsidP="00241D7E">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...126 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DTA </w:t>
+        <w:t>我有资格获得紧急</w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>认为我没有资格获得紧急</w:t>
+        <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> SNAP </w:t>
+        <w:t>福利，但在我申请</w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>福利，但我不同意。</w:t>
-[...27 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve"> SNAP 7 </w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>我有资格获得紧急</w:t>
+        <w:t>天后尚未收到</w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> SNAP </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> EBT </w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>卡。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087A08A3" w14:textId="1517C0CA" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
@@ -9068,96 +10369,109 @@
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>将我的家庭情况变化通知</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309B114E" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="309B114E" w14:textId="281C47F8" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="008072DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果我是</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>简化报告家庭，在中期报告或重新认证到期之前，我不必向</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>报告大多数变化。我只需尽快报告以下情况：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74B92853" w14:textId="77777777" w:rsidR="00006C93" w:rsidRPr="00813EA7" w:rsidRDefault="00006C93" w:rsidP="005F5434">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -9239,490 +10553,491 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果我必须符合无受抚养人健全成年人（</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ABAWD</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>）工作规定，并且我的工时减少至每周</w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20 </w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>小时以下。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28EEF768" w14:textId="214C37CC" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="28EEF768" w14:textId="1F3BCC85" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="008072DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>如果我家中的每个人都年满</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 60 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>岁、残障或未满</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>岁，并且没有人有工作收入，我只需报告以下情况：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72961CD5" w14:textId="37EC4914" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00006C93" w:rsidP="005F5434">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果有人开始工作，或者</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DCFF3C" w14:textId="7EBC6332" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00006C93" w:rsidP="005F5434">
+    <w:p w14:paraId="03DCFF3C" w14:textId="7EBC6332" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00006C93" w:rsidP="008072DD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>有人加入或离开我的家庭。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50384AD5" w14:textId="1C367AB0" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00006C93" w:rsidP="005F5434">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>有人加入或离开我的家庭。</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>我必须在发生变化月份后的月份的第</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>天之前报告这些变化。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9BA366" w14:textId="702A2E68" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="008072DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00813EA7">
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>我必须在发生变化月份后的月份的第</w:t>
+        <w:t>如果我因为</w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10 </w:t>
+        <w:t xml:space="preserve"> TAFDC </w:t>
       </w:r>
       <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>天之前报告这些变化。</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t>终止通过过渡性福利替代计划（</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>TBA</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>）获得</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SNAP</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，我在获得</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TBA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>的</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>个月内无需向</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>报告任何变化。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F025C65" w14:textId="03F6CBC0" w:rsidR="00241D7E" w:rsidRPr="00813EA7" w:rsidRDefault="00F306A2" w:rsidP="008072DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00813EA7">
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F02D"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>如果我通过</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bay State CAP </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>获得</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>，则无需向</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DTA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
+      <w:r w:rsidR="008E6F24" w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>报告任何变化。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F025C65" w14:textId="7B96B288" w:rsidR="00241D7E" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="005F5434">
-[...64 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0740176C" w14:textId="113F009F" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>如果我和我家中的每个人都获得现金援助（</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00813EA7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TAFDC </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>或</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> EAEDC</w:t>
+      </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>），我必须在某些变化出现后的</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>天内向</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -9950,141 +11265,125 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>岁之间，除非您获得豁免，否则您可能需要符合一般</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>工作规定或</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> ABAWD </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>工作规定。如果我们需要符合任何工作规定，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">DTA </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>会通知我和我的家庭成员有哪些豁免以及如果我们不符合规定会怎样。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083A4D7F" w14:textId="6A7128D9" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>如果您需要遵守</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>工作规定，您必须：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FBBB344" w14:textId="4E8A51EA" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>在申请和重新认证</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>时登记申请工作。您在签署</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
@@ -10371,67 +11670,51 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>不得为了获得您没有资格领取的</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>福利更改</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> EBT </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>卡。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044F8D56" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -10469,67 +11752,51 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>不得使用他人的</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>福利或</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> EBT </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>卡，除非您是经授权代表，或者福利接受人允许您代表他们使用他们的卡。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F214B80" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
@@ -10975,67 +12242,51 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>在网上或亲自出价销售</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>福利或</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> EBT </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>卡，州政府可能会对他们提出</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPV </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>指控。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AF11A95" w14:textId="028A8D4E" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
@@ -11370,99 +12621,99 @@
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>节规定的谋杀；</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="666A0C70" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>《美国法典》第</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>篇第</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 110 </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>节规定的任何罪行；</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D6C0FB0" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00813EA7" w:rsidRDefault="008E6F24" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>涉及性侵的联邦或州犯罪，定义见《</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">1994 </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>年暴力侵害妇女法案》（</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>VAWA</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
@@ -11671,51 +12922,51 @@
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>美国农业部计划歧视投诉表）</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>该表可在线获取</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="00813EA7">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>或从任何美国农业部办公室获取</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
@@ -11812,59 +13063,59 @@
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>通报指控的侵犯民权行为的性质和日期。填妥的</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> AD-3027 </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>表或信件必须用以下方式提交：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4D829C" w14:textId="77777777" w:rsidR="002E3B7E" w:rsidRPr="00813EA7" w:rsidRDefault="002E3B7E" w:rsidP="002E3B7E">
+    <w:p w14:paraId="4C4D829C" w14:textId="77777777" w:rsidR="002E3B7E" w:rsidRPr="008072DD" w:rsidRDefault="002E3B7E" w:rsidP="002E3B7E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="201" w:lineRule="atLeast"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -11964,62 +13215,62 @@
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Alexandria</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>VA 22314</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="008072DD">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>；或</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
+      <w:r w:rsidRPr="008072DD">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54986F91" w14:textId="4629A2F3" w:rsidR="002E3B7E" w:rsidRPr="00813EA7" w:rsidRDefault="002E3B7E" w:rsidP="002E3B7E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="201" w:lineRule="atLeast"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12169,70 +13420,70 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>690</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7442</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="008072DD">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Source Han Sans CN Normal" w:hint="eastAsia"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>；或</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FCDFCB" w14:textId="77777777" w:rsidR="002E3B7E" w:rsidRPr="00813EA7" w:rsidRDefault="002E3B7E" w:rsidP="002E3B7E">
+    <w:p w14:paraId="76FCDFCB" w14:textId="72F272CB" w:rsidR="002E3B7E" w:rsidRPr="00813EA7" w:rsidRDefault="002E3B7E" w:rsidP="002E3B7E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="201" w:lineRule="atLeast"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
@@ -12257,189 +13508,5657 @@
         </w:rPr>
         <w:t>电子邮件：</w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:hAnsi="Calibri" w:cs="Source Han Sans CN Normal"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00813EA7">
-[...52 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00F306A2" w:rsidRPr="002F1689">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Source Han Sans CN Normal"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>FNSCIVILRIGHTSCOMPLAINTS</w:t>
+        </w:r>
+        <w:r w:rsidR="00F306A2" w:rsidRPr="002F1689">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:cs="Source Han Sans CN Normal"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidR="00F306A2" w:rsidRPr="002F1689">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Source Han Sans CN Normal"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>usda</w:t>
+        </w:r>
+        <w:r w:rsidR="00F306A2" w:rsidRPr="002F1689">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Source Han Sans CN Normal" w:eastAsia="Source Han Sans CN Normal" w:cs="Source Han Sans CN Normal"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00F306A2" w:rsidRPr="002F1689">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Source Han Sans CN Normal"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>gov</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7DE6837F" w14:textId="77777777" w:rsidR="002E3B7E" w:rsidRPr="00813EA7" w:rsidRDefault="002E3B7E" w:rsidP="002E3B7E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C06CC06" w14:textId="532969A6" w:rsidR="004B0622" w:rsidRPr="0052044E" w:rsidRDefault="002E3B7E" w:rsidP="005F5434">
+    <w:p w14:paraId="6C06CC06" w14:textId="532969A6" w:rsidR="004B0622" w:rsidRDefault="002E3B7E" w:rsidP="005F5434">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813EA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>本机构是机会均等服务提供者。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="004B0622" w:rsidRPr="0052044E" w:rsidSect="008E6F24">
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId18"/>
+    <w:p w14:paraId="2C16CE7E" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRDefault="008C7CA8" w:rsidP="005F5434">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50799C12" w14:textId="6465477A" w:rsidR="008C7CA8" w:rsidRDefault="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2929CF5E" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="008C7CA8" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380E59">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>经授权代表指定表</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440505D7" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="008C7CA8" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您希望指定一位经授权代表担任您的代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7CA8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>您可以提交本表。如果经授权代表代替您签署了您的申请表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7CA8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或者您是代表其他人申请的经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7CA8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>您必须提交本表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7CA8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请才能获得处理。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBDE7E5" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="008C7CA8" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您住在机构中并希望将资格通知发送给您和仍然住在家中的您的配偶</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7CA8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>则无需填写本表。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0375E70E" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我们会自动这样做。注释：经授权代表有权在与</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>的所有事务中代表申请人或会员行事，并将收到有关申请人或会员的个人信息，直到我们收到终止其授权的取消通知或申请人或会员去世。一旦我们处理了您的申请表，他们的授权不会自动终止。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2DB3AA" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>您可以选择某个人帮助您。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5267B6" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>您可以选择一名经授权代表帮助您通过</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>提供的计划获得医疗保健承保。您可以通过填写本表（经授权代表指定表）这样做。您或您的代表可以为您本人以及您作为其监护人的任何年龄未满</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>岁的受抚养子女签名。您无需指定经授权代表即可提交申请或领取福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D617AA0" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>谁可以帮助我？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAA06DE" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表可以是您选择的同意帮助您的朋友、家人、亲属或其他个人或组织。如果您愿意，您可以选择一位经授权代表。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>都不会为您选择经授权代表。您必须以书面形式（填写第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分）指定您希望成为您的经授权代表的个人或组织。您的经授权代表还必须填写第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分。我们有时将该个人或组织称为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D65C12" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您不能以书面形式指定经授权代表，并且您目前没有经授权代表或法律授权代表您行事的其他人，确认自己将以负责任的方式代表您行事的个人（并非组织）可填写本表第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节，成为您的经授权代表。我们有时将该人士称为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52970E2E" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表还可以是法律任命代表您行事的人或代表已故申请人或会员的遗产管理的人。该人士必须填写第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节，您或该人士必须将填妥的第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节连同本表和说明该人士有权代表您或已故申请人或会员遗产管理的相关文件副本送交给我们。我们有时将该人士称为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0807ED6E" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表可以是法定监护人、管理人、授权书持有人、医疗保健代理人或遗产管理个人代表（如果申请人或会员已去世）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332C4BF6" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表可以做什么？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456ADC48" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节或第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表可以</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F918DAC" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>填写您的申请表或资格审查表；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF4DF50" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>填写其他</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>资格表或注册表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36280C7B" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>提供这些表格中报告的信息证明；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39738D72" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>报告收入、地址或其他情况变更；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21062230" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>收到您所有的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>资格和注册通知</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>以及</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035A41C4" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>代表您处理与</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>相关的所有其他事宜。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3899A3C4" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表被授权代表您</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或已故申请人或会员的遗产管理</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>处理的事宜将取决于法律任命文件中的规定。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792C6C71" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>请注意</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>资格通知可能包括有关申请人或会员家庭其他成员的信息。如果您家中有多名成员</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我们可能无法将您的部分通知送给您的经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>除非每名家庭成员也通过单独填写经授权代表指定表指定相同的经授权代表。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38492DE0" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>经授权代表指定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>如果申请人或会员能够签名</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A71C9E8" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>由申请人或会员填写。除签名外</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>请用大写字母填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5BB9D3" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF4A6C0" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员出生日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13ADD816" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth ID </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或者申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员社会安全号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>的最后四位数</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4790A6" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员电子邮件地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4784DCD0" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我确认</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我已选择以下个人或组织作为我本人和我作为其监护人的任何</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>岁以下受抚养子女的经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我了解该人士或组织将承担的义务和责任</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如本表上文所述</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F17ED5B" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F99512" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D8CBA5" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30097FAA" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电话号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77736702" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表地址</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>邮寄地址、城市、州、邮编</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2143B828" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>由经授权代表填写。除签名外</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>请用大写字母填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFC96E5" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果经授权代表是个人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>请填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E35AA28" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我确认</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我将始终对</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>向我提供的有关上述申请人或会员以及这些申请人或会员的受抚养子女</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如适用</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>的任何信息保密。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BCD87A4" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果我还是隶属于某个组织的服务提供者、工作人员或志愿者，并且以服务提供者、工作人员或志愿者的身份就与我的经授权代表指定相关的事宜行事，我确认我将始终遵守有关信息保密和利益冲突的所有适用州立和联邦法律和法规，包括《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 431 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>分部、《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 447.10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款和《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 155.260(f) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款中规定的条款。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D96083" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C587BCC" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299224C4" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表用大写字母填写的姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66993D01" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电子邮件地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC64C59" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">B2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果经授权代表是组织，请填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156BA4E9" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我确认，作为下列组织的代表，该组织将始终对</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>向该组织提供的有关上述申请人或会员以及这些申请人或会员的受抚养子女（如适用）的任何信息保密。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA2496C" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我作为下列组织的服务提供者、工作人员或志愿者填写本表，我代表本人和我代表的组织确认，与本经授权代表指定相关的代表该组织行事的任何服务提供者、工作人员或志愿者将始终遵守有关信息保密和利益冲突的所有适用州立和联邦法律和法规，包括《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 431 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>分部、《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 447.10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款和《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 155.260(f) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款中规定的条款。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E798B7" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>填写表格的服务提供者、工作人员或志愿者签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DA6E37" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C2DD45" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>填写表格的服务提供者、工作人员或志愿者用大写字母填写的姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAF56C4" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>填写表格的服务提供者、工作人员或志愿者的电子邮件</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA0679C" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表组织名称</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB38D4F" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>经授权代表指定表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>如果申请人或会员不能提供书面指定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C40EE09" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>由经授权代表填写。除签名外，请用大写字母填写。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F89D0B" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>请为每一名申请人或会员单独填写一份表格。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69AD9DAA" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>在本节中</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>组织没有资格成为经授权代表。我确认</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>下列申请人或会员不能提供书面指定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>据我所知</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>没有其他人可以代表其行事</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>例如</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>现有经授权代表、监护人、管理人、遗产管理个人代表、授权书持有人或援引的医疗保健代理人。此外，我确认，我充分了解该申请人或会员的情况，对在资格审查过程中以及与</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>的其他沟通过程中代表其作出的陈述的准确性负责，我理解我作为该人士的经授权代表的权利和责任（如本表上文所述）。如果该人士能够理解，我已经告诉该人士，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>将向我发送所有</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>资格和注册通知，该人士表示同意。我已经告诉该人士，他</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>她可以采用本表上文所述的方法随时取消或替换我作为他</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>她的经授权代表的指定。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44866789" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我进一步确认，我将始终对</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>向我提供的有关以下申请人或会员的任何信息保密。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733ED85F" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果我还是隶属于某个组织的服务提供者、工作人员或志愿者，并且以服务提供者、工作人员或志愿者的身份就与我的经授权代表指定相关的事宜行事，我进一步确认，我将始终遵守有关信息保密和利益冲突的所有适用州立和联邦法律和法规，包括《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 431 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>部分第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>分部、《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 447.10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款和《联邦法规集》</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>篇第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 155.260(f) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>款中规定的条款。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFF9A0A" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C55045" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员出生日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A52A5B" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">MassHealth ID </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或者申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员社会安全号码（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）的最后四位数</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B569CE0" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CD49F1" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129A731A" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表姓名（名、中间名、姓）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3E6A09" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电话号码</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5776C0F2" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表地址（邮寄地址、城市、州、邮编）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D4F06A" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电子邮件地址</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6117C695" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表隶属于某个组织，并且以该身份行事，被授权代表该组织行事的个人（如管理人员）必须在下方签名，表明该组织对上述陈述和保证的认可和同意。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682A252F" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>管理人员姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E171DD" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>管理人员职称</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD9F370" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>管理人员签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465D0CD1" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC194F3" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>经授权代表指定表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>如果依照法律任命</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7C251C" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>由依照法律任命的经授权代表填写</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>有权代表申请人或会员作出与医疗保健相关的决定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>包括但不限于监护人、管理人、申请人或会员遗产管理个人代表、授权书持有人或援引的医疗保健代理人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>。除签名外，请用大写字母填写。请随本表提交相关法律文件副本。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A8A6AD" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>我确认，我将始终对</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>向我提供的有关以下申请人或会员的任何信息保密。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490EE5EE" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员姓名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B97C64F" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员出生日期</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689F9F49" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth ID </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>或者申请人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>会员社会安全号码（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>）的最后四位数</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAEA483" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表签名</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEA0C22" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日期（月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>年）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E04652" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表姓名（名、中间名、姓）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF6AD0E" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表电话号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表地址（邮寄地址、城市、州、邮编）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1159AFD4" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="003721E6" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>经授权代表电子邮件地址</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>如何终止经授权代表指定</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BB2544" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>如果您决定不再需要第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节或第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003721E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>则必须在您希望终止指定时通过邮件、传真或电话通知我们。请查看我们的以下联系信息。如果您将本通知邮寄或传真给我们，该通知必须包括您的姓名、地址和出生日期、您的经授权代表姓名、指定终止声明以及您的签名；或者，如果您无法提供书面通知，代表您的人士（仅限第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>经授权代表）的签名。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9185F4" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>此外，如果您的经授权代表通知我们该人士或组织不再代表您，我们将不再承认该人士或组织作为您的经授权代表。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FCCE331" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节或第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表指定将在申请人或会员去世时终止。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6234AAE3" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>节经授权代表指定在其法定任命结束时终止。经授权代表必须按照上述说明通知我们。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198CA95F" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>此外，为未成年子女指定的经授权代表在子女</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>岁生日时终止。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444A725C" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>我如何送交本表</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77120CE2" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您在申请保健福利，将填妥的经授权代表指定表随您的申请表送交给我们。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8535A9" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>如果您已经在接受福利，您必须在您希望指定经授权代表或者您希望终止声明的经授权代表指定时向我们送交本表，方法是：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33685C1A" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>将表格邮寄至：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Health Insurance Processing Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>PO Box 4405</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Taunton, MA 02780</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A224C4" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>将表格用传真发送至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (857) 323-8300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>；或者</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78694C71" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>打电话给我们，电话号码</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (800) 841-2900</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TDD/TTY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA671B3" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E64DA89" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="000F47ED" w:rsidRDefault="008C7CA8" w:rsidP="008C7CA8">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F47ED">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ARD-ZH-CHS-1122</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C73FFD2" w14:textId="77777777" w:rsidR="008C7CA8" w:rsidRPr="0052044E" w:rsidRDefault="008C7CA8" w:rsidP="005F5434">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008C7CA8" w:rsidRPr="0052044E" w:rsidSect="006B1932">
+      <w:headerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08C16BD6" w14:textId="77777777" w:rsidR="00E31C81" w:rsidRDefault="00E31C81">
+    <w:p w14:paraId="5B7DE22B" w14:textId="77777777" w:rsidR="008D5DB7" w:rsidRDefault="008D5DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22EB2D91" w14:textId="77777777" w:rsidR="00E31C81" w:rsidRDefault="00E31C81">
+    <w:p w14:paraId="3329A393" w14:textId="77777777" w:rsidR="008D5DB7" w:rsidRDefault="008D5DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="32D8DD0C" w14:textId="77777777" w:rsidR="00E31C81" w:rsidRDefault="00E31C81">
+    <w:p w14:paraId="26A93CCE" w14:textId="77777777" w:rsidR="008D5DB7" w:rsidRDefault="008D5DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -12448,179 +19167,214 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
+    <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
     <w:panose1 w:val="0205050205050A020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
+    <w:altName w:val="Franklin Gothic Medium Cond"/>
     <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
-    <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:altName w:val="Nyala"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="5000607B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Han Sans CN Normal">
-    <w:panose1 w:val="020B0400000000000000"/>
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="2ADF3C10" w:usb2="00000016" w:usb3="00000000" w:csb0="00060107" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="2ADF3C10" w:usb2="00000016" w:usb3="00000000" w:csb0="00060107" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2099620D" w14:textId="77777777" w:rsidR="004B01A7" w:rsidRDefault="004B01A7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F0AA31A" w14:textId="246E7962" w:rsidR="006B1932" w:rsidRDefault="006B1932">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+    <w:r w:rsidRPr="00380E59">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>MSP-R</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00380E59">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_ZH</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00380E59">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00380E59">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>CHS:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00380E59">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2025-1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00380E59">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34B3A0AF" w14:textId="77777777" w:rsidR="00E31C81" w:rsidRDefault="00E31C81">
+    <w:p w14:paraId="08BE2705" w14:textId="77777777" w:rsidR="008D5DB7" w:rsidRDefault="008D5DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23CD753C" w14:textId="77777777" w:rsidR="00E31C81" w:rsidRDefault="00E31C81">
+    <w:p w14:paraId="4871E5EA" w14:textId="77777777" w:rsidR="008D5DB7" w:rsidRDefault="008D5DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="413575FF" w14:textId="77777777" w:rsidR="00E31C81" w:rsidRDefault="00E31C81">
+    <w:p w14:paraId="6DD75996" w14:textId="77777777" w:rsidR="008D5DB7" w:rsidRDefault="008D5DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00BD69E2" w:rsidRDefault="00BD69E2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00F261BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E38C34A6"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -13160,50 +19914,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1735773F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0752544E"/>
+    <w:lvl w:ilvl="0" w:tplc="3A9CFC34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18070780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA7AD6A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13272,51 +20138,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A4A47E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743588"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13391,51 +20257,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="254B6652"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EBE58BA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13510,51 +20376,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26B821ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9336F9EE"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13629,51 +20495,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E787EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA724F42"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13748,51 +20614,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31746111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18887678"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13867,51 +20733,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33EE700A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E749936"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -13986,51 +20852,163 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="342365B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98709718"/>
+    <w:lvl w:ilvl="0" w:tplc="98B017BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35803338"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76FE5ECA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14105,51 +21083,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38F267D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4DE4250"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14224,51 +21202,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3951101B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14567450"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14343,51 +21321,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42BA228B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F474C23C"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14462,51 +21440,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47CA47F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="614C23C8"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14581,51 +21559,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4911615B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A663136"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14700,51 +21678,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8C5380"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2856D540"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14819,51 +21797,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D115CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FF45FBA"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14938,51 +21916,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52FE2CE6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15051,51 +22029,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A77A2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47061730"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15170,51 +22148,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AE84815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A38788A"/>
     <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -15282,51 +22260,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBA5FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD246F54"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15401,51 +22379,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A050EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33B283AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15514,51 +22492,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="656C2A78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB30EEFC"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15633,51 +22611,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="694F4489"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743978"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15752,51 +22730,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF64177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DFE2204"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -15871,51 +22849,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9454D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE4CCCAC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15984,51 +22962,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FE5657A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9320A656"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16097,51 +23075,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76044270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2BC335E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16210,51 +23188,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A515737"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24320864"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16323,51 +23301,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA83451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A27289CE"/>
     <w:lvl w:ilvl="0" w:tplc="23E2EC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -16442,51 +23420,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EDC08CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE4ECD20"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16528,160 +23506,165 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2066829581">
+  <w:num w:numId="1" w16cid:durableId="1773012183">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="914970515">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1986278076">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="333921197">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="965084096">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="488209590">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1820808351">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="874274319">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1473135598">
+  <w:num w:numId="9" w16cid:durableId="1019813951">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="556480567">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1485705313">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1826626374">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1028485624">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2083675107">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1450278328">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1985499722">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="16" w16cid:durableId="1549686519">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1911501926">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="17" w16cid:durableId="195973836">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="438376007">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="18" w16cid:durableId="1630208648">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1409693739">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="19" w16cid:durableId="676614915">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="645086145">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="20" w16cid:durableId="613371008">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="182865998">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="21" w16cid:durableId="127820328">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="503129229">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="22" w16cid:durableId="223875765">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="286741237">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="23" w16cid:durableId="497119918">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1588535577">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="24" w16cid:durableId="90202632">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="428695164">
+  <w:num w:numId="25" w16cid:durableId="1843082869">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="62458114">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="26" w16cid:durableId="1046295438">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="417022616">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="27" w16cid:durableId="590166032">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="313534283">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="28" w16cid:durableId="464736382">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2007629972">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="29" w16cid:durableId="1540775735">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="135071275">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="30" w16cid:durableId="280428670">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1564020264">
+  <w:num w:numId="31" w16cid:durableId="1695615489">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="133104814">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="32" w16cid:durableId="874544839">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1866090155">
-[...23 lines deleted...]
-  <w:num w:numId="28" w16cid:durableId="1594706608">
+  <w:num w:numId="33" w16cid:durableId="135071365">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1536845965">
-[...8 lines deleted...]
-  <w:num w:numId="32" w16cid:durableId="1334989754">
+  <w:num w:numId="34" w16cid:durableId="507596466">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1311716137">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="35" w16cid:durableId="1398360664">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="2136020856">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="36" w16cid:durableId="2074427723">
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360ABB"/>
     <w:rsid w:val="0000021B"/>
@@ -16757,148 +23740,152 @@
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
     <w:rsid w:val="001D563E"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
     <w:rsid w:val="001E519B"/>
     <w:rsid w:val="001F189E"/>
     <w:rsid w:val="001F3DB7"/>
     <w:rsid w:val="00200957"/>
     <w:rsid w:val="00200964"/>
     <w:rsid w:val="00201654"/>
     <w:rsid w:val="00203CA2"/>
     <w:rsid w:val="00204740"/>
     <w:rsid w:val="00207AAA"/>
     <w:rsid w:val="0021072C"/>
     <w:rsid w:val="002146F9"/>
     <w:rsid w:val="00215430"/>
     <w:rsid w:val="0022222F"/>
     <w:rsid w:val="002222C4"/>
     <w:rsid w:val="00222F00"/>
+    <w:rsid w:val="00223843"/>
     <w:rsid w:val="00231783"/>
     <w:rsid w:val="00231BE7"/>
     <w:rsid w:val="002343CA"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="00243457"/>
     <w:rsid w:val="00243B8B"/>
     <w:rsid w:val="002547EC"/>
     <w:rsid w:val="002628B6"/>
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="002770C0"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
     <w:rsid w:val="002A6595"/>
     <w:rsid w:val="002C1078"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C6E37"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
     <w:rsid w:val="002E09E5"/>
     <w:rsid w:val="002E0C80"/>
     <w:rsid w:val="002E3B7E"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E6B33"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
     <w:rsid w:val="00300B53"/>
+    <w:rsid w:val="0030165D"/>
     <w:rsid w:val="00302C5E"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="003257EB"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
     <w:rsid w:val="00342F37"/>
     <w:rsid w:val="00343B9F"/>
     <w:rsid w:val="0034515B"/>
     <w:rsid w:val="00345187"/>
     <w:rsid w:val="00355FB4"/>
     <w:rsid w:val="00360ABB"/>
     <w:rsid w:val="003619EF"/>
     <w:rsid w:val="00366E2F"/>
+    <w:rsid w:val="00380E59"/>
     <w:rsid w:val="00381CA0"/>
     <w:rsid w:val="00383294"/>
     <w:rsid w:val="0038573C"/>
     <w:rsid w:val="00385E75"/>
     <w:rsid w:val="0039177E"/>
     <w:rsid w:val="00391F73"/>
     <w:rsid w:val="00392124"/>
     <w:rsid w:val="003929E5"/>
     <w:rsid w:val="00397782"/>
     <w:rsid w:val="003A1716"/>
     <w:rsid w:val="003A5CE4"/>
     <w:rsid w:val="003B03FE"/>
     <w:rsid w:val="003B249C"/>
     <w:rsid w:val="003B270C"/>
     <w:rsid w:val="003B2FC1"/>
     <w:rsid w:val="003D3211"/>
     <w:rsid w:val="003D5BFF"/>
     <w:rsid w:val="003D6B91"/>
     <w:rsid w:val="003D6CDE"/>
     <w:rsid w:val="003E2DBC"/>
     <w:rsid w:val="003E58CB"/>
     <w:rsid w:val="003E63C8"/>
     <w:rsid w:val="003F0BF9"/>
     <w:rsid w:val="00400621"/>
     <w:rsid w:val="004019BC"/>
     <w:rsid w:val="00403AD2"/>
     <w:rsid w:val="004076A6"/>
     <w:rsid w:val="00411EDB"/>
     <w:rsid w:val="004120F6"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00413157"/>
     <w:rsid w:val="004166CA"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00422BAF"/>
     <w:rsid w:val="00424EB5"/>
     <w:rsid w:val="004318FE"/>
     <w:rsid w:val="00432661"/>
     <w:rsid w:val="00432E1C"/>
     <w:rsid w:val="0043347A"/>
     <w:rsid w:val="00434244"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004417C1"/>
     <w:rsid w:val="00452DD7"/>
+    <w:rsid w:val="004637B3"/>
     <w:rsid w:val="0046456B"/>
     <w:rsid w:val="00466859"/>
     <w:rsid w:val="004708BC"/>
     <w:rsid w:val="0047108A"/>
     <w:rsid w:val="00480617"/>
     <w:rsid w:val="00481271"/>
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="00496C63"/>
     <w:rsid w:val="004A110A"/>
     <w:rsid w:val="004A5FB4"/>
     <w:rsid w:val="004A7027"/>
     <w:rsid w:val="004A7620"/>
     <w:rsid w:val="004B01A7"/>
     <w:rsid w:val="004B0622"/>
     <w:rsid w:val="004B5972"/>
     <w:rsid w:val="004C1053"/>
     <w:rsid w:val="004C10E1"/>
     <w:rsid w:val="004C372A"/>
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D6934"/>
     <w:rsid w:val="004E5359"/>
     <w:rsid w:val="004E5642"/>
     <w:rsid w:val="004F5306"/>
@@ -16953,50 +23940,51 @@
     <w:rsid w:val="00635C08"/>
     <w:rsid w:val="00636B57"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00645FF3"/>
     <w:rsid w:val="00646DBF"/>
     <w:rsid w:val="00650876"/>
     <w:rsid w:val="0065235D"/>
     <w:rsid w:val="00654353"/>
     <w:rsid w:val="0065783F"/>
     <w:rsid w:val="00657D3F"/>
     <w:rsid w:val="00662C03"/>
     <w:rsid w:val="006662C0"/>
     <w:rsid w:val="00673D4F"/>
     <w:rsid w:val="006776C7"/>
     <w:rsid w:val="00680CD9"/>
     <w:rsid w:val="00683DC5"/>
     <w:rsid w:val="00685C3B"/>
     <w:rsid w:val="006A2D74"/>
     <w:rsid w:val="006A2E8C"/>
     <w:rsid w:val="006A3BD7"/>
     <w:rsid w:val="006A51B4"/>
     <w:rsid w:val="006A77B7"/>
     <w:rsid w:val="006B0873"/>
     <w:rsid w:val="006B0BFA"/>
     <w:rsid w:val="006B0D7F"/>
+    <w:rsid w:val="006B1932"/>
     <w:rsid w:val="006C0CD5"/>
     <w:rsid w:val="006C19ED"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
     <w:rsid w:val="006D7786"/>
     <w:rsid w:val="006E07E0"/>
     <w:rsid w:val="006E110E"/>
     <w:rsid w:val="006E31B1"/>
     <w:rsid w:val="006E5D70"/>
     <w:rsid w:val="006F06AB"/>
     <w:rsid w:val="006F63C0"/>
     <w:rsid w:val="00700368"/>
     <w:rsid w:val="00716876"/>
     <w:rsid w:val="0072129C"/>
     <w:rsid w:val="00721B17"/>
     <w:rsid w:val="00723E58"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="00730283"/>
     <w:rsid w:val="0073068A"/>
     <w:rsid w:val="0073351B"/>
     <w:rsid w:val="00735AF4"/>
@@ -17013,86 +24001,89 @@
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
     <w:rsid w:val="007965A1"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
     <w:rsid w:val="007B4EAF"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E688C"/>
     <w:rsid w:val="007F1316"/>
     <w:rsid w:val="007F3230"/>
     <w:rsid w:val="007F7363"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00803AD1"/>
+    <w:rsid w:val="008072DD"/>
     <w:rsid w:val="00807F48"/>
     <w:rsid w:val="00811785"/>
     <w:rsid w:val="00813EA7"/>
     <w:rsid w:val="00820069"/>
     <w:rsid w:val="00825CEF"/>
     <w:rsid w:val="00827946"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="00834CDC"/>
     <w:rsid w:val="00836970"/>
     <w:rsid w:val="00844546"/>
     <w:rsid w:val="00854963"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00865E17"/>
     <w:rsid w:val="0087195A"/>
     <w:rsid w:val="0087444D"/>
     <w:rsid w:val="00875AF4"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="0088243F"/>
     <w:rsid w:val="00887459"/>
     <w:rsid w:val="00892E5B"/>
     <w:rsid w:val="008A258A"/>
     <w:rsid w:val="008A7CF5"/>
     <w:rsid w:val="008B069A"/>
     <w:rsid w:val="008B3858"/>
     <w:rsid w:val="008B3E09"/>
     <w:rsid w:val="008B4097"/>
     <w:rsid w:val="008C0B12"/>
     <w:rsid w:val="008C16BA"/>
     <w:rsid w:val="008C3A1D"/>
     <w:rsid w:val="008C3C0B"/>
     <w:rsid w:val="008C63B9"/>
+    <w:rsid w:val="008C7CA8"/>
     <w:rsid w:val="008D233D"/>
+    <w:rsid w:val="008D5DB7"/>
     <w:rsid w:val="008E04CA"/>
     <w:rsid w:val="008E073B"/>
     <w:rsid w:val="008E09CA"/>
     <w:rsid w:val="008E212B"/>
     <w:rsid w:val="008E2CFB"/>
     <w:rsid w:val="008E6F24"/>
     <w:rsid w:val="008E7876"/>
     <w:rsid w:val="008F0E6A"/>
     <w:rsid w:val="008F12A9"/>
     <w:rsid w:val="008F465B"/>
     <w:rsid w:val="008F4E4F"/>
     <w:rsid w:val="008F6E8C"/>
     <w:rsid w:val="008F7C45"/>
     <w:rsid w:val="009013EF"/>
     <w:rsid w:val="00902E45"/>
     <w:rsid w:val="00907C16"/>
     <w:rsid w:val="00911913"/>
     <w:rsid w:val="00911D6C"/>
     <w:rsid w:val="00912872"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="0092699F"/>
     <w:rsid w:val="00933A9B"/>
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
@@ -17102,62 +24093,64 @@
     <w:rsid w:val="0098340E"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="009916BE"/>
     <w:rsid w:val="00991B95"/>
     <w:rsid w:val="00993891"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="0099749B"/>
     <w:rsid w:val="009A111E"/>
     <w:rsid w:val="009A65E6"/>
     <w:rsid w:val="009B3F2E"/>
     <w:rsid w:val="009B4614"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
     <w:rsid w:val="009D5893"/>
     <w:rsid w:val="009D6DDA"/>
     <w:rsid w:val="009F130E"/>
     <w:rsid w:val="00A00503"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A145FF"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
     <w:rsid w:val="00A30F22"/>
+    <w:rsid w:val="00A40752"/>
     <w:rsid w:val="00A429B2"/>
     <w:rsid w:val="00A46829"/>
     <w:rsid w:val="00A53DA0"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
     <w:rsid w:val="00A770C1"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
+    <w:rsid w:val="00A8520E"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
     <w:rsid w:val="00AB048C"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC21B7"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AC52D5"/>
     <w:rsid w:val="00AD3E82"/>
     <w:rsid w:val="00AE42EF"/>
     <w:rsid w:val="00AE5374"/>
     <w:rsid w:val="00AF0645"/>
     <w:rsid w:val="00AF22EC"/>
     <w:rsid w:val="00AF3689"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF6150"/>
     <w:rsid w:val="00B012CE"/>
     <w:rsid w:val="00B0162B"/>
     <w:rsid w:val="00B02C70"/>
     <w:rsid w:val="00B03069"/>
     <w:rsid w:val="00B038FB"/>
@@ -17229,83 +24222,85 @@
     <w:rsid w:val="00C6661B"/>
     <w:rsid w:val="00C73572"/>
     <w:rsid w:val="00C742DE"/>
     <w:rsid w:val="00C75A1A"/>
     <w:rsid w:val="00C8060A"/>
     <w:rsid w:val="00C86302"/>
     <w:rsid w:val="00C90C5D"/>
     <w:rsid w:val="00C93854"/>
     <w:rsid w:val="00CA1915"/>
     <w:rsid w:val="00CA3AEB"/>
     <w:rsid w:val="00CA40C4"/>
     <w:rsid w:val="00CA5469"/>
     <w:rsid w:val="00CB0965"/>
     <w:rsid w:val="00CB0F6D"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CB5E5A"/>
     <w:rsid w:val="00CC0BB0"/>
     <w:rsid w:val="00CC0D1D"/>
     <w:rsid w:val="00CC6535"/>
     <w:rsid w:val="00CE29C7"/>
     <w:rsid w:val="00CE5AF6"/>
     <w:rsid w:val="00CF26F8"/>
     <w:rsid w:val="00D01F40"/>
     <w:rsid w:val="00D15374"/>
     <w:rsid w:val="00D224EF"/>
+    <w:rsid w:val="00D264B9"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
     <w:rsid w:val="00D400F5"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
     <w:rsid w:val="00D640A3"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
     <w:rsid w:val="00D77E78"/>
     <w:rsid w:val="00D80F24"/>
     <w:rsid w:val="00D838D0"/>
     <w:rsid w:val="00D965E3"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB5BD0"/>
     <w:rsid w:val="00DB7D50"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DE4B6F"/>
     <w:rsid w:val="00DE60BE"/>
     <w:rsid w:val="00DF0557"/>
     <w:rsid w:val="00DF2FAC"/>
+    <w:rsid w:val="00E02849"/>
     <w:rsid w:val="00E055E1"/>
     <w:rsid w:val="00E07F1C"/>
     <w:rsid w:val="00E14A80"/>
     <w:rsid w:val="00E14B79"/>
     <w:rsid w:val="00E14D48"/>
     <w:rsid w:val="00E1639E"/>
     <w:rsid w:val="00E16FBB"/>
     <w:rsid w:val="00E23682"/>
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
     <w:rsid w:val="00E31C81"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E37C8C"/>
     <w:rsid w:val="00E44AA4"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
     <w:rsid w:val="00E47BB5"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E62A3D"/>
     <w:rsid w:val="00E71B09"/>
@@ -17325,50 +24320,51 @@
     <w:rsid w:val="00EC1C24"/>
     <w:rsid w:val="00EC6011"/>
     <w:rsid w:val="00ED37CC"/>
     <w:rsid w:val="00ED65C1"/>
     <w:rsid w:val="00EE3D15"/>
     <w:rsid w:val="00EE7050"/>
     <w:rsid w:val="00EF1818"/>
     <w:rsid w:val="00EF346C"/>
     <w:rsid w:val="00EF45FA"/>
     <w:rsid w:val="00EF53B2"/>
     <w:rsid w:val="00EF6C0D"/>
     <w:rsid w:val="00F00C3C"/>
     <w:rsid w:val="00F039C9"/>
     <w:rsid w:val="00F0484A"/>
     <w:rsid w:val="00F04C7F"/>
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F05842"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12A52"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
+    <w:rsid w:val="00F306A2"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F55BD5"/>
     <w:rsid w:val="00F6255A"/>
     <w:rsid w:val="00F65CBC"/>
     <w:rsid w:val="00F7262B"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73E3D"/>
     <w:rsid w:val="00F7777A"/>
     <w:rsid w:val="00F81344"/>
     <w:rsid w:val="00F90C02"/>
     <w:rsid w:val="00F93EA9"/>
     <w:rsid w:val="00F945E9"/>
     <w:rsid w:val="00F97F3E"/>
     <w:rsid w:val="00FA1C6D"/>
     <w:rsid w:val="00FA521F"/>
     <w:rsid w:val="00FB2469"/>
     <w:rsid w:val="00FB3C85"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
@@ -17386,51 +24382,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15EC1037"/>
   <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18802,51 +25798,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00907C16"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention3">
     <w:name w:val="Unresolved Mention3"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007651D3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="162010394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="876771824">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18863,51 +25859,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1337733578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mhesubmission.ehs.mass.gov/esb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mass.gov/SNAP" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FNSCIVILRIGHTSCOMPLAINTS@usda.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mass.gov/SNAP" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mhesubmission.ehs.mass.gov/esb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19100,87 +26096,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D021F38-96CE-49B4-A24C-59FEC7E68254}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0300358-5893-48A3-A119-316504E27FC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>10909</Characters>
+  <Pages>21</Pages>
+  <Words>2903</Words>
+  <Characters>15563</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>282</Lines>
+  <Paragraphs>170</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12867</CharactersWithSpaces>
+  <CharactersWithSpaces>18296</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2621488</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>