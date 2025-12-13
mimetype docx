--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -1,7398 +1,12909 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D4D019E" w14:textId="37B91093" w:rsidR="002E4877" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00A07F0C">
+    <w:p w14:paraId="0D4D019E" w14:textId="37B91093" w:rsidR="002E4877" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00A07F0C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Renovación de la </w:t>
       </w:r>
-      <w:r w:rsidR="003D7C3E" w:rsidRPr="002148ED">
+      <w:r w:rsidR="003D7C3E" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">ayuda </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>con los costos de</w:t>
       </w:r>
-      <w:r w:rsidR="00CB56C4" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00CB56C4" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E43C271" w14:textId="432DFBC2" w:rsidR="00360ABB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00746292">
+    <w:p w14:paraId="5E43C271" w14:textId="432DFBC2" w:rsidR="00360ABB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00746292">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Programas de Ahorros de Medicare (MSP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3205EA6C" w14:textId="4A13A67F" w:rsidR="00721B17" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="3205EA6C" w14:textId="4A13A67F" w:rsidR="00721B17" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Esta solicitud de renovación es para verificar que usted todavía es elegible para recibir asistencia con el pago de las primas de Medicare Parte B, las primas de Medicare Parte A, o para los copagos o deducibles de la Parte A o B.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE59474" w14:textId="7550E8AD" w:rsidR="006C3A1D" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="6FE59474" w14:textId="7550E8AD" w:rsidR="006C3A1D" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Su cobertura dependerá de </w:t>
       </w:r>
-      <w:r w:rsidR="003D7C3E" w:rsidRPr="002148ED">
+      <w:r w:rsidR="003D7C3E" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">sus </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">ingresos y </w:t>
       </w:r>
-      <w:r w:rsidR="003D7C3E" w:rsidRPr="002148ED">
+      <w:r w:rsidR="003D7C3E" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">los </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>de su cónyuge (si estuviera casado).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F33FB1" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="21F33FB1" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si usted todavía es elegible para recibir un Programa de Ahorros de Medicare (MSP), también será inscrito para recibir Medicare Parte D: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Extra Help</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:t xml:space="preserve">Extra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:lang w:val="es-419"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Help</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ayuda adicional). Extra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Help</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podría ayudarle con los costos de sus medicamentos con receta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D130D28" w14:textId="06FB1322" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00EA7BDE" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l Programa de Asistencia de Nutrición Suplementaria (SNAP) es un programa federal que le brinda asistencia para comprar alimentos cada mes. Si le interesa, marque la casilla en la página 1 de la solicitud, lea los derechos y responsabilidades de SNAP en las páginas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7C3E" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="003D7C3E" w:rsidRPr="002148ED">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7C3E" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>y firme en la página</w:t>
       </w:r>
-      <w:r w:rsidR="001030C5" w:rsidRPr="002148ED">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidR="001030C5" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (de ser necesario). Luego, su solicitud será enviada automáticamente al Departamento de Asistencia Transicional (DTA). Usted no tiene que solicitar los beneficios del Programa SNAP para ser considerado para recibir </w:t>
       </w:r>
-      <w:r w:rsidR="001030C5" w:rsidRPr="002148ED">
+      <w:r w:rsidR="001030C5" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>el</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Programa de Ahorros de Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64085C8A" w14:textId="3D469D42" w:rsidR="00360ABB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="7478C585" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00664035">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Qué sucede después de que el DTA recibe su solicitud?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583E77E0" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>El DTA lo llamará pronto para realizar una entrevista telefónica y verificar si usted puede recibir SNAP de emergencia en un plazo de 7 días.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F89B040" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>El DTA trabajará con usted para verificar la información de su caso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02491FAC" w14:textId="77777777" w:rsidR="00A339ED" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Si lo aprueban, recibirá una tarjeta de Transferencia Electrónica de Beneficios (EBT) para acceder a los beneficios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73894714" w14:textId="45FC7CB6" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Recibirá un aviso de nuestra decisión en un plazo de 30 días.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64085C8A" w14:textId="3D469D42" w:rsidR="00360ABB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00664035">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>¿Cuántos bienes puedo tener?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FABA2B8" w14:textId="41AE06A6" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00120916" w:rsidP="00505740">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="0FABA2B8" w14:textId="41AE06A6" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00120916" w:rsidP="00505740">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No hay topes de bienes para los Programas de Ahorros de Medicare de Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidR="00BF2FC9" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00BF2FC9" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39011A00" w14:textId="029513A5" w:rsidR="00120916" w:rsidRPr="002148ED" w:rsidRDefault="00120916" w:rsidP="00120916">
+    <w:p w14:paraId="39011A00" w14:textId="029513A5" w:rsidR="00120916" w:rsidRPr="00F000F9" w:rsidRDefault="00120916" w:rsidP="00664035">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Cuántos ingresos puedo tener?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5A1F44" w14:textId="42E038E2" w:rsidR="00CB0F6D" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00505740">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="6C5A1F44" w14:textId="42E038E2" w:rsidR="00CB0F6D" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00505740">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Los topes de ingresos cambian todos los años el 1 de marzo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A61254" w14:textId="7315734C" w:rsidR="001E1DE4" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="001E1DE4">
+    <w:p w14:paraId="20A61254" w14:textId="7315734C" w:rsidR="001E1DE4" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="001E1DE4">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Es posible que MassHealth descuente determinadas deducciones de sus ingresos brutos cuando calcule sus ingresos considerados contables. Estas deducciones se describen en </w:t>
       </w:r>
-      <w:r w:rsidR="009A3DCF" w:rsidRPr="002148ED">
+      <w:r w:rsidR="009A3DCF" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">el reglamento desde </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>130 CMR 520.012 hasta 520.014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F62CBEA" w14:textId="76511CF7" w:rsidR="00505740" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00505740">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="5F62CBEA" w14:textId="76511CF7" w:rsidR="00505740" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00505740">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede encontrar información más actualizada sobre los topes de ingresos en </w:t>
       </w:r>
-      <w:r w:rsidR="00566FE0" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00566FE0" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1"/>
-      <w:r w:rsidRPr="002148ED">
+      <w:hyperlink w:history="1"/>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59409002" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="000F5AF5">
+    <w:p w14:paraId="59409002" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00664035">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:spacing w:before="480"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Proceso de renovación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E0329D" w14:textId="468E397F" w:rsidR="000F5AF5" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="000F5AF5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="35E0329D" w14:textId="468E397F" w:rsidR="000F5AF5" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="000F5AF5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Después de que presente su solicitud de renovación, MassHealth le enviará un aviso si sus beneficios actuales cambian o si necesitamos más información. Si usted cree que la decisión es incorrecta, tiene el derecho de apelar. Encontrará la información sobre cómo apelar al dorso de la notificación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF33156" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="0099749B">
+    <w:p w14:paraId="0FF33156" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00664035">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Cómo usamos su Número de Seguro Social</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4358E6B9" w14:textId="1CE17286" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="4358E6B9" w14:textId="1CE17286" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>A menos que corresponda aplicar una de las excepciones indicadas a continuación, usted debe darnos un Número de Seguro Social (SSN) o un comprobante de que haya tramitado uno, por cada miembro del hogar que solicite el beneficio.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00664035">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:spacing w:before="480"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Excepciones</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00942DE7">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00942DE7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted no tiene que darnos su SSN ni un comprobante de que se haya solicitado un SSN, si usted o si alguno de los miembros de su hogar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9FE97B" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="5E9FE97B" w14:textId="152241A1" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...7 lines deleted...]
-    <w:p w14:paraId="3A919ED2" w14:textId="7FB85B9F" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>tengan una exención religiosa según lo descrito en las leyes federales</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7BDE" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A919ED2" w14:textId="4F9E4736" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...7 lines deleted...]
-    <w:p w14:paraId="7F86C40A" w14:textId="5623EFDB" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>sean elegibles solamente para obtener un SSN que no sea de trabajo</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7BDE" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F86C40A" w14:textId="5623EFDB" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>no sean elegibles para obtener un SSN.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701BA718" w14:textId="0E078B32" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="701BA718" w14:textId="0E078B32" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usamos su SSN para verificar la información que usted nos haya dado. También lo usamos para detectar casos de fraude, para verificar si alguien recibe beneficios por duplicado o para ver si otros (un tercero) deberían estar pagando por los servicios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE64079" w14:textId="2576F401" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="6FE64079" w14:textId="2576F401" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Es posible que comparemos el SSN de alguien de su hogar que solicite beneficios y el de alguien que tenga seguro de salud o que pueda obtenerlo para dichas personas con los archivos de algunas agencias, incluidas las siguientes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F2AD809" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="4F2AD809" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Servicio de Impuestos Internos (IRS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A34F626" w14:textId="37CD044D" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="2A34F626" w14:textId="37CD044D" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Administración del Seguro Social (SSA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ECFCCDB" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="7ECFCCDB" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Subvención para la Verificación Sistemática de Extranjeros (SAVE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7505B5B0" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="7505B5B0" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Centros de Servicios de Medicare y Medicaid (CMS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA5B242" w14:textId="04F2E346" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="1BA5B242" w14:textId="04F2E346" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Registro de Vehículos Motorizados (RMV)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB44DBE" w14:textId="51B87D8E" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="3EB44DBE" w14:textId="51B87D8E" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Departamento de Hacienda (DOR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26173B9B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="26173B9B" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Departamento de Asistencia Transicional (DTA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EFC60F" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="74EFC60F" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Departamento de Accidentes Industriales (DIA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6254841E" w14:textId="77182927" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="6254841E" w14:textId="77182927" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Departamento de Asistencia al Desempleado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41AB3ABA" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="41AB3ABA" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>División de Recursos Humanos del Departamento de Servicios para Veteranos (DVS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA89A0E" w14:textId="2D8E2842" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="1CA89A0E" w14:textId="2D8E2842" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Agencia de Investigaciones Especiales (BSI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43137327" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="43137327" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Secretaría de Registros Vitales y Estadísticas del Departamento de Salud Pública</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F71F51" w14:textId="60F8C7BC" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="02F71F51" w14:textId="60F8C7BC" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>bancos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D790538" w14:textId="0B6BB25A" w:rsidR="00E16FBB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="5D790538" w14:textId="0B6BB25A" w:rsidR="00E16FBB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>otras instituciones financieras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE2E2B8" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00C55C6E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="0BE2E2B8" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00C55C6E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>También podrían compararse los archivos con los datos de agencias de servicios sociales en este u otros estados, y también con los archivos informáticos de compañías de seguro, empleadores y organizaciones de atención médica administrada. Además, MassHealth podría obtener su historial de finanzas (y, si correspondiera, el de los miembros de su hogar) de bancos y otras instituciones financieras para verificar sus recursos económicos y así determinar su elegibilidad mientras sea un afiliado de MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DC92CB" w14:textId="13511F33" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00B947D7">
+    <w:p w14:paraId="67DC92CB" w14:textId="13511F33" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00664035">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">¿Cómo </w:t>
       </w:r>
-      <w:r w:rsidR="00B74389" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00B74389" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">renuevo mi elegibilidad para </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>solicit</w:t>
       </w:r>
-      <w:r w:rsidR="00B74389" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00B74389" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> los Programas de Ahorros de Medicare?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462D1EC2" w14:textId="1A206558" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="462D1EC2" w14:textId="1A206558" w:rsidR="00B947D7" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Para renovar su elegibilidad para recibir los Programas de Ahorros de Medicare, complete la solicitud de renovación adjunta. También incluya información sobre su cónyuge, si vive con usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005204FF">
+    <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005204FF">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Firme la solicitud completada y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058776A2" w14:textId="2A269CBA" w:rsidR="001A1D20" w:rsidRPr="002148ED" w:rsidRDefault="009E06F6" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="058776A2" w14:textId="2A269CBA" w:rsidR="001A1D20" w:rsidRPr="00F000F9" w:rsidRDefault="009E06F6" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>reséntela en línea en:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6924E262" w14:textId="24D12781" w:rsidR="001A1D20" w:rsidRPr="002148ED" w:rsidRDefault="00AB2D59" w:rsidP="00C42B37">
+    <w:p w14:paraId="6924E262" w14:textId="24D12781" w:rsidR="001A1D20" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00C42B37">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00F000F9">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
-          <w:t>mhesubmission.ehs.mass.gov/esb</w:t>
+          <w:t>mhesubmission.ehs.mass.gov/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00F000F9">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="es-419"/>
+          </w:rPr>
+          <w:t>esb</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
-        <w:t>(complete y cargue su solicitud usando su número de referencia de presentaciones electrónicas e-Submission)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7AEE961D" w14:textId="26576410" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="009E06F6" w:rsidP="00EA0C5E">
+        <w:t>(complete y cargue su solicitud usando su número de referencia de presentaciones electrónicas e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Submission</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEE961D" w14:textId="26576410" w:rsidR="00B947D7" w:rsidRPr="00F000F9" w:rsidRDefault="009E06F6" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:lang w:val="es-419"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:lang w:val="es-419"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:lang w:val="es-419"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>nvíela a:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E01DAEF" w14:textId="22FEAD97" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="2E01DAEF" w14:textId="22FEAD97" w:rsidR="00B947D7" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:lang w:val="es-419"/>
-[...5 lines deleted...]
-          <w:lang w:val="es-419"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>MassHealth Enrollment Center</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...2 lines deleted...]
-          <w:lang w:val="es-419"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">PO Box 4405 </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...2 lines deleted...]
-          <w:lang w:val="es-419"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:br/>
         <w:t>Taunton, MA  02780-0968</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1838DB2B" w14:textId="01A68126" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="009E06F6" w:rsidP="00EA0C5E">
+    <w:p w14:paraId="1838DB2B" w14:textId="01A68126" w:rsidR="00B947D7" w:rsidRPr="00F000F9" w:rsidRDefault="009E06F6" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>or fax al:</w:t>
       </w:r>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>(857) 323-8300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9E2ACA" w14:textId="6BB53F48" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="009E06F6" w:rsidP="00B26545">
+    <w:p w14:paraId="3C9E2ACA" w14:textId="6BB53F48" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="009E06F6" w:rsidP="00B26545">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>ntregándola en persona en:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D01475" w14:textId="13F86DEF" w:rsidR="00E1639E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00142120">
+    <w:p w14:paraId="35D01475" w14:textId="13F86DEF" w:rsidR="00E1639E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00142120">
       <w:pPr>
         <w:ind w:left="1440"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="es-419"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth Enrollment Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...2 lines deleted...]
-          <w:lang w:val="es-419"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
-        <w:t>The Schrafft Center</w:t>
-[...4 lines deleted...]
-          <w:lang w:val="es-419"/>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Schrafft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>529 Main St., Suite 1M</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...2 lines deleted...]
-          <w:lang w:val="es-419"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>Charlestown, MA  02120</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BAF41CD" w14:textId="23499B01" w:rsidR="00914A3B" w:rsidRPr="002148ED" w:rsidRDefault="009E06F6" w:rsidP="002148ED">
+    <w:p w14:paraId="2BAF41CD" w14:textId="23499B01" w:rsidR="00914A3B" w:rsidRPr="00F000F9" w:rsidRDefault="009E06F6" w:rsidP="002148ED">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="00832E71" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> use uno de nuestros buzones en los Centros de Inscripción de MassHealth (MEC) en Charlestown, Quincy, Taunton, Tewksbury o Springfield.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="583CBA04" w14:textId="234CC9A4" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+        <w:t xml:space="preserve"> use uno de nuestros buzones en los Centros de Inscripción de MassHealth (MEC) en Charlestown, Quincy, Taunton, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Tewksbury</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o Springfield.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583CBA04" w14:textId="234CC9A4" w:rsidR="00B947D7" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Cuando recibamos su solicitud de renovación, la revisaremos. Si necesitamos más información, le escribiremos o le llamaremos. Una vez que obtengamos la información necesaria, decidiremos si usted sigue siendo elegible. También decidiremos si su cónyuge es elegible, si también está solicitando cobertura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB90A8A" w14:textId="452EC10B" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="2CB90A8A" w14:textId="452EC10B" w:rsidR="00B947D7" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Junto con su solicitud, adjuntamos un formulario de inscripción de votante. Usted no tiene que inscribirse para votar para obtener un Programa de Ahorros de Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D616DD" w14:textId="5292AF15" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="51D616DD" w14:textId="5292AF15" w:rsidR="00B947D7" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Si usted desea que alguien actúe en su nombre como su representante autorizado, infórmenos usando el </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de designación del representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ARD) adjunto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5B9633" w14:textId="0BA5EAFC" w:rsidR="00B947D7" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="0E5B9633" w14:textId="25FB6E75" w:rsidR="00B947D7" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Por favor tenga en cuenta que esta solicitud es solamente para los Programas de Ahorros de Medicare. Si usted desea solicitar todos los programas de MassHealth (incluida la asistencia con el pago de los costos de Medicare) usando una sola solicitud, comuníquese con MassHealth para pedir una solicitud completa al (800) 841-2900, o </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2714" w:rsidRPr="002148ED">
+      <w:r w:rsidR="002A4271">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2714" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TDD/TTY </w:t>
+      </w:r>
+      <w:r w:rsidR="002A4271">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">al </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">711 para personas sordas, con dificultad auditiva o discapacidad del habla, o descargue la solicitud adecuada en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00F000F9">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+    <w:p w14:paraId="0E037AD9" w14:textId="77777777" w:rsidR="00BE18EA" w:rsidRPr="00F000F9" w:rsidRDefault="00BE18EA" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00BE18EA" w:rsidRDefault="00832E71" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:lang w:val="es-419"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Privacidad y confidencialidad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1090DBA7" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="1090DBA7" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>MassHealth se compromete a mantener confidencial su información personal. Toda la información personal que tengamos sobre cualquier solicitante o afiliado, incluidos datos médicos, estado de salud y la información personal que usted nos dé al solicitar y recibir beneficios, es confidencial. Esta información no podría ser usada ni divulgada sin su permiso excepto para los propósitos de la administración de MassHealth a menos que sea requerida por ley o por orden judicial.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25081775" w14:textId="1ADC4D5E" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="25081775" w14:textId="1ADC4D5E" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Usted puede darnos su autorización por escrito para usar su información personal de salud para un propósito específico o para compartirla con una persona u organización específica. Usted también puede darnos su autorización para divulgar su información personal a su representante autorizado, su Asesor Certificado para Tramitar Solicitudes (CAC) o a su Navegador, si lo tiene. Autorícenos completando un </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de designación del representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ARD), un Formulario de designación del asesor certificado para tramitar solicitudes o un Formulario de designación del navegador.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Autorización para divulgar información</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6BA3FA" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="6C6BA3FA" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si desea que compartamos su información personal de salud, e incluso que enviemos las copias de sus avisos de elegibilidad, con alguien que no es su representante autorizado, usted puede hacer esto dándonos su autorización por escrito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7AE5BF" w14:textId="20475A9B" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="7A7AE5BF" w14:textId="20475A9B" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Para informarse más sobre cómo MassHealth podría usar su información, cuáles son sus derechos y sobre cómo autorizarnos para que divulguemos su información personal, consulte el </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de autorización para divulgar información</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PSI) y el formulario de </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Aviso de prácticas de privacidad</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Notice of Privacy Practices</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:t>Notice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Privacy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Practices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>) de MassHealth en la sección "Formularios importantes", a continuación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Representante autorizado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00422BAF">
+    <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Un representante autorizado es alguien que usted elige para que lo ayude a obtener cobertura de atención de salud mediante los programas ofrecidos por MassHealth. Usted también puede realizar esto completando un Formulario de ARD. Un representante autorizado puede completar sus formularios de solicitud o de revisión de elegibilidad; brindar comprobantes de la información indicada en los formularios; informar sobre cambios en sus ingresos, dirección postal u otras circunstancias; recibir copias de los avisos de elegibilidad de MassHealth que le envíen a usted; y actuar en su nombre en todos los demás asuntos relacionados con MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EAA90B8" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00422BAF">
+    <w:p w14:paraId="2EAA90B8" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Un representante autorizado puede ser un amigo, un familiar u otra persona u organización que usted elija para ayudarlo. La elección de un representante autorizado, si así lo desea, depende solo de usted. MassHealth no elegirá un representante autorizado por usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B37761E" w14:textId="787EAC72" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00422BAF">
+    <w:p w14:paraId="5B37761E" w14:textId="787EAC72" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted debe designar por escrito en el Formulario de ARD a la persona u organización que usted desea que sea su representante autorizado. Dicho formulario está incluido en el paquete de solicitud. En la mayoría de los casos, su representante autorizado también debe completar este formulario. Para obtener más detalles, por favor consulte las instrucciones dadas en el formulario.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BB3982" w14:textId="563445DB" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00422BAF">
+    <w:p w14:paraId="79BB3982" w14:textId="563445DB" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="NoParagraphStyle"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Un representante autorizado también puede ser una persona que actúe en su nombre responsablemente, si usted no puede designar por escrito a un representante autorizado debido a una condición de salud mental o física, o alguien que haya sido designado por ley para actuar en su nombre o en nombre de su sucesión. Esta persona debe completar las partes correspondientes del Formulario de ARD. Si esta persona ha sido nombrada por ley para representarlo, usted o esta persona también debe presentar, ante MassHealth, una copia del documento legal correspondiente, indicando que dicha persona lo representa legalmente a usted o a su sucesión. Esta persona puede ser un tutor legal; conservador; titular de un poder notarial; apoderado para atención de salud (proxy); o, si el solicitante o afiliado ha fallecido, el administrador o albacea de la sucesión.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formularios importantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede encontrar los siguientes formularios en nuestro sitio web en </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
-        <w:r w:rsidRPr="002148ED">
+      <w:hyperlink r:id="rId10" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
+        <w:r w:rsidRPr="00F000F9">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+    <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>formulario de Aviso de prácticas de privacidad de MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+    <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de autorización para divulgar información</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PSI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="005C583A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005C583A">
+    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="005C583A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de designación del representante autorizado</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ARD)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6B989B" w14:textId="3F31ABE3" w:rsidR="00803AD1" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004A7027">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="5A6B989B" w14:textId="3F31ABE3" w:rsidR="00803AD1" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004A7027">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted también puede llamarnos al (800) 841-2900, TDD/TTY: 711, para pedir cualquiera de estos formularios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76DA711C" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="76DA711C" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Notificación de cambios</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60ADFA8A" w14:textId="5FF5095C" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
-[...13 lines deleted...]
-    <w:p w14:paraId="6B036628" w14:textId="35322B25" w:rsidR="00360ABB" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="60ADFA8A" w14:textId="44BDE48F" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si hubiera algún cambio en su vida, incluidos</w:t>
+      </w:r>
+      <w:r w:rsidR="004862D2" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre otros, cambios en ingresos, bienes, dirección, seguro de salud, estado inmigratorio o discapacidad, usted debe informarnos dentro de los 10 días calendario de ocurridos los cambios o lo antes posible. Usted podría perder sus beneficios si no nos notifica sobre estos cambios. Usted puede notificarnos sobre los cambios llamando al (800) 841-2900, TDD/TTY: 711.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B036628" w14:textId="35322B25" w:rsidR="00360ABB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Otros beneficios</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51954B9E" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="51954B9E" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth puede pagar directamente por los servicios médicos y también podría pagar sus copagos y deducibles de Medicare, si usted fuera elegible. Es posible que usted pueda obtener estos beneficios si sus ingresos y bienes son inferiores a determinadas cantidades o si usted tiene una discapacidad y es menor de 65 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>años de edad</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Llámenos al (800) 841-2900, TDD/TTY: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="MS Gothic"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>, para informarse sobre estos beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C72ECBC" w14:textId="0D7160A5" w:rsidR="00400621" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="7C72ECBC" w14:textId="0D7160A5" w:rsidR="00400621" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted también puede llamar a este número si tiene preguntas sobre los Programas de Ahorros de Medicare (MSP).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21716783" w14:textId="2CC394FA" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="21716783" w14:textId="2CC394FA" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>La mayoría de los afiliados que tienen Medicare y MassHealth o Medicare y un Programa de Ahorros de Medicare pueden obtener asistencia para cubrir los costos de los medicamentos con receta mediante Medicare. Para obtener más información, llame a Medicare al (800)</w:t>
       </w:r>
-      <w:r w:rsidR="0098215F" w:rsidRPr="002148ED">
+      <w:r w:rsidR="0098215F" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>633</w:t>
       </w:r>
-      <w:r w:rsidR="0098215F" w:rsidRPr="002148ED">
+      <w:r w:rsidR="0098215F" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>4227, TDD/TTY: (877)</w:t>
       </w:r>
-      <w:r w:rsidR="0098215F" w:rsidRPr="002148ED">
+      <w:r w:rsidR="0098215F" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>486</w:t>
       </w:r>
-      <w:r w:rsidR="0098215F" w:rsidRPr="002148ED">
+      <w:r w:rsidR="0098215F" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">2048, o visite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="002148ED">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00F000F9">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.medicare.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3961B93F" w14:textId="6782D6A5" w:rsidR="00400621" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="3961B93F" w14:textId="6782D6A5" w:rsidR="00400621" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>El Programa Prescription Advantage ofrece ayuda con los costos de medicamentos con receta. Para informarse más sobre estos beneficios, llame a la línea gratuita de la Oficina Ejecutiva para Asuntos Relacionados con las Personas de la Tercera Edad (EOEA) al (800) 243-4636, TDD/TTY: (877) 610</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:t xml:space="preserve">El Programa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Prescription</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Advantage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ofrece ayuda con los costos de medicamentos con receta. Para informarse más sobre estos beneficios, llame a la línea gratuita de la Oficina Ejecutiva para Asuntos Relacionados con las Personas de la Tercera Edad (EOEA) al (800) 243-4636, TDD/TTY: (877) 610</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>0241.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5F953C" w14:textId="77346FE1" w:rsidR="000C0660" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="2A5F953C" w14:textId="6FF40D12" w:rsidR="000C0660" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>MHBI-R-ES-</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="es-419"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>EOHHS</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tooltip="www.mass.gov/masshealth" w:history="1">
-        <w:r w:rsidRPr="002148ED">
+      <w:hyperlink r:id="rId12" w:tooltip="www.mass.gov/masshealth" w:history="1">
+        <w:r w:rsidRPr="00F000F9">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
-            <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="192A5F33" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00EE3D15">
+    <w:p w14:paraId="192A5F33" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Solicitud de renovación de los Programas de Ahorros de Medicare (MSP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF07359" w14:textId="169CD1D4" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00EE3D15">
+    <w:p w14:paraId="0CF07359" w14:textId="169CD1D4" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>para las personas que son elegibles para recibir Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2358B4" w14:textId="31B4FCA1" w:rsidR="00636B57" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="0099749B">
-[...39 lines deleted...]
-    <w:p w14:paraId="7F85CF28" w14:textId="7578525C" w:rsidR="00107D22" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="0099749B">
+    <w:p w14:paraId="7F85CF28" w14:textId="7578525C" w:rsidR="00107D22" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="0099749B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Quién puede usar esta solicitud de renovación?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6929B7" w14:textId="267A46A0" w:rsidR="00F44A8A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="4B6929B7" w14:textId="267A46A0" w:rsidR="00F44A8A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Las personas de cualquier edad que reciban Medicare y que solo busquen asistencia para pagar sus primas de Medicare y compartir los costos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7238CF" w14:textId="23FC78A7" w:rsidR="00F44A8A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+    <w:p w14:paraId="1C7238CF" w14:textId="23FC78A7" w:rsidR="00F44A8A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si usted desea solicitar otros beneficios de MassHealth, o asistencia para cubrir los costos de Medicare, o para pedir una solicitud diferente, puede llamar al Servicio al cliente de MassHealth al (800) 841-2900, TDD/TTY: 711 para personas sordas, con dificultad auditiva o discapacidad del habla. O también puede descargar la solicitud adecuada en </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="002148ED">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00F000F9">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00EE3D15">
+    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FD8D8E" w14:textId="7EEFEB32" w:rsidR="00E14A80" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="66FD8D8E" w14:textId="7EEFEB32" w:rsidR="00E14A80" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>SNAP es un programa federal que le brinda asistencia para comprar alimentos saludables cada mes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C6DFC" w14:textId="074C89ED" w:rsidR="00E14A80" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="282C6DFC" w14:textId="21F57248" w:rsidR="00E14A80" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...24 lines deleted...]
-    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00EE3D15">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Marque esta casilla si quiere que se envíe esta solicitud al Departamento de Asistencia Transicional (DTA) para usarla como una solicitud de beneficios de SNAP. Usted debe leer los derechos y las responsabilidades de las páginas </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7BDE" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7BDE" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00803870" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y firmar en la página </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7BDE" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para continuar con la solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Información general</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00783CA8">
+    <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00783CA8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Quién solicita beneficios?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F383FC" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="64F383FC" w14:textId="5C52A111" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00EA7BDE" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="4CC03192" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>sted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC03192" w14:textId="5539459E" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00EA7BDE" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="1A5FDEEE" w14:textId="6D1B5607" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00783CA8">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00832E71" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>sted y su cónyuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5FDEEE" w14:textId="6D1B5607" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00783CA8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si usted y su cónyuge viven juntos, también debe darnos información sobre su cónyuge, inclusive si él o ella no está solicitando beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53172472" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+    <w:p w14:paraId="53172472" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Usted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488516CE" w14:textId="043A7E97" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="488516CE" w14:textId="043A7E97" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Apellido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C8C8A9" w14:textId="0D9523CC" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="34C8C8A9" w14:textId="0D9523CC" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nombre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C6BD7C" w14:textId="5035AF90" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="15C6BD7C" w14:textId="5035AF90" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Inicial del 2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> nombre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045FF978" w14:textId="04136181" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="045FF978" w14:textId="04136181" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Calle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="70F225A4" w14:textId="5390266C" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ciudad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="149AF57F" w14:textId="213B5CF2" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="17C8D8CA" w14:textId="7D696B1B" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Código postal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F317415" w14:textId="27AD616E" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="0F317415" w14:textId="27AD616E" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Dirección postal (si es diferente de la anterior)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>desamparado sin hogar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="773F1408" w14:textId="4B7CA540" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Ciudad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F05EE8" w14:textId="0E057150" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="49F05EE8" w14:textId="0E057150" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F5D1DB" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="16F5D1DB" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Código postal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBA93E9" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="2DBA93E9" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fecha de nacimiento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B83DA6" w14:textId="6F8072A2" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="77B83DA6" w14:textId="6F8072A2" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Género M F</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7222145E" w14:textId="2F945C89" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="7222145E" w14:textId="2F945C89" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Número de teléfono</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6099BF23" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="6099BF23" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Idioma hablado preferido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B72F82B" w14:textId="69C90A37" w:rsidR="00F44A8A" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="2B72F82B" w14:textId="69C90A37" w:rsidR="00F44A8A" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Idioma escrito preferido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A74868" w14:textId="5893CC95" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="74A74868" w14:textId="5893CC95" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FECDAFD" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="7FECDAFD" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Número de reclamo de Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01743C6C" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B0622">
-[...16 lines deleted...]
-    <w:p w14:paraId="3ECE2394" w14:textId="3C9A2B19" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="7CD5BED9" w14:textId="51BF119A" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk213758303"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Es usted ciudadano o nacional de EE. UU.?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F078FD5" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5025A1BD" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBAB4D0" w14:textId="270C1649" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="004862D2" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="004862D2" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿es usted ciudadano naturalizado o posee ciudadanía derivada o adquirida (no nacido en EE. UU.)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB771A4" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778F97DC" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC1D9B7" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de extranjero</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59CA38FD" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número del certificado de naturalización o de ciudadanía</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF93740" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Si no es ciudadano, ¿tiene un estado inmigratorio elegible? (Consulte 130 CMR 518.000 para obtener más información.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC956F6" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7319E47F" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435FC0C4" w14:textId="3991F847" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="004862D2" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="004862D2" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿tiene un documento de inmigración?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B72F6F2" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1478704B" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B78A092" w14:textId="519BED45" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podría ayudarnos a procesar esta solicitud con mayor rapidez si usted incluye una copia de sus documentos de inmigración junto con la solicitud. Por favor, </w:t>
+      </w:r>
+      <w:r w:rsidR="004862D2" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>indique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> todos los estados inmigratorios o las condiciones que le hayan correspondido desde que entró en EE. UU. Si necesita más espacio, adjunte otra hoja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB4EB24" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fecha de otorgamiento del estado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>) (Para personas maltratadas, escriba la fecha en que se aprobó la petición.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70AD7F58" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Estado inmigratorio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFB46CF" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tipo de documento de inmigración</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D84626" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de documento de identidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1807D635" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de extranjero</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB15DC8" w14:textId="65544BE0" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de </w:t>
+      </w:r>
+      <w:r w:rsidR="004862D2" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>vencimiento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del pasaporte o documento (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5267BA24" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705CD3E9" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Usó usted en esta aplicación el mismo nombre que usó para obtener su estado inmigratorio?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343A93DF" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4647A029" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D8300B" w14:textId="6495187B" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="00894B9D" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00894B9D" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿qué nombre usó? Primer nombre, segundo nombre, apellido y sufijo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B7E618" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Llegó a EE. UU. después del 22 de agosto de 1996?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E03073B" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2539141D" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C5606C" w14:textId="7C7B03BE" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Es usted un veterano dado de baja honrosamente o un miembro activo de las fuerzas armadas de EE. UU., o el</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6324F" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cónyuge o hijo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6324F" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de un veterano dado de baja honrosamente o de un miembro activo de las fuerzas armadas de EE. UU.?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4410D870" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554C2C49" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62322063" w14:textId="664BC010" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Opcional: ¿Es usted víctima de tráfico grave; cónyuge, hijo/a, hermano/a o padre/madre de una víctima de tráfico; cónyuge maltratado/a; un/a hijo/a o padre/madre de un/a cónyuge maltratado/a?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="01743C6C" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Su cónyuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECE2394" w14:textId="3C9A2B19" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Apellido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0537B1B9" w14:textId="61FBFAEE" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...25 lines deleted...]
-    <w:p w14:paraId="74F2829C" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A9A839" w14:textId="6E9A980B" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="35A030CC" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Inicial del 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F2829C" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="055694C7" w14:textId="16898AD8" w:rsidR="0059010C" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A030CC" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="1AF7A07A" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Género M F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055694C7" w14:textId="16898AD8" w:rsidR="0059010C" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="6DE1BFC5" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de teléfono</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF7A07A" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="2D4C7659" w14:textId="28D426D0" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Idioma hablado preferido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE1BFC5" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="35FF3464" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Idioma escrito preferido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4C7659" w14:textId="28D426D0" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...41 lines deleted...]
-    <w:p w14:paraId="4CAD8E2F" w14:textId="5C4F737E" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FF3464" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de reclamo de Medicare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAA1D4C" w14:textId="0F0A9390" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Es usted ciudadano/a o nacional de EE. UU.?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6832A554" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FD749C" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6F707F" w14:textId="28915957" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC29FD" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC29FD" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿es usted ciudadano naturalizado o posee ciudadanía derivada o adquirida (no nacido en EE. UU.)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3B7A4C" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCF9E5B" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FB06B7" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de extranjero</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593D657C" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número del certificado de naturalización o de ciudadanía</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236B1912" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Si no es ciudadano, ¿tiene un estado inmigratorio elegible? (Consulte 130 CMR 518.000 para obtener más información.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAD84E7" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D0890E" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7826B094" w14:textId="61CE2558" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC29FD" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC29FD" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿tiene un documento de inmigración?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F511D71" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E365AB" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC0476E" w14:textId="6909BD1B" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podría ayudarnos a procesar esta solicitud con mayor rapidez si usted incluye una copia de sus documentos de inmigración junto con la solicitud. Por favor, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC29FD" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>indiqu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>e todos los estados inmigratorios o las condiciones que le hayan correspondido desde que entró en EE. UU. Si necesita más espacio, adjunte otra hoja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E813FE5" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fecha de otorgamiento del estado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>) (Para personas maltratadas, escriba la fecha en que se aprobó la petición.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7D1479" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Estado inmigratorio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C874F88" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Tipo de documento de inmigración</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E02EBB2" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de documento de identidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3118FCF5" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Número de extranjero</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AD0F0F" w14:textId="378F1C0D" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC29FD" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>vencimiento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del pasaporte o documento (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582773EF" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C978E95" w14:textId="34B0DCE9" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¿Usó usted en esta </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC29FD" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>solicitud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el mismo nombre que usó para obtener su estado inmigratorio?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D45E682" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA8F725" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361E3230" w14:textId="6C84C8DE" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="006910A6" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="006910A6" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, ¿qué nombre usó? Primer nombre, segundo nombre, apellido y sufijo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F783CEB" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Llegó a EE. UU. después del 22 de agosto de 1996?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C5E947" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D92FD77" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B12B2AD" w14:textId="5C18573B" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>¿Es usted un veterano dado de baja honrosamente o un miembro activo de las fuerzas armadas de EE. UU., o el</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB477C" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cónyuge o hijo</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB477C" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de un veterano dado de baja honrosamente o de un miembro activo de las fuerzas armadas de EE. UU.?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675D4560" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003B6C5D" w14:textId="77777777" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5504291D" w14:textId="02B8E243" w:rsidR="00946581" w:rsidRPr="00F000F9" w:rsidRDefault="00946581" w:rsidP="00946581">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Opcional: ¿Es usted víctima de tráfico grave; cónyuge, hijo/a, hermano/a o padre/madre de una víctima de tráfico; cónyuge maltratado/a; un/a hijo/a o padre/madre de un/a cónyuge maltratado/a?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE0C96" w14:textId="0886C9FA" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00F44A8A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ingresos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3183EC1D" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005B7469">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Complete esta sección para usted y su cónyuge. Indique los ingresos mensuales brutos (antes de descontar impuestos y deducciones, tales como la prima de Medicare Parte B).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAD8E2F" w14:textId="5C4F737E" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="000B7D66" w:rsidRPr="002148ED">
+      <w:r w:rsidR="000B7D66" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seguro Social </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Ingresos mensuales brutos antes de descontar impuestos y deducciones Suyos $ De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393473B9" w14:textId="780B15C7" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="393473B9" w14:textId="780B15C7" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="000B7D66" w:rsidRPr="002148ED">
+      <w:r w:rsidR="000B7D66" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pensiones </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Ingresos mensuales brutos antes de descontar impuestos y deducciones Suyos $ De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C484119" w14:textId="20DB3482" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="2C484119" w14:textId="20DB3482" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="00CB56C4" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00CB56C4" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Beneficios federales para veteranos </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Ingresos mensuales brutos antes de descontar impuestos y deducciones Suyos $ De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF61B18" w14:textId="147A2211" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="6AF61B18" w14:textId="147A2211" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="00CB56C4" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00CB56C4" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anualidades o fideicomisos </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Ingresos mensuales brutos antes de descontar impuestos y deducciones Suyos $ De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E7A5EB4" w14:textId="2C799A8D" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="7E7A5EB4" w14:textId="2C799A8D" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="00CB56C4" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00CB56C4" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dividendos y/o intereses </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Ingresos mensuales brutos antes de descontar impuestos y deducciones Suyos $ De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37900A50" w14:textId="502AEBCA" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="37900A50" w14:textId="502AEBCA" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="00CB56C4" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00CB56C4" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ingresos de un empleo (antes de descontar deducciones) Suyos $ De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE880B2" w14:textId="5C570977" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="2BE880B2" w14:textId="5C570977" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="00CB56C4" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00CB56C4" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ingresos de alquiler (después de descontar gastos) </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Ingresos mensuales brutos antes de descontar impuestos y deducciones Suyos $ De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119DFA25" w14:textId="1212FB7E" w:rsidR="000B199E" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="119DFA25" w14:textId="1212FB7E" w:rsidR="000B199E" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fuente de ingresos</w:t>
       </w:r>
-      <w:r w:rsidR="00CB56C4" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00CB56C4" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Otros (por favor especifique) </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Ingresos mensuales brutos antes de descontar impuestos y deducciones Suyos $ De su cónyuge $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1AEA80" w14:textId="302C7614" w:rsidR="005307E8" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="009C22B3">
+    <w:p w14:paraId="2C1AEA80" w14:textId="302C7614" w:rsidR="005307E8" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="009C22B3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Firme esta solicitud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="004019BC" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="009C22B3">
+    <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="004019BC" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Firma del solicitante o del representante autorizado </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fecha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0989972A" w14:textId="4B97FC5A" w:rsidR="004019BC" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="009C22B3">
+    <w:p w14:paraId="0989972A" w14:textId="4B97FC5A" w:rsidR="004019BC" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Firma del cónyuge o del representante autorizado </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Fecha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FC90CF" w14:textId="63D2D7A9" w:rsidR="004B0622" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+    <w:p w14:paraId="47FC90CF" w14:textId="63D2D7A9" w:rsidR="004B0622" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tanto usted como su cónyuge deben firmar si su cónyuge vive con usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4C43A5" w14:textId="45AFD7CF" w:rsidR="004B0622" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+    <w:p w14:paraId="3F4C43A5" w14:textId="45AFD7CF" w:rsidR="004B0622" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Al firmar, usted acepta y entiende lo siguiente:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07799DA9" w14:textId="5A90DA23" w:rsidR="004B0622" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+    <w:p w14:paraId="07799DA9" w14:textId="5A90DA23" w:rsidR="004B0622" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Al firmar esta solicitud, certifico que he leído y que acepto los derechos y responsabilidades incluidos en la presente solicitud en las páginas </w:t>
       </w:r>
-      <w:r w:rsidR="00803870" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00803870" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00803870" w:rsidRPr="002148ED">
+      <w:r w:rsidR="00803870" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8AE114" w14:textId="54165400" w:rsidR="004B0622" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+    <w:p w14:paraId="4E8AE114" w14:textId="54165400" w:rsidR="004B0622" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Por la presente certifico bajo pena de perjurio que las presentaciones y declaraciones que he brindado en esta solicitud son verdaderas y completas a mi leal saber y entender, y que estoy de acuerdo en aceptar y cumplir con los derechos y responsabilidades del Programa de Ahorros de Medicare (MSP).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B8D533" w14:textId="147424BA" w:rsidR="004B0622" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+    <w:p w14:paraId="20B8D533" w14:textId="147424BA" w:rsidR="004B0622" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si yo he marcado la casilla de SNAP en la página 1 de esta solicitud, también solicito los beneficios de SNAP. Certifico que entiendo y que acepto los derechos, los requisitos y las sanciones de SNAP, según lo detallado a continuación. Le pido a MassHealth que envíe mi información, incluida la información de salud protegida (PHI) conforme a la </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Ley de responsabilidad y transferibilidad del seguro médico</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HIPAA), al Departamento de Asistencia Transicional (DTA) con el propósito de solicitar los beneficios de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D46F85" w14:textId="5228A7C1" w:rsidR="005307E8" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005307E8">
+    <w:p w14:paraId="67D46F85" w14:textId="5228A7C1" w:rsidR="005307E8" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005307E8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Importante: Solamente para los solicitantes del Programa de Ahorros de Medicare (MSP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EAB4D6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="005307E8">
+    <w:p w14:paraId="53EAB4D6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="005307E8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Si usted presenta esta solicitud como representante autorizado, también debe presentar un Formulario de designación del representante autorizado (ARD) o tener un formulario en nuestros archivos para que podamos procesar esta solicitud. El Formulario de ARD está al final de esta solicitud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467527E6" w14:textId="2D05D5E0" w:rsidR="005307E8" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+    <w:p w14:paraId="467527E6" w14:textId="2D05D5E0" w:rsidR="005307E8" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>En este paquete se adjunta información sobre cómo inscribirse para votar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Usted no tiene que inscribirse para votar para obtener un Programa de Ahorros de Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2B712C" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Para los solicitantes del Programa de Ahorros de Medicare (MSP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D6884" w14:textId="6E285400" w:rsidR="008E09CA" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Usted autoriza a MassHealth a obtener todos los registros o datos para comprobar toda la información dada en esta solicitud. Usted entiende que debe informar a MassHealth de cualquier cambio que haya en la información que dio en esta solicitud. Además, usted certifica bajo pena de perjurio que la información en la presente solicitud es correcta y está completa a su leal saber y entender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70831BEE" w14:textId="3FE7CAEE" w:rsidR="0065235D" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Importante: Solamente para los solicitantes del Programa de Ahorros de Medicare (MSP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BF5303" w14:textId="0EAD74E4" w:rsidR="008E09CA" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si usted actúa en nombre de alguien al completar esta solicitud, debe completar el Formulario de ARD adjunto y debe enviarlo junto con esta solicitud. Su firma en esta solicitud como un representante autorizado certifica que la información dada en la presente solicitud es correcta y está completa a su leal saber y entender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE089BB" w14:textId="101B2531" w:rsidR="008E09CA" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si usted cree que la decisión de MassHealth acerca de su elegibilidad es incorrecta, tiene el derecho de apelar. Si a usted se le denegaran beneficios, recibirá información sobre cómo apelar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518B8D58" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth obtendrá de las compañías aseguradoras de salud actuales y pasadas que usted tenga toda la información sobre la cobertura del seguro de salud de usted y de su cónyuge. Esto incluye, entre otros, la información sobre pólizas, primas, coseguros, deducibles y beneficios cubiertos que están, podrían estar o deberían haber estado disponibles para usted y su cónyuge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744866BD" w14:textId="49A1717C" w:rsidR="00106BCB" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>MassHealth podría obtener registros o datos, sobre usted y su cónyuge nombrados en esta solicitud, de programas y fuentes de datos federales y estatales, tales como la Administración del Seguro Social (SSA), el Servicio de Impuestos Internos (IRS), el Departamento de Seguridad Nacional (DHS), el Departamento de Hacienda (DOR) y el Registro de Vehículos Motorizados (RMV), como así también de fuentes de datos privadas como las instituciones financieras: 1) para comprobar toda la información indicada en esta solicitud y en todos los suplementos, o cualquier otra información provista desde que usted y su cónyuge se afiliaran; 2) para documentar servicios médicos reclamados o provistos a usted o su cónyuge; y 3) para sustentar la continuidad de la elegibilidad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1242C9A2" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B0622">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk71282619"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Para los solicitantes del Programa de Asistencia de Nutrición Suplementaria (SNAP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6729C12E" w14:textId="71BA4700" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Beneficios del Programa de Asistencia de Nutrición Suplementaria (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SNAP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10568CBE" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Usted no tiene que inscribirse para votar para obtener un Programa de Ahorros de Medicare.</w:t>
-[...176 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Si usted marcó la casilla de la página </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">, MassHealth enviará esta solicitud al Departamento de Asistencia Transicional (DTA). </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¡Se usará como su solicitud de beneficios de SNAP!</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si usted es elegible, su beneficio de SNAP comenzará desde la fecha en que el DTA reciba esta solicitud de MassHealth. Al firmar a continuación, usted declara que ha leído y que acepta los Derechos, Responsabilidades y Sanciones del programa de SNAP, según el programa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17550C36" w14:textId="273DFE6E" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
+    <w:p w14:paraId="17550C36" w14:textId="273DFE6E" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Es posible que usted sea elegible para recibir beneficios de SNAP, dentro de los 7 días en que el DTA haya recibido esta solicitud, si:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C2272B" w14:textId="2EF315A3" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="34C2272B" w14:textId="2EF315A3" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>La suma de sus ingresos y la cantidad de dinero que tenga en el banco es menor que sus gastos mensuales de vivienda; o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17657544" w14:textId="74D378CD" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="17657544" w14:textId="74D378CD" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sus ingresos mensuales son menores de $150 y la cantidad de dinero que tenga en el banco es igual o menor que $100; o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A50609C" w14:textId="5CEF1C0B" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="2A50609C" w14:textId="5CEF1C0B" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
         <w:t>Es trabajador migrante y la cantidad de dinero que tenga en el banco es igual o menor que $100.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448515CF" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
+    <w:p w14:paraId="448515CF" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Para obtener más información sobre SNAP en Massachusetts, visite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="002148ED">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00F000F9">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>www.mass.gov/SNAP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1919BE" w14:textId="63621323" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="7D1919BE" w14:textId="63621323" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Aviso de derechos, responsabilidades y sanciones del Departamento de Asistencia Transicional (DTA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="338FE2E5" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="338FE2E5" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Este aviso indica la lista de los derechos y las responsabilidades para todos los programas del DTA. Usted debe cumplir con los requisitos de los programas que solicite.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D14F038" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="4D14F038" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Por favor lea atentamente estas páginas y guárdelas para su archivo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340857BE" w14:textId="32003599" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="340857BE" w14:textId="32003599" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="5"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Informe al DTA si tiene alguna pregunta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D9A358" w14:textId="3EFE78A6" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="04D9A358" w14:textId="3EFE78A6" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo juro bajo pena de perjurio que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244C4AFD" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="244C4AFD" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>He leído la información en este formulario, o que alguien me la ha leído.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DF9F8D" w14:textId="375072AE" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="63DF9F8D" w14:textId="375072AE" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Mis respuestas a las preguntas en este formulario son verdaderas y completas a mi leal saber y entender.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F8CBDA" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="14F8CBDA" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Proporcionaré al DTA información que es verdadera y completa a mi leal saber y entender durante la entrevista y en el futuro.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B125B1" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
+    <w:p w14:paraId="27B125B1" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FFB351" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="51FFB351" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>dar información falsa o engañosa es fraude,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598F1738" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="598F1738" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>alterar o retener datos para recibir beneficios del DTA es fraude,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617AB5A7" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="617AB5A7" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>se considera que una Violación Intencional del Programa (IPV) es fraude, y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B97C09A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="3B97C09A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>si el DTA cree que yo he cometido fraude, entonces el DTA puede presentar sanciones civiles y penales en mi contra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C4B43A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
+    <w:p w14:paraId="47C4B43A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="004B01A7">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Además, entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B73E6B0" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="0B73E6B0" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El DTA verificará la información que yo brinde en mi solicitud. Si alguna información fuera falsa, el DTA podría negarme mis beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA628E6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="6EA628E6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo también podría estar sujeto a procesamiento penal por proporcionar información falsa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291799F7" w14:textId="7865A635" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="291799F7" w14:textId="7865A635" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si el DTA obtiene de una fuente confiable información sobre un cambio en mi hogar, podría cambiar la cantidad de mi beneficio.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097A6888" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="097A6888" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Al firmar este formulario, autorizo al DTA a verificar mi elegibilidad para recibir beneficios, incluido:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3808EE0B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="3808EE0B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="49A0DE28" w14:textId="1E32273D" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obtener información de otras agencias estatales y federales, de autoridades locales de vivienda, de departamentos de bienestar de otros estados, de instituciones financieras y de Equifax Workforce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Solutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (número del empleo). También autorizo a estas agencias para que compartan con el DTA la información sobre la elegibilidad de mi hogar para recibir beneficios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A0DE28" w14:textId="1E32273D" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-      <w:r w:rsidR="00043379" w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si el DTA utiliza la información proveniente de Equifax sobre los ingresos salariales de mi hogar, tengo derecho a recibir una copia gratuita de mi informe de Equifax si yo lo solicitara dentro de los 60 días de la decisión del DTA. Tengo derecho a cuestionar la información en dicho informe. Podría comunicarme con Equifax a: Equifax Workforce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Solutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, 11432</w:t>
+      </w:r>
+      <w:r w:rsidR="00043379" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...7 lines deleted...]
-      <w:r w:rsidR="00043379" w:rsidRPr="002148ED">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Lackland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Road, St.</w:t>
+      </w:r>
+      <w:r w:rsidR="00043379" w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Louis, MO</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> 63146, 1-800-996-7566 (línea gratuita).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B778D48" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="3B778D48" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tengo derecho a recibir una copia de mi solicitud, incluida la información que el DTA utilice para decidir respecto a la elegibilidad de mi hogar y la cantidad del beneficio. Puedo pedir al DTA una copia electrónica de mi solicitud completada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BBBFF76" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="6BBBFF76" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Cómo utilizará el DTA mi información?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DC43CF" w14:textId="777C0440" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
+    <w:p w14:paraId="06DC43CF" w14:textId="777C0440" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Al firmar a continuación, autorizo al DTA a obtener y compartir información sobre mí y los miembros de mi hogar con:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="247AE065" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="247AE065" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Bancos, escuelas, agencias gubernamentales, empleadores, propietarios de viviendas de alquiler, compañías de servicios públicos y otras agencias para verificar que yo sea elegible para recibir beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13017375" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="13017375" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Compañías de electricidad, gas y telefonía para que pueda obtener descuentos en los servicios. Las compañías no pueden compartir ni usar mi información para ningún otro propósito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD16823" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="3FD16823" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El Departamento de Vivienda y Desarrollo Comunitario (DHCD) para inscribirme en el Programa de Calefacción y Alimentación. Este programa ayuda a las personas a recibir la mayor cantidad posible de beneficios de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6C47E5" w14:textId="39B715F0" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="5A6C47E5" w14:textId="39B715F0" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">El Departamento de </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Educación</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Primaria y Secundaria (DESE) para que mis hijos puedan recibir comidas escolares gratuitas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070F07F1" w14:textId="1E7A1390" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="070F07F1" w14:textId="1E7A1390" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El Programa para Mujeres, Infantes y Niños (WIC) para que todos los niños menores de 5 años o las mujeres embarazadas de mi hogar puedan recibir WIC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C60A5CD" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="6C60A5CD" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Los </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Servicios de Ciudadanía e Inmigración de Estados Unidos (USCIS) para verificar mi estado inmigratorio. Cualquier información proveniente de USCIS podría afectar la elegibilidad de mi hogar y la cantidad de los beneficios del DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A42AB6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="001A0CB0">
+    <w:p w14:paraId="00A42AB6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="001A0CB0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nota: Aunque usted no sea elegible para recibir beneficios debido al estado inmigratorio, el DTA no lo reportará a las autoridades de inmigración a menos que usted le muestre al DTA una orden final de deportación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66852A37" w14:textId="52C592F9" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="66852A37" w14:textId="7FDF501D" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El Departamento de Hacienda (DOR)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> para verificar mi elegibilidad para recibir créditos fiscales basados en los ingresos, tales como los Ingresos salariales y los Límites de ingresos, y para determinar si soy elegible para el estado de “</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>No Tax Status</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t>Tax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Status</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” (sin situación ante el impuesto) o de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE18EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dificultades económicas</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE18EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>hardship</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB1746C" w14:textId="1E757B41" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="1DB1746C" w14:textId="1E757B41" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El Departamento de Niños y Familias (DCF) para coordinar los servicios que son ofrecidos de manera conjunta por el DTA y DCF.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDCC68A" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="6EDCC68A" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Cómo utiliza el DTA los </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Números de Seguro Social (</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>SSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB6F3F2" w14:textId="350729D6" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="1EB6F3F2" w14:textId="350729D6" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Ley</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Alimentos y Nutrición de 2008 (7 U.S.C. 2011</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>2036) autoriza al DTA a pedir los SSN para SNAP y según lo estipulado en M.G.L. c. 18 Sección 33 para TAFDC y EAEDC</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> El DTA utiliza los SSN para:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383B21B3" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="383B21B3" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Verificar la identidad y la elegibilidad de cada miembro del hogar para los cuales yo solicite beneficios por medio de programas de comparación de datos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0D1C34" w14:textId="26B992A2" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="5D0D1C34" w14:textId="26B992A2" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Supervisar la conformidad con los requisitos del programa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DB1BF7" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="48DB1BF7" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Recaudar dinero si el DTA afirma que recibí beneficios para los cuales yo no era elegible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F12556" w14:textId="4F88A97E" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="25F12556" w14:textId="4F88A97E" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Ayudar a las agencias de cumplimiento de la ley a detener a los prófugos de la justicia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305E6CFD" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="305E6CFD" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Entiendo que no tengo que darle al DTA el SSN de ninguna persona de mi hogar que no sea ciudadano, incluido yo mismo, quien no desee recibir beneficios. Los ingresos de una persona que no sea ciudadano podrían ser considerados, aunque dicha persona no reciba beneficios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456EC855" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="456EC855" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Derecho a un intérprete</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46084370" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="46084370" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="020A6BED" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="020A6BED" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tengo derecho a recibir servicios gratuitos de un intérprete profesional provisto por el DTA si yo prefiriera comunicarme en otro idioma que no fuera el inglés.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F37B274" w14:textId="18CCC0BA" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="6F37B274" w14:textId="18CCC0BA" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si tengo una audiencia ante el DTA, puedo pedirle al DTA que me brinde los servicios gratuitos de un intérprete profesional, o si yo así lo prefiriera, llevar conmigo a alguien que interprete para mí. Si yo necesitara que el DTA me brinde un intérprete para una audiencia, debo llamar a la División de Audiencias al menos una semana antes de la fecha de la audiencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E08B3D" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="32E08B3D" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Derecho a inscribirse para votar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4A7C53" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="6B4A7C53" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4484F100" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="4484F100" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tengo derecho a inscribirme para votar por medio del DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B5B64D" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="15B5B64D" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El DTA me ayudará a completar el Formulario de Inscripción de Votante si deseara ayuda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF845F3" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="0AF845F3" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Puedo completar el Formulario de Inscripción de Votante en privado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030E3346" w14:textId="771F687C" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="030E3346" w14:textId="771F687C" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Solicitar o rechazar la inscripción para votar no afectará mis beneficios del DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8F533A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="4F8F533A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Oportunidades de empleo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4878B402" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="4878B402" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Consiento en que el DTA comparta mi nombre y la información de contacto con los proveedores de empleo y capacitación, entre ellos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599E85B2" w14:textId="739E1196" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="599E85B2" w14:textId="739E1196" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Proveedores del programa Camino al Trabajo de SNAP o especialistas del DTA para los clientes de SNAP; y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317BD6C1" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="317BD6C1" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Proveedores contratados del programa de Empleo y Capacitación o coordinadores de compromiso pleno para los clientes de TAFDC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE36021" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="2AE36021" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Los clientes de SNAP pueden participar voluntariamente en servicios de capacitación para empleo y educación por medio del programa Camino al Trabajo de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607E9C31" w14:textId="71A03A24" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="607E9C31" w14:textId="71A03A24" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Estado de ciudadanía</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743B0041" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="743B0041" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Juro que todos los miembros de mi hogar que solicitan beneficios del DTA son ciudadanos de EE. UU. o son no ciudadanos con residencia legal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D3D4BEF" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="009C22B3">
+    <w:p w14:paraId="3D3D4BEF" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="009C22B3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Programa de Asistencia de Nutrición Suplementaria (SNAP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A606D7B" w14:textId="6FEB9EF0" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
+    <w:p w14:paraId="51B76F52" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo entiendo que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1054EA11" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="05367968" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>El DTA administra el programa de SNAP en Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C81139A" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="15DC2B61" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="0CBB2496" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuando </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>presento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> una solicitud ante el DTA (por teléfono, en línea, en persona o por correo electrónico o fax), el DTA tiene 30 días, desde la fecha en que recibió mi solicitud, para decidir si soy elegible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A78DC3D" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si fuera elegible para recibir los beneficios SNAP acelerados (de emergencia), el DTA debe darme SNAP y asegurarse de yo tenga una tarjeta de Transferencia Electrónica de Beneficios (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>EBT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) dentro de los 7 días de la fecha en que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>recibió</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> mi solicitud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19740A56" w14:textId="7EDA033D" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="49A5EC3F" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Tengo el derecho de hablar con un supervisor del DTA si:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3771F301" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="7D650FCA" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="005C119D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>El DTA indica que no soy elegible para recibir los beneficios SNAP de emergencia, y no estoy de acuerdo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507ED7A7" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="291BAF98" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="005C119D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Yo fuera elegible para recibir los beneficios SNAP de emergencia, pero no recibiera mis beneficios al 7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> día calendario después de haber solicitado SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D357FF0" w14:textId="298438AC" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="262C33C3" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="005C119D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yo fuera elegible para recibir los beneficios SNAP de emergencia, pero no recibiera mi tarjeta de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>EBT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al 7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> día calendario después de haber solicitado SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087A08A3" w14:textId="1E280F98" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="08CA75A4" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Cuando reciba SNAP, deberé cumplir con determinados requisitos. Cuando me aprueben para recibir SNAP, el DTA me dará una copia del folleto “Su derecho a saber” y del folleto del Programa de SNAP. Yo leeré los folletos o le pediré a alguien que me los lea. Si tuviera preguntas o si necesitara ayuda para leer o comprender esta información, puedo llamar al DTA al 1</w:t>
       </w:r>
-      <w:r w:rsidR="003C4177" w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>877</w:t>
       </w:r>
-      <w:r w:rsidR="003C4177" w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>382</w:t>
       </w:r>
-      <w:r w:rsidR="003C4177" w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:noBreakHyphen/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>2363.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDB74B6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="5A0FD816" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Informar al DTA de cambios en mi hogar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309B114E" w14:textId="2D241236" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="2CE1B715" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si perteneciera a un hogar con el requisito de Informe Simplificado de SNAP, no deberé notificar la mayoría de los cambios al DTA hasta que venza el Informe Provisorio o la Recertificación. Las únicas cosas que debo notificar cuanto antes son:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD7A294" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="6A397A77" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="005C119D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si los ingresos de mi hogar superaran el umbral de ingresos brutos (indicado en mi Notificación de aprobación). Yo debo informar esto antes del 10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00001F5D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> día del mes posterior al mes en que mis ingresos superaron dicho umbral.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C47502" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
-      <w:pPr>
+    <w:p w14:paraId="3A1C1F44" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="005C119D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-        <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="28EEF768" w14:textId="2E84DAA3" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si yo debiera cumplir con los Requisitos de Trabajo del programa Adultos Sanos sin Personas a Cargo (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ABAWD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) y mis horas de trabajo disminuyeran por debajo de las 20 horas por semana.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E84D17" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Si alguien en mi hogar fuera mayor de 60 años, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="009F6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>discapacitado</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...90 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o menor de 18 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>años de edad</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, y nadie tuviera ganancias de un trabajo, las únicas cosas que yo debiera notificar son:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E25FF1" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="006E4AC3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si alguien empieza a trabajar, o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448792AB" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="00001F5D" w:rsidRDefault="005C119D" w:rsidP="006E4AC3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00001F5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si alguien se agregara a mi hogar o lo dejara.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2012761A" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="000F1608" w:rsidRDefault="005C119D" w:rsidP="006E4AC3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1800"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="16F64FFD" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Yo debo informar de estos cambios antes del 10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> día del mes posterior al mes en que ocurrió un cambio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F497DF6" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Si recibiera SNAP por medio de la Alternativa de Beneficios Transicionales (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>TBA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) debido a que se suspendieron mis beneficios del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>TAFDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, yo no debo informar de ningún cambio al DTA durante los 5 meses en que reciba </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>TBA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41724140" w14:textId="77777777" w:rsidR="005C119D" w:rsidRPr="000F1608" w:rsidRDefault="005C119D" w:rsidP="005C119D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si yo recibiera SNAP por medio de Bay </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F1608">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CAP, yo no debo informar sobre ningún cambio al DTA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573E09E4" w14:textId="43531AA9" w:rsidR="005C119D" w:rsidRPr="009F6D0C" w:rsidRDefault="005C119D" w:rsidP="005C119D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si yo o alguien en mi hogar recibiera asistencia en efectivo (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>TAFDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>EAEDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), debo informar sobre </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4AC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al DTA dentro de los 10 días de ocurrido el cambio. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F64FFD" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Es posible que yo reciba más beneficios de SNAP si notifico al DTA y brindo comprobantes de lo siguiente, en cualquier momento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F38F9F" w14:textId="26AB5C07" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="41F38F9F" w14:textId="26AB5C07" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Costos de servicios de atención para niños u otros dependientes, costos de albergue, y/o costos de servicios públicos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D994D6" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="37D994D6" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Manutención infantil que yo (o algún miembro de mi hogar) deba pagar según sentencia judicial a un miembro que no esté en el hogar; y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505E5951" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="505E5951" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Costos médicos para los miembros de mi hogar, incluyéndome, que sean mayores de 60 años o </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>discapacitados</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B829E6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="53B829E6" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Requisitos de Trabajo para los clientes de SNAP:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si usted recibe beneficios de SNAP y tiene entre 16 y 59 años, es posible que deba cumplir con los requisitos generales de trabajo de SNAP o con los requisitos de trabajo de ABAWD a menos que usted esté exento. El DTA nos informará a mí y a los miembros de mi hogar si debemos cumplir con los Requisitos de Trabajo, cuáles son las exenciones y qué sucederá si no cumplimos con los requisitos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D93AB4E" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
+    <w:p w14:paraId="4D93AB4E" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="008E6F24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Si está sujeto a los Requisitos de Trabajo de SNAP, usted debe:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBBB344" w14:textId="5B2C4D05" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="3FBBB344" w14:textId="5B2C4D05" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Inscribirse para trabajar al momento de la solicitud y cuando se recertifique para recibir SNAP. Usted se inscribe cuando firma el formulario de solicitud o de recertificación de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED8FF0A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="1ED8FF0A" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Dar al DTA información sobre su estado de empleo cuando se lo pida el DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BCD31E" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="05BCD31E" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Presentarse ante un empleador si fue referido por el DTA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FBC704" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="37FBC704" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Aceptar un ofrecimiento de trabajo (a menos que usted tenga un motivo justificado para no hacerlo).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="510EC93B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="510EC93B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No renunciar a un empleo de más de 30 horas semanales sin un motivo justificado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4AC209" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="3F4AC209" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Reducir sus horas de trabajo a menos de 30 horas semanales sin un motivo justificado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7848AC" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="2D7848AC" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Requisitos de SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A88AACC" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="7A88AACC" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No proporcione información falsa ni oculte información para obtener beneficios de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680D5CC7" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="680D5CC7" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No intercambie ni venda beneficios de SNAP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AD241E" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="63AD241E" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No altere las tarjetas de EBT para obtener beneficios de SNAP para los cuales usted no sea elegible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044F8D56" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="044F8D56" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No use los beneficios de SNAP para comprar artículos que no sean elegibles, como bebidas alcohólicas y tabaco.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCED0D0" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="1DCED0D0" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No use los beneficios de SNAP o la tarjeta de EBT de otra persona, a menos que sea un Representante autorizado, o que el beneficiario lo haya autorizado para que use dicha tarjeta en su nombre.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F214B80" w14:textId="351FBE28" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="0F214B80" w14:textId="351FBE28" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Advertencia de sanciones de SNAP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43856A41" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="43856A41" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Entiendo que, si yo o cualquier miembro de mi hogar de SNAP intencionalmente no cumpliera alguna de las reglas indicadas anteriormente, esa persona no será elegible para recibir SNAP durante un año después de la primera infracción, dos años después de la segunda infracción y para siempre después de la tercera infracción. Esa persona también puede ser multada hasta con $250,000, ir a prisión hasta por 20 años o ambas. También puede estar sujeta a juicio según las leyes federales y estatales aplicables.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E61B9E4" w14:textId="222D6B98" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+    <w:p w14:paraId="5E61B9E4" w14:textId="222D6B98" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>También entiendo las siguientes sanciones: Si yo o un miembro de mi hogar de SNAP:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66254175" w14:textId="1AC4D7D8" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="66254175" w14:textId="1AC4D7D8" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t xml:space="preserve">Cometiera una </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Infracción Intencional del Programa (IPV)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>programa en efectivo</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>, la persona no será elegible para recibir SNAP durante el mismo período en que no sea elegible para la asistencia en efectivo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4D1958" w14:textId="55E61764" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="3E4D1958" w14:textId="55E61764" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Hiciera una declaración fraudulenta sobre su identidad o residencia para obtener múltiples beneficios de SNAP </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>en el mismo período</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">, la persona no será elegible para recibir SNAP durante </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>diez años</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED217C4" w14:textId="285AAFA0" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="2ED217C4" w14:textId="285AAFA0" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Intercambiara</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (compre o venda) beneficios de SNAP para obtener drogas ilegales </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> sustancias controladas, esa persona no será elegible para recibir SNAP durante </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>dos años</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> por la primera falta y </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>para siempre</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> por la segunda falta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE68907" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="4CE68907" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Intercambiara</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (compre o venda) beneficios de SNAP para obtener armas de fuego, municiones o explosivos, no será elegible para recibir SNAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>para siempre</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4323AEAE" w14:textId="0BDF1D74" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="4323AEAE" w14:textId="0BDF1D74" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Hiciera una oferta para vender beneficios de SNAP o una tarjeta EBT en línea o en persona, el estado podría enjuiciarla por una IPV.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF11A95" w14:textId="0979AECE" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="4AF11A95" w14:textId="0979AECE" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="1E95AA03" w14:textId="1C33C923" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Pagara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alimentos comprados a crédito, no será elegible para recibir SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E95AA03" w14:textId="1C33C923" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="6557CD77" w14:textId="09B81551" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Comprara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> productos con beneficios de SNAP con la intención de descartar el contenido y devolver los envases por efectivo, no será elegible para recibir SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6557CD77" w14:textId="09B81551" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="5F68D34E" w14:textId="7616707B" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Escapara</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para evitar el juicio, detención o reclusión después de la convicción por un delito, no será elegibles para recibir SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F68D34E" w14:textId="3E01DDB3" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estuviera violando la libertad condicional o bajo palabra (</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>parole</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="076D16B1" w14:textId="74724909" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>), en el caso que las fuerzas policiales l</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7BDE" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="005F20D9" w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estén buscando activamente para su arresto, no será elegible para recibir SNAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076D16B1" w14:textId="74724909" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Las personas que hayan sido condenadas por delitos graves después del 7 de febrero de 2014 no son elegibles para recibir los beneficios de SNAP si son prófugos o están violando la libertad bajo palabra (</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>parole</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">), según lo establecido en 7 CFR </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>273.11(n</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>y fueron condenadas como adultos de los delitos de:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0C4B7B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="7F0C4B7B" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Abuso sexual agravado según la sección 2241 del título 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B89CF4" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="15B89CF4" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Homicidio según la sección 1111 del título 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666A0C70" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="666A0C70" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Cualquier delito según el capítulo 110 del título 18, U.S.C.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6C0FB0" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="0D6C0FB0" w14:textId="77777777" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Un delito federal o estatal que implique una agresión sexual, según se lo defina en la sección 40002(a) de la Ley de Violencia contra las Mujeres (VAWA) de 1994 (42 U.S.C. 13925a); o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BBACE9" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
+    <w:p w14:paraId="55BBACE9" w14:textId="77777777" w:rsidR="00CD4473" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="08AB6AAD" w14:textId="537F4D0C" w:rsidR="008E6F24" w:rsidRPr="002148ED" w:rsidRDefault="00832E71" w:rsidP="00907C16">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un delito que, según las leyes estatales, el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fiscal General</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> determine que sea considerablemente similar a un delito descrito en esta lista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08AB6AAD" w14:textId="537F4D0C" w:rsidR="008E6F24" w:rsidRPr="00F000F9" w:rsidRDefault="00832E71" w:rsidP="00907C16">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Declaración de no discriminación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CB6F63" w14:textId="68F423F6" w:rsidR="006D0AF3" w:rsidRPr="002148ED" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+    <w:p w14:paraId="02CB6F63" w14:textId="68F423F6" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De acuerdo con la Ley Federal de Derechos Civiles y los reglamentos y las normas del Departamento de Agricultura de EE. UU. (USDA), se prohíbe que esta institución discrimine debido a raza, color, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">beneficios. Las personas sordas, con dificultad auditiva o discapacidad del habla pueden comunicarse con el USDA por medio del Servicio de Retransmisión Federal al (800) 877-8339. </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+        <w:t>nacionalidad de origen, sexo (incluidas la identidad de género y la orientación sexual), credo religioso, discapacidad, edad, ideología política, represalia o venganza por haber participado en actividades en defensa de los derechos civiles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517CCADF" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Puede tener acceso a la información sobre el programa en otros idiomas además del inglés. Las personas con discapacidades que requieran medios alternativos de comunicación para obtener información sobre el programa (p. ej. braille, letras grandes, cintas de audio, Lenguaje de Señas Americano o ASL) deben comunicarse con la Agencia (estatal o local) donde presentaron la solicitud para beneficios. Las personas sordas, con dificultad auditiva o discapacidad del habla pueden comunicarse con el USDA por medio del Servicio de Retransmisión Federal al (800) 877-8339. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7F9B0D" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Para presentar una queja contra el programa por discriminación, un Denunciante deber completar el Formulario AD-3027, el </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Formulario de Queja por Discriminación</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> del Programa del USDA, que puede obtenerse en línea en: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="002148ED">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00F000F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:color w:val="211D1E"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
-[...8 lines deleted...]
-    <w:p w14:paraId="296C2634" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="002148ED" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en cualquier oficina del USDA, llamando al (833) 620-1071 o escribiendo una carta dirigida al USDA. La carta debe incluir el nombre, la dirección y el teléfono del denunciante, y una descripción por escrito de la presunta acción discriminatoria con los suficientes detalles para informar al </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Secretario</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adjunto de Derechos Civiles (ASCR) del carácter y la fecha de la presunta violación a los derechos civiles. Debe presentarse la carta o el formulario AD-3027 completado por: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="296C2634" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>correo postal:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3502629F" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="002148ED" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+    <w:p w14:paraId="3502629F" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002148ED">
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Food and Nutrition Service, USDA </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">1320 Braddock Place, Room 334 </w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:color w:val="1B1B1B"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
         <w:t>Alexandria, VA 22314; o</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:b/>
           <w:color w:val="1B1B1B"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378E3D69" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="002148ED" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+    <w:p w14:paraId="378E3D69" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>fax:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D6C234" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="002148ED" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+    <w:p w14:paraId="66D6C234" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>(833) 256 1665 o (202)-690-7442; o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E535A8" w14:textId="144B6EEC" w:rsidR="006D0AF3" w:rsidRPr="002148ED" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+    <w:p w14:paraId="57E535A8" w14:textId="144B6EEC" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="346" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>correo electrónico:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F485609" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="002148ED" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+    <w:p w14:paraId="0F485609" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>FNSCIVILRIGHTSCOMPLAINTS@usda.gov</w:t>
       </w:r>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65194F3D" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="002148ED" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
+    <w:p w14:paraId="65194F3D" w14:textId="77777777" w:rsidR="006D0AF3" w:rsidRPr="00F000F9" w:rsidRDefault="006D0AF3" w:rsidP="006D0AF3">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002148ED">
+      <w:r w:rsidRPr="00F000F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Esta institución es un proveedor que ofrece igualdad de oportunidades.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6C06CC06" w14:textId="3C84BCD3" w:rsidR="004B0622" w:rsidRPr="002148ED" w:rsidRDefault="004B0622" w:rsidP="002148ED">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="6C06CC06" w14:textId="4A50BCE3" w:rsidR="00A339ED" w:rsidRPr="00F000F9" w:rsidRDefault="00A339ED">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5653624D" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk214275725"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Formulario de designación del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EF1590" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Usted puede presentar este formulario si desea designar un representante autorizado para que actúe en su nombre. Si un representante autorizado firmó su solicitud por usted, o si usted es un representante autorizado que solicita en nombre de alguna otra persona, usted </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>DEBE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presentar este formulario para que se procese la solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1B1D3E" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Usted no necesita completar este formulario si vive en una institución y desea que le envíen copias de avisos de elegibilidad a usted y a su cónyuge, quien todavía vive en su casa. Haremos esto automáticamente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3D8487" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Un representante autorizado tiene la autoridad de actuar en nombre de un solicitante o de un afiliado en todos los asuntos relacionados con MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y recibirá información personal sobre el solicitante o el afiliado hasta que recibamos un aviso de cancelación que finalice la autoridad del representante, o hasta el fallecimiento del solicitante o del afiliado. La autoridad del representante no terminará automáticamente una vez que procesemos su solicitud. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1200F0" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Usted puede elegir a alguien para que lo ayude. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BAE57B" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Usted podría elegir a un representante autorizado para que lo ayude a obtener cobertura de atención de salud a través de los programas ofrecidos por MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Usted puede hacer esto completando este formulario (el Formulario de designación del representante autorizado). Usted o un representante puede firmar en su nombre y en nombre de cualquiera de sus hijos dependientes menores de 18 años y para quienes usted sea un padre o una madre con custodia. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No es necesario que usted tenga un representante para solicitar o recibir beneficios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420287E9" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Quién me puede ayudar?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7624C285" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Un representante autorizado puede ser un amigo, familiar, pariente u otra persona u organización de su preferencia que acepte ayudarlo. La elección de un representante autorizado, si así lo desea, depende solo de usted. Ni MassHealth ni el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elegirán un representante autorizado en su nombre. Usted debe designar por escrito a la persona u organización que usted desea que sea su representante autorizado (complete la Sección I, Parte A). Su representante autorizado también debe completar la Sección I, Parte B. A veces nos referimos a esta persona u organización como el “Representante autorizado según la Sección I”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B475017" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>2. Si usted no puede designar un representante autorizado por escrito y usted no tiene actualmente un representante autorizado ni otra persona que esté autorizada legalmente a actuar en su nombre, una persona (no una organización), quien certifique que él o ella será responsable de actuar en su nombre, puede ser su representante autorizado si dicha persona completa la Sección II de este formulario. A veces nos referimos a esta persona como el “Representante autorizado según la Sección II”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D87238" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Un representante autorizado también puede ser alguien quien ha sido nombrado por ley para actuar en su nombre, o en nombre de la sucesión de un solicitante o un afiliado que haya fallecido. Esta persona debe completar la Sección III y, ya sea usted o esta persona, debe enviarnos, junto con este formulario, una copia del documento legal pertinente que indique que dicha persona tiene la autoridad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>para representarlo legalmente a usted o a la sucesión de un solicitante o un afiliado fallecido. A veces nos referimos a esta persona como el “Representante autorizado según la Sección III”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA2D5E3" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puede ser un tutor legal, apoderado legal, titular de un poder legal o apoderado para atención de salud, o, si el solicitante o el afiliado ha fallecido, el representante administrativo o albacea de la sucesión.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F455EF" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Qué puede hacer un representante autorizado?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C917E07" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puede</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049CA1F9" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>completar sus formularios de solicitud o de renovación;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07FE6F41" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completar otros formularios de elegibilidad o de inscripción de MassHealth o del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46FEC104" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dar pruebas de la información indicada en dichos formularios;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363F9D55" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>informar sobre cambios en los ingresos, dirección u otras circunstancias;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4183886A" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recibir copias de todos los avisos de su elegibilidad e inscripción de MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>; y</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E152FBC" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">actuar en su nombre en todos los demás asuntos relacionados con MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD52859" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lo que un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> está autorizado a hacer en su nombre (o en nombre de la sucesión de un solicitante o un afiliado fallecido) dependerá de lo establecido en el nombramiento legal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3579AB49" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Por favor observe: Los avisos de elegibilidad pueden incluir información acerca de otros miembros del hogar de un solicitante o de miembros del hogar de un afiliado. Si hay numerosas personas en su hogar, es posible que no podamos enviarles copias de algunos de sus avisos a su representante autorizado a menos que cada miembro de su hogar también haya designado al mismo representante autorizado completando cada uno por separado un Formulario de designación de representante autorizado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ACD7E7" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sección 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Designación del representante autorizado (si el solicitante o el afiliado puede firmar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE37E3A" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parte A: a ser completada por el solicitante o el afiliado. Escriba en letra de imprenta, salvo la firma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6E5196" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093CAB28" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento del solicitante o afiliado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777ED1D4" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de ID de MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>O bien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Los cuatro últimos dígitos del Número de Seguro Social (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) del solicitante o afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5744A9FA" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0039AE52" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Certifico que he elegido a la siguiente persona u organización para que sea mi representante autorizado y el de cualquier niño dependiente menor de 18 años de quien yo sea el padre o la madre con custodia, y que comprendo los deberes y responsabilidades que esta persona u organización tendrá (como se explicó anteriormente en este formulario).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE132BE" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D646A48" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504E2A6A" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BE11AD" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B90CA3" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección del representante autorizado (dirección postal, ciudad, estado, código postal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D26AD8A" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Parte B: a ser completada por el representante autorizado. Escriba en letra de imprenta, salvo la firma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDC8FA7" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>B1. Complete si el representante autorizado es una persona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7FD1B5" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico que mantendré en todo momento la confidencialidad de cualquier información, que me proporcione MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, relacionada con el solicitante o el afiliado indicado anteriormente y, si corresponde, con los niños dependientes de dicho solicitante o afiliado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519CF700" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si también soy proveedor, miembro del personal o un voluntario afiliado a una organización, y estoy actuando en mi capacidad de proveedor, miembro del personal o voluntario en relación con mi designación como representante autorizado, certifico que cumpliré en todo momento con las leyes y reglamentos estatales y federales aplicables referentes a la confidencialidad de la información y conflictos de interés, incluyendo aquellos estipulados en 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parte 431, subparte F, 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 447.10 y 45 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBCAA92" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E86847" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F518FB" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del representante autorizado en letra de imprenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCBF699" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C04C3B" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B2. Complete si el representante autorizado es una organización. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57396EFD" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico, en nombre de la organización indicada a continuación, que dicha organización mantendrá en todo momento la confidencialidad de cualquier información, que me proporcione MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, relacionada con el solicitante </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>o el afiliado indicado anteriormente y, si corresponde, con los niños dependientes de dicho solicitante o afiliado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5163CDE7" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yo, el proveedor, miembro del personal o voluntario de la organización que se indica a continuación, que completa este formulario, certifico en mi nombre y en nombre de la organización que represento, que todos los proveedores, miembros del personal o voluntarios que actúen en nombre de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">organización con referencia a esta designación de representante autorizado, cumplirán en todo momento con las leyes y reglamentos estatales y federales aplicables referentes a la confidencialidad de la información y conflictos de interés, incluyendo aquellos estipulados en 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parte 431, subparte F, 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 447.10 y 45 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDF09A1" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del proveedor, miembro del personal o voluntario que completa el formulario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13816937" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AE230B" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre en letra de imprenta del proveedor, miembro del personal o voluntario que completa el formulario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41834273" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del proveedor, miembro del personal o voluntario que completa el formulario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63990D5E" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre de la organización del representante autorizado </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A2B5F4" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sección 2 Designación de representante autorizado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(si el solicitante o el afiliado no puede proporcionar una designación por escrito)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2B0D35" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A ser completada por el representante autorizado. Escriba en letra de imprenta, salvo la firma. Por favor proporcione un formulario por separado para cada solicitante o afiliado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A6939B" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Una organización no es elegible para ser un representante autorizado según esta sección. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51796F15" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico que el solicitante o el afiliado indicado a continuación no puede proporcionar la designación por escrito y que, a mi leal saber y entender, de ninguna manera dispone de una persona que pueda actuar en su nombre, tal como un actual representante autorizado, tutor legal, apoderado legal, representante administrativo o albacea de la sucesión, titular de un poder legal o al amparo de un apoderado para atención de salud. Además, certifico que tengo pleno conocimiento de las circunstancias relacionadas a este solicitante o afiliado para asumir la responsabilidad por la veracidad de las declaraciones efectuadas en su nombre durante el proceso de determinación de elegibilidad y en otras comunicaciones con MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y que entiendo mis derechos y responsabilidades como representante autorizado de esta persona (como se explicó previamente en este formulario). Si esta persona puede entender, le he informado a esta persona que MassHealth y el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me enviarán una copia de todos los avisos de elegibilidad e inscripción de MassHealth y del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, y que esta persona está de acuerdo con esto, y le he informado a esta persona que me puede remover o reemplazarme como representante autorizado en cualquier momento por los métodos descritos anteriormente en este formulario.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA7674C" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico además que mantendré en todo momento la confidencialidad de cualquier información, que me proporcione MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, relacionada con el solicitante o el afiliado indicado a continuación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4332B350" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si también soy proveedor, miembro del personal o un voluntario afiliado a una organización, y estoy actuando en mi capacidad de proveedor, miembro del personal o voluntario en relación con mi designación como representante autorizado, certifico además que cumpliré en todo momento con las leyes y reglamentos estatales y federales aplicables referentes a la confidencialidad de la información y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">conflictos de interés, incluyendo aquellos estipulados en 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parte 431, subparte F, 42 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 477.10 y 45 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B15E2B3" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A6B050" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento del solicitante o afiliado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C6CB3F" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de ID de MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>O bien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Los cuatro últimos dígitos del Número de Seguro Social (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) del solicitante o afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F701617" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0C40E6" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4322C1DF" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del representante autorizado (nombre, inicial, apellido)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27746DD7" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A6A52D" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dirección del representante autorizado (dirección postal, ciudad, estado, código postal) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1B818B" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7645954C" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si el representante autorizado según la Sección II está afiliado a una organización, y está actuando en dicha capacidad, una persona autorizada a actuar en nombre de la organización, tal como un funcionario, debe firmar a continuación para indicar que dicha organización reconoce y está de acuerdo con las representaciones y garantías efectuadas anteriormente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667D82B6" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del funcionario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780C74ED" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Título del funcionario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10EEAF1F" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del funcionario</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC0F807" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F7EE20" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sección 3 Designación del representante autorizado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(si es nombrado por ley)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A770355" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A ser completada por un representante autorizado nombrado por ley (con autoridad para actuar en nombre del solicitante o del afiliado para tomar decisiones relacionadas con la atención de salud, incluyendo, pero sin limitarse, un tutor legal, apoderado legal, representante administrativo o albacea de la sucesión de un solicitante o un afiliado, titular de un poder legal o al amparo de un apoderado para atención de salud.) Escriba en letra de imprenta, salvo la firma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C7DF8C" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por favor presente una copia del documento legal pertinente junto con este formulario. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D7C785" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifico que mantendré en todo momento la confidencialidad de cualquier información, que me proporcione MassHealth o el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Connector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, relacionada con el solicitante o el afiliado indicado a continuación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590DDBA2" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nombre del solicitante/afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AFB70A" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento del solicitante o afiliado (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070D9E4D" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de ID de MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>O bien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Los cuatro últimos dígitos del Número de Seguro Social (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) del solicitante o afiliado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307EB522" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F7A5EF" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha (mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A5675D" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del representante autorizado (nombre, inicial, apellido)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7B34B3" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Teléfono del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A18FAB" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección del representante autorizado (dirección postal, ciudad, estado, código postal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C116864" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Correo electrónico del representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DE92ED" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Cómo finaliza la designación de un representante autorizado?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB77CB1" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si usted decide que ya no desea tener un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tiene que notificarnos por correo postal, fax o teléfono en el momento que usted desee finalizar la designación. Consulte la información de contacto a continuación. Si usted nos envía el aviso por correo postal o fax, el aviso debe incluir su nombre, dirección y fecha de nacimiento, el nombre de su representante autorizado, una declaración de que la designación ha finalizado y su firma o, si no puede dar un aviso por escrito, la firma de alguien que actúe en su nombre (solo en el caso de que sea un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D377008" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Además, si su representante autorizado nos notifica que dicha persona u organización ya no actúa en su nombre, ya no reconoceremos a dicha persona u organización como su representante autorizado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D1EC06" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La autoridad de un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finalizará al momento de fallecer un solicitante o un afiliado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A588B9A" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La designación de un representante autorizado según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sección III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> termina cuando finalice su nombramiento legal. El representante autorizado nos debe notificar tal como se explicó anteriormente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F08297" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Además, la designación de un representante autorizado para un niño menor de edad finaliza el día en que dicho niño cumpla 18 años.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CEA70F" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="80" w:line="271" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¿Cómo puedo presentar este formulario? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CEBB9DF" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si usted está solicitando beneficios de salud, envíenos su Formulario de designación del representante autorizado completado junto con su solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A468E88" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si ya recibe beneficios, usted debe presentar el formulario en el momento en que desee designar a un representante autorizado o en que desee que finalice la designación declarada, de una de estas maneras </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD6CE2C" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Envíe su formulario por correo postal al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Insurance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Processing Center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">P. O. Box 4405 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Taunton, MA 02780;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB054DC" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Envíe su formulario por fax al (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>857) 323-8300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>; o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB464D2" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Llámenos al </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(800) 841-2900</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, TDD/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>TYY</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8CB184" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="00F000F9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C82FE00" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="001102D9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F000F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>ARD-ES-1122</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="78573950" w14:textId="77777777" w:rsidR="004123E0" w:rsidRPr="001102D9" w:rsidRDefault="004123E0" w:rsidP="004123E0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:lang w:val="es-419"/>
-[...6 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId19"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004123E0" w:rsidRPr="001102D9" w:rsidSect="007C62F9">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3290CBDA" w14:textId="77777777" w:rsidR="00D54DD6" w:rsidRDefault="00D54DD6">
+    <w:p w14:paraId="08500F38" w14:textId="77777777" w:rsidR="00336E36" w:rsidRDefault="00336E36">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49CFEB5B" w14:textId="77777777" w:rsidR="00D54DD6" w:rsidRDefault="00D54DD6">
+    <w:p w14:paraId="68285533" w14:textId="77777777" w:rsidR="00336E36" w:rsidRDefault="00336E36">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
+    <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
     <w:panose1 w:val="0205050205050A020403"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
+    <w:altName w:val="Franklin Gothic Medium Cond"/>
     <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
     <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:altName w:val="Nyala"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="5000607B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SourceSansPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2099620D" w14:textId="77777777" w:rsidR="004B01A7" w:rsidRDefault="004B01A7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B6635BF" w14:textId="1FCCCAA3" w:rsidR="00EA7BDE" w:rsidRDefault="00EA7BDE" w:rsidP="00D1676D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="3516"/>
+      </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7188D00F" w14:textId="17ED1F00" w:rsidR="00EA7BDE" w:rsidRDefault="00EA7BDE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00036EC6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>MSP-R</w:t>
+    </w:r>
+    <w:r w:rsidR="00036EC6" w:rsidRPr="00036EC6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="000C6727" w:rsidRPr="00036EC6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ES</w:t>
+    </w:r>
+    <w:r w:rsidR="00036EC6" w:rsidRPr="00036EC6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00036EC6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2025-1</w:t>
+    </w:r>
+    <w:r w:rsidR="00036EC6" w:rsidRPr="00036EC6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FEBD19D" w14:textId="77777777" w:rsidR="00D54DD6" w:rsidRDefault="00D54DD6">
+    <w:p w14:paraId="55DC7403" w14:textId="77777777" w:rsidR="00336E36" w:rsidRDefault="00336E36">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="395DD66A" w14:textId="77777777" w:rsidR="00D54DD6" w:rsidRDefault="00D54DD6">
+    <w:p w14:paraId="1F16B700" w14:textId="77777777" w:rsidR="00336E36" w:rsidRDefault="00336E36">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00BD69E2" w:rsidRDefault="00BD69E2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00F261BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E38C34A6"/>
     <w:lvl w:ilvl="0" w:tplc="15D26C82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3924898C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7701,50 +13212,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="72E674D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B804DB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0820F8D4"/>
+    <w:lvl w:ilvl="0" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C780FF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B40C57A"/>
     <w:lvl w:ilvl="0" w:tplc="D98C5104">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5BD67EEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7819,51 +13443,51 @@
     <w:lvl w:ilvl="7" w:tplc="CD723486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="54721626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11AB7D7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEAE4E6A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1452" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2172" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7905,51 +13529,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7212" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11B91C4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED80F854"/>
     <w:lvl w:ilvl="0" w:tplc="295C1E1E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BF02507C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -8017,51 +13641,51 @@
     <w:lvl w:ilvl="7" w:tplc="C22A4E76" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="67CEB506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18070780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA7AD6A6"/>
     <w:lvl w:ilvl="0" w:tplc="60F2C148">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="78247554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8130,51 +13754,51 @@
     <w:lvl w:ilvl="7" w:tplc="BC56A66E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="40EAD4BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A4A47E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743588"/>
     <w:lvl w:ilvl="0" w:tplc="02B40730">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F9EEE0AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8249,51 +13873,51 @@
     <w:lvl w:ilvl="7" w:tplc="3402AEEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EAC8B7EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="254B6652"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EBE58BA"/>
     <w:lvl w:ilvl="0" w:tplc="F1B43236">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9BE8797A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8368,51 +13992,164 @@
     <w:lvl w:ilvl="7" w:tplc="D0501E90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CADC1442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="258A6A82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72DE172C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26B821ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9336F9EE"/>
     <w:lvl w:ilvl="0" w:tplc="07209B38">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3E0E2A96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8487,51 +14224,51 @@
     <w:lvl w:ilvl="7" w:tplc="D06C5E4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B89AA0AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E787EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA724F42"/>
     <w:lvl w:ilvl="0" w:tplc="06925E6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BABC35AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8606,51 +14343,164 @@
     <w:lvl w:ilvl="7" w:tplc="A4E6855E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0826138C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30D17B80"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8858FEBC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31746111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18887678"/>
     <w:lvl w:ilvl="0" w:tplc="5830BEBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EF24CA86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8725,51 +14575,51 @@
     <w:lvl w:ilvl="7" w:tplc="FD624848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4B4AA996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33EE700A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E749936"/>
     <w:lvl w:ilvl="0" w:tplc="0B78501A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4E88498A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8844,51 +14694,163 @@
     <w:lvl w:ilvl="7" w:tplc="44AA8CDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0290BE80" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="342365B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98709718"/>
+    <w:lvl w:ilvl="0" w:tplc="B810AF44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="680E76CA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C060CF62" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="89283E88" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5414E60E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="22A218BA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="11AC70D2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8A485BCE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="749CEA12" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35803338"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76FE5ECA"/>
     <w:lvl w:ilvl="0" w:tplc="E444A6E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2A649FCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8963,51 +14925,164 @@
     <w:lvl w:ilvl="7" w:tplc="1CB46B0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="48847982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36EC36DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB94D418"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38F267D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4DE4250"/>
     <w:lvl w:ilvl="0" w:tplc="F9B420E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="91DC11C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9082,51 +15157,51 @@
     <w:lvl w:ilvl="7" w:tplc="49BC09A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D83299A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3951101B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14567450"/>
     <w:lvl w:ilvl="0" w:tplc="EDCA0AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7488FFCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9201,51 +15276,164 @@
     <w:lvl w:ilvl="7" w:tplc="84C4E41A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="378690A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="415519B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F3A11AC"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D0142B6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="­"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42BA228B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F474C23C"/>
     <w:lvl w:ilvl="0" w:tplc="12245F10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="58F4F134" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9320,51 +15508,51 @@
     <w:lvl w:ilvl="7" w:tplc="4D3C5C50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D256CE70" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47CA47F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="614C23C8"/>
     <w:lvl w:ilvl="0" w:tplc="33B283E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B7BAF5EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9439,51 +15627,51 @@
     <w:lvl w:ilvl="7" w:tplc="275666BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F3C20884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4911615B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A663136"/>
     <w:lvl w:ilvl="0" w:tplc="AD1C8C08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="88BAE0A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9558,51 +15746,51 @@
     <w:lvl w:ilvl="7" w:tplc="9BA202DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="51045F86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8C5380"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2856D540"/>
     <w:lvl w:ilvl="0" w:tplc="EC1EF8BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="55A036BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9677,51 +15865,51 @@
     <w:lvl w:ilvl="7" w:tplc="113C9590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2870D7C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D115CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FF45FBA"/>
     <w:lvl w:ilvl="0" w:tplc="6C08C6D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DD022568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9796,51 +15984,51 @@
     <w:lvl w:ilvl="7" w:tplc="4D98181E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="792E3AA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52FE2CE6"/>
     <w:lvl w:ilvl="0" w:tplc="511E7BEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2CE2421C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9909,51 +16097,51 @@
     <w:lvl w:ilvl="7" w:tplc="78BE9470">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0A584F4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A77A2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47061730"/>
     <w:lvl w:ilvl="0" w:tplc="3FC6F09C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="440E2EBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10028,51 +16216,51 @@
     <w:lvl w:ilvl="7" w:tplc="D86AFB90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="62B428E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AE84815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A38788A"/>
     <w:lvl w:ilvl="0" w:tplc="CE52D09C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="964C5E42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -10140,51 +16328,51 @@
     <w:lvl w:ilvl="7" w:tplc="6D8AE8B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3E4EA3F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBA5FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD246F54"/>
     <w:lvl w:ilvl="0" w:tplc="DCB0F7F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="477A6DFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10259,51 +16447,51 @@
     <w:lvl w:ilvl="7" w:tplc="3E546AE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F984FE14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A050EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33B283AE"/>
     <w:lvl w:ilvl="0" w:tplc="9BEA0BFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ECCCD5AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10372,51 +16560,51 @@
     <w:lvl w:ilvl="7" w:tplc="9F46CB48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3FAAC2F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="656C2A78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB30EEFC"/>
     <w:lvl w:ilvl="0" w:tplc="F0F6AFBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BDFAACCE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10491,51 +16679,51 @@
     <w:lvl w:ilvl="7" w:tplc="646CF18E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="63B0EAE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="694F4489"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8743978"/>
     <w:lvl w:ilvl="0" w:tplc="0A78E092">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EE745A14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10610,51 +16798,276 @@
     <w:lvl w:ilvl="7" w:tplc="EB3C0464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D11E1E30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B1D1565"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46405A2E"/>
+    <w:lvl w:ilvl="0" w:tplc="3BA0C8D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DB639A9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B3C3E7C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF64177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DFE2204"/>
     <w:lvl w:ilvl="0" w:tplc="BFC4636A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="50F08E9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10729,51 +17142,51 @@
     <w:lvl w:ilvl="7" w:tplc="3EDAB86C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7C72B42A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9454D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE4CCCAC"/>
     <w:lvl w:ilvl="0" w:tplc="C0D67C90">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2DCC7000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10842,51 +17255,51 @@
     <w:lvl w:ilvl="7" w:tplc="D48A6E3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="81648258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FE5657A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9320A656"/>
     <w:lvl w:ilvl="0" w:tplc="6B3A2BBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="19287AAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10955,51 +17368,51 @@
     <w:lvl w:ilvl="7" w:tplc="F34AFC82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="903E3C88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76044270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2BC335E"/>
     <w:lvl w:ilvl="0" w:tplc="C8EE027A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="73366BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11068,51 +17481,51 @@
     <w:lvl w:ilvl="7" w:tplc="0FF22FEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3C7829A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A515737"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24320864"/>
     <w:lvl w:ilvl="0" w:tplc="FDCE70AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="84BECCB6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11181,51 +17594,51 @@
     <w:lvl w:ilvl="7" w:tplc="6A4E980E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B9E63B4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA83451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A27289CE"/>
     <w:lvl w:ilvl="0" w:tplc="DA3260DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="362C66"/>
         <w:w w:val="100"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ADC6172A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -11300,51 +17713,51 @@
     <w:lvl w:ilvl="7" w:tplc="EFB2375C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2F681788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EDC08CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE4ECD20"/>
     <w:lvl w:ilvl="0" w:tplc="14F678AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="928458EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3342D652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11386,615 +17799,784 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="49BE968A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C4CA1B7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FD01982"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73C8448C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="374082643">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1201472704">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1729037422">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1379426878">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1388456835">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1729037422">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="1355762601">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2055041727">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="427048989">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="40832161">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="613295405">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1519852624">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1061749141">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="157354050">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="808060841">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2100329850">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2042969213">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="792793426">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1236479172">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="861626585">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1657491098">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="245773521">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1315918041">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1117601907">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="36395507">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1045832538">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="2096435678">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="811993243">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1838231099">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2113013418">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1506287649">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1144158179">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="751127978">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="361174930">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="162673130">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="721251017">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="718361697">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="889805860">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="736587761">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1012411321">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1000424309">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="427653509">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1571651218">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="880242798">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1045832538">
-[...30 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="44" w16cid:durableId="1406954150">
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360ABB"/>
     <w:rsid w:val="0000021B"/>
     <w:rsid w:val="00000A01"/>
     <w:rsid w:val="00000BC0"/>
     <w:rsid w:val="000034AE"/>
     <w:rsid w:val="00005958"/>
     <w:rsid w:val="00014AAE"/>
     <w:rsid w:val="00024D29"/>
     <w:rsid w:val="0002645A"/>
     <w:rsid w:val="0003586D"/>
+    <w:rsid w:val="00036EC6"/>
     <w:rsid w:val="0003776B"/>
     <w:rsid w:val="00043379"/>
     <w:rsid w:val="0004554A"/>
     <w:rsid w:val="00066FD0"/>
     <w:rsid w:val="0007036D"/>
     <w:rsid w:val="0007287A"/>
     <w:rsid w:val="0007541B"/>
     <w:rsid w:val="00085487"/>
     <w:rsid w:val="00093461"/>
     <w:rsid w:val="000938A6"/>
     <w:rsid w:val="000A011C"/>
     <w:rsid w:val="000A1924"/>
     <w:rsid w:val="000A1E09"/>
     <w:rsid w:val="000B199E"/>
     <w:rsid w:val="000B7D66"/>
     <w:rsid w:val="000C0660"/>
     <w:rsid w:val="000C14CB"/>
     <w:rsid w:val="000C6245"/>
+    <w:rsid w:val="000C6727"/>
+    <w:rsid w:val="000C7732"/>
+    <w:rsid w:val="000D044F"/>
     <w:rsid w:val="000D0CDC"/>
     <w:rsid w:val="000D31F7"/>
     <w:rsid w:val="000E116C"/>
     <w:rsid w:val="000E1930"/>
     <w:rsid w:val="000F5AF5"/>
     <w:rsid w:val="000F7650"/>
     <w:rsid w:val="001007F6"/>
     <w:rsid w:val="00101D5A"/>
     <w:rsid w:val="001030C5"/>
     <w:rsid w:val="00106BCB"/>
     <w:rsid w:val="00107051"/>
     <w:rsid w:val="00107D22"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00113AB4"/>
     <w:rsid w:val="00120916"/>
     <w:rsid w:val="001230AF"/>
     <w:rsid w:val="001246F0"/>
     <w:rsid w:val="00130E3B"/>
     <w:rsid w:val="001318EF"/>
     <w:rsid w:val="001326C0"/>
     <w:rsid w:val="0013324A"/>
     <w:rsid w:val="00134365"/>
     <w:rsid w:val="001401F5"/>
     <w:rsid w:val="001412F3"/>
     <w:rsid w:val="00141B03"/>
     <w:rsid w:val="00142120"/>
     <w:rsid w:val="00143245"/>
     <w:rsid w:val="001569D8"/>
     <w:rsid w:val="0016018F"/>
     <w:rsid w:val="001615A2"/>
     <w:rsid w:val="00165D44"/>
     <w:rsid w:val="00171F97"/>
     <w:rsid w:val="00174819"/>
     <w:rsid w:val="00185183"/>
     <w:rsid w:val="00192BDA"/>
     <w:rsid w:val="00195909"/>
     <w:rsid w:val="0019670F"/>
     <w:rsid w:val="001967D0"/>
     <w:rsid w:val="00196F55"/>
+    <w:rsid w:val="001A080C"/>
     <w:rsid w:val="001A0CB0"/>
     <w:rsid w:val="001A1675"/>
     <w:rsid w:val="001A1D20"/>
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
     <w:rsid w:val="001D563E"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
+    <w:rsid w:val="001E4F2B"/>
     <w:rsid w:val="001E519B"/>
     <w:rsid w:val="001F189E"/>
     <w:rsid w:val="001F3DB7"/>
     <w:rsid w:val="00200957"/>
     <w:rsid w:val="00200964"/>
     <w:rsid w:val="00201654"/>
     <w:rsid w:val="00203CA2"/>
     <w:rsid w:val="00204740"/>
     <w:rsid w:val="00207AAA"/>
     <w:rsid w:val="0021072C"/>
     <w:rsid w:val="002146F9"/>
     <w:rsid w:val="002148ED"/>
     <w:rsid w:val="00215430"/>
     <w:rsid w:val="00217417"/>
     <w:rsid w:val="0022222F"/>
     <w:rsid w:val="002222C4"/>
     <w:rsid w:val="00222F00"/>
     <w:rsid w:val="00225BF3"/>
     <w:rsid w:val="00231783"/>
     <w:rsid w:val="00231BE7"/>
     <w:rsid w:val="002343CA"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="00243457"/>
     <w:rsid w:val="00243B8B"/>
     <w:rsid w:val="002547EC"/>
     <w:rsid w:val="002628B6"/>
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="002770C0"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
+    <w:rsid w:val="002A4271"/>
     <w:rsid w:val="002A6595"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C6E37"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
+    <w:rsid w:val="002E0383"/>
     <w:rsid w:val="002E09E5"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E6B33"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
     <w:rsid w:val="00300B53"/>
     <w:rsid w:val="00302C5E"/>
     <w:rsid w:val="00306D18"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="00323237"/>
     <w:rsid w:val="003257EB"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
+    <w:rsid w:val="00336E36"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
     <w:rsid w:val="00343B9F"/>
     <w:rsid w:val="0034515B"/>
     <w:rsid w:val="00345187"/>
     <w:rsid w:val="00355FB4"/>
     <w:rsid w:val="00360ABB"/>
     <w:rsid w:val="00366E2F"/>
     <w:rsid w:val="00381CA0"/>
     <w:rsid w:val="00383294"/>
     <w:rsid w:val="0038573C"/>
     <w:rsid w:val="00385E75"/>
     <w:rsid w:val="0039177E"/>
     <w:rsid w:val="00391F73"/>
     <w:rsid w:val="00392124"/>
     <w:rsid w:val="003929E5"/>
     <w:rsid w:val="00397782"/>
     <w:rsid w:val="003A1716"/>
     <w:rsid w:val="003A5CE4"/>
     <w:rsid w:val="003B03FE"/>
     <w:rsid w:val="003B249C"/>
     <w:rsid w:val="003B270C"/>
     <w:rsid w:val="003B2FC1"/>
     <w:rsid w:val="003C4177"/>
+    <w:rsid w:val="003D1EE9"/>
     <w:rsid w:val="003D3211"/>
     <w:rsid w:val="003D5BFF"/>
     <w:rsid w:val="003D6B91"/>
     <w:rsid w:val="003D6CDE"/>
     <w:rsid w:val="003D7C3E"/>
     <w:rsid w:val="003E2DBC"/>
     <w:rsid w:val="003E58CB"/>
     <w:rsid w:val="003E63C8"/>
     <w:rsid w:val="003F0BF9"/>
     <w:rsid w:val="00400621"/>
     <w:rsid w:val="004019BC"/>
     <w:rsid w:val="00403AD2"/>
     <w:rsid w:val="004076A6"/>
     <w:rsid w:val="00411EDB"/>
     <w:rsid w:val="004120F6"/>
+    <w:rsid w:val="004123E0"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00413157"/>
     <w:rsid w:val="004166CA"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00422BAF"/>
     <w:rsid w:val="00424EB5"/>
     <w:rsid w:val="004318FE"/>
     <w:rsid w:val="00432661"/>
     <w:rsid w:val="00432E1C"/>
     <w:rsid w:val="0043347A"/>
     <w:rsid w:val="00434244"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004417C1"/>
     <w:rsid w:val="00452DD7"/>
     <w:rsid w:val="004533FE"/>
+    <w:rsid w:val="004563C7"/>
     <w:rsid w:val="0046456B"/>
     <w:rsid w:val="00466859"/>
     <w:rsid w:val="004708BC"/>
     <w:rsid w:val="0047108A"/>
     <w:rsid w:val="00481271"/>
+    <w:rsid w:val="004862D2"/>
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="00496C63"/>
     <w:rsid w:val="004A5FB4"/>
     <w:rsid w:val="004A7027"/>
     <w:rsid w:val="004A7620"/>
     <w:rsid w:val="004B01A7"/>
     <w:rsid w:val="004B0622"/>
     <w:rsid w:val="004C1053"/>
     <w:rsid w:val="004C10E1"/>
     <w:rsid w:val="004C372A"/>
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D6934"/>
     <w:rsid w:val="004E5359"/>
     <w:rsid w:val="004F5306"/>
     <w:rsid w:val="004F5AA1"/>
     <w:rsid w:val="00505718"/>
     <w:rsid w:val="00505740"/>
     <w:rsid w:val="005158EE"/>
     <w:rsid w:val="00517FC5"/>
     <w:rsid w:val="005204FF"/>
     <w:rsid w:val="00520AE6"/>
     <w:rsid w:val="005307E8"/>
     <w:rsid w:val="00537942"/>
     <w:rsid w:val="00542F18"/>
     <w:rsid w:val="00543E13"/>
     <w:rsid w:val="005523E6"/>
     <w:rsid w:val="00552D93"/>
     <w:rsid w:val="005544F8"/>
     <w:rsid w:val="0055451C"/>
+    <w:rsid w:val="00560174"/>
     <w:rsid w:val="0056132D"/>
     <w:rsid w:val="00566FE0"/>
     <w:rsid w:val="00572FC4"/>
     <w:rsid w:val="00576D9F"/>
     <w:rsid w:val="00577AF0"/>
     <w:rsid w:val="0059010C"/>
     <w:rsid w:val="005925E5"/>
     <w:rsid w:val="005A0386"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A1F9C"/>
     <w:rsid w:val="005A259F"/>
     <w:rsid w:val="005A486E"/>
     <w:rsid w:val="005A76B3"/>
     <w:rsid w:val="005B5136"/>
     <w:rsid w:val="005B7469"/>
     <w:rsid w:val="005B76F6"/>
+    <w:rsid w:val="005C119D"/>
     <w:rsid w:val="005C583A"/>
     <w:rsid w:val="005D2AC4"/>
     <w:rsid w:val="005E1F2C"/>
     <w:rsid w:val="005E46C6"/>
     <w:rsid w:val="005E59BC"/>
+    <w:rsid w:val="005F20D9"/>
     <w:rsid w:val="005F2B92"/>
     <w:rsid w:val="005F62BB"/>
     <w:rsid w:val="006106DB"/>
     <w:rsid w:val="00610911"/>
+    <w:rsid w:val="00621A1E"/>
     <w:rsid w:val="00622D9E"/>
     <w:rsid w:val="006345C4"/>
     <w:rsid w:val="00635C08"/>
     <w:rsid w:val="00636B57"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00646DBF"/>
     <w:rsid w:val="00650876"/>
     <w:rsid w:val="0065235D"/>
     <w:rsid w:val="0065783F"/>
     <w:rsid w:val="00657D3F"/>
     <w:rsid w:val="00662C03"/>
+    <w:rsid w:val="00664035"/>
     <w:rsid w:val="00671C48"/>
     <w:rsid w:val="00673D4F"/>
     <w:rsid w:val="00683DC5"/>
     <w:rsid w:val="00685C3B"/>
+    <w:rsid w:val="006910A6"/>
     <w:rsid w:val="006A2D74"/>
     <w:rsid w:val="006A2E8C"/>
     <w:rsid w:val="006A3BD7"/>
     <w:rsid w:val="006B0873"/>
     <w:rsid w:val="006B0BFA"/>
     <w:rsid w:val="006B0D7F"/>
     <w:rsid w:val="006C0CD5"/>
     <w:rsid w:val="006C19ED"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
     <w:rsid w:val="006D0AF3"/>
     <w:rsid w:val="006D7786"/>
     <w:rsid w:val="006E07E0"/>
     <w:rsid w:val="006E31B1"/>
+    <w:rsid w:val="006E4AC3"/>
     <w:rsid w:val="006E5D70"/>
     <w:rsid w:val="006F06AB"/>
     <w:rsid w:val="006F63C0"/>
     <w:rsid w:val="00700368"/>
     <w:rsid w:val="00716876"/>
     <w:rsid w:val="0072129C"/>
     <w:rsid w:val="00721B17"/>
     <w:rsid w:val="00723E58"/>
     <w:rsid w:val="007256F5"/>
     <w:rsid w:val="00730283"/>
     <w:rsid w:val="0073068A"/>
     <w:rsid w:val="0073351B"/>
     <w:rsid w:val="00735AF4"/>
     <w:rsid w:val="00742460"/>
     <w:rsid w:val="00746292"/>
     <w:rsid w:val="00746A0C"/>
     <w:rsid w:val="00751AF0"/>
     <w:rsid w:val="00752B0A"/>
     <w:rsid w:val="00754806"/>
     <w:rsid w:val="007558C6"/>
     <w:rsid w:val="00755E22"/>
     <w:rsid w:val="00761049"/>
     <w:rsid w:val="007651D3"/>
     <w:rsid w:val="00770645"/>
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
     <w:rsid w:val="007965A1"/>
+    <w:rsid w:val="00796F96"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
     <w:rsid w:val="007B4EAF"/>
     <w:rsid w:val="007B7763"/>
+    <w:rsid w:val="007C62F9"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E688C"/>
     <w:rsid w:val="007F1316"/>
     <w:rsid w:val="007F3230"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00803870"/>
     <w:rsid w:val="00803AD1"/>
     <w:rsid w:val="00807F48"/>
     <w:rsid w:val="00811785"/>
     <w:rsid w:val="00820069"/>
     <w:rsid w:val="00825CEF"/>
     <w:rsid w:val="00827946"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="00832E71"/>
     <w:rsid w:val="00834CDC"/>
     <w:rsid w:val="00836970"/>
     <w:rsid w:val="00836B39"/>
     <w:rsid w:val="00844546"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00865E17"/>
     <w:rsid w:val="00867ADA"/>
     <w:rsid w:val="0087195A"/>
     <w:rsid w:val="0087444D"/>
+    <w:rsid w:val="00876FC4"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="0088243F"/>
     <w:rsid w:val="00887459"/>
     <w:rsid w:val="00892E5B"/>
+    <w:rsid w:val="00894B9D"/>
+    <w:rsid w:val="008A1C42"/>
     <w:rsid w:val="008A258A"/>
     <w:rsid w:val="008A7CF5"/>
     <w:rsid w:val="008B069A"/>
     <w:rsid w:val="008B3858"/>
     <w:rsid w:val="008B3E09"/>
     <w:rsid w:val="008B4097"/>
     <w:rsid w:val="008C0B12"/>
     <w:rsid w:val="008C16BA"/>
     <w:rsid w:val="008C3A1D"/>
     <w:rsid w:val="008C3C0B"/>
     <w:rsid w:val="008C63B9"/>
     <w:rsid w:val="008D5374"/>
     <w:rsid w:val="008E04CA"/>
     <w:rsid w:val="008E073B"/>
     <w:rsid w:val="008E09CA"/>
     <w:rsid w:val="008E212B"/>
     <w:rsid w:val="008E6F24"/>
     <w:rsid w:val="008E7876"/>
     <w:rsid w:val="008F0E6A"/>
     <w:rsid w:val="008F12A9"/>
     <w:rsid w:val="008F4E4F"/>
     <w:rsid w:val="008F6AA0"/>
     <w:rsid w:val="008F6E8C"/>
     <w:rsid w:val="008F7C45"/>
     <w:rsid w:val="009013EF"/>
     <w:rsid w:val="00902E45"/>
     <w:rsid w:val="00907C16"/>
     <w:rsid w:val="00911913"/>
     <w:rsid w:val="00911D6C"/>
     <w:rsid w:val="00912872"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="0092699F"/>
     <w:rsid w:val="00933A9B"/>
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
     <w:rsid w:val="00942DE7"/>
+    <w:rsid w:val="00946581"/>
     <w:rsid w:val="00963EBB"/>
     <w:rsid w:val="00975CC6"/>
     <w:rsid w:val="0098215F"/>
     <w:rsid w:val="0098340E"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="009916BE"/>
     <w:rsid w:val="00991B95"/>
     <w:rsid w:val="00993891"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="0099749B"/>
     <w:rsid w:val="009A111E"/>
     <w:rsid w:val="009A3DCF"/>
     <w:rsid w:val="009A65E6"/>
     <w:rsid w:val="009B3F2E"/>
     <w:rsid w:val="009B4614"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
     <w:rsid w:val="009D5893"/>
     <w:rsid w:val="009D6DDA"/>
     <w:rsid w:val="009E06F6"/>
     <w:rsid w:val="009F130E"/>
     <w:rsid w:val="00A00503"/>
     <w:rsid w:val="00A031CE"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07F0C"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A145FF"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
+    <w:rsid w:val="00A339ED"/>
+    <w:rsid w:val="00A40752"/>
     <w:rsid w:val="00A429B2"/>
     <w:rsid w:val="00A46829"/>
     <w:rsid w:val="00A53DA0"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
     <w:rsid w:val="00A770C1"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
     <w:rsid w:val="00AB048C"/>
     <w:rsid w:val="00AB2D59"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC21B7"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AC52D5"/>
@@ -12019,119 +18601,126 @@
     <w:rsid w:val="00B344BC"/>
     <w:rsid w:val="00B42E50"/>
     <w:rsid w:val="00B45931"/>
     <w:rsid w:val="00B45E87"/>
     <w:rsid w:val="00B479FA"/>
     <w:rsid w:val="00B51A30"/>
     <w:rsid w:val="00B56736"/>
     <w:rsid w:val="00B60CBE"/>
     <w:rsid w:val="00B61736"/>
     <w:rsid w:val="00B61B98"/>
     <w:rsid w:val="00B627A7"/>
     <w:rsid w:val="00B66544"/>
     <w:rsid w:val="00B666C2"/>
     <w:rsid w:val="00B67038"/>
     <w:rsid w:val="00B67308"/>
     <w:rsid w:val="00B67BE6"/>
     <w:rsid w:val="00B72583"/>
     <w:rsid w:val="00B74389"/>
     <w:rsid w:val="00B80DCA"/>
     <w:rsid w:val="00B841F8"/>
     <w:rsid w:val="00B90C8A"/>
     <w:rsid w:val="00B920F2"/>
     <w:rsid w:val="00B947D7"/>
     <w:rsid w:val="00BA06CD"/>
     <w:rsid w:val="00BB2424"/>
+    <w:rsid w:val="00BB477C"/>
     <w:rsid w:val="00BB5E1E"/>
     <w:rsid w:val="00BB6ECB"/>
     <w:rsid w:val="00BC3427"/>
     <w:rsid w:val="00BD2D68"/>
     <w:rsid w:val="00BD69E2"/>
+    <w:rsid w:val="00BE18EA"/>
     <w:rsid w:val="00BF2FC9"/>
     <w:rsid w:val="00BF4965"/>
     <w:rsid w:val="00C10489"/>
     <w:rsid w:val="00C1090B"/>
     <w:rsid w:val="00C13B7E"/>
     <w:rsid w:val="00C2273C"/>
     <w:rsid w:val="00C262A7"/>
     <w:rsid w:val="00C2718D"/>
     <w:rsid w:val="00C27695"/>
     <w:rsid w:val="00C27BFA"/>
     <w:rsid w:val="00C30627"/>
     <w:rsid w:val="00C30E69"/>
     <w:rsid w:val="00C33609"/>
     <w:rsid w:val="00C3399D"/>
     <w:rsid w:val="00C42B37"/>
     <w:rsid w:val="00C44C7F"/>
     <w:rsid w:val="00C46FE2"/>
     <w:rsid w:val="00C5050C"/>
     <w:rsid w:val="00C50CD6"/>
     <w:rsid w:val="00C529D7"/>
     <w:rsid w:val="00C55C6E"/>
     <w:rsid w:val="00C611B1"/>
     <w:rsid w:val="00C620AB"/>
     <w:rsid w:val="00C63477"/>
     <w:rsid w:val="00C634C7"/>
     <w:rsid w:val="00C65B72"/>
     <w:rsid w:val="00C6661B"/>
     <w:rsid w:val="00C742DE"/>
     <w:rsid w:val="00C75A1A"/>
     <w:rsid w:val="00C8060A"/>
     <w:rsid w:val="00C86302"/>
+    <w:rsid w:val="00C864F8"/>
     <w:rsid w:val="00C8726D"/>
     <w:rsid w:val="00C93854"/>
     <w:rsid w:val="00CA1915"/>
     <w:rsid w:val="00CA3AEB"/>
     <w:rsid w:val="00CA40C4"/>
     <w:rsid w:val="00CA5469"/>
     <w:rsid w:val="00CB0965"/>
     <w:rsid w:val="00CB0F6D"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CB56C4"/>
+    <w:rsid w:val="00CB57F1"/>
     <w:rsid w:val="00CB5E5A"/>
     <w:rsid w:val="00CC0BB0"/>
     <w:rsid w:val="00CC0D1D"/>
+    <w:rsid w:val="00CC29FD"/>
     <w:rsid w:val="00CC6535"/>
     <w:rsid w:val="00CD4473"/>
     <w:rsid w:val="00CE29C7"/>
     <w:rsid w:val="00CF26F8"/>
     <w:rsid w:val="00D01F40"/>
     <w:rsid w:val="00D15374"/>
+    <w:rsid w:val="00D1676D"/>
     <w:rsid w:val="00D224EF"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
     <w:rsid w:val="00D400F5"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D50F81"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D5376B"/>
     <w:rsid w:val="00D54DD6"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
+    <w:rsid w:val="00D6324F"/>
     <w:rsid w:val="00D640A3"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
     <w:rsid w:val="00D77E78"/>
     <w:rsid w:val="00D80F24"/>
     <w:rsid w:val="00D838D0"/>
     <w:rsid w:val="00D965E3"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
     <w:rsid w:val="00DA69EC"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB2714"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB5BD0"/>
     <w:rsid w:val="00DB7D50"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DE4B6F"/>
     <w:rsid w:val="00DE60BE"/>
     <w:rsid w:val="00DF0557"/>
     <w:rsid w:val="00DF2FAC"/>
@@ -12146,63 +18735,65 @@
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E37C8C"/>
     <w:rsid w:val="00E44AA4"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
     <w:rsid w:val="00E47BB5"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E62A3D"/>
     <w:rsid w:val="00E71B09"/>
     <w:rsid w:val="00E73BC3"/>
     <w:rsid w:val="00E77331"/>
     <w:rsid w:val="00E80549"/>
     <w:rsid w:val="00E821B9"/>
     <w:rsid w:val="00E8293A"/>
     <w:rsid w:val="00E8380C"/>
     <w:rsid w:val="00E9639B"/>
     <w:rsid w:val="00EA0C5E"/>
     <w:rsid w:val="00EA14B4"/>
+    <w:rsid w:val="00EA7BDE"/>
     <w:rsid w:val="00EB2DE4"/>
     <w:rsid w:val="00EB315B"/>
     <w:rsid w:val="00EB432F"/>
     <w:rsid w:val="00EC1C24"/>
     <w:rsid w:val="00EC6011"/>
     <w:rsid w:val="00ED37CC"/>
     <w:rsid w:val="00ED65C1"/>
     <w:rsid w:val="00EE3D15"/>
     <w:rsid w:val="00EF1818"/>
     <w:rsid w:val="00EF346C"/>
     <w:rsid w:val="00EF45FA"/>
     <w:rsid w:val="00EF53B2"/>
     <w:rsid w:val="00EF6C0D"/>
+    <w:rsid w:val="00F000F9"/>
     <w:rsid w:val="00F00C3C"/>
     <w:rsid w:val="00F039C9"/>
     <w:rsid w:val="00F0484A"/>
     <w:rsid w:val="00F04C7F"/>
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F05842"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F55BD5"/>
     <w:rsid w:val="00F6255A"/>
     <w:rsid w:val="00F65CBC"/>
     <w:rsid w:val="00F7262B"/>
     <w:rsid w:val="00F73D4A"/>
@@ -12220,65 +18811,66 @@
     <w:rsid w:val="00FB3C85"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
     <w:rsid w:val="00FD5AC6"/>
     <w:rsid w:val="00FD6378"/>
     <w:rsid w:val="00FE0F4A"/>
     <w:rsid w:val="00FE6831"/>
     <w:rsid w:val="00FF03FB"/>
     <w:rsid w:val="00FF39CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6225D1F8"/>
   <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13454,67 +20046,65 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D5BFF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7552C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -13645,58 +20235,58 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00907C16"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention3">
     <w:name w:val="Unresolved Mention3"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007651D3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="NULL" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/SNAP" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mhesubmission.ehs.mass.gov/esb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mhesubmission.ehs.mass.gov/esb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/SNAP" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13960,67 +20550,75 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ABEB2B8-E7FA-4B9F-8BA6-67700F19C2FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>32554</Characters>
+  <Pages>27</Pages>
+  <Words>8932</Words>
+  <Characters>48590</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>271</Lines>
-  <Paragraphs>76</Paragraphs>
+  <Lines>883</Lines>
+  <Paragraphs>532</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38396</CharactersWithSpaces>
+  <CharactersWithSpaces>56990</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>d454c1bc-e045-4bec-9a28-41f986eae761</vt:lpwstr>
+  </property>
+</Properties>
+</file>