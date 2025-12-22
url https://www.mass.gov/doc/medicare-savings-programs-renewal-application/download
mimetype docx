--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -1,126 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5E43C271" w14:textId="3C96AE17" w:rsidR="00360ABB" w:rsidRPr="00114C6A" w:rsidRDefault="00B0162B" w:rsidP="00114C6A">
+    <w:p w14:paraId="5E43C271" w14:textId="3C96AE17" w:rsidR="00360ABB" w:rsidRPr="004850DC" w:rsidRDefault="00B0162B" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="0" w:after="240"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00114C6A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004850DC">
         <w:t>Renew</w:t>
       </w:r>
-      <w:r w:rsidR="009F130E" w:rsidRPr="00114C6A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009F130E" w:rsidRPr="004850DC">
         <w:t xml:space="preserve">al </w:t>
       </w:r>
-      <w:r w:rsidR="00B03069" w:rsidRPr="00114C6A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B03069" w:rsidRPr="004850DC">
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="009F130E" w:rsidRPr="00114C6A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009F130E" w:rsidRPr="004850DC">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="00774CF9" w:rsidRPr="00993E14">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00774CF9" w:rsidRPr="004850DC">
         <w:t>Help</w:t>
       </w:r>
-      <w:r w:rsidR="002E4877" w:rsidRPr="00114C6A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002E4877" w:rsidRPr="004850DC">
         <w:t xml:space="preserve"> with Medicare Costs</w:t>
       </w:r>
-      <w:r w:rsidR="00553603">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00553603" w:rsidRPr="004850DC">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="002E4877" w:rsidRPr="00114C6A">
+      <w:r w:rsidR="002E4877" w:rsidRPr="004850DC">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Medicare Savings Programs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3205EA6C" w14:textId="78BC07A2" w:rsidR="00721B17" w:rsidRDefault="00721B17" w:rsidP="00F44A8A">
+    <w:p w14:paraId="3205EA6C" w14:textId="78BC07A2" w:rsidR="00721B17" w:rsidRDefault="00721B17" w:rsidP="009A753D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
       <w:r w:rsidR="009F130E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> renewal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">application </w:t>
       </w:r>
       <w:r w:rsidR="00F053F7">
         <w:rPr>
@@ -128,497 +96,602 @@
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="002E5E07">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>to see if you</w:t>
       </w:r>
       <w:r w:rsidR="009F130E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B03069">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">are still </w:t>
       </w:r>
       <w:r w:rsidR="002E5E07">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t xml:space="preserve">eligible for help paying your Medicare Part B premiums, Medicare </w:t>
+        <w:t xml:space="preserve">eligible </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002E5E07">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002E5E07">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> help paying your Medicare Part B premiums, Medicare </w:t>
       </w:r>
       <w:r w:rsidR="005A76B3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Part A premiums</w:t>
       </w:r>
       <w:r w:rsidR="00206AFA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005A76B3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Part A or B</w:t>
       </w:r>
       <w:r w:rsidR="00C1090B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> copay</w:t>
       </w:r>
       <w:r w:rsidR="00E8293A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00C1090B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>or deductibles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE59474" w14:textId="7BA17108" w:rsidR="006C3A1D" w:rsidRDefault="00005958" w:rsidP="00F44A8A">
+    <w:p w14:paraId="6FE59474" w14:textId="7BA17108" w:rsidR="006C3A1D" w:rsidRDefault="00005958" w:rsidP="009A753D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>What may be</w:t>
       </w:r>
       <w:r w:rsidR="006C3A1D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve"> covered </w:t>
       </w:r>
       <w:r w:rsidR="004708BC">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>depends on your and your spouse’s (if you are married) income.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFE2587" w14:textId="382AE458" w:rsidR="004708BC" w:rsidRDefault="00F12FF1" w:rsidP="00F44A8A">
+    <w:p w14:paraId="5BFE2587" w14:textId="382AE458" w:rsidR="004708BC" w:rsidRDefault="00F12FF1" w:rsidP="009A753D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">If you </w:t>
       </w:r>
       <w:r w:rsidR="00B03069">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">are still </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">eligible for a Medicare Savings Program, you will also be enrolled in </w:t>
       </w:r>
       <w:r w:rsidR="006C57C5">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare Part D Extra Help. Extra Help may help with prescription drug costs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A83E6CF" w14:textId="5F22EF32" w:rsidR="00543E13" w:rsidRDefault="00543E13" w:rsidP="00241D7E">
-[...13 lines deleted...]
-        <w:t>apply for the Supplemental Nutrition Assistance Program (SNAP). SNAP is a federal program that helps you buy</w:t>
+    <w:p w14:paraId="1A83E6CF" w14:textId="3C99F505" w:rsidR="00543E13" w:rsidRDefault="004850DC" w:rsidP="004850DC">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004850DC">
+        <w:t xml:space="preserve">Supplemental Nutrition Assistance Program (SNAP) </w:t>
+      </w:r>
+      <w:r w:rsidR="00543E13" w:rsidRPr="00241D7E">
+        <w:t>is a federal program that helps you buy</w:t>
       </w:r>
       <w:r w:rsidR="00241D7E" w:rsidRPr="00241D7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
+      <w:r w:rsidR="00543E13" w:rsidRPr="00241D7E">
         <w:t>food each month. If you are interested, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A259F">
+      <w:r w:rsidR="00543E13" w:rsidRPr="005A259F">
         <w:t xml:space="preserve">check the box on page </w:t>
       </w:r>
       <w:r w:rsidR="00195909" w:rsidRPr="005A259F">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BA06CD" w:rsidRPr="005A259F">
         <w:t>of the application,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A259F">
+      <w:r w:rsidR="00543E13" w:rsidRPr="005A259F">
         <w:t> read</w:t>
       </w:r>
       <w:r w:rsidR="00195909" w:rsidRPr="005A259F">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005A259F">
+      <w:r w:rsidR="00543E13" w:rsidRPr="005A259F">
         <w:t>SNAP rights and responsibilities on pages</w:t>
       </w:r>
       <w:r w:rsidR="004914A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="003B2673">
-        <w:t xml:space="preserve">3 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0034515B" w:rsidRPr="005A259F">
         <w:t xml:space="preserve">through </w:t>
       </w:r>
-      <w:r w:rsidR="00872DB3">
-        <w:t>6</w:t>
+      <w:r>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="003B2673" w:rsidRPr="005A259F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA06CD" w:rsidRPr="005A259F">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00195909" w:rsidRPr="005A259F">
         <w:t>nd sign on p</w:t>
       </w:r>
       <w:r w:rsidR="0034515B" w:rsidRPr="005A259F">
         <w:t>age</w:t>
       </w:r>
       <w:r w:rsidR="00195909" w:rsidRPr="005A259F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B2673">
-        <w:t>2</w:t>
+      <w:r>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="004914A4">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00195909">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
+      <w:r w:rsidR="00543E13" w:rsidRPr="00241D7E">
         <w:t>Your application will then be sent automatically to the Department of Transitional Assistance</w:t>
       </w:r>
       <w:r w:rsidR="001E1DE4">
         <w:t xml:space="preserve"> (DTA)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00241D7E">
+      <w:r w:rsidR="00543E13" w:rsidRPr="00241D7E">
         <w:t>. You do not have to apply for the SNAP Program to be considered for the Medicare Savings Program</w:t>
       </w:r>
       <w:r w:rsidR="00CB0F6D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC31A5A" w14:textId="77777777" w:rsidR="00C818BA" w:rsidRDefault="00C818BA" w:rsidP="00473A76">
+    <w:p w14:paraId="0C313097" w14:textId="598346DD" w:rsidR="00B075F5" w:rsidRDefault="00B075F5" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">What happens after </w:t>
+      </w:r>
+      <w:r w:rsidR="001E043F">
+        <w:t xml:space="preserve">DTA gets your application? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5621C707" w14:textId="539C46A4" w:rsidR="00B075F5" w:rsidRDefault="00B075F5" w:rsidP="004850DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• DTA will call you soon for a phone interview and to check if you can get emergency SNAP within 7</w:t>
+      </w:r>
+      <w:r w:rsidR="004850DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>days</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DD3DE5" w14:textId="77777777" w:rsidR="00B075F5" w:rsidRDefault="00B075F5" w:rsidP="004850DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">• DTA will work with you to verify information about your case. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9C58AE" w14:textId="77777777" w:rsidR="00B075F5" w:rsidRDefault="00B075F5" w:rsidP="004850DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• You will get an Electronic Benefit Transfer (EBT) card to access benefits, if approved.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7CCBAB" w14:textId="4A1EC767" w:rsidR="004A649A" w:rsidRPr="004850DC" w:rsidRDefault="00B075F5" w:rsidP="004850DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ACaslonPro-Regular" w:hAnsi="ACaslonPro-Regular"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>• You will receive a notice about your decision within 30 days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC31A5A" w14:textId="77777777" w:rsidR="00C818BA" w:rsidRDefault="00C818BA" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>How much can I have in assets?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DF3A0F" w14:textId="0A97906B" w:rsidR="00C818BA" w:rsidRPr="00241D7E" w:rsidRDefault="00C818BA" w:rsidP="00241D7E">
+    <w:p w14:paraId="30DF3A0F" w14:textId="0A97906B" w:rsidR="00C818BA" w:rsidRPr="00241D7E" w:rsidRDefault="00C818BA" w:rsidP="009A753D">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:t>There is no asset limit for Medicare Savings Programs in Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64085C8A" w14:textId="5A3F31F8" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00473A76">
-[...2 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="64085C8A" w14:textId="5A3F31F8" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>How much can I have in income?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5A1F44" w14:textId="38C29C90" w:rsidR="00CB0F6D" w:rsidRDefault="00CB0F6D" w:rsidP="00505740">
+    <w:p w14:paraId="6C5A1F44" w14:textId="38C29C90" w:rsidR="00CB0F6D" w:rsidRDefault="00CB0F6D" w:rsidP="009A753D">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Income </w:t>
       </w:r>
       <w:r w:rsidR="00F73E3D">
         <w:t>limits</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> change each year on </w:t>
       </w:r>
       <w:r w:rsidR="007B15FA">
         <w:t xml:space="preserve">March </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A61254" w14:textId="3BECD614" w:rsidR="001E1DE4" w:rsidRPr="00B32F0E" w:rsidRDefault="004A5FB4" w:rsidP="001E1DE4">
+    <w:p w14:paraId="20A61254" w14:textId="3BECD614" w:rsidR="001E1DE4" w:rsidRPr="00B32F0E" w:rsidRDefault="004A5FB4" w:rsidP="009A753D">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There are certain </w:t>
       </w:r>
       <w:r w:rsidR="00E14D48">
         <w:t>deductions</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> that MassHealth may subtract from your gross income when we calculate your countable income</w:t>
       </w:r>
       <w:r w:rsidR="001E1DE4" w:rsidRPr="00B32F0E">
         <w:t xml:space="preserve">. These deductions are described in </w:t>
       </w:r>
       <w:r w:rsidR="003878B6">
         <w:t xml:space="preserve">regulations </w:t>
       </w:r>
       <w:r w:rsidR="001E1DE4" w:rsidRPr="00B32F0E">
         <w:t>130 CMR 520.012 through 520.014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F62CBEA" w14:textId="00B12BF7" w:rsidR="00505740" w:rsidRDefault="00820069" w:rsidP="00505740">
+    <w:p w14:paraId="5F62CBEA" w14:textId="00B12BF7" w:rsidR="00505740" w:rsidRDefault="00820069" w:rsidP="009A753D">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:t>You can find u</w:t>
       </w:r>
       <w:r w:rsidR="00E8293A">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00E8293A">
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00E8293A">
         <w:t>date</w:t>
       </w:r>
       <w:r w:rsidR="00505740" w:rsidRPr="00A051FA">
         <w:t xml:space="preserve"> information about</w:t>
       </w:r>
       <w:r w:rsidR="00505740">
         <w:t xml:space="preserve"> income limits</w:t>
       </w:r>
       <w:r w:rsidR="00505740" w:rsidRPr="00A051FA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E8293A">
         <w:t>at</w:t>
       </w:r>
       <w:hyperlink w:history="1"/>
       <w:hyperlink r:id="rId8" w:tooltip=" www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" w:history="1">
         <w:r w:rsidR="003878B6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00643C17" w:rsidRPr="004B01A7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB77A6B" w14:textId="77777777" w:rsidR="000F5AF5" w:rsidRPr="00AD6F9C" w:rsidRDefault="000F5AF5" w:rsidP="00473A76">
+    <w:p w14:paraId="4CB77A6B" w14:textId="77777777" w:rsidR="000F5AF5" w:rsidRPr="00AD6F9C" w:rsidRDefault="000F5AF5" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD6F9C">
         <w:t xml:space="preserve">Renewal Process </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E0329D" w14:textId="2C7AD7C5" w:rsidR="000F5AF5" w:rsidRPr="00AD6F9C" w:rsidRDefault="000F5AF5" w:rsidP="000F5AF5">
       <w:r w:rsidRPr="00AD6F9C">
-        <w:t xml:space="preserve">After you submit your renewal application, MassHealth will send you a notice </w:t>
+        <w:t xml:space="preserve">After you submit your renewal application, MassHealth will send you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD6F9C">
+        <w:t>a notice</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD6F9C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00716876">
         <w:t>if your current benefits change or if we need more</w:t>
       </w:r>
       <w:r w:rsidR="0046456B">
         <w:t xml:space="preserve"> information. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD6F9C">
         <w:t>If you think the decision is wrong, you have the right to appeal it. Information about how to appeal will be on the back of the written notice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48215F7C" w14:textId="79E90E8F" w:rsidR="00360ABB" w:rsidRDefault="00F44A8A" w:rsidP="0099749B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="48215F7C" w14:textId="79E90E8F" w:rsidR="00360ABB" w:rsidRDefault="00F44A8A" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00360ABB">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">How we use your </w:t>
       </w:r>
       <w:r w:rsidR="00413157">
         <w:t>Social Securit</w:t>
       </w:r>
       <w:r w:rsidR="00360ABB">
         <w:t xml:space="preserve">y number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4358E6B9" w14:textId="5C838D45" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
+    <w:p w14:paraId="4358E6B9" w14:textId="5C838D45" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="00217417">
         <w:t xml:space="preserve">Unless one of the exceptions listed below applies, </w:t>
       </w:r>
       <w:r w:rsidR="001246F0" w:rsidRPr="00217417">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="001246F0">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="001246F0" w:rsidRPr="00217417">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00217417">
         <w:t xml:space="preserve"> must give us a </w:t>
       </w:r>
       <w:r w:rsidR="00413157" w:rsidRPr="00217417">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
       <w:r w:rsidRPr="00217417">
         <w:t>number (SSN)</w:t>
       </w:r>
       <w:r w:rsidR="00B12474">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00217417">
         <w:t xml:space="preserve"> or proof </w:t>
       </w:r>
       <w:r w:rsidR="00C2718D" w:rsidRPr="00217417">
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="00B12474">
         <w:t xml:space="preserve"> one has been applied for,</w:t>
       </w:r>
       <w:r w:rsidR="00C2718D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00217417">
         <w:t>for every household member who is applying</w:t>
       </w:r>
       <w:r w:rsidR="00B80DCA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRDefault="00E16FBB" w:rsidP="00473A76">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0056757A">
+    <w:p w14:paraId="44981668" w14:textId="7347CE6E" w:rsidR="00E16FBB" w:rsidRPr="007C4125" w:rsidRDefault="00E16FBB" w:rsidP="007C4125">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
         <w:t>Exceptions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="003D5BFF" w:rsidRDefault="003D5BFF" w:rsidP="00942DE7">
+    <w:p w14:paraId="6D0D9D19" w14:textId="3B126E3F" w:rsidR="003D5BFF" w:rsidRPr="003D5BFF" w:rsidRDefault="003D5BFF" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:t>You don’t have to give us an SSN or proof that one has been applied for if you or any member of your household</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A06D66" w14:textId="26A21195" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+    <w:p w14:paraId="19A06D66" w14:textId="49D252AE" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00217417">
         <w:t>has a religious exemption as described in federal law</w:t>
       </w:r>
+      <w:r w:rsidR="008D1536">
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="002C5541">
-        <w:t xml:space="preserve">; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A919ED2" w14:textId="5A0392CF" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A919ED2" w14:textId="28699247" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00217417">
         <w:t>is eligible only for a nonwork SSN</w:t>
       </w:r>
+      <w:r w:rsidR="008D1536">
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="002C5541">
-        <w:t>; or</w:t>
+        <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F86C40A" w14:textId="5623EFDB" w:rsidR="00E16FBB" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00217417">
         <w:t>is not eligible for an SSN</w:t>
       </w:r>
       <w:r w:rsidR="008A7CF5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701BA718" w14:textId="0E078B32" w:rsidR="00E16FBB" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
       <w:r>
         <w:t>We use your SSN to check information you have given us. We also use them to detect fraud, to see if anyone is getting duplicate benefits, or to see if others (a third party) should be paying for services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE64079" w14:textId="2576F401" w:rsidR="00E16FBB" w:rsidRDefault="00E16FBB" w:rsidP="00F44A8A">
       <w:r>
         <w:t>We may match the SSN of anyone in your household who is applying</w:t>
       </w:r>
       <w:r w:rsidR="0002645A">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and anyone who has or who can get health insurance for any such persons</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> and anyone who has or who can get health insurance for any such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0002645A">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with the files of agencies, including the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F444C6D" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00217417">
         <w:t xml:space="preserve">Internal Revenue Service </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A34F626" w14:textId="77777777" w:rsidR="00E16FBB" w:rsidRPr="00217417" w:rsidRDefault="00E16FBB" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -806,216 +879,232 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="110273AB" w14:textId="27F04D24" w:rsidR="00B947D7" w:rsidRDefault="00E16FBB" w:rsidP="00C55C6E">
       <w:r w:rsidRPr="00217417">
         <w:t xml:space="preserve">Files may also be matched with social service agencies in this state and other states, </w:t>
       </w:r>
       <w:r w:rsidR="00231BE7">
         <w:t>as well as</w:t>
       </w:r>
       <w:r w:rsidR="00231BE7" w:rsidRPr="00217417">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00217417">
         <w:t>computer files of insurance companies, employers, and managed care organizations. Additionally, MassHealth may obtain your financial record</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00217417">
         <w:t xml:space="preserve"> (and, if applicable, those of your household members) from banks and other financial institutions to verify your financial resources and otherwise determine your eligibility while you are a MassHealth member.</w:t>
       </w:r>
       <w:r w:rsidR="00C55C6E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9DE37D" w14:textId="6E3D1CF6" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00473A76">
+    <w:p w14:paraId="6A9DE37D" w14:textId="6E3D1CF6" w:rsidR="00B947D7" w:rsidRPr="0091136E" w:rsidRDefault="00B947D7" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="240"/>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="0091136E">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">How do I </w:t>
       </w:r>
-      <w:r w:rsidR="00C818BA">
+      <w:r w:rsidR="00C818BA" w:rsidRPr="0091136E">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>renew my eligibility</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0091136E">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> for the Medicare Savings </w:t>
       </w:r>
-      <w:r w:rsidR="00EB432F">
+      <w:r w:rsidR="00EB432F" w:rsidRPr="0091136E">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">rograms? </w:t>
+      <w:r w:rsidRPr="0091136E">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rograms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091136E">
+        <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462D1EC2" w14:textId="42E18AC0" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="000F5AF5">
         <w:t>renew your eligibility</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AEB">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00171F97">
         <w:t>Medicare Savings Programs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, fill out the attached </w:t>
       </w:r>
       <w:r w:rsidR="0088243F">
         <w:t xml:space="preserve">renewal </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">application. Include information about your spouse </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EF6C0D">
         <w:t>too</w:t>
       </w:r>
       <w:r w:rsidR="00F93EA9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EF6C0D">
         <w:t xml:space="preserve"> if</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F5AF5">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>live with you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C01C4FA" w14:textId="77777777" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="005204FF">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Sign the filled-out application, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058776A2" w14:textId="48CC3093" w:rsidR="001A1D20" w:rsidRDefault="003878B6" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001A1D20">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">ubmit it </w:t>
       </w:r>
       <w:r w:rsidR="00CC0D1D">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">online </w:t>
       </w:r>
       <w:r w:rsidR="001A1D20">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>at:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6924E262" w14:textId="24D12781" w:rsidR="001A1D20" w:rsidRPr="00C42B37" w:rsidRDefault="006D7FC5" w:rsidP="00C42B37">
+    <w:p w14:paraId="6924E262" w14:textId="24D12781" w:rsidR="001A1D20" w:rsidRPr="00C42B37" w:rsidRDefault="00C42B37" w:rsidP="00C42B37">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00C42B37" w:rsidRPr="00BB2424">
+        <w:r w:rsidRPr="00BB2424">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mhesubmission.ehs.mass.gov/</w:t>
+          <w:t>mhesubmission.ehs.mass.gov/esb</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00C42B37" w:rsidRPr="00C42B37">
+      <w:r w:rsidRPr="00C42B37">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC0D1D">
         <w:br/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C42B37" w:rsidRPr="00C42B37">
+      <w:r w:rsidRPr="00C42B37">
         <w:t xml:space="preserve">fill out and upload </w:t>
       </w:r>
       <w:r w:rsidR="00CC0D1D">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00C42B37" w:rsidRPr="00C42B37">
+      <w:r w:rsidRPr="00C42B37">
         <w:t>application using your e-</w:t>
       </w:r>
       <w:r w:rsidR="00CC0D1D">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00C42B37" w:rsidRPr="00C42B37">
+      <w:r w:rsidRPr="00C42B37">
         <w:t xml:space="preserve">ubmission </w:t>
       </w:r>
       <w:r w:rsidR="00CC0D1D">
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00C42B37" w:rsidRPr="00C42B37">
+      <w:r w:rsidRPr="00C42B37">
         <w:t>eference number</w:t>
       </w:r>
       <w:r w:rsidR="00CC0D1D">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEE961D" w14:textId="5C705C38" w:rsidR="00B947D7" w:rsidRDefault="003878B6" w:rsidP="00EA0C5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00B947D7" w:rsidRPr="00360ABB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>end it to:</w:t>
       </w:r>
@@ -1107,59 +1196,51 @@
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">it </w:t>
       </w:r>
       <w:r w:rsidR="006B0873" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">to: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D01475" w14:textId="661E243B" w:rsidR="00E1639E" w:rsidRPr="004B01A7" w:rsidRDefault="00B627A7" w:rsidP="00142120">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:t>MassHealth Enrollment Center</w:t>
       </w:r>
       <w:r w:rsidR="00B67308" w:rsidRPr="004B01A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0007287A">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B67308" w:rsidRPr="004B01A7">
-        <w:t xml:space="preserve">The </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Center</w:t>
+        <w:t>The Schrafft Center</w:t>
       </w:r>
       <w:r w:rsidR="0007287A">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E1639E" w:rsidRPr="004B01A7">
         <w:t>529 Main St.</w:t>
       </w:r>
       <w:r w:rsidR="00B26545">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E1639E" w:rsidRPr="004B01A7">
         <w:t xml:space="preserve"> Suite 1M</w:t>
       </w:r>
       <w:r w:rsidR="0007287A">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00914A3B" w:rsidRPr="004B01A7">
         <w:t xml:space="preserve">Charlestown, MA </w:t>
       </w:r>
       <w:r w:rsidR="00B26545">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00914A3B" w:rsidRPr="004B01A7">
         <w:t>02120</w:t>
       </w:r>
@@ -1282,62 +1363,54 @@
       <w:r w:rsidR="00EF346C">
         <w:t xml:space="preserve"> decide</w:t>
       </w:r>
       <w:r w:rsidR="00D640A3">
         <w:t xml:space="preserve"> if you</w:t>
       </w:r>
       <w:r w:rsidR="00EF346C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B03069">
         <w:t xml:space="preserve">are still </w:t>
       </w:r>
       <w:r w:rsidR="00D640A3">
         <w:t xml:space="preserve">eligible. </w:t>
       </w:r>
       <w:r w:rsidR="00466859">
         <w:t xml:space="preserve">We </w:t>
       </w:r>
       <w:r w:rsidR="00130E3B">
         <w:t xml:space="preserve">will also decide </w:t>
       </w:r>
       <w:r w:rsidR="0099749B">
         <w:t>whether</w:t>
       </w:r>
       <w:r w:rsidR="00B03069">
-        <w:t xml:space="preserve"> your spouse is </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">eligible, </w:t>
+        <w:t xml:space="preserve"> your spouse is eligible, </w:t>
       </w:r>
       <w:r w:rsidR="00DD0732">
-        <w:t>if</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> they are applying</w:t>
+        <w:t>if they are applying</w:t>
       </w:r>
       <w:r w:rsidR="00231783">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CB90A8A" w14:textId="452EC10B" w:rsidR="00B947D7" w:rsidRDefault="00B947D7" w:rsidP="00907C16">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">A voter registration form is included with your application. You do not need to register to vote to get a </w:t>
       </w:r>
       <w:r w:rsidR="0016018F">
         <w:t xml:space="preserve">Medicare Savings </w:t>
       </w:r>
       <w:r w:rsidR="00EB432F">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>rogram.</w:t>
       </w:r>
@@ -1429,144 +1502,137 @@
       </w:r>
       <w:r w:rsidR="00C2718D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003971F1">
         <w:t>to request a full application</w:t>
       </w:r>
       <w:r w:rsidR="00A77760">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DD0732">
         <w:t xml:space="preserve"> or download the appropriate application at </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00B03069" w:rsidRPr="00B03069">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DD0732">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="00473A76">
-[...2 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="147965BE" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D61060">
         <w:t>Privacy and Confidentiality</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1040E7C5" w14:textId="77777777" w:rsidR="005C583A" w:rsidRPr="00D61060" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:r w:rsidRPr="00D61060">
         <w:t xml:space="preserve">MassHealth is committed to keeping </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61060">
         <w:t xml:space="preserve"> personal information confidential. All personal information we have about any applicant or member, including medical data, health status, and the personal information you give us during your application for and receipt of benefits, is confidential. This information may not be used or released for purposes not related to the administration of MassHealth without your permission unless required by law or a court order. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25081775" w14:textId="45133DDD" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:r w:rsidRPr="00D61060">
-        <w:t xml:space="preserve">You can give us your written permission to use your personal health information for a specific purpose or to share it with a specific person or organization. You can also give us your permission to share your personal information with your authorized representative, Certified Application Counselor (CAC), or </w:t>
-[...3 lines deleted...]
-        <w:t>Navigator, if you have one</w:t>
+        <w:t>You can give us your written permission to use your personal health information for a specific purpose or to share it with a specific person or organization. You can also give us your permission to share your personal information with your authorized representative, Certified Application Counselor (CAC), or Navigator, if you have one</w:t>
       </w:r>
       <w:r w:rsidR="00B03069">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F7262B">
         <w:t xml:space="preserve"> You can do</w:t>
       </w:r>
       <w:r w:rsidR="00E44AA4">
         <w:t xml:space="preserve"> this </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61060">
         <w:t xml:space="preserve">by filling out an </w:t>
       </w:r>
       <w:r w:rsidR="00A770C1">
         <w:t>ARD</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61060">
         <w:t>, a Certified Application Counselor Designation Form, or a Navigator Designation Form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="00473A76">
-[...2 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="4278A165" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Permission to Share Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28D47AE2" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:r>
         <w:t xml:space="preserve">If you want us to share your personal health information, including sending copies of your eligibility notices, with someone who is not your authorized representative, you can do this by giving us written permission. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A7AE5BF" w14:textId="66469273" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:r>
         <w:t>To learn</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61060">
         <w:t xml:space="preserve"> more about how MassHealth may use your information</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61060">
         <w:t xml:space="preserve"> what your rights</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are, and how you can give us permission to share </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61060">
         <w:t>your information,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> see the Permission to Share Information and </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61060">
         <w:t>MassHealth Notice of Privacy Practices</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> forms in the Important Forms section, below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="00473A76">
-[...2 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="57CCD2B0" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Authorized Representative</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BB7EFB" w14:textId="36EB4D00" w:rsidR="005C583A" w:rsidRPr="00101D5A" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101D5A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">An authorized representative is someone you choose to help you get health care coverage through programs offered by MassHealth. You can do this by filling out </w:t>
       </w:r>
       <w:r w:rsidR="00A770C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
@@ -1627,71 +1693,71 @@
       <w:r w:rsidR="00F47CCA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00101D5A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> and act on your behalf in all other matters with MassHealth.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F03433E" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">An authorized representative can be a friend, family member, or other person or organization you choose to help you. </w:t>
+        <w:t xml:space="preserve">An authorized representative can be a friend, family member, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> person or organization you choose to help you. </w:t>
       </w:r>
       <w:r w:rsidRPr="00101D5A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is up to you to choose an authorized </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> you want one. MassHealth will not choose an authorized representative for you. </w:t>
+        <w:t xml:space="preserve">It is up to you to choose an authorized representative, if you want one. MassHealth will not choose an authorized representative for you. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B37761E" w14:textId="7BF5B7C9" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="bodymain"/>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101D5A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">You must designate in writing on the </w:t>
       </w:r>
       <w:r w:rsidR="005B5136">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">ARD </w:t>
       </w:r>
       <w:r w:rsidRPr="00101D5A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1707,167 +1773,186 @@
       <w:r w:rsidRPr="00101D5A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please see the instructions on the form for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BB3982" w14:textId="563445DB" w:rsidR="005C583A" w:rsidRPr="002740A3" w:rsidRDefault="005C583A" w:rsidP="00422BAF">
       <w:pPr>
         <w:pStyle w:val="NoParagraphStyle"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">An authorized representative can also be someone who is acting responsibly on your behalf if you cannot designate an authorized representative in writing because of a mental or physical </w:t>
+        <w:t xml:space="preserve">An authorized representative can also </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>condition, or</w:t>
+        <w:t>be someone who is</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> has been appointed by law to act on your behalf or on behalf of your estate. This person must fill out the applicable parts of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B5136">
+        <w:t xml:space="preserve"> acting responsibly on your behalf if you cannot designate an authorized representative in writing because of a mental or physical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ARD</w:t>
-      </w:r>
+        <w:t>condition, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. If this person has been appointed by law to represent you, either you or this person must also submit to MassHealth a copy of the applicable legal document stating that this person is lawfully representing you or your estate. This person may be a legal guardian</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F47CCA">
+        <w:t xml:space="preserve"> has been appointed by law to act on your behalf or on behalf of your estate. This person must fill out the applicable parts of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5136">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>ARD</w:t>
       </w:r>
       <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> conservator</w:t>
+        <w:t>. If this person has been appointed by law to represent you, either you or this person must also submit to MassHealth a copy of the applicable legal document stating that this person is lawfully representing you or your estate. This person may be a legal guardian</w:t>
       </w:r>
       <w:r w:rsidR="00F47CCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holder of power of attorney</w:t>
+        <w:t xml:space="preserve"> conservator</w:t>
       </w:r>
       <w:r w:rsidR="00F47CCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> health care proxy</w:t>
+        <w:t xml:space="preserve"> holder of power of attorney</w:t>
       </w:r>
       <w:r w:rsidR="00F47CCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>; or,</w:t>
+        <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00832BA8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> health care proxy</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47CCA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; or,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00832BA8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="SourceSansPro-Regular"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> if the applicant or member has died, the estate’s administrator or executor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="00473A76">
-[...2 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="1E9A1D8D" w14:textId="77777777" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Important Forms</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196C5E4D" w14:textId="5F12BB44" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:r>
         <w:t xml:space="preserve">The following forms can be found on our website at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tooltip="www.mass.gov/lists/hipaa-forms-for-masshealth-members" w:history="1">
         <w:r w:rsidRPr="006551B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A00503" w:rsidRPr="004B01A7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6A6CAA" w14:textId="2E68B402" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -1875,148 +1960,154 @@
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>MassHealth Notice of Privacy Practices</w:t>
       </w:r>
       <w:r w:rsidR="00E8380C">
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D7948B" w14:textId="3AE75D53" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Permission to Share Information</w:t>
       </w:r>
       <w:r w:rsidR="00E8380C">
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376A69CB" w14:textId="35717078" w:rsidR="005C583A" w:rsidRDefault="005C583A" w:rsidP="005C583A">
+    <w:p w14:paraId="376A69CB" w14:textId="349E96C1" w:rsidR="005C583A" w:rsidRDefault="0091136E" w:rsidP="005C583A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="0091136E">
+        <w:t>Authorized Representative Designation Form</w:t>
+      </w:r>
       <w:r>
-        <w:t>ARD</w:t>
+        <w:t xml:space="preserve"> (ARD)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A6B989B" w14:textId="3F31ABE3" w:rsidR="00803AD1" w:rsidRDefault="00803AD1" w:rsidP="004A7027">
       <w:r>
         <w:t>You can also call us at (800) 841-2900</w:t>
       </w:r>
       <w:r w:rsidR="00937D0F">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C50CD6">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="0004554A">
         <w:t>DD/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61060">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
       <w:r w:rsidR="00C65B72" w:rsidRPr="00C65B72">
         <w:t>711</w:t>
       </w:r>
       <w:r w:rsidR="00C65B72">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>to ask for any of these forms.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EDC0F1" w14:textId="54DEACF8" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="76EDC0F1" w14:textId="54DEACF8" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Reporting Changes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A0FCBA0" w14:textId="6349E0B8" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00F44A8A">
       <w:r>
         <w:t xml:space="preserve">If there are any changes in your </w:t>
       </w:r>
       <w:r w:rsidR="00E455D2">
         <w:t xml:space="preserve">living situation, including but not limited to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">income, assets, address, health insurance, immigration status, or disability status, you must tell us within 10 calendar days of the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FD22D5">
-        <w:t>changes or as soon as possible.</w:t>
+        <w:t>changes or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FD22D5">
+        <w:t xml:space="preserve"> as soon as possible.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> If you do not tell us about these changes, you may lose your benefits. You can tell us about any changes by calling </w:t>
       </w:r>
       <w:r w:rsidR="00496C63">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D224EF">
         <w:t>800</w:t>
       </w:r>
       <w:r w:rsidR="00496C63">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00D224EF">
         <w:t>841-2900</w:t>
       </w:r>
       <w:r w:rsidR="00937D0F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0004554A">
         <w:t>TDD/</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
       <w:r w:rsidR="00831717">
         <w:t>711</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B036628" w14:textId="4719A089" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="00473A76">
+    <w:p w14:paraId="6B036628" w14:textId="4719A089" w:rsidR="00360ABB" w:rsidRDefault="00360ABB" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
       <w:r w:rsidR="00937D0F">
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:t>enefits</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32AAB970" w14:textId="15738DFC" w:rsidR="0056132D" w:rsidRDefault="00400621" w:rsidP="00F44A8A">
       <w:r w:rsidRPr="004B01A7">
         <w:t>MassHealth</w:t>
       </w:r>
       <w:r w:rsidRPr="00400621">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0056132D">
         <w:t>can</w:t>
       </w:r>
       <w:r w:rsidRPr="00400621">
         <w:t xml:space="preserve"> pay for medical services </w:t>
       </w:r>
       <w:r w:rsidR="00730283" w:rsidRPr="00400621">
@@ -2273,376 +2364,215 @@
       <w:r w:rsidRPr="00400621">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
       <w:r w:rsidR="00B42E50">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00400621">
         <w:t>877</w:t>
       </w:r>
       <w:r w:rsidR="00B42E50">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00400621">
         <w:t>610</w:t>
       </w:r>
       <w:r w:rsidRPr="00400621">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00400621">
         <w:t>0241.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5F953C" w14:textId="5D302C79" w:rsidR="000C0660" w:rsidRPr="0087195A" w:rsidRDefault="00D80F24" w:rsidP="00907C16">
+    <w:p w14:paraId="2A5F953C" w14:textId="6039C7F8" w:rsidR="000C0660" w:rsidRPr="0087195A" w:rsidRDefault="000C0660" w:rsidP="00907C16">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0087195A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>MHBI</w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A86DF4" w14:textId="7A86E264" w:rsidR="000B199E" w:rsidRPr="00241D7E" w:rsidRDefault="000B199E" w:rsidP="00241D7E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00241D7E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>MassHealth</w:t>
       </w:r>
       <w:r w:rsidR="001F3DB7" w:rsidRPr="00241D7E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00241D7E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
       <w:r w:rsidR="001F3DB7" w:rsidRPr="00241D7E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00241D7E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidR="001F3DB7" w:rsidRPr="00241D7E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId13" w:tooltip="www.mass.gov/masshealth" w:history="1">
         <w:r w:rsidRPr="00241D7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2AF826AD" w14:textId="0294DDD4" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="001F189E" w:rsidP="00EE3D15">
+    <w:p w14:paraId="2AF826AD" w14:textId="0A475DBE" w:rsidR="000B199E" w:rsidRPr="007A5E25" w:rsidRDefault="001F189E" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:jc w:val="center"/>
-[...11 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5E25">
         <w:t xml:space="preserve">Renewal </w:t>
       </w:r>
-      <w:r w:rsidR="00834CDC" w:rsidRPr="00834CDC">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00834CDC" w:rsidRPr="007A5E25">
         <w:t xml:space="preserve">Application </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="007A5E25">
         <w:t xml:space="preserve">for the </w:t>
       </w:r>
-      <w:r w:rsidR="00107D22" w:rsidRPr="004B01A7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00107D22" w:rsidRPr="007A5E25">
         <w:t>Medicare Savings</w:t>
       </w:r>
-      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C2718D" w:rsidRPr="007A5E25">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00107D22" w:rsidRPr="004B01A7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00107D22" w:rsidRPr="007A5E25">
         <w:t>Programs</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF07359" w14:textId="3D849501" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="00EE3D15">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>for people who are eligible for Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2358B4" w14:textId="7476E0B2" w:rsidR="00636B57" w:rsidRPr="0099749B" w:rsidRDefault="00542F18" w:rsidP="0099749B">
+    <w:p w14:paraId="7F85CF28" w14:textId="7578525C" w:rsidR="00107D22" w:rsidRPr="007A5E25" w:rsidRDefault="00107D22" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="120"/>
-[...4 lines deleted...]
-          <w:bCs w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5E25">
+        <w:t xml:space="preserve">Who can use this </w:t>
+      </w:r>
+      <w:r w:rsidR="00730283" w:rsidRPr="007A5E25">
+        <w:t xml:space="preserve">renewal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A5E25">
+        <w:t>application?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6929B7" w14:textId="05E9C334" w:rsidR="00F44A8A" w:rsidRPr="004B01A7" w:rsidRDefault="005E1D4F" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>People</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="004B01A7">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of any age who receiv</w:t>
+      </w:r>
+      <w:r w:rsidR="00206AFA">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...8 lines deleted...]
-          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44A8A" w:rsidRPr="004B01A7">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...69 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare and are only seeking help with payment of their Medicare premiums and cost sharing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7238CF" w14:textId="23FC78A7" w:rsidR="00F44A8A" w:rsidRPr="004B01A7" w:rsidRDefault="00F44A8A" w:rsidP="00F44A8A">
-      <w:pPr>
+    <w:p w14:paraId="1C7238CF" w14:textId="23FC78A7" w:rsidR="00F44A8A" w:rsidRPr="004B01A7" w:rsidRDefault="00F44A8A" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">If you want to apply for other MassHealth benefits, </w:t>
       </w:r>
       <w:r w:rsidR="001E519B" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">or for </w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">assistance with Medicare costs, </w:t>
       </w:r>
       <w:r w:rsidR="00F221A5" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -2738,1237 +2668,977 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F221A5" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Or you can download the appropriate application at </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00B03069" w:rsidRPr="00B03069">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.mass.gov/lists/applications-to-become-a-masshealth-member</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F221A5" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="004B01A7" w:rsidRDefault="00E14A80" w:rsidP="00473A76">
+    <w:p w14:paraId="13F6328A" w14:textId="6B0DC6E7" w:rsidR="00E14A80" w:rsidRPr="007A5E25" w:rsidRDefault="00E14A80" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="240"/>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5E25">
+        <w:t>SNAP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FD8D8E" w14:textId="0D5799AB" w:rsidR="00E14A80" w:rsidRPr="004B01A7" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
+      <w:pPr>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>SNAP</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>SNAP is a federal program</w:t>
+      </w:r>
+      <w:r w:rsidR="0021336A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>SNAP is a federal program that helps y</w:t>
+        <w:t>that helps y</w:t>
       </w:r>
       <w:r w:rsidR="00241D7E" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ou buy healthy food each month.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C6DFC" w14:textId="73F2542A" w:rsidR="00E14A80" w:rsidRPr="004B01A7" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
+    <w:p w14:paraId="282C6DFC" w14:textId="09CD8703" w:rsidR="00E14A80" w:rsidRPr="004B01A7" w:rsidRDefault="00E14A80" w:rsidP="00241D7E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>□</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Check this box if you want this application to be sent to the Department of Transitional Assistance to serve as an application for SNAP benefits. You must read the rights and responsibilities on pages </w:t>
+      </w:r>
+      <w:r w:rsidR="0021336A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008821B1" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0F4A" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through </w:t>
+      </w:r>
+      <w:r w:rsidR="0021336A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0047108A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Check this box if you want this application to be sent to the Department of Transitional Assistance to serve as an application for SNAP benefits. You must read the rights and responsibilities on pages </w:t>
+        <w:t>and sign on page</w:t>
+      </w:r>
+      <w:r w:rsidR="008821B1" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0021336A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0047108A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008821B1" w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>to proceed with the application</w:t>
+      </w:r>
+      <w:r w:rsidR="00093461" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="00907C16" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>General Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747E88B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="00F44A8A" w:rsidP="00783CA8">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Who is applying?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77268282" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0F4A" w:rsidRPr="004B01A7">
+    </w:p>
+    <w:p w14:paraId="2D701ADA" w14:textId="77777777" w:rsidR="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">through </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00872DB3">
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0047108A">
+        <w:t xml:space="preserve">You and your spouse </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5FDEEE" w14:textId="3D9C3A29" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you and your spouse live together, you must also give us information about your spouse even if </w:t>
+      </w:r>
+      <w:r w:rsidR="001230AF" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>not applying for benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF8092E" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>You</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B01A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="30B61123" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t>Last name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BC3BD0" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t>First name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774F7B11" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t>Middle initial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F313995" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t>Street address</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4125">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7ACD16" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t>City</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281ABB88" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t>State</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24991185" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t>ZIP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F41EF3D" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t xml:space="preserve">Mailing address (if different from above) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4125">
+        <w:tab/>
+        <w:t>Homeless</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6569855C" w14:textId="77777777" w:rsidR="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:t>City</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4E2E32" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4F19C4" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ZIP </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549C59BB" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date of birth </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2B3992" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gender M F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4C5953" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Telephone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620BA356" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Preferred spoken language </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73860071" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Preferred written language</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CBE5F5" w14:textId="77777777" w:rsidR="007C4125" w:rsidRPr="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF9207E" w14:textId="77777777" w:rsidR="007C4125" w:rsidRDefault="007C4125" w:rsidP="007C4125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4125">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicare claim number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1488ED7B" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Are you a US citizen or US national?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640B38C2" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>If Yes, are you a naturalized, derived, or acquired citizen (not born in the US)?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8D69B5" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Alien number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>Naturalization or citizenship certificate number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551D0890" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>If you are a noncitizen, do you have an eligible immigration status? “ See 130 CMR 518.000 for more information“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes   No If Yes, do you have an immigration document?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DE64E9" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>It may help us to process this application faster if you include a copy of your immigration document with the application. Please list all the immigrations statuses and/or conditions that have applied to you since you entered the US. If you need more space, attach another sheet of paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD22E5D" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Status award date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>(For battered people, enter the date the petition was approved.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4978F4" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Immigration status</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>Immigration document type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>Document ID number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B21A4F" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Alien number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t>Passport or document expiration date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>) Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A8113B" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Did you use the same name on this application that you did to get your immigration status?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes  No If No, what name did you use? First name, Middle name, Last name, and suffix</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA9D7AE" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Did you arrive in the US after August 22, 1996?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C4007B" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Are you an honorably discharged veteran or active-duty member of the US military, or the spouse or child of an honorably discharged veteran or an active- duty member of the US military?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17535976" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00C47AE8" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00C47AE8">
+        <w:t>Optional: Are you: a victim of severe trafficking, a spouse , child , sibling or parent of a trafficking victim, a battered spouse, a child or parent of a battered spouse?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47AE8">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036E7012" w14:textId="293D4DB8" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">2 </w:t>
+        <w:t xml:space="preserve">Your Spouse </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09291829" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r>
+        <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="6B248E93" w14:textId="2E5476E2" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="00907C16" w:rsidP="00473A76">
+        <w:t>ast name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0890A295" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>irst name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB9DEC2" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>iddle initial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A38DE6" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">ate of birth </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058766BB" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">ender M F </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367CD3EC" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>elephone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDAE337" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">referred spoken language </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014BB70F" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">referred written language </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BA7A83" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFAD90C" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">Medicare claim number </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E655E0D" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Are you a US citizen or US national?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D5F781" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>If Yes, are you a naturalized, derived, or acquired citizen (not born in the US)?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38850773" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Alien number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>Naturalization or citizenship certificate number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="627B9CB8" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>If you are a noncitizen, do you have an eligible immigration status? “ See 130 CMR 518.000 for more information“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes   No If Yes, do you have an immigration document?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes   No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3825CC" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>It may help us to process this application faster if you include a copy of your immigration document with the application. Please list all the immigrations statuses and/or conditions that have applied to you since you entered the US. If you need more space, attach another sheet of paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740ECC9C" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Status award date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>(For battered people, enter the date the petition was approved.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CC8424" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Immigration status</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>Immigration document type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>Document ID number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF64281" w14:textId="77777777" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Alien number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t>Passport or document expiration date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>) Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68621837" w14:textId="2957BD93" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Did you use the same name on this application that you did to get your immigration status?</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:t xml:space="preserve">Yes  No If No, what name did you use? </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212539800"/>
+      <w:r w:rsidRPr="00DA665A">
+        <w:t xml:space="preserve">First name, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Mi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:t xml:space="preserve">ddle name, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>ast name, and suffix</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="1647EF84" w14:textId="39A27B0F" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Did you arrive in the US after August 22, 1996?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BC6641" w14:textId="2006A2DB" w:rsidR="00E00F50" w:rsidRPr="00DA665A" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Are you an honorably discharged veteran or active-duty member of the US military, or the spouse or child of an honorably discharged veteran or an active- duty member of the US military?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ABBA82" w14:textId="625989C1" w:rsidR="00E00F50" w:rsidRPr="004B01A7" w:rsidRDefault="00E00F50" w:rsidP="00E00F50">
+      <w:r w:rsidRPr="00DA665A">
+        <w:t>Optional: Are you: a victim of severe trafficking, a spouse , child , sibling or parent of a trafficking victim, a battered spouse, a child or parent of a battered spouse?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA665A">
+        <w:tab/>
+        <w:t xml:space="preserve">  Yes  No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE0C96" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="240"/>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>Income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF5CC5C" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="001241CD">
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Fill out this section for you and your spouse. List the gross monthly income (before taxes and other deductions, such as the Medicare Part B premium). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAD8E2F" w14:textId="719DA23E" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="000B199E" w:rsidP="001241CD">
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...568 lines deleted...]
-        <w:t>g</w:t>
+        <w:t>Source of income</w:t>
       </w:r>
       <w:r w:rsidR="008E09CA" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>M</w:t>
+        <w:t xml:space="preserve"> Social </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6E8C" w:rsidRPr="004B01A7">
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="008E09CA" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>F</w:t>
+        <w:t xml:space="preserve">ecurity </w:t>
       </w:r>
       <w:r w:rsidR="008E09CA" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...167 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>Gross monthly income before taxes and deductions Your $ Your spouse’s $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393473B9" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="393473B9" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="001241CD">
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Source of income </w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Pensions</w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>Gross monthly income before taxes and deductions Your $ Your spouse’s $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C484119" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2C484119" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="001241CD">
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Source of income </w:t>
       </w:r>
       <w:r w:rsidR="007D3E55" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Federal v</w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>eterans’ benefits</w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>Gross monthly income before taxes and deductions Your $ Your spouse’s $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF61B18" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6AF61B18" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="001241CD">
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Source of income </w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Annuities or trusts</w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>Gross monthly income before taxes and deductions Your $ Your spouse’s $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E7A5EB4" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7E7A5EB4" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="001241CD">
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Source of income </w:t>
       </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Dividends and/or interest</w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>Gross monthly income before taxes and deductions Your $ Your spouse’s $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37900A50" w14:textId="73D426ED" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="37900A50" w14:textId="73D426ED" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="001241CD">
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Source of income</w:t>
       </w:r>
       <w:r w:rsidR="00B038FB">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> Income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B199E" w:rsidRPr="004B01A7">
+        <w:t>from a job (before deductions)</w:t>
+      </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> Your $ Your spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE880B2" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="001241CD">
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">Source of income </w:t>
+      </w:r>
+      <w:r w:rsidR="000B199E" w:rsidRPr="004B01A7">
+        <w:t>Rental income (after expenses)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:br/>
+        <w:t xml:space="preserve">Gross monthly income before taxes and deductions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>Your $ Your</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve"> spouse’s $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119DFA25" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="001241CD">
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">Source of income </w:t>
+      </w:r>
       <w:r w:rsidR="000B199E" w:rsidRPr="004B01A7">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>from a job (before deductions)</w:t>
+        <w:t>Other (please specify)</w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...34 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>Gross monthly income before taxes and deductions Your $ Your spouse’s $</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119DFA25" w14:textId="77777777" w:rsidR="000B199E" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="004B01A7">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2C1AEA80" w14:textId="302C7614" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
-        <w:rPr>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>Sign this application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E786B9" w14:textId="65AAC84B" w:rsidR="004019BC" w:rsidRPr="004B01A7" w:rsidRDefault="004019BC" w:rsidP="009C22B3">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of applicant or Authorized Representative </w:t>
       </w:r>
       <w:r w:rsidR="004B0622" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
@@ -4013,651 +3683,489 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Both you and your spouse must sign if your spouse lives with you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4C43A5" w14:textId="45AFD7CF" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="004B0622">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>By signing, you agree to and understand the following</w:t>
       </w:r>
       <w:r w:rsidR="008F6E8C" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07799DA9" w14:textId="24F99E76" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="004B0622">
+    <w:p w14:paraId="07799DA9" w14:textId="24F99E76" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="002347AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">By signing this application, I hereby certify that I have read and agree to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F15E62" w:rsidRPr="004B01A7">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">ights and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F15E62" w:rsidRPr="004B01A7">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">esponsibilities included in this application on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114C6A">
+        <w:t xml:space="preserve">pages </w:t>
+      </w:r>
+      <w:r w:rsidR="000C2CE0" w:rsidRPr="00114C6A">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114C6A">
+        <w:t xml:space="preserve"> th</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9639B" w:rsidRPr="00114C6A">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114C6A">
+        <w:t xml:space="preserve">ough </w:t>
+      </w:r>
+      <w:r w:rsidR="00872DB3" w:rsidRPr="00114C6A">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114C6A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8AE114" w14:textId="54165400" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="002347AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>I hereby certify under the pains and penalties of perjury that the submissions and statements I have made in this application are true and complete to the best of my knowledge, and I agree to accept and comply with the rights and responsibilities of the Medicare Savings Program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B8D533" w14:textId="147424BA" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="002347AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>If I have checked the SNAP box on page 1 of this application</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve"> I am applying for SNAP. I certify that I understand and agree to the rights, rules, and penalties of SNAP, as outlined below. I ask that MassHealth send my information, including </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">rotected </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">nformation subject to the Health Insurance Portability and Accountability Act (HIPAA), to </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1352" w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>Department of Transitional Assistance for the purpose of applying for SNAP benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D46F85" w14:textId="5228A7C1" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="007C4125">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>Important</w:t>
+      </w:r>
+      <w:r w:rsidR="00912F5A" w:rsidRPr="004B01A7">
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>For Medicare Savings Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00912F5A" w:rsidRPr="004B01A7">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">pplicants </w:t>
+      </w:r>
+      <w:r w:rsidR="00C13B7E">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>nly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC72E8F" w14:textId="4E3BEAFF" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="005307E8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">By signing this application, I hereby certify that I have read and agree to the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F15E62" w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">If you are submitting this application as an authorized representative, you must submit an ARD to us or have a form on record for us to process this application. The ARD is at the end of this application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467527E6" w14:textId="3BA26A86" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>Voter registration information is enclosed in this packet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DD6EF2" w14:textId="6BB31F5C" w:rsidR="000E1930" w:rsidRPr="004B01A7" w:rsidRDefault="000E1930" w:rsidP="004B01A7">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>r</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">ights and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F15E62" w:rsidRPr="004B01A7">
+        <w:t>You do not need to register to vote to get a Medicare Savings</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>r</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">esponsibilities included in this application on </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00114C6A">
+        <w:t>Program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17726F95" w14:textId="00F58A9B" w:rsidR="004C10E1" w:rsidRPr="004B01A7" w:rsidRDefault="004C10E1" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14A80" w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30627" w:rsidRPr="004B01A7">
+        <w:t>Medicare Savings Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">Applicants </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D6884" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">pages </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C2CE0" w:rsidRPr="00114C6A">
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00114C6A">
+        <w:t>You give permission to MassHealth to get any records or data to prove any information given on this application. You understand that you must tell MassHealth of any changes in information you gave on this application. You further certify under the penalty of perjury that the information on this application is correct and complete to the best of your knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70831BEE" w14:textId="3FE7CAEE" w:rsidR="0065235D" w:rsidRPr="004B01A7" w:rsidRDefault="0065235D" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>Important</w:t>
+      </w:r>
+      <w:r w:rsidR="00912F5A" w:rsidRPr="004B01A7">
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30627" w:rsidRPr="004B01A7">
+        <w:t>Medicare Savings Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2718D" w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t xml:space="preserve">Applicants </w:t>
+      </w:r>
+      <w:r w:rsidR="00912F5A" w:rsidRPr="004B01A7">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:t>nly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BF5303" w14:textId="0EAD74E4" w:rsidR="008E09CA" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> th</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E9639B" w:rsidRPr="00114C6A">
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00114C6A">
+        <w:t xml:space="preserve">If you are acting on behalf of someone in filling out this application, </w:t>
+      </w:r>
+      <w:r w:rsidR="0013324A" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">ough </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00872DB3" w:rsidRPr="00114C6A">
+        <w:t xml:space="preserve">you must fill out </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00114C6A">
+        <w:t xml:space="preserve">the enclosed </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8380C" w:rsidRPr="004B01A7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">ARD </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and sen</w:t>
+      </w:r>
+      <w:r w:rsidR="0013324A" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> back with this application. Your signature on this application as an authorized representative certifies that the information on this application is correct and complete to the best of your knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE089BB" w14:textId="101B2531" w:rsidR="008E09CA" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you think MassHealth’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00113AB4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eligibility </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>decision is wrong, you have the right to appeal. If you are denied benefits, you will get information on how to appeal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4310BDA6" w14:textId="77777777" w:rsidR="008E09CA" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth will obtain from your current and former health insurers all information about health insurance coverage for you and your spouse. This includes, but is not limited to, information about policies, premiums, coinsurance, deductibles, and covered benefits that are, may be, or should have been available to you and your spouse. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744866BD" w14:textId="392BF8BA" w:rsidR="00106BCB" w:rsidRPr="004B01A7" w:rsidRDefault="008E09CA" w:rsidP="008E09CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth may get records or data about you and your spouse listed on this application from federal and state data sources and programs, such as the Social Security Administration, the Internal Revenue Service, the Department of Homeland Security, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2273C" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DOR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, and the Registry of Motor Vehicles, as well as private data sources including financial institutions, 1) to prove any information given on this application and any supplements, or other information given once you or your spouse becomes a member, 2) to document medical services claimed or provided to you or your spouse</w:t>
+      </w:r>
+      <w:r w:rsidR="0041262D" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3) to support continued eligibility</w:t>
+      </w:r>
+      <w:r w:rsidR="00106BCB" w:rsidRPr="004B01A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8AE114" w14:textId="54165400" w:rsidR="004B0622" w:rsidRPr="004B01A7" w:rsidRDefault="004B0622" w:rsidP="004B0622">
-[...85 lines deleted...]
-    <w:p w14:paraId="67D46F85" w14:textId="5228A7C1" w:rsidR="005307E8" w:rsidRPr="004B01A7" w:rsidRDefault="005307E8" w:rsidP="005307E8">
+    <w:p w14:paraId="426635C8" w14:textId="0C78A1F8" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="007A5E25">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t xml:space="preserve">For Supplemental Nutritional Assistance Program (SNAP) applicants </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662A04BB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="007C4125">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:rPr>
-[...383 lines deleted...]
-        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>Supplemental Nutrition Assistance Program (SNAP) benefits</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75047A48" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If you checked the box on page </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, MassHealth will send this application to the Department of Transitional Assistance (DTA). </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">This will serve as your application for SNAP! </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If you are eligible, your SNAP will start from the date DTA receives this MassHealth application. By signing below, you agree that you have read and agree to your SNAP Rights, Responsibilities, and Penalties under the program. </w:t>
+        <w:t xml:space="preserve"> If you are eligible, your SNAP will start from the date DTA receives this MassHealth application. By signing below, you agree that you have read and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>agree</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to your SNAP Rights, Responsibilities, and Penalties under the program. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D42221" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>You may be eligible for SNAP benefits within 7 days of when DTA gets this application if:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="302E1D23" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">Your income and money in the bank add up to less than your monthly housing expenses, or  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742096B0" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
@@ -4671,72 +4179,61 @@
       <w:r w:rsidRPr="00A6644D">
         <w:t>Your monthly income is less than $150, and your money in the bank is $100 or less, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2141C903" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>You are a migrant worker and your money in the bank is $100 or less.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C9414B" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">For more information about SNAP in Massachusetts, go to mass.gov/SNAP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADAC5D9" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
-[...12 lines deleted...]
-          <w:color w:val="303943"/>
+    <w:p w14:paraId="0ADAC5D9" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="002347AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:color w:val="303943"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>Department of Transitional Assistance (DTA) Notice of Rights, Responsibilities and Penalties</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E4C305" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">This notice lists rights and responsibilities for the SNAP program </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="341A383C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">Please read these pages and keep them for your records. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEC3015" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
@@ -4774,51 +4271,50 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">I have read the information in this form, or someone read it to me. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="772462FF" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>My answers in this form are true and complete to the best of my knowledge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F6D3FC" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="317"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>I will give DTA information that is true and complete to the best of my knowledge during my interview and in the future.</w:t>
       </w:r>
@@ -5075,51 +4571,65 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>If DTA uses information from Equifax about my household earned income, I have the right to a free copy of my Equifax report if I request it within 60 days of DTA’s decision. I have the right to question the information in the report. I may contact Equifax at: Equifax Workforce Solutions, 11432 Lackland Road, St. Louis, MO 63146, 1-800-996-7566 (toll free).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24941994" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>I have a right to a copy of my application, including the information that DTA uses to decide about my household’s eligibility and benefit amount. I can ask DTA for an electronic copy of the completed application.</w:t>
+        <w:t xml:space="preserve">I have a right to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a copy</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of my application, including the information that DTA uses to decide about my household’s eligibility and benefit amount. I can ask DTA for an electronic copy of the completed application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A5FC02" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">How will DTA use my information? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC1D03C" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">By signing below, I give DTA permission to get information from and share information about me and members of my household with: </w:t>
       </w:r>
     </w:p>
@@ -5975,51 +5485,50 @@
         </w:rPr>
         <w:t xml:space="preserve">Note: Even if you are not eligible for benefits due to immigration status, DTA will not report you to immigration authorities unless you show DTA a final order of deportation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0213DDFE" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The Department of Revenue (DOR) to verify my eligibility for income-based tax credits, such as Earned Income and Limited Income, and to see if I am eligible for “No Tax Status” or hardship status.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3817FD" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="461" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The Department of Children and Families (DCF) to coordinate services offered jointly by DTA and DCF.  </w:t>
@@ -6201,51 +5710,59 @@
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">I have a right to a free professional interpreter provided by DTA if I prefer to communicate in a language other than English. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0A898D" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>If I have a DTA hearing, I can ask DTA to give me a free professional interpreter, or if I prefer, I can bring someone to interpret for me. If I need DTA to give me an interpreter for a hearing, I must call the Division of Hearings at least one week before the hearing date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4BA889" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
-        <w:t>Right to Register to Vote</w:t>
+        <w:t xml:space="preserve">Right to Register </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t xml:space="preserve"> Vote</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="478D6018" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15AC47C5" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">I have the right to register to vote through DTA. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D4A1C3F" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
@@ -6326,66 +5843,72 @@
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>Contracted Employment and Training providers or Full Engagement Workers for TAFDC clients.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2215E941" w14:textId="77777777" w:rsidR="006D0894" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">SNAP clients may voluntarily participate in education and employment training services through the SNAP Path to Work program. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="254F34A0" w14:textId="77777777" w:rsidR="004C59C8" w:rsidRPr="00A6644D" w:rsidRDefault="004C59C8" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DA22872" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
-        <w:lastRenderedPageBreak/>
         <w:t>Citizenship Status</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10F68258" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
-        <w:t>I swear that all members of my household applying for DTA benefits are either U.S. citizens, or lawfully residing noncitizens.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5BF33725" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+        <w:t xml:space="preserve">I swear that all members of my household applying for DTA benefits are either U.S. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t>citizens, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t xml:space="preserve"> lawfully residing noncitizens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF33725" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="007C4125">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">Supplemental Nutrition Assistance Program </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9763BB" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>I understand that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76D9B5E0" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
@@ -7010,99 +6533,119 @@
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">If I get SNAP through Bay State CAP, I do not have to report any changes to DTA. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26DB2A3A" w14:textId="4C56BE2A" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="00A6644D">
-        <w:t>If I and everyone in my household gets cash assistance (TAFDC or EAEDC), I must report certain changes to DTA within 10 days of the change.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t>If I and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t xml:space="preserve"> everyone in my </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t>household</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t>gets</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:t xml:space="preserve"> cash assistance (TAFDC or EAEDC), I must report certain changes to DTA within 10 days of the change.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40EFCB90" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">I may get more SNAP benefits if I report and give DTA proofs for the following, at any time: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A611AA5" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>Child or other dependent care costs, shelter costs, and/or utility costs;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A4802C9" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t>Child support that I (or someone in my household) is legally required to pay to a non-household member; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079FA081" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Medical costs for members of my household, including myself, who are 60 or older or disabled. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11DD3348" w14:textId="434226DF" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Work rules for SNAP clients</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00724C3F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">If you get SNAP benefits and are between the ages of 16 and 59 you may need to meet general SNAP work rules or the ABAWD work rules unless you are exempt. DTA will tell me and members of my household if we need to meet any Work Rules, what the exemptions are, and what will happen if we do not meet the rules.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E051065" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
@@ -7457,65 +7000,51 @@
         <w:t>for the second finding.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29EDC55A" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Trade (buy or sell) SNAP benefits for firearms, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or explosives, they will be ineligible for SNAP </w:t>
+        <w:t xml:space="preserve">Trade (buy or sell) SNAP benefits for firearms, ammunition or explosives, they will be ineligible for SNAP </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>forever</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B8D867" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
@@ -7536,153 +7065,152 @@
         </w:rPr>
         <w:t>Make an offer to sell SNAP benefits or an EBT card online or in person the State may pursue an IPV against them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B529E91" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Pay for food purchased on credit they will be ineligible for SNAP.</w:t>
+        <w:t xml:space="preserve">Pay for food purchased on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>credit they</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A6644D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be ineligible for SNAP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B99EE87" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Buy products with SNAP benefits with the intent to discard the contents and return containers for cash they will be ineligible for SNAP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B608052" w14:textId="51A49136" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Flee to avoid prosecution, custody</w:t>
       </w:r>
       <w:r w:rsidR="007055F5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> or confinement after conviction for a felony they will be ineligible for SNAP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60278402" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="00114C6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Violate probation or parole, where law enforcement is actively seeking to arrest </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> they will be ineligible for SNAP. </w:t>
+        <w:t xml:space="preserve">Violate probation or parole, where law enforcement is actively seeking to arrest them they will be ineligible for SNAP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67001FBC" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve">Anyone who became a convicted felon after February 7, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A6644D">
         <w:t>2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A6644D">
         <w:t xml:space="preserve"> is ineligible for SNAP benefits if they are a fleeing felon or are violating probation or parole - in accordance with 7 CFR §273.11(n) - </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
@@ -8023,3640 +7551,2263 @@
     <w:p w14:paraId="24B9B39F" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>FNSCIVILRIGHTSCOMPLAINTS@usda.gov</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032CAE63" w14:textId="77777777" w:rsidR="006D0894" w:rsidRPr="00A6644D" w:rsidRDefault="006D0894" w:rsidP="006D0894">
+    <w:p w14:paraId="032CAE63" w14:textId="6DADD71C" w:rsidR="006D0894" w:rsidRDefault="006D0894" w:rsidP="006D0894">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6644D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>This institution is an equal opportunity provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F9AC385" w14:textId="1342D48D" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+    <w:p w14:paraId="20FA2C22" w14:textId="77777777" w:rsidR="002347AC" w:rsidRDefault="002347AC" w:rsidP="006D0894">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002347AC" w:rsidSect="009A753D">
+          <w:headerReference w:type="even" r:id="rId17"/>
+          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="864" w:right="1080" w:bottom="864" w:left="1080" w:header="720" w:footer="432" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9AC385" w14:textId="1342D48D" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Authorized Representative Designation Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4BB99B" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>You can submit this form if you would like to designate an authorized representative to act on your behalf. If an authorized representative signed your application for you, or if you are an authorized representative applying on behalf of someone else, you MUST submit this form for the application to be processed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271C458E" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A50EB0" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>You do not need to fill out this form if you live in an institution and want copies of eligibility notices sent to you and to your spouse who still lives at home. We will do that automatically.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11312EF6" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26E34F9D" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: An authorized representative has the authority to act on an applicant's or member's behalf in all matters with MassHealth and the Health </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Connector, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will receive personal information about the applicant or member until we receive a cancellation notice terminating their authority, or upon the death of the applicant or member. Their authority will not automatically terminate once we process your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79720602" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="265D81F9" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>You can choose someone to help you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C50020C" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="546B8955" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>You may choose an authorized representative to help you get health care coverage through programs offered by MassHealth and the Health Connector. You can do this by filling out this form (the Authorized Representative Designation Form). You or a representative can sign for yourself and for any of your dependent children under the age of 18 for whom you are the custodial parent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C806F33" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2636D1E5" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are not required to have a representative </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apply for or receive benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E803AE9" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Who can help me?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A77F206" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>1. An authorized representative can be a friend, family member, relative, or other person or organization of your choosing who agrees to help you. It is up to you to choose an authorized representative if you want one. Neither MassHealth nor the Health Connector will choose an authorized representative for you. You must designate in writing (fill out Section I, Part A) the person or organization who you want to be your authorized representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268CA586" w14:textId="05E0E3A4" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Your authorized representative must also fill out Section I, Part B. We sometimes refer to this person or organization as a “Section I authorized representative.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB6DB3F" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E05EA5D" w14:textId="1F89C9D2" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>2. If you cannot designate an authorized representative in writing and you do not have an existing authorized representative or other person who is authorized by law to act on your behalf, a person (not an organization) who certifies that they will act responsibly on your behalf can be your authorized representative if that person fills out Section II of this form. We sometimes refer to this person as a “Section II authorized representative.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FCA99C" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F038582" w14:textId="04103C75" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>3. An authorized representative can also be someone who has been appointed by law to act on your behalf, or on behalf of the estate of an applicant or member who has died. This person must fill out Section III and either you or this person must submit to us, together with this form, a copy of the applicable legal document stating that this person has authority to represent you, or the estate of a deceased applicant or member. We sometimes refer to this person as a “Section III authorized representative.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2525C324" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34BBF9AC" w14:textId="7DEC0CB2" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>4. A Section III authorized representative may be a legal guardian, conservator, holder of power of attorney, or health care proxy, or, if the applicant or member has died, the personal representative of the estate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2553509C" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>What can an authorized representative do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B69671" w14:textId="74A42F22" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A Section I or II authorized representative may</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B64BD6" w14:textId="79F839C0" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>fill out your application or eligibility review forms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098821F8" w14:textId="387EE102" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>fill out other MassHealth or Health Connector eligibility or enrollment forms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468BD6AC" w14:textId="47F8B27B" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>give proof of information reported on these forms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB76B6F" w14:textId="03522D95" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>report changes in income, address, or other circumstances;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A17132" w14:textId="23B94BDD" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t xml:space="preserve">get copies of </w:t>
+      </w:r>
+      <w:r w:rsidR="003635C4" w:rsidRPr="005D0676">
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0676">
+        <w:t xml:space="preserve"> your MassHealth and Health Connector eligibility and enrollment notices;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B733F2" w:rsidRPr="005D0676">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70099E93" w14:textId="11431B68" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>act on your behalf in all other matters with MassHealth and the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB914E4" w14:textId="5A175E8C" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>What a section III authorized representative is authorized to do for you (or for the Estate of a deceased applicant or member) will depend on the wording of the legal appointment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26632A06" w14:textId="6EBD1C82" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please note: Eligibility notices may include information about other members of an applicant’s or member’s household. If there are multiple people in your household we may not be able to send copies of some of your notices to your authorized representative unless each household member has also designated the same authorized representative by completing a separate Authorized Representative Designation Form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2684ACDB" w14:textId="13169EB8" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>SECTION 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0676">
+        <w:br/>
+        <w:t>Authorized Representative Designation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0676">
+        <w:br/>
+        <w:t xml:space="preserve">(if applicant or member </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:t xml:space="preserve"> sign)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE81C02" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="45875962" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
-          <w:b/>
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...243 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="7860F3DA" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+        <w:t>Part A—to be filled out by applicant or member. Please print, except for signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747CEA93" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A77F206" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+    <w:p w14:paraId="774011C5" w14:textId="65D3BB61" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Applicant’s/Member’s Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF6A2E2" w14:textId="06C85D78" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D39CBA" w14:textId="2870A1F6" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483089AD" w14:textId="5EE53D1D" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Applicant’s/Member’s email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091E803A" w14:textId="40C963AD" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t xml:space="preserve">I certify that I have chosen the following person or organization to be the authorized representative for myself and any dependent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>children</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:t xml:space="preserve"> under the age of 18 for whom I am the custodial parent and that I understand the duties and responsibilities this person or organization will have (as explained earlier in this form).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7229E465" w14:textId="2363B446" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Applicant’s/Member's signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2BE0CA" w14:textId="4307B0B4" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5B8704" w14:textId="00DB3478" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Authorized representative’s name Authorized representative’s phone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BA8A42" w14:textId="42CDB087" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Authorized representative’s address (mailing address, city, state, zip)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322E999C" w14:textId="4A77F1DB" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>Part B—to be filled out by authorized representative. Please print, except for signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C7C70B" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>B1. COMPLETE IF AUTHORIZED REPRESENTATIVE IS A PERSON.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B927415" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I certify that I will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to me by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7C3A3E" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74D35D06" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If I am also a provider, staff member, or volunteer affiliated with an organization, and am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information and conflicts of interest including those set forth at 42 C.F.R. part 431, subpart F, 42 C.F.R. § 447.10, and 45 C.F.R. § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA49CCC" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2520346C" w14:textId="6A964A11" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Authorized representative’s signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F87E5E1" w14:textId="22A470A1" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8ACFFC" w14:textId="19818D08" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Authorized representative’s printed name Authorized representative’s email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175A024A" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...42 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E05EA5D" w14:textId="1F89C9D2" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="7316A194" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>B2. COMPLETE IF AUTHORIZED REPRESENTATIVE IS AN ORGANIZATION.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E23B677" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I certify, on behalf of the organization set forth below, that such organization will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth above and, if applicable, the dependent children of such applicant or member, that is provided to the organization by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1BE07A" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="177F7BB8" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I, the provider, staff member, or volunteer of the organization set forth below, completing this form, certify on behalf of myself and on behalf of the organization I represent, that any providers, staff members, or volunteers acting on behalf of the organization in connection with this authorized representative designation will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information, and conflicts of interest, including those set forth at 42 C.F.R. part 431, subpart F, 42 C.F.R. § 447.10, and 45 C.F.R. § 155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B9FBB1" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2. If you cannot designate an authorized representative in writing and you do not have an existing authorized representative or other person who is authorized by law to act on your behalf, a person (not an organization) who certifies that they will act responsibly on your behalf can be your authorized representative if that person fills out Section II of this form. We sometimes refer to this person as a “Section II authorized representative.”</w:t>
-[...6 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49F97178" w14:textId="62839193" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Signature of provider, staff member, or volunteer completing form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0182DCF8" w14:textId="6C74AFF5" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3. An authorized representative can also be someone who has been appointed by law to act on your behalf, or on behalf of the estate of an applicant or member who has died. This person must fill out Section III and either you or this person must submit to us, together with this form, a copy of the applicable legal document stating that this person has authority to represent you, or the estate of a deceased applicant or member. We sometimes refer to this person as a “Section III authorized representative.”</w:t>
-[...6 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1463B771" w14:textId="538F37FF" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...31 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Printed name of provider, staff member, or volunteer completing form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035C8C79" w14:textId="58393AFA" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="084824C0" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Email of provider, staff member, or volunteer completing form Authorized representative organization name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1085A692" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>SECTION 2 Authorized Representative Designation  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0676">
+        <w:br/>
+        <w:t>(if applicant or member cannot provide written designation)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7253F3BF" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52B69671" w14:textId="74A42F22" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
-[...10 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="19BAD5E2" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>To be filled out by authorized representative. Please print, except for signature. Please provide a separate form for each applicant or member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FABFD5E" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>A Section I or II authorized representative may</w:t>
-[...12 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7423D6D0" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>AN ORGANIZATION IS NOT ELIGIBLE TO BE AN AUTHORIZED REPRESENTATIVE UNDER THIS SECTION.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF4D756" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="54F5B5C3" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>I certify that the applicant or member set forth below cannot provide written designation and to the best of my knowledge does not otherwise have an individual who can act on his or her behalf such as an existing authorized representative, guardian, conservator, personal representative of the estate, holder of power of attorney, or an invoked health-care proxy. In addition, I certify that I am sufficiently aware of this applicant’s or member’s circumstances to assume responsibility for the accuracy of the statements made on his or her behalf during the eligibility process and in other communications with MassHealth or the Health Connector, that I understand my rights and responsibilities as this person’s authorized representative (as explained earlier in this form). If this person can understand, I have told the person that MassHealth and the Health Connector will send me a copy of all MassHealth and Health Connector eligibility and enrollment notices and this person agrees to this, and I have told this person that they may remove or replace me as their authorized representative at any time by the methods described earlier in this form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714AEA88" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>fill out your application or eligibility review forms;</w:t>
-[...12 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62144470" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I further certify that I will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member set forth below that is provided to me by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E925F38" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="105BBBB7" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If I am also a provider, staff member, or volunteer affiliated with an organization, and I am acting in my capacity as a provider, staff member, or volunteer in connection with my designation as an authorized representative, I further certify that I will at all times adhere to all applicable state and federal laws and regulations regarding confidentiality of information and conflicts of interest including those set forth at 42 CFR part 431 subpart F., 42 CFR §477.10, and 45 CFR §155.260(f).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3D2330" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>fill out other MassHealth or Health Connector eligibility or enrollment forms;</w:t>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="067BBBC3" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Applicant’s/Member’s name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DEDAB7" w14:textId="3864245A" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Applicant's/Member’s date of birth (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27798522" w14:textId="74D36E0E" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF53D58" w14:textId="0D9EC861" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>report changes in income, address, or other circumstances;</w:t>
-[...11 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Authorized representative’s signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3F4A90" w14:textId="1F79F1C1" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391C37E0" w14:textId="35C93489" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">get copies of </w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Authorized representative’s name (first, middle, last)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9863BF" w14:textId="79900B4D" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>all of</w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Authorized representative’s phone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133741EC" w14:textId="17BCC013" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> your MassHealth and Health Connector eligibility and enrollment notices;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B733F2">
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Authorized representative’s address (mailing address, city, state, zip)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E8C2AA" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Authorized representative’s email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0180DBFD" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47841F6C" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>If the Section II authorized representative is affiliated with an organization, and is acting in such capacity, an individual authorized to act on behalf of the organization, such as an officer, must sign below to indicate the organization’s acknowledgment of and agreement with the representations and warranties made above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B65A03" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>and </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18A7F9FC" w14:textId="3F214A35" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t> </w:t>
-[...13 lines deleted...]
-          <w:rStyle w:val="eop"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Officer’s Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2E0AAA" w14:textId="7B289AA8" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Officer’s Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245C1EF6" w14:textId="35CD6B9E" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>act on your behalf in all other matters with MassHealth and the Health Connector.</w:t>
-[...27 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...23 lines deleted...]
-          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>Officer’s Signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48588A85" w14:textId="48326315" w:rsidR="00BC77D3" w:rsidRPr="005D0676" w:rsidRDefault="00BC77D3" w:rsidP="005D0676">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Please note: Eligibility notices may include information about other members of an applicant’s or member’s household. If there are multiple people in your </w:t>
+        </w:rPr>
+        <w:t>Date (mm/dd/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FAD33C" w14:textId="0C4F5DA1" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0676">
+        <w:t>SECTION 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55869F27" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>Authorized Representative Designation (if appointed by law)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28948CD6" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65EBB645" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>To be filled out by an authorized representative appointed by law (with authority to act on behalf of the applicant or member in making decisions related to health care including, but not limited to, a guardian, conservator, personal representative of the estate of an applicant or member, holder of power of attorney, or an invoked health care proxy.) Please print, except for signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBC6EAD" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:br/>
+        <w:t>Please submit a copy of the applicable legal document with this form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DEEB51F" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09A72AAD" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t xml:space="preserve">I certify that I will </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>household</w:t>
+      <w:r w:rsidRPr="00810284">
+        <w:t>at all times</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...113 lines deleted...]
-    <w:p w14:paraId="4AE81C02" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      <w:r w:rsidRPr="00810284">
+        <w:t xml:space="preserve"> maintain the confidentiality of any information regarding the applicant or member as set forth below, that is provided to me by MassHealth or the Health Connector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1CDC1A" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0734C690" w14:textId="1A9F5285" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>Applicant’s/Member’s name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB23232" w14:textId="06F6C999" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>Applicant's/Member’s date of birth (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810284">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810284">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="653C5E43" w14:textId="44A09D5E" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F90FB9" w14:textId="0AD90656" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>Authorized representative’s signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DD0ED1" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>Date (mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810284">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810284">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238E1CE7" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CFC618F" w14:textId="362E9A71" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>Authorized representative’s name (first, middle, last) Authorized representative’s phone number Authorized representative’s address (mailing address, city, state, zip) Authorized representative’s email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393780AB" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>How does an authorized representative designation end?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214FF22B" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45875962" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
-[...3 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+    <w:p w14:paraId="130A317E" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you decide that you no longer want a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Section I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="747CEA93" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+        </w:rPr>
+        <w:t>Section II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorized representative, you must notify us at the time you want the designation to end by mail, fax, or phone. See our contact information below. If you mail or fax this notice to us, the notice must include your name, address, and date of birth, the name of your authorized representative, a statement that the designation has ended and your signature or, if you cannot provide written notice, the signature of someone acting on your behalf (in the case of a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Section II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorized representative only).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09196866" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC6B852" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>In addition, if your authorized representative notifies us that such person or organization is no longer acting on your behalf, we will no longer recognize the person or organization as your authorized representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1899DC29" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="619FD77A" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The authority of a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Section I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Section II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorized representative will end upon the death of the applicant or member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1A4134" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26445896" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Section III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorized representative’s designation ends when his or her legal appointment ends. The authorized representative must notify us as instructed above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27072D2A" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47E92A19" w14:textId="393C0442" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>In addition, an authorized representative’s designation for a minor child ends on the child’s 18th birthday.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5700CCE9" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:t>How do I submit this form?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C1D997" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="774011C5" w14:textId="65D3BB61" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+    <w:p w14:paraId="2BC5529E" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6FF6A2E2" w14:textId="06C85D78" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If you are applying for health benefits, send your filled-out Authorized Representative Designation Form to us with your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFF4C4B" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>MassHealth ID number or last four digits of the Applicant's/Member's SSN</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="63D39CBA" w14:textId="2870A1F6" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C1EAB5F" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="483089AD" w14:textId="5EE53D1D" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If you are already getting benefits, you must submit the form to us at the time you want to designate an authorized representative by doing the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA111FC" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Applicant’s/Member’s email address</w:t>
-[...2140 lines deleted...]
-    <w:p w14:paraId="413BCC69" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413BCC69" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mailing your form to </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="scxw238643812"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">        Health Insurance Processing Center </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="scxw238643812"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">        P O Box 4405 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="scxw238643812"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">        Taunton, MA 02780; </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1DA625" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+    <w:p w14:paraId="2E1DA625" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Faxing your form to (857) 323-8300; or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427BB6A7" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+    <w:p w14:paraId="427BB6A7" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calling us </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00810284">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (800) 841-2900, TDD/TTY: 711.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1AFD03" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+    <w:p w14:paraId="1F1AFD03" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6969157C" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6969157C" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7F6A1521" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F6A1521" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="23B98016" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRDefault="00BC77D3" w:rsidP="00BC77D3">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23B98016" w14:textId="77777777" w:rsidR="00BC77D3" w:rsidRPr="00810284" w:rsidRDefault="00BC77D3" w:rsidP="00810284">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>End of application.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00810284">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C06CC06" w14:textId="268FB9AE" w:rsidR="004B0622" w:rsidRPr="00C8726D" w:rsidRDefault="004B0622" w:rsidP="00EE3D15">
+    <w:p w14:paraId="6C06CC06" w14:textId="268FB9AE" w:rsidR="004B0622" w:rsidRPr="00C8726D" w:rsidRDefault="004B0622" w:rsidP="007A5E25">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004B0622" w:rsidRPr="00C8726D" w:rsidSect="0028323C">
-[...1 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId18"/>
+    <w:sectPr w:rsidR="004B0622" w:rsidRPr="00C8726D" w:rsidSect="009A753D">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="900" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="864" w:right="1080" w:bottom="864" w:left="1080" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17732B9F" w14:textId="77777777" w:rsidR="0028323C" w:rsidRDefault="0028323C">
+    <w:p w14:paraId="196A99AF" w14:textId="77777777" w:rsidR="00427920" w:rsidRDefault="00427920">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68404773" w14:textId="77777777" w:rsidR="0028323C" w:rsidRDefault="0028323C">
+    <w:p w14:paraId="0D054A0A" w14:textId="77777777" w:rsidR="00427920" w:rsidRDefault="00427920">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="39CCDD1D" w14:textId="77777777" w:rsidR="0028323C" w:rsidRDefault="0028323C">
+    <w:p w14:paraId="5F9ABB9A" w14:textId="77777777" w:rsidR="00427920" w:rsidRDefault="00427920">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
@@ -11676,150 +9827,179 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Medium">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
     <w:altName w:val="Nyala"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="5000607B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ACaslonPro-Regular">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="SourceSansPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2099620D" w14:textId="77777777" w:rsidR="004B01A7" w:rsidRDefault="004B01A7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2099620D" w14:textId="190E8CEB" w:rsidR="004B01A7" w:rsidRPr="004850DC" w:rsidRDefault="004850DC" w:rsidP="004850DC">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="14"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:w w:val="85"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>MSP-R-2025-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:spacing w:val="-5"/>
+        <w:w w:val="85"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="311E9013" w14:textId="7C8A03B6" w:rsidR="005D0676" w:rsidRPr="004850DC" w:rsidRDefault="005D0676" w:rsidP="004850DC">
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="14"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="655C8FFC" w14:textId="77777777" w:rsidR="0028323C" w:rsidRDefault="0028323C">
+    <w:p w14:paraId="1C60C394" w14:textId="77777777" w:rsidR="00427920" w:rsidRDefault="00427920">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D5F2861" w14:textId="77777777" w:rsidR="0028323C" w:rsidRDefault="0028323C">
+    <w:p w14:paraId="5A9EE29B" w14:textId="77777777" w:rsidR="00427920" w:rsidRDefault="00427920">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="28FF5D76" w14:textId="77777777" w:rsidR="0028323C" w:rsidRDefault="0028323C">
+    <w:p w14:paraId="65ECE063" w14:textId="77777777" w:rsidR="00427920" w:rsidRDefault="00427920">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="583BDF96" w14:textId="77777777" w:rsidR="00BD69E2" w:rsidRDefault="00BD69E2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="31DE6A54"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02CF606B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="843EB548"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -12075,50 +10255,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DD05EFA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F06618F4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="205925AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BB2B738"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12187,51 +10480,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A00070F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4F4BC78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12300,51 +10593,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31C51FC4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99CA769C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="325E6E0E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CB9E0622"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12449,51 +10855,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36FD4133"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23DAD45A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12562,51 +10968,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A812554"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="279E3ABA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12675,51 +11081,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A854B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2FAAE38"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12788,51 +11194,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C80DE6C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D0142B6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1170" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12901,51 +11307,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F656FF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FA47ED2"/>
     <w:lvl w:ilvl="0" w:tplc="31DE6A54">
       <w:start w:val="65535"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="1C252E"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13015,51 +11421,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A050EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33B283AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13128,51 +11534,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EF218C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D49C204E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13241,51 +11647,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9454D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE4CCCAC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13354,51 +11760,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73ED1683"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1F2231C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13467,51 +11873,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76044270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DA26666"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D0142B6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1170" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -13580,51 +11986,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77A70F38"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FC80668E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13729,51 +12135,51 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A0564B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D64A7A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13842,51 +12248,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A515737"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24320864"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13955,51 +12361,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D6C62F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C9ADED8"/>
     <w:lvl w:ilvl="0" w:tplc="31DE6A54">
       <w:start w:val="65535"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="1C252E"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
@@ -14038,446 +12444,469 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1875072923">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1428235937">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1380402877">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1380402877">
+  <w:num w:numId="4" w16cid:durableId="1420440618">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1420440618">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="5" w16cid:durableId="434179284">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="349914914">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="548422210">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="1C252E"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1788431007">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1821772430">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="37121533">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2016151245">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="646713156">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="525755594">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="908921642">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="784228800">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="974529254">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="879511111">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="721251017">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="880703339">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1328510256">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1328510256">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="21" w16cid:durableId="1534461570">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1534461570">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="22" w16cid:durableId="1784768539">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="825322810">
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00360ABB"/>
     <w:rsid w:val="0000021B"/>
     <w:rsid w:val="00000A01"/>
     <w:rsid w:val="00000BC0"/>
     <w:rsid w:val="000034AE"/>
     <w:rsid w:val="00005958"/>
     <w:rsid w:val="00014AAE"/>
+    <w:rsid w:val="00024184"/>
     <w:rsid w:val="00024D29"/>
     <w:rsid w:val="0002645A"/>
     <w:rsid w:val="00032E75"/>
     <w:rsid w:val="0003586D"/>
     <w:rsid w:val="0003776B"/>
     <w:rsid w:val="00043E77"/>
     <w:rsid w:val="0004554A"/>
     <w:rsid w:val="00061F73"/>
     <w:rsid w:val="00066FD0"/>
     <w:rsid w:val="0007036D"/>
     <w:rsid w:val="0007287A"/>
     <w:rsid w:val="0007541B"/>
     <w:rsid w:val="00085487"/>
     <w:rsid w:val="00093461"/>
     <w:rsid w:val="000938A6"/>
     <w:rsid w:val="000A011C"/>
     <w:rsid w:val="000A1924"/>
     <w:rsid w:val="000A1E09"/>
     <w:rsid w:val="000B199E"/>
     <w:rsid w:val="000C0660"/>
     <w:rsid w:val="000C14CB"/>
     <w:rsid w:val="000C2CE0"/>
     <w:rsid w:val="000D0CDC"/>
     <w:rsid w:val="000D31F7"/>
     <w:rsid w:val="000E116C"/>
     <w:rsid w:val="000E1930"/>
     <w:rsid w:val="000F5AF5"/>
     <w:rsid w:val="000F7650"/>
     <w:rsid w:val="001007F6"/>
     <w:rsid w:val="00101D5A"/>
     <w:rsid w:val="00106BCB"/>
     <w:rsid w:val="00107051"/>
     <w:rsid w:val="00107D22"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00113AB4"/>
     <w:rsid w:val="00114C6A"/>
     <w:rsid w:val="001230AF"/>
+    <w:rsid w:val="001241CD"/>
     <w:rsid w:val="001246F0"/>
     <w:rsid w:val="00130E3B"/>
     <w:rsid w:val="001318EF"/>
     <w:rsid w:val="0013324A"/>
     <w:rsid w:val="00134365"/>
     <w:rsid w:val="001401F5"/>
     <w:rsid w:val="001412F3"/>
     <w:rsid w:val="00141B03"/>
     <w:rsid w:val="00142120"/>
     <w:rsid w:val="00143245"/>
     <w:rsid w:val="001569D8"/>
     <w:rsid w:val="0016018F"/>
     <w:rsid w:val="001615A2"/>
     <w:rsid w:val="00165D44"/>
     <w:rsid w:val="001712E5"/>
     <w:rsid w:val="00171F97"/>
     <w:rsid w:val="00174819"/>
     <w:rsid w:val="00185183"/>
     <w:rsid w:val="00192BDA"/>
     <w:rsid w:val="00195909"/>
     <w:rsid w:val="0019670F"/>
     <w:rsid w:val="001967D0"/>
     <w:rsid w:val="001A0CB0"/>
     <w:rsid w:val="001A1675"/>
     <w:rsid w:val="001A1D20"/>
+    <w:rsid w:val="001A3365"/>
     <w:rsid w:val="001B2332"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001B51C5"/>
     <w:rsid w:val="001C2FE0"/>
     <w:rsid w:val="001C6EFB"/>
     <w:rsid w:val="001D0F36"/>
     <w:rsid w:val="001D449A"/>
     <w:rsid w:val="001D563E"/>
+    <w:rsid w:val="001E043F"/>
     <w:rsid w:val="001E0DCA"/>
     <w:rsid w:val="001E1DE4"/>
     <w:rsid w:val="001E519B"/>
     <w:rsid w:val="001F189E"/>
     <w:rsid w:val="001F3DB7"/>
     <w:rsid w:val="00200957"/>
     <w:rsid w:val="00200964"/>
     <w:rsid w:val="00201654"/>
     <w:rsid w:val="00203CA2"/>
     <w:rsid w:val="00204740"/>
     <w:rsid w:val="00206AFA"/>
     <w:rsid w:val="00207AAA"/>
     <w:rsid w:val="0021072C"/>
+    <w:rsid w:val="0021336A"/>
     <w:rsid w:val="002146F9"/>
     <w:rsid w:val="00215430"/>
     <w:rsid w:val="0022222F"/>
     <w:rsid w:val="002222C4"/>
     <w:rsid w:val="00222F00"/>
     <w:rsid w:val="00231783"/>
     <w:rsid w:val="00231BE7"/>
+    <w:rsid w:val="00232D95"/>
     <w:rsid w:val="002343CA"/>
+    <w:rsid w:val="002347AC"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="00243457"/>
     <w:rsid w:val="00243B8B"/>
     <w:rsid w:val="002547EC"/>
     <w:rsid w:val="002628B6"/>
     <w:rsid w:val="00267015"/>
     <w:rsid w:val="00267369"/>
     <w:rsid w:val="002740A3"/>
     <w:rsid w:val="0027560E"/>
     <w:rsid w:val="002770C0"/>
     <w:rsid w:val="00281C5A"/>
     <w:rsid w:val="00282B57"/>
     <w:rsid w:val="0028323C"/>
     <w:rsid w:val="00295F56"/>
     <w:rsid w:val="002A1285"/>
     <w:rsid w:val="002A2585"/>
     <w:rsid w:val="002A6595"/>
     <w:rsid w:val="002C17C5"/>
     <w:rsid w:val="002C5541"/>
     <w:rsid w:val="002C6E37"/>
     <w:rsid w:val="002D424A"/>
     <w:rsid w:val="002D55ED"/>
     <w:rsid w:val="002E09E5"/>
     <w:rsid w:val="002E3259"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="002E5E07"/>
     <w:rsid w:val="002E6B33"/>
     <w:rsid w:val="002E75EE"/>
     <w:rsid w:val="002F063A"/>
     <w:rsid w:val="00300B53"/>
     <w:rsid w:val="00302C5E"/>
     <w:rsid w:val="00307B1F"/>
     <w:rsid w:val="003126E1"/>
     <w:rsid w:val="00316072"/>
     <w:rsid w:val="003175E3"/>
     <w:rsid w:val="003202F1"/>
     <w:rsid w:val="00320435"/>
     <w:rsid w:val="003257EB"/>
     <w:rsid w:val="00331DC7"/>
     <w:rsid w:val="00333EB4"/>
     <w:rsid w:val="00334907"/>
     <w:rsid w:val="0033753A"/>
     <w:rsid w:val="00337D6B"/>
     <w:rsid w:val="0034091F"/>
     <w:rsid w:val="00343B9F"/>
     <w:rsid w:val="0034515B"/>
     <w:rsid w:val="00345187"/>
     <w:rsid w:val="00355FB4"/>
     <w:rsid w:val="00360ABB"/>
+    <w:rsid w:val="003635C4"/>
     <w:rsid w:val="00366E2F"/>
     <w:rsid w:val="00381CA0"/>
     <w:rsid w:val="00383294"/>
     <w:rsid w:val="0038573C"/>
     <w:rsid w:val="00385E75"/>
     <w:rsid w:val="003878B6"/>
     <w:rsid w:val="0039177E"/>
     <w:rsid w:val="00391F73"/>
     <w:rsid w:val="00392124"/>
     <w:rsid w:val="003929E5"/>
     <w:rsid w:val="00397782"/>
     <w:rsid w:val="003A1716"/>
     <w:rsid w:val="003A5CE4"/>
     <w:rsid w:val="003B03FE"/>
     <w:rsid w:val="003B249C"/>
     <w:rsid w:val="003B2673"/>
     <w:rsid w:val="003B270C"/>
     <w:rsid w:val="003B2FC1"/>
     <w:rsid w:val="003D3211"/>
     <w:rsid w:val="003D5BFF"/>
     <w:rsid w:val="003D6B91"/>
     <w:rsid w:val="003D6CDE"/>
     <w:rsid w:val="003E2DBC"/>
     <w:rsid w:val="003E58CB"/>
     <w:rsid w:val="003E63C8"/>
     <w:rsid w:val="003F0BF9"/>
     <w:rsid w:val="00400621"/>
     <w:rsid w:val="004019BC"/>
     <w:rsid w:val="00403AD2"/>
     <w:rsid w:val="004076A6"/>
     <w:rsid w:val="00411EDB"/>
     <w:rsid w:val="004120F6"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00413157"/>
     <w:rsid w:val="004166CA"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00422BAF"/>
     <w:rsid w:val="00424EB5"/>
+    <w:rsid w:val="00427920"/>
     <w:rsid w:val="004318FE"/>
     <w:rsid w:val="00432661"/>
     <w:rsid w:val="00432E1C"/>
     <w:rsid w:val="0043347A"/>
     <w:rsid w:val="00434244"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004417C1"/>
     <w:rsid w:val="00452DD7"/>
     <w:rsid w:val="0046456B"/>
     <w:rsid w:val="00466859"/>
     <w:rsid w:val="004708BC"/>
     <w:rsid w:val="0047108A"/>
     <w:rsid w:val="00473A76"/>
     <w:rsid w:val="00481271"/>
+    <w:rsid w:val="004850DC"/>
     <w:rsid w:val="004914A4"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="00496C63"/>
     <w:rsid w:val="004A5FB4"/>
+    <w:rsid w:val="004A649A"/>
     <w:rsid w:val="004A7027"/>
     <w:rsid w:val="004A7620"/>
     <w:rsid w:val="004B01A7"/>
     <w:rsid w:val="004B0622"/>
     <w:rsid w:val="004C1053"/>
     <w:rsid w:val="004C10E1"/>
     <w:rsid w:val="004C372A"/>
     <w:rsid w:val="004C59C8"/>
+    <w:rsid w:val="004C5DE8"/>
     <w:rsid w:val="004C6AFD"/>
     <w:rsid w:val="004D1352"/>
     <w:rsid w:val="004D6934"/>
     <w:rsid w:val="004E5359"/>
     <w:rsid w:val="004F519B"/>
     <w:rsid w:val="004F5306"/>
     <w:rsid w:val="004F5AA1"/>
     <w:rsid w:val="00505718"/>
     <w:rsid w:val="00505740"/>
     <w:rsid w:val="005158EE"/>
     <w:rsid w:val="00517FC5"/>
     <w:rsid w:val="005204FF"/>
     <w:rsid w:val="00520AE6"/>
     <w:rsid w:val="005307E8"/>
     <w:rsid w:val="005324CC"/>
     <w:rsid w:val="00537942"/>
+    <w:rsid w:val="005405C8"/>
     <w:rsid w:val="00542F18"/>
     <w:rsid w:val="00543E13"/>
     <w:rsid w:val="005523E6"/>
     <w:rsid w:val="00552D93"/>
     <w:rsid w:val="00553603"/>
     <w:rsid w:val="005544F8"/>
     <w:rsid w:val="0055451C"/>
     <w:rsid w:val="0056132D"/>
     <w:rsid w:val="00572FC4"/>
+    <w:rsid w:val="00574012"/>
     <w:rsid w:val="00576D9F"/>
+    <w:rsid w:val="005777B0"/>
     <w:rsid w:val="00577AF0"/>
     <w:rsid w:val="0059010C"/>
     <w:rsid w:val="005925E5"/>
     <w:rsid w:val="005A0386"/>
     <w:rsid w:val="005A076F"/>
     <w:rsid w:val="005A1F9C"/>
     <w:rsid w:val="005A259F"/>
     <w:rsid w:val="005A486E"/>
     <w:rsid w:val="005A76B3"/>
     <w:rsid w:val="005B42CA"/>
     <w:rsid w:val="005B5136"/>
     <w:rsid w:val="005B7469"/>
     <w:rsid w:val="005B76F6"/>
     <w:rsid w:val="005C583A"/>
+    <w:rsid w:val="005D0676"/>
     <w:rsid w:val="005D2AC4"/>
     <w:rsid w:val="005E1D4F"/>
     <w:rsid w:val="005E46C6"/>
     <w:rsid w:val="005E59BC"/>
     <w:rsid w:val="005F2B92"/>
     <w:rsid w:val="005F62BB"/>
     <w:rsid w:val="006106DB"/>
     <w:rsid w:val="00610911"/>
     <w:rsid w:val="00622D9E"/>
     <w:rsid w:val="006345C4"/>
     <w:rsid w:val="00635C08"/>
+    <w:rsid w:val="00636A01"/>
     <w:rsid w:val="00636B57"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00646DBF"/>
     <w:rsid w:val="00650876"/>
     <w:rsid w:val="0065235D"/>
     <w:rsid w:val="0065783F"/>
     <w:rsid w:val="00657D3F"/>
     <w:rsid w:val="00662C03"/>
     <w:rsid w:val="00673D4F"/>
     <w:rsid w:val="00683DC5"/>
     <w:rsid w:val="00685C3B"/>
     <w:rsid w:val="006A2D74"/>
     <w:rsid w:val="006A2E8C"/>
     <w:rsid w:val="006A3BD7"/>
     <w:rsid w:val="006B0873"/>
     <w:rsid w:val="006B0BFA"/>
     <w:rsid w:val="006B0D7F"/>
     <w:rsid w:val="006C0CD5"/>
     <w:rsid w:val="006C19ED"/>
     <w:rsid w:val="006C31C7"/>
     <w:rsid w:val="006C3A1D"/>
     <w:rsid w:val="006C4403"/>
     <w:rsid w:val="006C57C5"/>
     <w:rsid w:val="006C5B62"/>
     <w:rsid w:val="006C63DF"/>
@@ -14506,228 +12935,239 @@
     <w:rsid w:val="00735AF4"/>
     <w:rsid w:val="00742460"/>
     <w:rsid w:val="00746292"/>
     <w:rsid w:val="00746A0C"/>
     <w:rsid w:val="00751AF0"/>
     <w:rsid w:val="00752B0A"/>
     <w:rsid w:val="007558C6"/>
     <w:rsid w:val="00755E22"/>
     <w:rsid w:val="00761049"/>
     <w:rsid w:val="007651D3"/>
     <w:rsid w:val="00770645"/>
     <w:rsid w:val="007721A1"/>
     <w:rsid w:val="007733A9"/>
     <w:rsid w:val="00774CF9"/>
     <w:rsid w:val="00777A59"/>
     <w:rsid w:val="00781331"/>
     <w:rsid w:val="0078143B"/>
     <w:rsid w:val="00783CA8"/>
     <w:rsid w:val="007850D6"/>
     <w:rsid w:val="0078613B"/>
     <w:rsid w:val="00791396"/>
     <w:rsid w:val="00792400"/>
     <w:rsid w:val="00793879"/>
     <w:rsid w:val="007965A1"/>
     <w:rsid w:val="007A4C36"/>
+    <w:rsid w:val="007A5E25"/>
     <w:rsid w:val="007A7B1D"/>
     <w:rsid w:val="007B114D"/>
     <w:rsid w:val="007B15FA"/>
     <w:rsid w:val="007B1EFF"/>
     <w:rsid w:val="007B4EAF"/>
+    <w:rsid w:val="007C4125"/>
     <w:rsid w:val="007D2BDF"/>
     <w:rsid w:val="007D3E55"/>
     <w:rsid w:val="007E13EB"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E688C"/>
     <w:rsid w:val="007F1316"/>
     <w:rsid w:val="007F3230"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00803AD1"/>
     <w:rsid w:val="00807F48"/>
+    <w:rsid w:val="00810284"/>
     <w:rsid w:val="00811785"/>
     <w:rsid w:val="00820069"/>
     <w:rsid w:val="00825CEF"/>
     <w:rsid w:val="00827946"/>
     <w:rsid w:val="00827C19"/>
     <w:rsid w:val="00831717"/>
     <w:rsid w:val="00832BA8"/>
     <w:rsid w:val="00834CDC"/>
     <w:rsid w:val="00836970"/>
     <w:rsid w:val="00844546"/>
     <w:rsid w:val="00855631"/>
     <w:rsid w:val="00855E01"/>
     <w:rsid w:val="00860D15"/>
     <w:rsid w:val="00865E17"/>
     <w:rsid w:val="008712B2"/>
     <w:rsid w:val="0087195A"/>
     <w:rsid w:val="00872DB3"/>
     <w:rsid w:val="0087444D"/>
     <w:rsid w:val="008821B1"/>
     <w:rsid w:val="0088243F"/>
     <w:rsid w:val="00887459"/>
     <w:rsid w:val="00892E5B"/>
+    <w:rsid w:val="008969A9"/>
     <w:rsid w:val="008A258A"/>
     <w:rsid w:val="008A7CF5"/>
     <w:rsid w:val="008B069A"/>
     <w:rsid w:val="008B3858"/>
     <w:rsid w:val="008B3E09"/>
     <w:rsid w:val="008B4097"/>
     <w:rsid w:val="008C0B12"/>
     <w:rsid w:val="008C16BA"/>
     <w:rsid w:val="008C3A1D"/>
     <w:rsid w:val="008C3C0B"/>
     <w:rsid w:val="008C63B9"/>
+    <w:rsid w:val="008D1536"/>
     <w:rsid w:val="008E04CA"/>
     <w:rsid w:val="008E073B"/>
     <w:rsid w:val="008E09CA"/>
     <w:rsid w:val="008E212B"/>
     <w:rsid w:val="008E6F24"/>
     <w:rsid w:val="008E7876"/>
     <w:rsid w:val="008F0E6A"/>
     <w:rsid w:val="008F12A9"/>
+    <w:rsid w:val="008F1996"/>
     <w:rsid w:val="008F4E4F"/>
     <w:rsid w:val="008F6E8C"/>
     <w:rsid w:val="008F7C45"/>
     <w:rsid w:val="009013EF"/>
     <w:rsid w:val="00902E45"/>
     <w:rsid w:val="00907C16"/>
+    <w:rsid w:val="0091136E"/>
     <w:rsid w:val="00911913"/>
     <w:rsid w:val="00911D6C"/>
     <w:rsid w:val="00912872"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00914A3B"/>
     <w:rsid w:val="0092699F"/>
     <w:rsid w:val="00933A9B"/>
     <w:rsid w:val="00937D0F"/>
     <w:rsid w:val="00940C19"/>
     <w:rsid w:val="00942DE7"/>
     <w:rsid w:val="00963EBB"/>
     <w:rsid w:val="00975686"/>
     <w:rsid w:val="00975CC6"/>
     <w:rsid w:val="0098340E"/>
     <w:rsid w:val="00987B0A"/>
     <w:rsid w:val="009916BE"/>
     <w:rsid w:val="00991B95"/>
     <w:rsid w:val="00993891"/>
     <w:rsid w:val="00993E14"/>
     <w:rsid w:val="00995E05"/>
     <w:rsid w:val="0099749B"/>
     <w:rsid w:val="009A111E"/>
     <w:rsid w:val="009A65E6"/>
+    <w:rsid w:val="009A753D"/>
     <w:rsid w:val="009B3F2E"/>
     <w:rsid w:val="009B446A"/>
     <w:rsid w:val="009B4614"/>
     <w:rsid w:val="009B662B"/>
     <w:rsid w:val="009C22B3"/>
     <w:rsid w:val="009C35A2"/>
     <w:rsid w:val="009D5893"/>
     <w:rsid w:val="009D5923"/>
     <w:rsid w:val="009D6DDA"/>
     <w:rsid w:val="009F130E"/>
     <w:rsid w:val="00A00503"/>
     <w:rsid w:val="00A06CBA"/>
     <w:rsid w:val="00A07FC1"/>
     <w:rsid w:val="00A145FF"/>
     <w:rsid w:val="00A221C6"/>
     <w:rsid w:val="00A2463F"/>
     <w:rsid w:val="00A26517"/>
     <w:rsid w:val="00A429B2"/>
     <w:rsid w:val="00A46829"/>
     <w:rsid w:val="00A53DA0"/>
     <w:rsid w:val="00A6109C"/>
     <w:rsid w:val="00A74C77"/>
     <w:rsid w:val="00A76372"/>
     <w:rsid w:val="00A770C1"/>
     <w:rsid w:val="00A77760"/>
     <w:rsid w:val="00A80548"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A84EF4"/>
     <w:rsid w:val="00A85085"/>
     <w:rsid w:val="00A869E6"/>
     <w:rsid w:val="00A91297"/>
+    <w:rsid w:val="00AA323A"/>
     <w:rsid w:val="00AA3489"/>
     <w:rsid w:val="00AA34AF"/>
     <w:rsid w:val="00AA4204"/>
     <w:rsid w:val="00AB048C"/>
     <w:rsid w:val="00AB531C"/>
     <w:rsid w:val="00AB6F0E"/>
     <w:rsid w:val="00AC04D0"/>
     <w:rsid w:val="00AC15FC"/>
     <w:rsid w:val="00AC21B7"/>
     <w:rsid w:val="00AC228E"/>
     <w:rsid w:val="00AC52D5"/>
     <w:rsid w:val="00AD3E82"/>
     <w:rsid w:val="00AE42EF"/>
     <w:rsid w:val="00AE5374"/>
     <w:rsid w:val="00AF0645"/>
     <w:rsid w:val="00AF22EC"/>
     <w:rsid w:val="00AF3689"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF6150"/>
     <w:rsid w:val="00B012CE"/>
     <w:rsid w:val="00B0162B"/>
     <w:rsid w:val="00B02C70"/>
     <w:rsid w:val="00B03069"/>
     <w:rsid w:val="00B038FB"/>
+    <w:rsid w:val="00B075F5"/>
     <w:rsid w:val="00B1149F"/>
     <w:rsid w:val="00B12474"/>
     <w:rsid w:val="00B17784"/>
     <w:rsid w:val="00B26545"/>
     <w:rsid w:val="00B32F0E"/>
     <w:rsid w:val="00B344BC"/>
     <w:rsid w:val="00B42E50"/>
     <w:rsid w:val="00B45931"/>
     <w:rsid w:val="00B45E87"/>
     <w:rsid w:val="00B479FA"/>
     <w:rsid w:val="00B56736"/>
     <w:rsid w:val="00B60CBE"/>
     <w:rsid w:val="00B612B7"/>
     <w:rsid w:val="00B61736"/>
     <w:rsid w:val="00B61B98"/>
     <w:rsid w:val="00B627A7"/>
     <w:rsid w:val="00B66544"/>
     <w:rsid w:val="00B666C2"/>
     <w:rsid w:val="00B67038"/>
     <w:rsid w:val="00B67308"/>
     <w:rsid w:val="00B67BE6"/>
     <w:rsid w:val="00B72583"/>
     <w:rsid w:val="00B733F2"/>
     <w:rsid w:val="00B764A8"/>
     <w:rsid w:val="00B80DCA"/>
     <w:rsid w:val="00B841F8"/>
     <w:rsid w:val="00B90C8A"/>
     <w:rsid w:val="00B920F2"/>
     <w:rsid w:val="00B947D7"/>
     <w:rsid w:val="00BA06CD"/>
     <w:rsid w:val="00BB2424"/>
     <w:rsid w:val="00BB5E1E"/>
     <w:rsid w:val="00BB6ECB"/>
     <w:rsid w:val="00BC3427"/>
     <w:rsid w:val="00BC77D3"/>
     <w:rsid w:val="00BD2D68"/>
     <w:rsid w:val="00BD69E2"/>
     <w:rsid w:val="00BF4965"/>
+    <w:rsid w:val="00C07D43"/>
     <w:rsid w:val="00C10489"/>
     <w:rsid w:val="00C1090B"/>
     <w:rsid w:val="00C13B7E"/>
     <w:rsid w:val="00C17E82"/>
     <w:rsid w:val="00C2273C"/>
     <w:rsid w:val="00C262A7"/>
     <w:rsid w:val="00C2718D"/>
     <w:rsid w:val="00C27695"/>
     <w:rsid w:val="00C27BFA"/>
     <w:rsid w:val="00C30627"/>
     <w:rsid w:val="00C30E69"/>
     <w:rsid w:val="00C33609"/>
     <w:rsid w:val="00C3399D"/>
     <w:rsid w:val="00C42B37"/>
     <w:rsid w:val="00C44C7F"/>
     <w:rsid w:val="00C46FE2"/>
     <w:rsid w:val="00C5050C"/>
     <w:rsid w:val="00C50CD6"/>
     <w:rsid w:val="00C529D7"/>
     <w:rsid w:val="00C55C6E"/>
     <w:rsid w:val="00C611B1"/>
     <w:rsid w:val="00C620AB"/>
     <w:rsid w:val="00C63477"/>
     <w:rsid w:val="00C634C7"/>
     <w:rsid w:val="00C65B72"/>
@@ -14752,134 +13192,141 @@
     <w:rsid w:val="00CC6535"/>
     <w:rsid w:val="00CD5A48"/>
     <w:rsid w:val="00CE29C7"/>
     <w:rsid w:val="00CF26F8"/>
     <w:rsid w:val="00D01F40"/>
     <w:rsid w:val="00D15374"/>
     <w:rsid w:val="00D224EF"/>
     <w:rsid w:val="00D27D02"/>
     <w:rsid w:val="00D314C5"/>
     <w:rsid w:val="00D400F5"/>
     <w:rsid w:val="00D50937"/>
     <w:rsid w:val="00D52379"/>
     <w:rsid w:val="00D553C0"/>
     <w:rsid w:val="00D55880"/>
     <w:rsid w:val="00D6087E"/>
     <w:rsid w:val="00D61060"/>
     <w:rsid w:val="00D6113E"/>
     <w:rsid w:val="00D640A3"/>
     <w:rsid w:val="00D65AA5"/>
     <w:rsid w:val="00D753CD"/>
     <w:rsid w:val="00D7552C"/>
     <w:rsid w:val="00D77E78"/>
     <w:rsid w:val="00D80F24"/>
     <w:rsid w:val="00D838D0"/>
     <w:rsid w:val="00D965E3"/>
+    <w:rsid w:val="00D978C8"/>
     <w:rsid w:val="00D97BFB"/>
     <w:rsid w:val="00DA1030"/>
     <w:rsid w:val="00DA16E8"/>
     <w:rsid w:val="00DB08C1"/>
     <w:rsid w:val="00DB48AF"/>
     <w:rsid w:val="00DB5BD0"/>
     <w:rsid w:val="00DB7D50"/>
     <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DC4E1D"/>
     <w:rsid w:val="00DD0732"/>
     <w:rsid w:val="00DD338B"/>
     <w:rsid w:val="00DE4B6F"/>
     <w:rsid w:val="00DE60BE"/>
     <w:rsid w:val="00DF0557"/>
     <w:rsid w:val="00DF2FAC"/>
+    <w:rsid w:val="00E00F50"/>
     <w:rsid w:val="00E055E1"/>
     <w:rsid w:val="00E07F1C"/>
     <w:rsid w:val="00E14A80"/>
     <w:rsid w:val="00E14B79"/>
     <w:rsid w:val="00E14D48"/>
     <w:rsid w:val="00E1639E"/>
+    <w:rsid w:val="00E169FE"/>
     <w:rsid w:val="00E16FBB"/>
     <w:rsid w:val="00E23682"/>
     <w:rsid w:val="00E23C0F"/>
     <w:rsid w:val="00E23F8A"/>
     <w:rsid w:val="00E24027"/>
     <w:rsid w:val="00E31B47"/>
     <w:rsid w:val="00E31DF3"/>
     <w:rsid w:val="00E3500E"/>
     <w:rsid w:val="00E37C8C"/>
     <w:rsid w:val="00E44AA4"/>
     <w:rsid w:val="00E455D2"/>
     <w:rsid w:val="00E46F2D"/>
     <w:rsid w:val="00E47BB5"/>
     <w:rsid w:val="00E51F5E"/>
     <w:rsid w:val="00E52B5C"/>
     <w:rsid w:val="00E56DCF"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E62A3D"/>
     <w:rsid w:val="00E71B09"/>
     <w:rsid w:val="00E73BC3"/>
     <w:rsid w:val="00E77331"/>
     <w:rsid w:val="00E80549"/>
     <w:rsid w:val="00E821B9"/>
     <w:rsid w:val="00E8293A"/>
     <w:rsid w:val="00E8380C"/>
     <w:rsid w:val="00E9639B"/>
     <w:rsid w:val="00EA0C5E"/>
     <w:rsid w:val="00EA14B4"/>
     <w:rsid w:val="00EB2DE4"/>
     <w:rsid w:val="00EB315B"/>
     <w:rsid w:val="00EB432F"/>
     <w:rsid w:val="00EC1C24"/>
     <w:rsid w:val="00EC6011"/>
     <w:rsid w:val="00ED37CC"/>
     <w:rsid w:val="00ED65C1"/>
     <w:rsid w:val="00EE3D15"/>
     <w:rsid w:val="00EF1818"/>
     <w:rsid w:val="00EF346C"/>
     <w:rsid w:val="00EF45FA"/>
     <w:rsid w:val="00EF53B2"/>
     <w:rsid w:val="00EF6C0D"/>
     <w:rsid w:val="00F00C3C"/>
     <w:rsid w:val="00F039C9"/>
+    <w:rsid w:val="00F045CB"/>
     <w:rsid w:val="00F0484A"/>
     <w:rsid w:val="00F04C7F"/>
     <w:rsid w:val="00F053F7"/>
     <w:rsid w:val="00F05842"/>
     <w:rsid w:val="00F101E1"/>
     <w:rsid w:val="00F12FF1"/>
     <w:rsid w:val="00F15E62"/>
     <w:rsid w:val="00F15F3C"/>
     <w:rsid w:val="00F176C0"/>
+    <w:rsid w:val="00F21C4E"/>
     <w:rsid w:val="00F221A5"/>
     <w:rsid w:val="00F24B9C"/>
+    <w:rsid w:val="00F40CB8"/>
     <w:rsid w:val="00F427A1"/>
     <w:rsid w:val="00F43C26"/>
     <w:rsid w:val="00F44A8A"/>
     <w:rsid w:val="00F45100"/>
     <w:rsid w:val="00F478DC"/>
     <w:rsid w:val="00F47CCA"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F55BD5"/>
     <w:rsid w:val="00F6255A"/>
+    <w:rsid w:val="00F62843"/>
     <w:rsid w:val="00F65CBC"/>
     <w:rsid w:val="00F7262B"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73E3D"/>
     <w:rsid w:val="00F7777A"/>
     <w:rsid w:val="00F81344"/>
     <w:rsid w:val="00F90C02"/>
     <w:rsid w:val="00F93EA9"/>
     <w:rsid w:val="00F945E9"/>
     <w:rsid w:val="00F97F3E"/>
     <w:rsid w:val="00FA1C6D"/>
     <w:rsid w:val="00FA521F"/>
     <w:rsid w:val="00FB2469"/>
     <w:rsid w:val="00FB3C85"/>
     <w:rsid w:val="00FD22D5"/>
     <w:rsid w:val="00FD301D"/>
     <w:rsid w:val="00FD5AC6"/>
     <w:rsid w:val="00FD6378"/>
     <w:rsid w:val="00FE0F4A"/>
     <w:rsid w:val="00FE6831"/>
     <w:rsid w:val="00FF03FB"/>
     <w:rsid w:val="00FF39CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -14888,51 +13335,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15EC1037"/>
   <w15:docId w15:val="{03B593B9-02A0-4B7F-8CC3-690509C7495B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15297,95 +13744,103 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F44A8A"/>
+    <w:rsid w:val="007A5E25"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="0"/>
       <w:contextualSpacing/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006A2E8C"/>
+    <w:rsid w:val="007A5E25"/>
     <w:pPr>
       <w:spacing w:before="360"/>
+      <w:jc w:val="left"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F44A8A"/>
+    <w:rsid w:val="007C4125"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F44A8A"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -15566,83 +14021,85 @@
     <w:rPr>
       <w:rFonts w:ascii="Adobe Caslon Pro" w:hAnsi="Adobe Caslon Pro" w:cs="Adobe Caslon Pro"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bodymainLIST">
     <w:name w:val="body.main LIST"/>
     <w:basedOn w:val="bodymain"/>
     <w:next w:val="NoParagraphStyle"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00360ABB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="240"/>
       </w:tabs>
       <w:spacing w:before="80"/>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F44A8A"/>
+    <w:rsid w:val="007A5E25"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00BD69E2"/>
+    <w:rsid w:val="007A5E25"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F44A8A"/>
+    <w:rsid w:val="007C4125"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F44A8A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00F44A8A"/>
     <w:rPr>
@@ -16342,51 +14799,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BC77D3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BC77D3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scxw238643812">
     <w:name w:val="scxw238643812"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BC77D3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="162010394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="876771824">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16403,51 +14860,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1337733578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mhesubmission.ehs.mass.gov/esb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/USDA-OASCR%20P-Complaint-Form-0508-0002-508-11-28-17Fax2Mail.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mhesubmission.ehs.mass.gov/esb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/applications-to-become-a-masshealth-member" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16707,80 +15164,86 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ABEB2B8-E7FA-4B9F-8BA6-67700F19C2FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>38971</Characters>
+  <Pages>20</Pages>
+  <Words>7329</Words>
+  <Characters>41779</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>324</Lines>
-  <Paragraphs>91</Paragraphs>
+  <Lines>348</Lines>
+  <Paragraphs>98</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45716</CharactersWithSpaces>
+  <CharactersWithSpaces>49010</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2621488</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>