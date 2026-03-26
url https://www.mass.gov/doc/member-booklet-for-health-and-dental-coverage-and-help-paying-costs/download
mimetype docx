--- v0 (2025-10-28)
+++ v1 (2026-03-26)
@@ -11,27640 +11,26021 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E24CBE8" w14:textId="63E913DC" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C57886">
+    <w:p w14:paraId="6E24CBE8" w14:textId="63E913DC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C57886">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="720" w:after="960"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Member Booklet for Health </w:t>
       </w:r>
-      <w:r w:rsidR="00311F23" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00311F23" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and Dental </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Coverage and Help Paying Costs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCAE279" w14:textId="22644E3B" w:rsidR="00275911" w:rsidRPr="00C57886" w:rsidRDefault="00B35D2B" w:rsidP="0045099D">
+    <w:p w14:paraId="2DCAE279" w14:textId="23945D33" w:rsidR="00275911" w:rsidRPr="00296FDF" w:rsidRDefault="00B35D2B" w:rsidP="45C6AA25">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">March </w:t>
       </w:r>
-      <w:r w:rsidR="00250DE5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00250DE5" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6249DA53" w14:textId="026E2530" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="44CD3EFF" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6249DA53" w14:textId="026E2530" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">This is your member booklet for MassHealth, ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">lans and </w:t>
       </w:r>
-      <w:r w:rsidR="00972CE2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00972CE2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Advance </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Premium Tax Cred</w:t>
       </w:r>
-      <w:r w:rsidR="00A57237" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A57237" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">its, </w:t>
       </w:r>
-      <w:r w:rsidR="00B1555E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B1555E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the Children’s Medical Security Plan, </w:t>
       </w:r>
-      <w:r w:rsidR="00A57237" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A57237" w:rsidRPr="00296FDF">
         <w:t>and the Health Safety Net.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D460404" w14:textId="62087782" w:rsidR="00C57886" w:rsidRDefault="00C66627" w:rsidP="00594361">
+    <w:p w14:paraId="0D460404" w14:textId="62087782" w:rsidR="00C57886" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00594361">
       <w:pPr>
         <w:spacing w:before="1560" w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Commonwealth of Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Executive Office of Health and Human Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Massachusetts Health Connector</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79DD9575" w14:textId="77777777" w:rsidR="00C57886" w:rsidRDefault="00C57886">
+    <w:p w14:paraId="79DD9575" w14:textId="77777777" w:rsidR="00C57886" w:rsidRPr="00296FDF" w:rsidRDefault="00C57886">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A46BD7" w14:textId="533487D5" w:rsidR="00067248" w:rsidRPr="00C57886" w:rsidRDefault="00067248" w:rsidP="0045099D">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="02A46BD7" w14:textId="533487D5" w:rsidR="00067248" w:rsidRPr="00296FDF" w:rsidRDefault="00067248" w:rsidP="0045099D">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Please remember</w:t>
       </w:r>
-      <w:r w:rsidR="00AF522E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AF522E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C9DBF6" w14:textId="391C4E8C" w:rsidR="00067248" w:rsidRPr="00C57886" w:rsidRDefault="00067248" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="78C9DBF6" w14:textId="391C4E8C" w:rsidR="00067248" w:rsidRPr="00296FDF" w:rsidRDefault="00067248" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
-      <w:r w:rsidR="00AF522E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AF522E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">member booklet </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>is available in other languages.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D18F4C3" w14:textId="19BAEA2D" w:rsidR="00AF522E" w:rsidRPr="00C57886" w:rsidRDefault="00067248" w:rsidP="00837CF0">
+    <w:p w14:paraId="2D18F4C3" w14:textId="19BAEA2D" w:rsidR="00AF522E" w:rsidRPr="00296FDF" w:rsidRDefault="00067248" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth can </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
         <w:t>help you</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> by telephone or email</w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. We </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">can </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">also </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>provide some publicati</w:t>
       </w:r>
-      <w:r w:rsidR="000D50B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000D50B6" w:rsidRPr="00296FDF">
         <w:t>ons in the following formats</w:t>
       </w:r>
-      <w:r w:rsidR="00AF522E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AF522E" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1110201A" w14:textId="32B690BF" w:rsidR="00AF522E" w:rsidRPr="00C57886" w:rsidRDefault="00AF522E" w:rsidP="00C57886">
+    <w:p w14:paraId="1110201A" w14:textId="32B690BF" w:rsidR="00AF522E" w:rsidRPr="00296FDF" w:rsidRDefault="00AF522E" w:rsidP="00C57886">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Large </w:t>
       </w:r>
-      <w:r w:rsidR="000D50B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000D50B6" w:rsidRPr="00296FDF">
         <w:t>print</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4978BE3C" w14:textId="20DBC568" w:rsidR="00AF522E" w:rsidRPr="00C57886" w:rsidRDefault="00AF522E" w:rsidP="00C57886">
+    <w:p w14:paraId="4978BE3C" w14:textId="20DBC568" w:rsidR="00AF522E" w:rsidRPr="00296FDF" w:rsidRDefault="00AF522E" w:rsidP="00C57886">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Electronic </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730869CC" w14:textId="323444FE" w:rsidR="00067248" w:rsidRPr="00C57886" w:rsidRDefault="00AF522E" w:rsidP="00C57886">
+    <w:p w14:paraId="730869CC" w14:textId="323444FE" w:rsidR="00067248" w:rsidRPr="00296FDF" w:rsidRDefault="00AF522E" w:rsidP="00C57886">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Braille</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CFAA6D" w14:textId="6194CCB9" w:rsidR="00067248" w:rsidRPr="00C57886" w:rsidRDefault="00067248" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="24CFAA6D" w14:textId="6194CCB9" w:rsidR="00067248" w:rsidRPr="00296FDF" w:rsidRDefault="00067248" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>You can always get help in person at a MassHealth Enrollment Center (MEC).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E573C6D" w14:textId="43A88379" w:rsidR="00F2015F" w:rsidRPr="00C57886" w:rsidRDefault="0097529A" w:rsidP="0045099D">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1E573C6D" w14:textId="43A88379" w:rsidR="00F2015F" w:rsidRPr="00296FDF" w:rsidRDefault="0097529A" w:rsidP="0045099D">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you have questions about this booklet, or if this booklet is not for you, please call </w:t>
       </w:r>
-      <w:r w:rsidR="000E171C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="000E171C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">841-2900. </w:t>
       </w:r>
-      <w:r w:rsidR="003406D0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003406D0" w:rsidRPr="00296FDF">
         <w:t>If you</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> are deaf, hard of hearing, or speech disabled and have a </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY device, please call </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6362D72D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="6362D72D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Disability Accommodation Ombudsman</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E5C3BE" w14:textId="10510FB8" w:rsidR="008661AD" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0045099D">
-[...11 lines deleted...]
-      <w:r w:rsidR="00A57237" w:rsidRPr="00C57886">
+    <w:p w14:paraId="61E5C3BE" w14:textId="10510FB8" w:rsidR="008661AD" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0045099D">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth has an ombudsman to help members and applicants with disabilities get the accommodations they need. This office can also</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57237" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> provide personal assistance by</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46934D87" w14:textId="4C68E9DD" w:rsidR="004F72A9" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="46934D87" w14:textId="52E046F0" w:rsidR="004F72A9" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>explaining MassHealth processes and requirements</w:t>
       </w:r>
-      <w:r w:rsidR="008661AD" w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="004837C8" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57237" w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C121767" w14:textId="19E6E48C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>helping you fil</w:t>
       </w:r>
-      <w:r w:rsidR="00A57237" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A57237" w:rsidRPr="00296FDF">
         <w:t>l out forms over the telephone.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D187858" w14:textId="36191C6E" w:rsidR="000C5074" w:rsidRPr="00C57886" w:rsidRDefault="008661AD" w:rsidP="0045099D">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7D187858" w14:textId="36191C6E" w:rsidR="000C5074" w:rsidRPr="00296FDF" w:rsidRDefault="008661AD" w:rsidP="0045099D">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Disability Accommodation Ombudsman</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">100 Hancock Street, </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00965BB9" w:rsidRPr="004709A8">
+      <w:r w:rsidR="00965BB9" w:rsidRPr="00296FDF">
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Floor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Quincy, MA  02171</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0541CBD8" w14:textId="77777777" w:rsidR="00204AE3" w:rsidRPr="00C57886" w:rsidRDefault="000C5074" w:rsidP="0045099D">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0541CBD8" w14:textId="77777777" w:rsidR="00204AE3" w:rsidRPr="00296FDF" w:rsidRDefault="000C5074" w:rsidP="0045099D">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Phone: (617) 847-3468</w:t>
       </w:r>
-      <w:r w:rsidR="00F650CE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F650CE" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>TTY: (617) 847-3788</w:t>
       </w:r>
-      <w:r w:rsidR="00AF15CE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AF15CE" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B26A11" w14:textId="2AF7751D" w:rsidR="008661AD" w:rsidRPr="00C57886" w:rsidRDefault="00AF15CE" w:rsidP="0045099D">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="75B26A11" w14:textId="2AF7751D" w:rsidR="008661AD" w:rsidRPr="00296FDF" w:rsidRDefault="00AF15CE" w:rsidP="0045099D">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="000608F8" w:rsidRPr="00C57886">
+        <w:r w:rsidR="000608F8" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ADAAccommodations@state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6109A3A5" w14:textId="5BE21E21" w:rsidR="00B75917" w:rsidRPr="00C57886" w:rsidRDefault="000608F8" w:rsidP="0045099D">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6109A3A5" w14:textId="5BE21E21" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="000608F8" w:rsidP="0045099D">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you are not a </w:t>
       </w:r>
-      <w:r w:rsidR="00EC748D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EC748D" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> citizen, please see page 8 for more information about immigration status and benefits. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D7EBC0" w14:textId="113BA5F1" w:rsidR="00B75917" w:rsidRPr="00C57886" w:rsidRDefault="00696D9E" w:rsidP="00890D75">
+    <w:p w14:paraId="49D7EBC0" w14:textId="113BA5F1" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="00696D9E" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Need Help? </w:t>
       </w:r>
-      <w:r w:rsidR="00B75917" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B75917" w:rsidRPr="00296FDF">
         <w:t>My Ombudsman</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7BF36C" w14:textId="756A832F" w:rsidR="00B75917" w:rsidRPr="00C57886" w:rsidRDefault="00B75917" w:rsidP="0045099D">
+    <w:p w14:paraId="7B7BF36C" w14:textId="756A832F" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="00B75917" w:rsidP="0045099D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="42CC80EB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="42CC80EB" w:rsidRPr="00296FDF">
         <w:t>you need</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> help </w:t>
       </w:r>
-      <w:r w:rsidR="000E640D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000E640D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">getting </w:t>
       </w:r>
-      <w:r w:rsidR="008568A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008568A1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">benefits or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">services from </w:t>
       </w:r>
-      <w:r w:rsidR="008568A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008568A1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">your health plan, you </w:t>
       </w:r>
-      <w:r w:rsidR="008568A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008568A1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">can call </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">My Ombudsman. My Ombudsman is </w:t>
       </w:r>
-      <w:r w:rsidR="00696D9E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00696D9E" w:rsidRPr="00296FDF">
         <w:t>a program</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> that </w:t>
       </w:r>
-      <w:r w:rsidR="00696D9E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00696D9E" w:rsidRPr="00296FDF">
         <w:t>is separate from MassHealth and your health plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
-      <w:r w:rsidR="00696D9E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00696D9E" w:rsidRPr="00296FDF">
         <w:t>program can</w:t>
       </w:r>
-      <w:r w:rsidR="00BA63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> do the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D366BCC" w14:textId="2C4420EB" w:rsidR="00B75917" w:rsidRPr="00C57886" w:rsidRDefault="00696D9E" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5D366BCC" w14:textId="2C4420EB" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="00696D9E" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Give you </w:t>
       </w:r>
-      <w:r w:rsidR="00B75917" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B75917" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">information about your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">health plan </w:t>
       </w:r>
-      <w:r w:rsidR="00B75917" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B75917" w:rsidRPr="00296FDF">
         <w:t>benefits and rights</w:t>
       </w:r>
-      <w:r w:rsidR="00BA63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA63CF" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35884222" w14:textId="1237A0DB" w:rsidR="008568A1" w:rsidRPr="00C57886" w:rsidRDefault="00696D9E" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="35884222" w14:textId="1237A0DB" w:rsidR="008568A1" w:rsidRPr="00296FDF" w:rsidRDefault="00696D9E" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Help you with any concerns</w:t>
       </w:r>
-      <w:r w:rsidR="00BA63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA63CF" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D8C5E36" w14:textId="6A6517B9" w:rsidR="00B75917" w:rsidRPr="00C57886" w:rsidRDefault="00B75917" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1D8C5E36" w14:textId="6A6517B9" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="00B75917" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Help</w:t>
       </w:r>
-      <w:r w:rsidR="007321A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007321A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">explain how to file a grievance </w:t>
       </w:r>
-      <w:r w:rsidR="007321A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007321A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(complaint) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="007321A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007321A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>appeal</w:t>
       </w:r>
-      <w:r w:rsidR="008568A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008568A1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (a review of a decision)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D06F8E3" w14:textId="385B1FE5" w:rsidR="00B75917" w:rsidRPr="00C57886" w:rsidRDefault="007321A2" w:rsidP="0045099D">
+    <w:p w14:paraId="2D06F8E3" w14:textId="711A5ABC" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="00F32950" w:rsidP="0045099D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A51803" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You can get </w:t>
+      </w:r>
+      <w:r w:rsidR="007321A2" w:rsidRPr="00296FDF">
+        <w:t>more information ab</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51803" w:rsidRPr="00296FDF">
         <w:t>ou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="007321A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">t </w:t>
       </w:r>
-      <w:r w:rsidR="00B75917" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B75917" w:rsidRPr="00296FDF">
         <w:t>My Ombudsman</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
-[...6 lines deleted...]
-    <w:p w14:paraId="79E472F5" w14:textId="7B22B1EB" w:rsidR="007321A2" w:rsidRPr="00837CF0" w:rsidRDefault="007321A2" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the following ways. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E472F5" w14:textId="7B22B1EB" w:rsidR="007321A2" w:rsidRPr="00296FDF" w:rsidRDefault="007321A2" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Visit their website at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00CB3601" w:rsidRPr="00837CF0">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>myombudsman.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00837CF0">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F86E9F0" w14:textId="0826678D" w:rsidR="00B75917" w:rsidRPr="00837CF0" w:rsidRDefault="00B75917" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00837CF0">
+    <w:p w14:paraId="7F86E9F0" w14:textId="0826678D" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="00B75917" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Call</w:t>
       </w:r>
-      <w:r w:rsidR="007321A2" w:rsidRPr="00837CF0">
+      <w:r w:rsidR="007321A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(855) 781-9898 or </w:t>
       </w:r>
-      <w:r w:rsidR="00741055" w:rsidRPr="00837CF0">
+      <w:r w:rsidR="00741055" w:rsidRPr="00296FDF">
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ideo</w:t>
       </w:r>
-      <w:r w:rsidR="00741055" w:rsidRPr="00837CF0">
+      <w:r w:rsidR="00741055" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>hone</w:t>
       </w:r>
-      <w:r w:rsidR="009E397C" w:rsidRPr="00837CF0">
+      <w:r w:rsidR="009E397C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (VP) at</w:t>
       </w:r>
-      <w:r w:rsidRPr="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (339) 224-6831. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5173463B" w14:textId="7D1085B2" w:rsidR="00B75917" w:rsidRPr="00837CF0" w:rsidRDefault="00B75917" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00837CF0">
+    <w:p w14:paraId="5173463B" w14:textId="7D1085B2" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="00B75917" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Email</w:t>
       </w:r>
-      <w:r w:rsidR="009E397C" w:rsidRPr="00837CF0">
+      <w:r w:rsidR="009E397C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> them at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00837CF0">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>info@myombudsman.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00837CF0">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456C47FA" w14:textId="24D969CD" w:rsidR="00B75917" w:rsidRPr="00C57886" w:rsidRDefault="00B75917" w:rsidP="0045099D">
+    <w:p w14:paraId="456C47FA" w14:textId="24D969CD" w:rsidR="00B75917" w:rsidRPr="00296FDF" w:rsidRDefault="00B75917" w:rsidP="0045099D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Please</w:t>
       </w:r>
-      <w:r w:rsidR="0009133C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0009133C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A51803" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A51803" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">visit </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>the My Ombudsman website or contact them directly for updated information about location and walk-in hours.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318C7A3A" w14:textId="77777777" w:rsidR="009E397C" w:rsidRPr="00C57886" w:rsidRDefault="009E397C" w:rsidP="00890D75">
+    <w:p w14:paraId="318C7A3A" w14:textId="77777777" w:rsidR="009E397C" w:rsidRPr="00296FDF" w:rsidRDefault="009E397C" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:spacing w:val="5"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MyServices</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7DA01355" w14:textId="1B946E6D" w:rsidR="00027D2B" w:rsidRPr="00C57886" w:rsidRDefault="00BA63CF" w:rsidP="00C57886">
+    </w:p>
+    <w:p w14:paraId="7DA01355" w14:textId="7A431E70" w:rsidR="00027D2B" w:rsidRPr="00296FDF" w:rsidRDefault="00BA63CF" w:rsidP="00C57886">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MyServices</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> is an online tool where you can access helpful information, including eligibility status, enrollment</w:t>
+      </w:r>
+      <w:r w:rsidR="006673CC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> status</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, and alerts about important events and actions you need to take. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MyServices</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> also allows you to review certain MassHealth notices and voter registration information online. For more information, go to </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00C57886">
+        <w:r w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>myservices.mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52DE0621" w14:textId="1C7923C8" w:rsidR="00D619B3" w:rsidRPr="00C57886" w:rsidRDefault="00F87755" w:rsidP="00C57886">
+    <w:p w14:paraId="52DE0621" w14:textId="1C7923C8" w:rsidR="00D619B3" w:rsidRPr="00296FDF" w:rsidRDefault="00F87755" w:rsidP="00C57886">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You can also find more details </w:t>
       </w:r>
-      <w:r w:rsidR="00461FFC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00461FFC" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="00AC55C2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC55C2" w:rsidRPr="00296FDF">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00461FFC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00461FFC" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
-      <w:r w:rsidR="002C0F40" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002C0F40" w:rsidRPr="00296FDF">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="004F30EB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004F30EB" w:rsidRPr="00296FDF">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="002C0F40" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002C0F40" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
-      <w:r w:rsidR="00461FFC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00461FFC" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>this booklet</w:t>
       </w:r>
-      <w:r w:rsidR="008F2709" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008F2709" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECDE6FA" w14:textId="1887165F" w:rsidR="00A07499" w:rsidRPr="00C57886" w:rsidRDefault="00A07499" w:rsidP="0045099D">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4ECDE6FA" w14:textId="1887165F" w:rsidR="00A07499" w:rsidRPr="00296FDF" w:rsidRDefault="00A07499" w:rsidP="0045099D">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFFC9F5" w14:textId="77777777" w:rsidR="00CA3820" w:rsidRPr="00C57886" w:rsidRDefault="00CA3820" w:rsidP="00890D75">
+    <w:p w14:paraId="1CFFC9F5" w14:textId="77777777" w:rsidR="00CA3820" w:rsidRPr="00296FDF" w:rsidRDefault="00CA3820" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1524E6EF" w14:textId="249B4FC1" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="1524E6EF" w14:textId="249B4FC1" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Introduction</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23196E7F" w14:textId="754F7235" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="23196E7F" w14:textId="754F7235" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>How to Apply</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B0CEC3" w14:textId="7FCCF11B" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="21B0CEC3" w14:textId="7FCCF11B" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">How to apply for MassHealth, ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">lans and Advance Premium Tax Credits, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57886" w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CA3820" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F670E7" w:rsidRPr="00296FDF">
+        <w:t>Children’s Medical Security Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, or the Health Safety Net</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F8D367" w14:textId="2F81061E" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Provisional eligibility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D2D19C" w14:textId="34548A2C" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>determined presumptive eligibility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC03A8B" w14:textId="2A459A58" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>The MassHealth card</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA97DCC" w14:textId="43AE0E29" w:rsidR="002E4736" w:rsidRPr="00296FDF" w:rsidRDefault="002E4736" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Print or view your card</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0592BD6B" w14:textId="47F36108" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Our decision and your right to appeal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697959F5" w14:textId="1966354B" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizens/nationals need to know about applying for MassHealth and ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...129 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">lans and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Advance Premium Tax Credits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7CECA9" w14:textId="43578DB2" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="6F7CECA9" w14:textId="43578DB2" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>What non</w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> citizens need to know about applying for MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="0001271D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0001271D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">lans and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Advance Premium Tax Credits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268FF560" w14:textId="15520AD6" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="268FF560" w14:textId="15520AD6" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>What non</w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">citizens need to know about applying for MassHealth Limited, MassHealth coverage for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">pregnant </w:t>
       </w:r>
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00CA3820" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CA3820" w:rsidRPr="00296FDF">
         <w:t>the Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, and the Health Safety Net</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC51F97" w14:textId="6722E154" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="7BC51F97" w14:textId="6722E154" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>What visitors need to know about applying</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1638D484" w14:textId="5751C15F" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="1638D484" w14:textId="5751C15F" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>MassHealth Coverage Types and Programs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3D76AA" w14:textId="63B4ABED" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="1D3D76AA" w14:textId="63B4ABED" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Standard</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59FE1FC3" w14:textId="6A844B07" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="59FE1FC3" w14:textId="6A844B07" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth CommonHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05156B0A" w14:textId="4646FBB3" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="05156B0A" w14:textId="4646FBB3" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth CarePlus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>14</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B80107" w14:textId="342FBC15" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="21B80107" w14:textId="342FBC15" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Family Assistance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>16</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B0C2B55" w14:textId="4A73D340" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="2B0C2B55" w14:textId="4A73D340" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Limited</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>17</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A0807EB" w14:textId="2A7E89FF" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="1A0807EB" w14:textId="2A7E89FF" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>MassHealth Health Plan Enrollment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41248B6D" w14:textId="0E2ED627" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="41248B6D" w14:textId="0E2ED627" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Choosing a health plan </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3205B242" w14:textId="156CEC68" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="3205B242" w14:textId="156CEC68" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Plan Selection and Fixed Enrollment Periods</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F151E20" w14:textId="77704C98" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="6F151E20" w14:textId="77704C98" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Massachusetts Health Connector</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>20</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453806EC" w14:textId="29867CA3" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="453806EC" w14:textId="29867CA3" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515B7FAC" w14:textId="687DAF4C" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="515B7FAC" w14:textId="687DAF4C" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>The Health Safety Net</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>24</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6210BD9C" w14:textId="774DBEB9" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="6210BD9C" w14:textId="774DBEB9" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Your Rights and Responsibilities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>26</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3746E217" w14:textId="570A1856" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="3746E217" w14:textId="570A1856" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Nondiscrimination</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>26</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="355C4CB8" w14:textId="7AD9D8BE" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="355C4CB8" w14:textId="7AD9D8BE" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Privacy and confidentiality</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>27</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F809CF" w14:textId="11575E90" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="30F809CF" w14:textId="11575E90" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Authorized representative</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>27</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="369D114F" w14:textId="4F8BF482" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="369D114F" w14:textId="4F8BF482" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Permission to share information</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>27</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42ADC5A3" w14:textId="7F306834" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="42ADC5A3" w14:textId="7F306834" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">How we use your </w:t>
       </w:r>
-      <w:r w:rsidR="00632B79" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>number</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>27</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F83D210" w14:textId="3AE2C1F2" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="1F83D210" w14:textId="3AE2C1F2" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Giving correct information</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>28</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1E6D1B" w14:textId="6B73BD29" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="1F1E6D1B" w14:textId="6B73BD29" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Reporting changes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005D7501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D7501" w:rsidRPr="00296FDF">
         <w:t>28</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283C53A7" w14:textId="192846A5" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="283C53A7" w14:textId="192846A5" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">How Income </w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>s Counted</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>29</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D62069C" w14:textId="3F9D2219" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="2D62069C" w14:textId="3F9D2219" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Who is counted in your household for MassHealth, </w:t>
       </w:r>
-      <w:r w:rsidR="002B11F6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002B11F6" w:rsidRPr="00296FDF">
         <w:t>the Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, and the Health Safety Net</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>29</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A45974" w14:textId="1B1A1599" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="24A45974" w14:textId="1B1A1599" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Who is counted in your household for ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>lans and Advance Premium Tax Credits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>30</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50087541" w14:textId="0A5737BC" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="50087541" w14:textId="0A5737BC" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Modified Adjusted Gross Income</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>30</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3017A567" w14:textId="140D7CCC" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="3017A567" w14:textId="140D7CCC" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Premiums</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>32</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16313D8F" w14:textId="1CEB3CCA" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="16313D8F" w14:textId="1CEB3CCA" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Copay and premium information for American Indians</w:t>
       </w:r>
-      <w:r w:rsidR="007F5205" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F5205" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Alaska Natives </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>32</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1341F4" w14:textId="0787C4B6" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="7A1341F4" w14:textId="0787C4B6" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth/</w:t>
       </w:r>
-      <w:r w:rsidR="002B11F6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002B11F6" w:rsidRPr="00296FDF">
         <w:t>Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> premiums </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>32</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="682AB7E2" w14:textId="2C6955B3" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="682AB7E2" w14:textId="2C6955B3" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Premium Formulas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>33</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6D45E1" w14:textId="68222264" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="4A6D45E1" w14:textId="68222264" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>MassHealth and Other Health Insurance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>36</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1EAFB0" w14:textId="6AFFE619" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="5D1EAFB0" w14:textId="6AFFE619" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Prior approval</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>36</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D46E2CD" w14:textId="766EC4BC" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="7D46E2CD" w14:textId="766EC4BC" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Choosing and enrolling in a Medicare prescription drug plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>37</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2377D9F2" w14:textId="11FBC646" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="2377D9F2" w14:textId="11FBC646" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Out-of-pocket expenses</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>37</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F0DBFA" w14:textId="1C2B6C61" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="47F0DBFA" w14:textId="1C2B6C61" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Out-of-state emergency treatment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>37</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E33CF19" w14:textId="43696362" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="7E33CF19" w14:textId="43696362" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you or members of your household are in an accident</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>37</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249CE4A6" w14:textId="0255678A" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="249CE4A6" w14:textId="0255678A" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth members turning 65 years </w:t>
       </w:r>
-      <w:r w:rsidR="00330198" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00330198" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>38</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FC83CE" w14:textId="2598304A" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="31FC83CE" w14:textId="2598304A" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Recovery against estates of certain members after their death</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>38</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5944F6" w14:textId="2BCDDFE7" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="3F5944F6" w14:textId="2BCDDFE7" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Signing up to vote</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002A1038" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A1038" w:rsidRPr="00296FDF">
         <w:t>38</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C84AE57" w14:textId="3FE5C772" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="3C84AE57" w14:textId="3FE5C772" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Citizenship and Immigration Rules</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B3992" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008B3992" w:rsidRPr="00296FDF">
         <w:t>39</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1794A82C" w14:textId="28A4B820" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00CB3601" w:rsidP="00837CF0">
+    <w:p w14:paraId="1794A82C" w14:textId="28A4B820" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3601" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status requirements for MassHealth and ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">lans and </w:t>
       </w:r>
-      <w:r w:rsidR="00C57886">
+      <w:r w:rsidR="00C57886" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Advance Premium Tax Credits </w:t>
       </w:r>
-      <w:r w:rsidR="00C57886">
+      <w:r w:rsidR="00C57886" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Identity requirements for MassHealth, ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">lans and Advance Premium Tax Credits, </w:t>
       </w:r>
-      <w:r w:rsidR="00C57886">
+      <w:r w:rsidR="00C57886" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
         <w:t>and the Health Safety Net</w:t>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B3992" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008B3992" w:rsidRPr="00296FDF">
         <w:t>42</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166E7049" w14:textId="698B3DD1" w:rsidR="00EA3F45" w:rsidRPr="00C57886" w:rsidRDefault="00262048" w:rsidP="00837CF0">
+    <w:p w14:paraId="166E7049" w14:textId="698B3DD1" w:rsidR="00EA3F45" w:rsidRPr="00296FDF" w:rsidRDefault="00262048" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Section 12</w:t>
       </w:r>
-      <w:r w:rsidR="00EA3F45" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EA3F45" w:rsidRPr="00296FDF">
         <w:br/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA3F45" w:rsidRPr="00C57886">
         <w:t>MyServices</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="007B6D6E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007B6D6E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Member Portal</w:t>
       </w:r>
-      <w:r w:rsidR="007B6D6E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007B6D6E" w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B3992" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008B3992" w:rsidRPr="00296FDF">
         <w:t>45</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C920A0D" w14:textId="49A33524" w:rsidR="00262048" w:rsidRPr="00C57886" w:rsidRDefault="00EA3F45" w:rsidP="00837CF0">
+    <w:p w14:paraId="6C920A0D" w14:textId="49A33524" w:rsidR="00262048" w:rsidRPr="00296FDF" w:rsidRDefault="00EA3F45" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section 13 </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
         <w:t>Where to Get Help</w:t>
       </w:r>
-      <w:r w:rsidR="00262048" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00262048" w:rsidRPr="00296FDF">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B3992" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008B3992" w:rsidRPr="00296FDF">
         <w:t>46</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B88ED6F" w14:textId="2DB23F32" w:rsidR="00837CF0" w:rsidRDefault="00A07F7B" w:rsidP="00837CF0">
+    <w:p w14:paraId="0B88ED6F" w14:textId="2DB23F32" w:rsidR="00837CF0" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="00837CF0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Federal Poverty Levels Chart (Inside back cover)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2F2B6B" w14:textId="77777777" w:rsidR="00837CF0" w:rsidRDefault="00837CF0">
+    <w:p w14:paraId="2A2F2B6B" w14:textId="77777777" w:rsidR="00837CF0" w:rsidRPr="00296FDF" w:rsidRDefault="00837CF0">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD481D4" w14:textId="6A3A4269" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="5FD481D4" w14:textId="6A3A4269" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>INTRODUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76857DE0" w14:textId="77777777" w:rsidR="00897DE4" w:rsidRPr="00890D75" w:rsidRDefault="00897DE4" w:rsidP="00890D75">
+    <w:p w14:paraId="76857DE0" w14:textId="77777777" w:rsidR="00897DE4" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00890D75">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>This booklet makes it easier for you to understand health coverage available in Massachusetts. Please keep your booklet. It contains important information you may want to look up about health benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3AEEBC" w14:textId="2C016426" w:rsidR="00897DE4" w:rsidRPr="00C57886" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7A3AEEBC" w14:textId="7BF3A020" w:rsidR="00897DE4" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">This booklet answers important questions that you may have about how to get </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> benefits </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">through </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth or the Massachusetts Health Connector. If you have any questions after reading this booklet, call us at </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>71</w:t>
       </w:r>
-      <w:r w:rsidR="002073CE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002073CE" w:rsidRPr="00296FDF">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E5A5F2" w14:textId="5EAC6E6D" w:rsidR="00897DE4" w:rsidRPr="00311E17" w:rsidRDefault="00897DE4" w:rsidP="00311E17">
+    <w:p w14:paraId="41E5A5F2" w14:textId="4C52EC20" w:rsidR="00897DE4" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00311E17">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311E17">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t>Further details can also be found in the following places: MassHealth regulations 130 CMR 501.000–508.000, 522.000, 450.000, and 610.000; Health Safety Net (HSN) regulations at 101 CMR 613.000; and the federal regulations for Health Connector programs at 45 CFR ss. 155.305–155.430.</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>Further details can also be found in the following places: MassHealth regulations 130 CMR 501.000–508.000, 522.000, 450.000, and 610.000; Health Safety Net (HSN) regulations at 101 CMR 613.00; and the federal regulations for Health Connector programs at 45 CFR ss. 155.305–155.430.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221C144D" w14:textId="2439753F" w:rsidR="00897DE4" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth provides </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> benefits to certain people living in Massachusetts. MassHealth offers these benefits to you directly or by paying part or all of your other health insurance premiums.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A438A37" w14:textId="4B53C1C3" w:rsidR="00897DE4" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">In addition to MassHealth and related MassHealth programs, </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> benefits are also provided through the Massachusetts Health Connector, as described </w:t>
       </w:r>
-      <w:r w:rsidR="008148CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008148CF" w:rsidRPr="00296FDF">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Section </w:t>
       </w:r>
-      <w:r w:rsidR="00BE415C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BE415C" w:rsidRPr="00296FDF">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008148CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008148CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>this booklet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1A3B51" w14:textId="23D0F251" w:rsidR="00067248" w:rsidRPr="00C57886" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7C1A3B51" w14:textId="23D0F251" w:rsidR="00067248" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">This booklet describes benefits for </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">people </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>who are younger t</w:t>
       </w:r>
-      <w:r w:rsidR="00DE1632" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DE1632" w:rsidRPr="00296FDF">
         <w:t>han 65 and who are</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15627C61" w14:textId="3673309D" w:rsidR="00067248" w:rsidRPr="00C57886" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="15627C61" w14:textId="673D2171" w:rsidR="00067248" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>not living in nursing homes or other long-term-care facilities</w:t>
       </w:r>
-      <w:r w:rsidR="00372DD9" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00067248" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00067248" w:rsidRPr="00296FDF">
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4A4291" w14:textId="3FA1D8A6" w:rsidR="00067248" w:rsidRPr="00C57886" w:rsidRDefault="00067248" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7E4A4291" w14:textId="4BB94B6D" w:rsidR="00067248" w:rsidRPr="00296FDF" w:rsidRDefault="00067248" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">not </w:t>
       </w:r>
-      <w:r w:rsidR="00372DD9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00372DD9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">receiving </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00372DD9" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>home-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">and community-based waiver </w:t>
+      </w:r>
+      <w:r w:rsidR="00372DD9" w:rsidRPr="00296FDF">
         <w:t>services</w:t>
       </w:r>
-      <w:r w:rsidR="00897DE4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00897DE4" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBE5A3F" w14:textId="21ECD476" w:rsidR="009E2100" w:rsidRPr="00C57886" w:rsidRDefault="009E2100" w:rsidP="00837CF0">
-[...11 lines deleted...]
-      <w:r w:rsidR="00645523" w:rsidRPr="00C57886">
+    <w:p w14:paraId="2BBE5A3F" w14:textId="31A1DB44" w:rsidR="009E2100" w:rsidRPr="00296FDF" w:rsidRDefault="009E2100" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Note: If you want to apply for benefits for long-term services and supports, you must complete </w:t>
+      </w:r>
+      <w:r w:rsidR="004837C8" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Application for Health Coverage for Seniors and People Needing </w:t>
+      </w:r>
+      <w:r w:rsidR="00454E51" w:rsidRPr="00296FDF">
+        <w:t>Long-Term-Care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Services. </w:t>
+      </w:r>
+      <w:r w:rsidR="00645523" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You can find it online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/lists/</w:t>
-[...13 lines deleted...]
-          <w:t>-member-applications</w:t>
+          <w:t>mass.gov/lists/masshealth-member-applications</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00645523" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00645523" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E8B0C3" w14:textId="0E964F99" w:rsidR="00897DE4" w:rsidRPr="00C57886" w:rsidRDefault="00897DE4" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="49EE3136" w14:textId="77777777" w:rsidR="004B2A4D" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="0034555E">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">This booklet also describes benefits for certain </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...13 lines deleted...]
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">people </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2A4D" w:rsidRPr="00296FDF">
+        <w:t>who are</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A582FA9" w14:textId="38D765A5" w:rsidR="004B2A4D" w:rsidRPr="00296FDF" w:rsidRDefault="000F7640" w:rsidP="004B2A4D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>65 and</w:t>
+      </w:r>
+      <w:r w:rsidR="00897DE4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> older if they are parents or caretaker relatives of children younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2A4D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00897DE4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E8B0C3" w14:textId="5D503D9A" w:rsidR="00897DE4" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="003228F5">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">disabled immigrant children younger than 18 years </w:t>
+      </w:r>
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> who live in nursing homes or other long-term-care facilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6716B7" w14:textId="20D8771F" w:rsidR="000263D7" w:rsidRPr="00C57886" w:rsidRDefault="000263D7" w:rsidP="00837CF0">
-[...11 lines deleted...]
-      <w:r w:rsidR="009D06AD" w:rsidRPr="00C57886">
+    <w:p w14:paraId="6D6716B7" w14:textId="20D8771F" w:rsidR="000263D7" w:rsidRPr="00296FDF" w:rsidRDefault="000263D7" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth applications can be used to apply for the Supplemental Nutritional Assistance Program (SNAP). SNAP is a federal program that helps you buy healthy food each month. If you want to also apply for SNAP, check the SNAP checkbox on the first page of the MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="009D06AD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>application,</w:t>
       </w:r>
-      <w:r w:rsidR="009D06AD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009D06AD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>read the right</w:t>
       </w:r>
-      <w:r w:rsidR="005871A4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and responsibilities</w:t>
       </w:r>
-      <w:r w:rsidR="00745423" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00745423" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and sign the</w:t>
       </w:r>
-      <w:r w:rsidR="009D06AD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009D06AD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">application. Your application will then be automatically sent to the Department of Transitional Assistance. You do not have to apply for SNAP to be considered for MassHealth. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD2EE8D" w14:textId="77777777" w:rsidR="00897DE4" w:rsidRPr="00C57886" w:rsidRDefault="00897DE4" w:rsidP="00890D75">
+    <w:p w14:paraId="4AD2EE8D" w14:textId="77777777" w:rsidR="00897DE4" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Residency Requirements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9AB465" w14:textId="31BAE3AE" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0B9AB465" w14:textId="3A6338DE" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You must be a resident of Massachusetts to get </w:t>
       </w:r>
-      <w:r w:rsidR="00C436C0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth or other </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00C436C0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> benefits that are funded by the Commonwealth of Massachusetts. Unless otherwise specified in the MassHealth regulations, you are a resident of Massachusetts if you live in Massachusetts and either intend to reside in Massachusetts, with or without a fixed address</w:t>
       </w:r>
-      <w:r w:rsidR="00745423" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00745423" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C436C0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or have entered Massachusetts with a job com</w:t>
       </w:r>
-      <w:r w:rsidR="00DE1632" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00035581" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DE1632" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">mitment or </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4311" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE1632" w:rsidRPr="00296FDF">
+        <w:t>seeking employment.</w:t>
+      </w:r>
+      <w:r w:rsidR="00035581" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C436C0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
         <w:t>If you are visiting Massachusetts for personal pleasure, such as for vacation, or for the purposes of receiving medical care in a setting other than a nursing facility, you do not meet residency requirements for MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="006727C6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006727C6" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367767F9" w14:textId="584F5BF7" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="367767F9" w14:textId="584F5BF7" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">person’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">residency will be considered proven if </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000F7640" w:rsidRPr="00296FDF">
         <w:t>they have</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> self-declared </w:t>
       </w:r>
-      <w:r w:rsidR="00DF2049" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DF2049" w:rsidRPr="00296FDF">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="00745423" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> a Massachusetts resident, and the residency has been confirmed by electronic data matching with federal or state agencies, or information services, or the individual has provided any of the following documents</w:t>
+      </w:r>
+      <w:r w:rsidR="00745423" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E83B53" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="31E83B53" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A copy of the deed and record of the most recent mortgage payment (if the mortgage was paid in full, a copy of the property tax bill from the most recent year)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3538BFD0" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3538BFD0" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A current utility bill or work order dated within the past 60 days</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D234E2D" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5D234E2D" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A statement from a homeless shelter or homeless service provider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7AF65B" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2E7AF65B" w14:textId="1F34F683" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">School records (if </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>school is private, additional documentation may be requested)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E49CB03" w14:textId="4A55E759" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nursery school or day care records (if </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>school is private, additional documentation may be requested)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFE16A5" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A Section 8 agreement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B788A4" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="41B788A4" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A homeowners’ insurance agreement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3901C71B" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3901C71B" w14:textId="77777777" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Proof of enrollment of custodial dependent in public school</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1440343F" w14:textId="483CC9D2" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1440343F" w14:textId="483CC9D2" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A copy of the lease AND record of the most recent rent payment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E211BC4" w14:textId="462B808C" w:rsidR="00C436C0" w:rsidRPr="00C57886" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7E211BC4" w14:textId="462B808C" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00C436C0" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you cannot give us any of the documents listed above, you may submit an affidavit </w:t>
       </w:r>
-      <w:r w:rsidR="00BA63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">to prove your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>residency</w:t>
       </w:r>
-      <w:r w:rsidR="00E52795" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E52795" w:rsidRPr="00296FDF">
         <w:t>. It must state that you are not visiting Massachusetts for personal pleasure (</w:t>
       </w:r>
-      <w:r w:rsidR="00BA63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA63CF" w:rsidRPr="00296FDF">
         <w:t>for example</w:t>
       </w:r>
-      <w:r w:rsidR="00A71A9D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A71A9D" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E52795" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E52795" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> vacation) or for the purpose of receiving medical care in a setting other than a nursing facility</w:t>
       </w:r>
-      <w:r w:rsidR="004E113D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004E113D" w:rsidRPr="00296FDF">
         <w:t>. It must be</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> signed under the pains and penalties of perjury.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573327F6" w14:textId="5A6ED96F" w:rsidR="00C436C0" w:rsidRPr="00311E17" w:rsidRDefault="00750FCF" w:rsidP="00311E17">
+    <w:p w14:paraId="573327F6" w14:textId="5A6ED96F" w:rsidR="00C436C0" w:rsidRPr="00296FDF" w:rsidRDefault="00750FCF" w:rsidP="00311E17">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311E17">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
         <w:t xml:space="preserve">You can find more </w:t>
       </w:r>
-      <w:r w:rsidR="00C436C0" w:rsidRPr="00311E17">
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
         <w:t>specific information about MassHealth residency rules in MassHealth regulation 130 CMR 503.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6090E8A6" w14:textId="73471EF8" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6090E8A6" w14:textId="73471EF8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you are 65 or older and are not described in the following paragraph, or if you are any age and applying for benefits that cover nursing </w:t>
       </w:r>
-      <w:r w:rsidR="00372DD9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00372DD9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">facility </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or similar care and are not described in the following paragraph, you should call us at one of the telephone numbers </w:t>
       </w:r>
-      <w:r w:rsidR="00C015A0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C015A0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">in Section </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2F34" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DB2F34" w:rsidRPr="00296FDF">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2149" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EF2149" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>to find out about other benefits that you may be able to get.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323A11CE" w14:textId="77777777" w:rsidR="00897DE4" w:rsidRPr="00C57886" w:rsidRDefault="00897DE4" w:rsidP="00890D75">
+    <w:p w14:paraId="323A11CE" w14:textId="77777777" w:rsidR="00897DE4" w:rsidRPr="00296FDF" w:rsidRDefault="00897DE4" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Basic Rules</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C9DC15" w14:textId="430F8C75" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="78C9DC15" w14:textId="430F8C75" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>There are some basic rules for getting MassHealth. Even if you or your household already have other health insurance (</w:t>
       </w:r>
-      <w:r w:rsidR="00031C4C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00031C4C" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ee </w:t>
       </w:r>
-      <w:r w:rsidR="00C015A0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C015A0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2F34" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DB2F34" w:rsidRPr="00296FDF">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">), you may be eligible if your household Modified Adjusted Gross Income (MAGI) is low or medium. (See </w:t>
       </w:r>
-      <w:r w:rsidR="00F41F57" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F41F57" w:rsidRPr="00296FDF">
         <w:t>the inside back cover</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> for a chart that shows the income limits.) MassHealth offers different types of coverage based on whether</w:t>
       </w:r>
-      <w:r w:rsidR="00A71A9D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A71A9D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730D0012" w14:textId="0FDE4983" w:rsidR="00C66627" w:rsidRPr="00837CF0" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00837CF0">
+    <w:p w14:paraId="730D0012" w14:textId="0B8972E5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are a parent living with your children younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C8A8B3" w14:textId="3309714A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are an adult caretaker relative living with children younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>to whom you are related by blood, adoption, or marriage, or are a spouse or former spouse of one of those relatives, and you are the primary caretaker of these children when neither parent is living in the home</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FCC61A" w14:textId="0C4C0345" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C489C93" w14:textId="5B262A4F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are a young adult 19 or 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA63CF" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AB9808" w14:textId="6231F409" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are pregnant</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F442A6" w14:textId="316BE738" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are an adult 21 through 64</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA63CF" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AADA8AF" w14:textId="1392230B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are disabled</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132CF4E7" w14:textId="68570C59" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you work for a small employer</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBC05A7" w14:textId="6E81AABD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are HIV positive</w:t>
+      </w:r>
+      <w:r w:rsidR="008032AE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E31B94D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you have breast or cervical cancer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649E8C72" w14:textId="0552675D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">To get MassHealth, ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">lans and Advance Premium Tax Credits, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D34606" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the Children’s Medical Security Plan (CMSP), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or the Health Safety Net, you must fill out an application, which is included in an application packet. If you do not have an application packet and would like to get an application, call one of the telephone numbers listed </w:t>
+      </w:r>
+      <w:r w:rsidR="004F72A9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">in Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2F34" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67573" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317EEA93" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth Coverage Types</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF9D839" w14:textId="7F8010E3" w:rsidR="004F72A9" w:rsidRPr="00296FDF" w:rsidRDefault="004F72A9" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00240D16" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> benefits through the following coverage types and programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E90635" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth Standard</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519FF0B3" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth CommonHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE1EDDF" w14:textId="59CBB7C5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth CarePlus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="196F84F7" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth Family Assistance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2D6981" w14:textId="77777777" w:rsidR="00837CF0" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth Limited</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E14804E" w14:textId="4C0EC10B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>The Massachusetts Health Connector</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638AF9EA" w14:textId="6F14DAF5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">The Massachusetts Health Connector is the state’s marketplace for health and dental insurance. The Health Connector can help </w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
         <w:t>you</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...227 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and your household shop for and enroll in insurance plans from leading health and dental insurers in the state. You can </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">also find out through the Health Connector if you qualify for any programs that help you pay for health insurance premiums and lower your out-of-pocket </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> costs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3E9A7B" w14:textId="4D29E252" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...11 lines deleted...]
-      <w:r w:rsidR="00C015A0" w:rsidRPr="00C57886">
+    <w:p w14:paraId="1B3E9A7B" w14:textId="4D29E252" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Programs through the Health Connector that can help you pay for health insurance include Advance Premium Tax Credits and ConnectorCare health insurance plans. For more information about programs through the Health Connector and who can qualify for them, see </w:t>
+      </w:r>
+      <w:r w:rsidR="00C015A0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00BE415C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BE415C" w:rsidRPr="00296FDF">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0837E9DF" w14:textId="7177BF91" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
+    <w:p w14:paraId="0837E9DF" w14:textId="7177BF91" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Children’s Medical Security Plan </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EF5EE22" w14:textId="1E591386" w:rsidR="00E3040D" w:rsidRPr="00C57886" w:rsidRDefault="00B16CD3" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0EF5EE22" w14:textId="1E591386" w:rsidR="00E3040D" w:rsidRPr="00296FDF" w:rsidRDefault="00B16CD3" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>The Children’s Medical Security Plan (</w:t>
       </w:r>
-      <w:r w:rsidR="00E3040D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E3040D" w:rsidRPr="00296FDF">
         <w:t>CMSP</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00E3040D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E3040D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> is a program for children </w:t>
       </w:r>
-      <w:r w:rsidR="00A71A9D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A71A9D" w:rsidRPr="00296FDF">
         <w:t>younger than</w:t>
       </w:r>
-      <w:r w:rsidR="00E3040D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E3040D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> 19 who are Massachusetts residents at any income level</w:t>
       </w:r>
-      <w:r w:rsidR="00A71A9D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A71A9D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E3040D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E3040D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">do not qualify for MassHealth (except MassHealth Limited), and are uninsured. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBD4A73" w14:textId="77777777" w:rsidR="00E3040D" w:rsidRPr="00C57886" w:rsidRDefault="00E3040D" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0BBD4A73" w14:textId="77777777" w:rsidR="00E3040D" w:rsidRPr="00296FDF" w:rsidRDefault="00E3040D" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">For more details, see Section 5. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1974B5F8" w14:textId="75789DEF" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="1974B5F8" w14:textId="75789DEF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>The Health Safety Net</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E212C80" w14:textId="1F7704E4" w:rsidR="008F2270" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5E212C80" w14:textId="0E20EB02" w:rsidR="008F2270" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">The Health Safety Net (HSN) pays Massachusetts acute hospitals and community health centers for certain </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> services provided to low-income patients. Effective June 1, 2016, the HSN pays for services provided to Massachusetts residents with Modified Adjusted Gross Income (MAGI) household income at or below 300% of the federal poverty level.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BCCCCDD" w14:textId="775D61FD" w:rsidR="00942147" w:rsidRPr="00C57886" w:rsidRDefault="00942147" w:rsidP="00837CF0">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4BCCCCDD" w14:textId="775D61FD" w:rsidR="00942147" w:rsidRPr="00296FDF" w:rsidRDefault="00942147" w:rsidP="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>The rules for each coverage type and program are described in this booklet. The type of MassHealth coverage you might get may depend on your immigration status. (See Section 1</w:t>
       </w:r>
-      <w:r w:rsidR="00BA6AB9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA6AB9" w:rsidRPr="00296FDF">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7943D926" w14:textId="77475492" w:rsidR="00F901CB" w:rsidRPr="00C57886" w:rsidRDefault="0032227F" w:rsidP="00890D75">
+    <w:p w14:paraId="7943D926" w14:textId="77475492" w:rsidR="00F901CB" w:rsidRPr="00296FDF" w:rsidRDefault="0032227F" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc2244078"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">People </w:t>
       </w:r>
-      <w:r w:rsidR="00F901CB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F901CB" w:rsidRPr="00296FDF">
         <w:t>Living at Home Needing Long-Term-Care Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="3AEE78EC" w14:textId="20629B8A" w:rsidR="00F901CB" w:rsidRPr="00C57886" w:rsidRDefault="00F901CB" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3AEE78EC" w14:textId="20629B8A" w:rsidR="00F901CB" w:rsidRPr="00296FDF" w:rsidRDefault="00F901CB" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>People living at home who need more help than family members can give may be able to get certain long-term-care services to help them live at home, instead of in a long-term-care facility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A1C1C9" w14:textId="01F5B436" w:rsidR="00F901CB" w:rsidRPr="00C57886" w:rsidRDefault="00F901CB" w:rsidP="0032227F">
-[...11 lines deleted...]
-      <w:r w:rsidR="00C63C9B" w:rsidRPr="00C57886">
+    <w:p w14:paraId="69A1C1C9" w14:textId="01F5B436" w:rsidR="00F901CB" w:rsidRPr="00296FDF" w:rsidRDefault="00F901CB" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth has three types of programs that allow certain MassHealth Standard members to get these needed long-term-care services at home</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63C9B" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9423DE" w14:textId="37C6A542" w:rsidR="00F901CB" w:rsidRPr="00837CF0" w:rsidRDefault="00F901CB" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00837CF0">
+    <w:p w14:paraId="7D9423DE" w14:textId="37C6A542" w:rsidR="00F901CB" w:rsidRPr="00296FDF" w:rsidRDefault="00F901CB" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Kaileigh Mulligan Program (Home Care for Disabled Children)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3730F269" w14:textId="40B73E1D" w:rsidR="00F901CB" w:rsidRPr="00837CF0" w:rsidRDefault="00F901CB" w:rsidP="00837CF0">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DE3122" w:rsidRPr="00837CF0">
+    <w:p w14:paraId="3730F269" w14:textId="1FE464E6" w:rsidR="00F901CB" w:rsidRPr="00296FDF" w:rsidRDefault="00F901CB" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Program of All-</w:t>
+      </w:r>
+      <w:r w:rsidR="00406220" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">inclusive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Care for the Elderly</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3122" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (PACE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00837CF0">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD07C3C" w14:textId="50D6AF62" w:rsidR="00F901CB" w:rsidRPr="00837CF0" w:rsidRDefault="00F901CB" w:rsidP="00837CF0">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00837CF0">
+    <w:p w14:paraId="6BD07C3C" w14:textId="50D6AF62" w:rsidR="00F901CB" w:rsidRPr="00296FDF" w:rsidRDefault="00F901CB" w:rsidP="00837CF0">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Home- and Community-Based Services (HCBS) Waiver programs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26415108" w14:textId="57131C11" w:rsidR="00162E31" w:rsidRPr="00C57886" w:rsidRDefault="00F901CB" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="26415108" w14:textId="57131C11" w:rsidR="00162E31" w:rsidRPr="00296FDF" w:rsidRDefault="00F901CB" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Detailed </w:t>
       </w:r>
-      <w:r w:rsidR="005871A4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">nformation </w:t>
       </w:r>
-      <w:r w:rsidR="002F504B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002F504B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">about </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">these programs and how to apply can be found </w:t>
       </w:r>
-      <w:r w:rsidR="00162E31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00162E31" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">in the Senior Guide (SACA-1) at </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00EA3F45" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00EA3F45" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mass.gov/info-details/senior-guide-and-application-for-health-care-coverage</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00162E31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00162E31" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CA59C0" w14:textId="77777777" w:rsidR="008F2270" w:rsidRPr="00C57886" w:rsidRDefault="008F2270" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="24CA59C0" w14:textId="77777777" w:rsidR="008F2270" w:rsidRPr="00296FDF" w:rsidRDefault="008F2270" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D2BA502" w14:textId="1CFA4D39" w:rsidR="00C66627" w:rsidRPr="00890D75" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="4D2BA502" w14:textId="1CFA4D39" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00890D75">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>SECTION 1</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00890D75">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00890D75">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">How to </w:t>
       </w:r>
-      <w:r w:rsidR="00422FE4" w:rsidRPr="00890D75">
+      <w:r w:rsidR="00422FE4" w:rsidRPr="00296FDF">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00890D75">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">pply </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF38F3C" w14:textId="121104D2" w:rsidR="00B82531" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
-      <w:r w:rsidRPr="00C027A4">
+    <w:p w14:paraId="4CF38F3C" w14:textId="6453E431" w:rsidR="00B82531" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Apply faster online!</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
-[...11 lines deleted...]
-      <w:r w:rsidR="00006409" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. You can create a secure online account </w:t>
+      </w:r>
+      <w:r w:rsidR="00373FB8" w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> find out quickly which programs you </w:t>
+      </w:r>
+      <w:r w:rsidR="00006409" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">may </w:t>
       </w:r>
-      <w:r w:rsidR="00121B85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00121B85" w:rsidRPr="00296FDF">
         <w:t>qualify for.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CADF64" w14:textId="474A5545" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="36CADF64" w14:textId="474A5545" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>To apply in person</w:t>
       </w:r>
-      <w:r w:rsidR="003A1C0B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003A1C0B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or to schedule an appointment </w:t>
       </w:r>
-      <w:r w:rsidR="00A85B1E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A85B1E" w:rsidRPr="00296FDF">
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="003A1C0B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003A1C0B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> a MassHealth representative, please visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00450C6E" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00450C6E" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
-[...13 lines deleted...]
-          <w:t>/appointment</w:t>
+          <w:t>mass.gov/masshealth/appointment</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003A1C0B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003A1C0B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. The following </w:t>
       </w:r>
-      <w:r w:rsidR="009B39A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009B39A1" w:rsidRPr="00296FDF">
         <w:t>MassHealth E</w:t>
       </w:r>
-      <w:r w:rsidR="003A1C0B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003A1C0B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">nrollment </w:t>
       </w:r>
-      <w:r w:rsidR="009B39A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009B39A1" w:rsidRPr="00296FDF">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="003A1C0B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003A1C0B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">enters </w:t>
       </w:r>
-      <w:r w:rsidR="009B39A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009B39A1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(MECs) </w:t>
       </w:r>
-      <w:r w:rsidR="003A1C0B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003A1C0B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">are open </w:t>
       </w:r>
-      <w:r w:rsidR="00C436C0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
         <w:t>Monday–Friday</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C436C0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
         <w:t>8:45 a.m</w:t>
       </w:r>
-      <w:r w:rsidR="00917346" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00917346" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00C436C0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
         <w:t>5:00 p.m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. Do not </w:t>
       </w:r>
-      <w:r w:rsidR="711C8D62" w:rsidRPr="00C57886">
+      <w:r w:rsidR="711C8D62" w:rsidRPr="00296FDF">
         <w:t>mail an</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> application to a</w:t>
       </w:r>
-      <w:r w:rsidR="00121B85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00121B85" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ny of these </w:t>
       </w:r>
-      <w:r w:rsidR="009B39A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009B39A1" w:rsidRPr="00296FDF">
         <w:t>MECs</w:t>
       </w:r>
-      <w:r w:rsidR="009B788B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009B788B" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00183A40" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00183A40" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Drop boxes are available after business hours at the Charlestown and Tewksbury Enrollment Center</w:t>
       </w:r>
-      <w:r w:rsidR="00375EC3" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00375EC3" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00121B85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00121B85" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009B39A1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009B39A1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65873E35" w14:textId="77777777" w:rsidR="009D06AD" w:rsidRPr="00635AAE" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+    <w:p w14:paraId="65873E35" w14:textId="77777777" w:rsidR="009D06AD" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Enrollment Center</w:t>
       </w:r>
-      <w:r w:rsidR="0061587F" w:rsidRPr="00635AAE">
+      <w:r w:rsidR="0061587F" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CED7700" w14:textId="1BB0B7C8" w:rsidR="003A1C0B" w:rsidRPr="00C57886" w:rsidRDefault="003A1C0B" w:rsidP="00635AAE">
+    <w:p w14:paraId="0CED7700" w14:textId="1BB0B7C8" w:rsidR="003A1C0B" w:rsidRPr="00296FDF" w:rsidRDefault="003A1C0B" w:rsidP="7FB011DE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>529 Main Street</w:t>
       </w:r>
-      <w:r w:rsidR="00982B72" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Charlestown</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, MA  02120</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EF7C3A" w14:textId="550F9C14" w:rsidR="00645523" w:rsidRPr="00C57886" w:rsidRDefault="00375EC3" w:rsidP="00635AAE">
+    <w:p w14:paraId="77EF7C3A" w14:textId="550F9C14" w:rsidR="00645523" w:rsidRPr="00296FDF" w:rsidRDefault="00375EC3" w:rsidP="7FB011DE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk136525441"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">45 Spruce Street </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00645523" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00645523" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Chelsea</w:t>
       </w:r>
-      <w:r w:rsidR="00645523" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00645523" w:rsidRPr="00296FDF">
         <w:t>, MA  021</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00645523" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00645523" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="0E0C4F33" w14:textId="546F1061" w:rsidR="00860CDB" w:rsidRPr="00C57886" w:rsidRDefault="00860CDB" w:rsidP="00635AAE">
+    <w:p w14:paraId="0E0C4F33" w14:textId="546F1061" w:rsidR="00860CDB" w:rsidRPr="00296FDF" w:rsidRDefault="00860CDB" w:rsidP="7FB011DE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>100 Hancock Street, 1</w:t>
       </w:r>
-      <w:r w:rsidR="00F9189F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F9189F" w:rsidRPr="00296FDF">
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidR="0061587F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0061587F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Floor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Quincy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, MA </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>02171</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43759191" w14:textId="35331B1C" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="009042AE" w:rsidP="00635AAE">
+    <w:p w14:paraId="43759191" w14:textId="0166250A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00EE2D50" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>243 Cottage Street</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009042AE" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Springfield</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, MA </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>0110</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="009042AE" w:rsidRPr="00296FDF">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105E50F4" w14:textId="0314F36F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+    <w:p w14:paraId="105E50F4" w14:textId="0314F36F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7FB011DE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">21 Spring Street, Suite 4 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Taunton</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, MA </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">02780 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D545BFD" w14:textId="26D0F126" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+    <w:p w14:paraId="0D545BFD" w14:textId="26D0F126" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7FB011DE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">367 East Street </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tewksbury</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, MA </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>01876</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676678AA" w14:textId="1CCA818B" w:rsidR="00113111" w:rsidRPr="00C57886" w:rsidRDefault="00113111" w:rsidP="00635AAE">
+    <w:p w14:paraId="676678AA" w14:textId="1CCA818B" w:rsidR="00113111" w:rsidRPr="00296FDF" w:rsidRDefault="00113111" w:rsidP="7FB011DE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk136525478"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>50 SW Cutoff, Suite 1A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Worcester</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, MA  01604</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="1E894DF5" w14:textId="4BE8C4B4" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="1E894DF5" w14:textId="4BE8C4B4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">How to apply for MassHealth, ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">lans and Advance Premium Tax Credits, </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>the Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidR="00910EB4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00910EB4" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>or the Health Safety Net</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3982B87B" w14:textId="6A9E37B7" w:rsidR="00F9189F" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+    <w:p w14:paraId="3982B87B" w14:textId="6A9E37B7" w:rsidR="00F9189F" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
       <w:bookmarkStart w:id="3" w:name="_Hlk93912311"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You can apply </w:t>
       </w:r>
-      <w:r w:rsidR="00C4201D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C4201D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
-        <w:r w:rsidR="00C4201D" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00C4201D" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C4201D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C4201D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">By applying online, you can submit your application immediately, </w:t>
       </w:r>
-      <w:r w:rsidR="00C4201D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C4201D" w:rsidRPr="00296FDF">
         <w:t>get</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> much of your information</w:t>
       </w:r>
-      <w:r w:rsidR="00070D5D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00070D5D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="38FDB1AA" w:rsidRPr="00C57886">
+      <w:r w:rsidR="38FDB1AA" w:rsidRPr="00296FDF">
         <w:t>verified electronically</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, and have your eligibility determined much faster. </w:t>
       </w:r>
-      <w:r w:rsidR="00C4201D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C4201D" w:rsidRPr="00296FDF">
         <w:t>You can also apply for benefits in other way</w:t>
       </w:r>
-      <w:r w:rsidR="00917346" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00917346" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00C4201D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C4201D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">: by filling out a paper application; by coming in person to a MassHealth Enrollment Center (MEC) or authorized hospital; or by telephone. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you fill out a paper application, be sure to read the instructions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14806F65" w14:textId="5C606BCD" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00F9189F" w:rsidP="00635AAE">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="14806F65" w14:textId="5C606BCD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00F9189F" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidR="00F52F21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F52F21" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> get </w:t>
       </w:r>
-      <w:r w:rsidR="001151AB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001151AB" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00F52F21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F52F21" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">benefits you are entitled to as quickly as possible, </w:t>
       </w:r>
-      <w:r w:rsidR="001B6B60" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001B6B60" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">you may </w:t>
       </w:r>
-      <w:r w:rsidR="00E569B4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E569B4" w:rsidRPr="00296FDF">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="004D3393" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D3393" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">nclude any documentation you have </w:t>
       </w:r>
-      <w:r w:rsidR="00372DD9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00372DD9" w:rsidRPr="00296FDF">
         <w:t>that verifies</w:t>
       </w:r>
-      <w:r w:rsidR="00F52F21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F52F21" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> all household income. </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">When </w:t>
       </w:r>
-      <w:r w:rsidR="00372DD9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00372DD9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the application </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>is filled out, send or fax it to</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="1E3E42CC" w14:textId="760A853A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+    <w:p w14:paraId="1E3E42CC" w14:textId="760A853A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Health Insurance Processing Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>PO Box 4405</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Taunton, MA  02780</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55953C10" w14:textId="3B942B34" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+    <w:p w14:paraId="55953C10" w14:textId="3B942B34" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Fax: </w:t>
       </w:r>
-      <w:r w:rsidR="00C90C27" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C90C27" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>857</w:t>
       </w:r>
-      <w:r w:rsidR="00C90C27" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C90C27" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>323-8300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592E153E" w14:textId="0F65AD8A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="592E153E" w14:textId="0F65AD8A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">To apply by telephone, call us at </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. We use the information collected on the online and paper applications, as well as proof of this information, to determine your eligibility for benefits and if </w:t>
       </w:r>
-      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">you are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>eligible, to make sure you get the most complete coverage you qualify for. We may also use it for other purposes related to the administration of the MassHealth program.</w:t>
       </w:r>
-      <w:r w:rsidR="002F504B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002F504B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> We may also contact you to </w:t>
       </w:r>
-      <w:r w:rsidR="00EC748D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EC748D" w:rsidRPr="00296FDF">
         <w:t>give you information about other health and welfare benefits you may be able to get</w:t>
       </w:r>
-      <w:r w:rsidR="002F504B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002F504B" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F1C6C9" w14:textId="4ABF49AB" w:rsidR="002747AD" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="57F1C6C9" w14:textId="4ABF49AB" w:rsidR="002747AD" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">We perform information matches with other agencies and information sources when an application is submitted, at annual review, and periodically </w:t>
       </w:r>
-      <w:r w:rsidR="00121B85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00121B85" w:rsidRPr="00296FDF">
         <w:t>to update or prove eligibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7163EFFF" w14:textId="3804E5BF" w:rsidR="002747AD" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7163EFFF" w14:textId="3804E5BF" w:rsidR="002747AD" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>These agencies and information sources may include, but are not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3584B" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002747AD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the following agencies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="002747AD" w:rsidRPr="00296FDF">
+        <w:t>Federal Data Services Hub, Department of Unemployment Assistance, Department of Public Health's Bureau of Vital Statistics, Department of Industrial Accidents, Department of Veterans' Services, Department of Revenue, Bureau of Special Investigations, Social Security Administration, Systematic Alien Verification for Entitlements</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (SAVE)</w:t>
+      </w:r>
+      <w:r w:rsidR="002747AD" w:rsidRPr="00296FDF">
+        <w:t>, Department of Transitional Assistance, health-</w:t>
+      </w:r>
+      <w:r w:rsidR="002747AD" w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
-        <w:t>These agencies and information sources may include, but are not limited to</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A3584B" w:rsidRPr="00C57886">
+        <w:t>insurance carriers, and banks and other financial institutions.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004544E9" w:rsidRPr="00296FDF">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">nformation about </w:t>
+      </w:r>
+      <w:r w:rsidR="008F58DE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">people </w:t>
+      </w:r>
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">listed on your application may be shared with the Department of Unemployment Assistance and </w:t>
+      </w:r>
+      <w:r w:rsidR="004544E9" w:rsidRPr="00296FDF">
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t>employers as necessary to administer the Employer Medical Assistance Contribution requirements of M</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD45D0" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD45D0" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD45D0" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> c. 149</w:t>
+      </w:r>
+      <w:r w:rsidR="00362F47" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="002747AD" w:rsidRPr="00C57886">
-[...5 lines deleted...]
-      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E171C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> 189A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432ED6A2" w14:textId="10B3D722" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="004544E9" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">We will get income </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">information through an electronic data match. Income is considered </w:t>
+      </w:r>
+      <w:r w:rsidR="00D114AD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">proven </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>if the income data received through an electronic data match is reasonably compatible with the income amount you stated on your application</w:t>
+      </w:r>
+      <w:r w:rsidR="0059237A" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
-[...11 lines deleted...]
-      <w:r w:rsidR="000E171C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0059237A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If we </w:t>
+      </w:r>
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
+        <w:t>can’t</w:t>
+      </w:r>
+      <w:r w:rsidR="0059237A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> verify your income electronically, we will request proof of your income. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA62142" w14:textId="4CF97F04" w:rsidR="00F52F21" w:rsidRPr="00296FDF" w:rsidRDefault="00964D31" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>We need the Modified Adjusted Gross Income (MAGI) for every person in your household. In most cases, this income can be proved through electronic data matches.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5256E693" w14:textId="628B8F7A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If electronic data sources </w:t>
+      </w:r>
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
+        <w:t>can’t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> prove attested information or are not reasonably compatible with attested information, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64AB8" w:rsidRPr="00296FDF">
+        <w:t>we will ask you for more documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD86A25" w14:textId="52B4EC47" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You will get a Request for Information that will list all the required forms of proof and the deadline for submitting them. (See </w:t>
+      </w:r>
+      <w:r w:rsidR="000B54AD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2F34" w:rsidRPr="00296FDF">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004544E9" w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="008F58DE" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>for information about MAGI.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6CF7FE" w14:textId="08E6069A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You must give us a </w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ocial </w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ecurity number (SSN) or proof that one has been applied for, for every household member who is applying, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C168DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">including applying for </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF36F2" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00C168DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">remium </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF36F2" w:rsidRPr="00296FDF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C168DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ssistance, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>unless one of the following exceptions applies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7289FC" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You or any household member has a religious exemption as described in federal law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B248A06" w14:textId="37CEB208" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You or any household member is eligible only for a nonwork SSN</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4A5B" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CFDD3A" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You or any household member is not eligible for an SSN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F34472" w14:textId="630934D6" w:rsidR="00561F8C" w:rsidRPr="00296FDF" w:rsidRDefault="00561F8C" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">“How </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">our Social Security </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">umber” in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Section 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00002527" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E171C" w:rsidRPr="00C57886">
-[...5 lines deleted...]
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">for an explanation </w:t>
+      </w:r>
+      <w:r w:rsidR="00002527" w:rsidRPr="00296FDF">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> our authority to use your SSN. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5866B3C4" w14:textId="46A7A010" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">To get the type of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> that gives the best coverage, we need to prove the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E171C" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD45D0" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status or immigration status of every household member who is applying. We will conduct a data match with federal and state agencies to try to prove your </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizenship/national</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2270" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> status or immigration status. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If electronic data sources </w:t>
+      </w:r>
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
+        <w:t>can’t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> prove your declared information, we will ask you for additional documentation. You will receive a Request for Information notice that will list all the required forms of proof and the deadline for submitting them. See </w:t>
+      </w:r>
+      <w:r w:rsidR="00C015A0" w:rsidRPr="00296FDF">
+        <w:t>Section 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2F34" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for information about immigration status</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> eligibility for benefits</w:t>
+      </w:r>
+      <w:r w:rsidR="00740B00" w:rsidRPr="00296FDF">
+        <w:t>, and acceptable forms of proof</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000E171C" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD45D0" w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="770B3ACB" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>As soon as we get the information we need, we will decide what benefits</w:t>
+      </w:r>
+      <w:r w:rsidR="00964D31" w:rsidRPr="00296FDF">
+        <w:t>, if any,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> you are eligible for. We base our decision on state and federal law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E60029" w14:textId="4C30519A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00635AAE">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">To get interpreter services or a MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ember </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ooklet in another language, call </w:t>
+      </w:r>
+      <w:r w:rsidR="00426215" w:rsidRPr="00296FDF">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
+        <w:t>TDD/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000E171C" w:rsidRPr="00C57886">
-[...329 lines deleted...]
-    <w:p w14:paraId="59A1259F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    </w:p>
+    <w:p w14:paraId="59A1259F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Provisional eligibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078AFF65" w14:textId="512AAD85" w:rsidR="006C64F0" w:rsidRPr="00C57886" w:rsidRDefault="006C64F0" w:rsidP="00C027A4">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="078AFF65" w14:textId="512AAD85" w:rsidR="006C64F0" w:rsidRPr="00296FDF" w:rsidRDefault="006C64F0" w:rsidP="00C027A4">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth will send a Request for Information notice if we need any additional information or proof to make an eligibility decision. If we send a Request for Information notice, </w:t>
       </w:r>
-      <w:r w:rsidR="00BA6059" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
         <w:t>you have</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> 90 days to send the requested proof. MassHealth may provide provisional benefits during this 90-day period to eligible applicants </w:t>
       </w:r>
-      <w:r w:rsidR="00BA6059" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
         <w:t>younger than</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> 21 and to those who </w:t>
       </w:r>
-      <w:r w:rsidR="00974A30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00974A30" w:rsidRPr="00296FDF">
         <w:t>tell us they are pregnant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, HIV positive, or </w:t>
       </w:r>
-      <w:r w:rsidR="00974A30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00974A30" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">have </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">breast or cervical cancer. MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00BA6059" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">may not provide </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">benefits </w:t>
       </w:r>
-      <w:r w:rsidR="00BA6059" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
         <w:t>to applicants</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> 21 or older until all income in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00C57886">
+        <w:r w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAGI household</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> is verified, unless </w:t>
       </w:r>
-      <w:r w:rsidR="00BA6059" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
         <w:t>they are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> pregnant, </w:t>
       </w:r>
-      <w:r w:rsidR="00BA6059" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">have </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">HIV, or </w:t>
       </w:r>
-      <w:r w:rsidR="00BA6059" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>in active treatment for breast or cervical cancer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="601466E8" w14:textId="267B43F3" w:rsidR="006C64F0" w:rsidRPr="00C57886" w:rsidRDefault="006C64F0" w:rsidP="00C027A4">
-[...11 lines deleted...]
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+    <w:p w14:paraId="601466E8" w14:textId="267B43F3" w:rsidR="006C64F0" w:rsidRPr="00296FDF" w:rsidRDefault="006C64F0" w:rsidP="00C027A4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Self-attestation is not accepted for disability, citizenship, or immigration status during the provisional period.* Applicants must provide all outstanding information and proof within 90 days of getting MassHealth’s Request for Information. Each applicant can get only one provisional eligibility approval in a 12-month period. MassHealth members must enroll in a managed care plan during the provisional period if they are otherwise required to enroll. MassHealth members who have been assessed a premium will have to pay the premium during the provisional period. Premium </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ssistance will not be provided during the initial provisional period until all forms of proof have been submitted and the health insurance investigation is complete. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C5207BC" w14:textId="61EA907A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
+    <w:p w14:paraId="5C5207BC" w14:textId="61EA907A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">* You can also get benefits during a reasonable opportunity period, while </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB54D9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">are working on getting any required forms of proof of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizenship and identity or immigration status.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FFAE82" w14:textId="7127C219" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>determined presumptive eligibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D68AB1" w14:textId="1D4E2941" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">* You can also get benefits during a reasonable opportunity period, while </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+        <w:t>A qualified hospital may make presumptive eligibility determinations for its patients. Presumptive eligibility will be determined based on self-declared information. Qualified hospitals may determine presumptive eligibility for the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC48F5" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39937D7F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>1. MassHealth Standard</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4238C4" w14:textId="42DD9E54" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00BB49E1" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>hildren younger than 19</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0988A9EC" w14:textId="355FFCB0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="005B423D" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>oung adults 19 or 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00655C95" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC48F5" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEB79BB" w14:textId="47CE2C2E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00330198" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Pregnant </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:t>people</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A9E137" w14:textId="4D4E48D5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00330198" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Parents </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>or caretaker relatives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E31AC23" w14:textId="535B045A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00516813" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>People</w:t>
+      </w:r>
+      <w:r w:rsidR="00330198" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="51FFAE82" w14:textId="7127C219" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>with breast or cervical cancer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A57430" w14:textId="00F9EC3E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00516813" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>People</w:t>
+      </w:r>
+      <w:r w:rsidR="00330198" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>who are HIV positive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40671520" w14:textId="0FEF924A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00330198" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Independent </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>foster care children up to 26</w:t>
+      </w:r>
+      <w:r w:rsidR="00655C95" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC48F5" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA25599" w14:textId="3F48FE7D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>2. MassHealth CarePlus for adults 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC48F5" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BABAC7" w14:textId="3B327B8B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">3. MassHealth Family Assistance, </w:t>
+      </w:r>
+      <w:r w:rsidR="00516813" w:rsidRPr="00296FDF">
+        <w:t>for people who</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> meet the categorical and financial requirements of MassHealth Family Assistance and are</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019C493A" w14:textId="27B45ED5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>HIV positive</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7C3D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B1DCE2" w14:textId="7A9B7DE9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">children with incomes up to </w:t>
+      </w:r>
+      <w:r w:rsidR="00735E8F" w:rsidRPr="00296FDF">
+        <w:t>300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">% of the federal poverty level (FPL) who have a nonqualified </w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Person Residing Under Color of Law (PRUCOL) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>immigration status</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC48F5" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (See page </w:t>
+      </w:r>
+      <w:r w:rsidR="00C168DD" w:rsidRPr="00296FDF">
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00450C6E" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3973A764" w14:textId="011A95E1" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00D36C96" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A member can have only </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>one hospital-determined presumptive eligibility period within a 12-month timeframe, starting with the effective date of the initial presumptive eligibility period. An individual who has been eligible for MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="00C168DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Standard, CarePlus, CommonHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="00F830BF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, or Family Assistance </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>benefits in the previous 12 months may not be determined presumptively eligible by a hospital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D70548" w14:textId="73F47788" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Benefits provided through the hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>-determined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> presumptive eligibility process will begin on the date that the hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>determined presumptive eligibility and will continue until</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F269E8" w14:textId="4DA6C83A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the end of the month following the month of the presumptive eligibility determination, if the individual has not submitted a complete application by that date</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7C3D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D5BF73" w14:textId="049A8F5A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>an eligibility determination is made based on the individual’s submission of a complete application, if the complete application was submitted before the end of the month following the month of the presumptive eligibility determination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111E7446" w14:textId="1D0A5919" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="008F2270" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>MassHealth will not charge a premium during the hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>-determined</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> presumptive </w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">eligibility </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585F5E92" w14:textId="39DC0A34" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>For more information about hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>determined presumptive eligibility, see 130 CMR 502.000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBBE945" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...329 lines deleted...]
-    <w:p w14:paraId="5DBBE945" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>The MassHealth card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF0DAEE" w14:textId="125C316A" w:rsidR="00306196" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Each eligible household member will get a MassHealth card. You must show your card to your doctor or other </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> provider whenever you get medical care. If you have a MassHealth card and have other health insurance, be sure to show all cards. If you are eligible only for payment of health insurance premiums (for example, some MassHealth Family Assistance members who only get premium assistance), you </w:t>
+      </w:r>
+      <w:r w:rsidR="00121B85" w:rsidRPr="00296FDF">
+        <w:t>will not get a MassHealth card.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E97E31" w14:textId="77777777" w:rsidR="00CB3346" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3346" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Print or view your card</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539B0786" w14:textId="77777777" w:rsidR="00CB3346" w:rsidRPr="00C57886" w:rsidRDefault="00CB3346" w:rsidP="00C027A4">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="539B0786" w14:textId="77777777" w:rsidR="00CB3346" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3346" w:rsidP="00C027A4">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Log in to </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00C57886">
+        <w:r w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>MyServices</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and navigate to the “My Benefits” tab. There, you will find a link to view, download, and print your card. Other ways to get your MassHealth identification (ID) include the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7C84E8" w14:textId="77777777" w:rsidR="00CB3346" w:rsidRPr="00C57886" w:rsidRDefault="00CB3346" w:rsidP="00C027A4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7D7C84E8" w14:textId="77777777" w:rsidR="00CB3346" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3346" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Checking mailed notices from MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D13E7A0" w14:textId="7BA7C866" w:rsidR="00426E9F" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3346" w:rsidP="00C027A4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Calling the MassHealth Customer Service Center at (800) 841-2900, TDD/TTY:</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6C62" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>711</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0B8E4B" w14:textId="3485FAA7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">People who get health insurance through a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2D4A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">plan will get a health insurance card from the health plan they choose. Those determined to be low-income for the purposes of the Health Safety Net (HSN) will not get a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
-        <w:t>Checking mailed notices from MassHealth</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="005E6C62" w:rsidRPr="00C57886">
+        <w:t>card. If you are eligible for HSN services, hospitals and community health centers will check to determine if they can get reimbursement for services provided to you and your household.</w:t>
+      </w:r>
+      <w:r w:rsidR="00450C6E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="495E7EB4" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Our decision and your right to appeal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492FA6B7" w14:textId="31F14926" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">We will send you a notice to let you know if you can or cannot get one of the MassHealth coverage types or programs, ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>lans and Advance Premium Tax Credits, or the Health Safety Net</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95F87" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (HSN)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. If you </w:t>
+      </w:r>
+      <w:r w:rsidR="00067248" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">do not agree with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>our decision, you have the right to ask for a fair hearing to appeal our decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441BA6D4" w14:textId="108FFBAB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Notices have information that explains how to ask for a fair hearing and how much time you have to ask for one. See </w:t>
+      </w:r>
+      <w:r w:rsidR="00C015A0" w:rsidRPr="00296FDF">
+        <w:t>Section 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15536" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> to find out where to send your fair hearing request.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7E15" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DBDF84" w14:textId="0E85BE20" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you have questions about a MassHealth notice or how to ask for an appeal, call us at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004E113D" w:rsidRPr="00296FDF">
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="004E113D" w:rsidRPr="00296FDF">
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
+        <w:t>TDD/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      <w:r w:rsidR="00450C6E" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. If you have questions about a Health Connector appeal that is about services or premiums, call the Health Connector at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>877</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>623-6765. If you have questions about a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="495E7EB4" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> grievance, call the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Customer Service Center at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>877</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">910-2100. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> determinations are conducted through MassHealth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551AB640" w14:textId="5ADC34C9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>More specific information about your right to appeal can be found in the MassHealth regulations at 130 CMR 610.000: MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Fair Hearing Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCE9348" w14:textId="4915A435" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizens/nationals need to know about applying for MassHealth and ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...27 lines deleted...]
-      <w:r w:rsidR="00C015A0" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>lans and Advance Premium Tax Credits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28370AD0" w14:textId="2C2A21DB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Verification of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status and identity is required for all </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizens/nationals applying for MassHealth and ConnectorCare plans and Advance Premium Tax Credits. See </w:t>
+      </w:r>
+      <w:r w:rsidR="00C015A0" w:rsidRPr="00296FDF">
         <w:t>Section 1</w:t>
       </w:r>
-      <w:r w:rsidR="00D15536" w:rsidRPr="00C57886">
-[...5 lines deleted...]
-      <w:r w:rsidR="001D7E15" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DB2F34" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for more information about proof of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizenship/national status and identity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A68A67" w14:textId="04DA4069" w:rsidR="00C015A0" w:rsidRPr="00296FDF" w:rsidRDefault="0008362A" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">he most common forms of proof for both </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status and identity are a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">passport, a Certificate of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Citizenship, a Certificate of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Naturalization, or a document issued by a federally recognized American Indian tribe showing membership or enrollment in, or affiliation with, this tribe. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status may also be proved with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">public birth certificate or a Report of Birth Abroad of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Citizen. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2D2C" w:rsidRPr="00296FDF">
+        <w:t>You can also prove your identity</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> with a state driver’s license containing </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2D2C" w:rsidRPr="00296FDF">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> photo, a government issued identity card containing </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2D2C" w:rsidRPr="00296FDF">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> pho</w:t>
+      </w:r>
+      <w:r w:rsidR="0087015F" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">to, or a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087015F" w:rsidRPr="00296FDF">
+        <w:t>military ID card.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BEBA24" w14:textId="57504F12" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">For more detailed information about proving citizenship and identity, see </w:t>
+      </w:r>
+      <w:r w:rsidR="00C015A0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00B656F9" w:rsidRPr="00296FDF">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. We may be able to prove your identity through the Massachusetts Registry of Motor Vehicles if you have a Massachusetts driver’s license or a Massachusetts ID card. Once you give us proof of your </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status and identity, you will not have to give us this proof again. You must give us proof of identity for all household members who are applying. Seniors and disabled </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">people </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">who get or can get Medicare or Supplemental Security Income, or disabled </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF" w:rsidDel="0032227F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">who get Social Security Disability </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>Insurance</w:t>
+      </w:r>
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> do not have to give proof of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status and identity. A child born to a mother who was getting MassHealth on the date of the child’s birth does not have to give proof of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status and identity. (See </w:t>
+      </w:r>
+      <w:r w:rsidR="00C015A0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00B656F9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">11 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>for complete information about acceptable forms of proof.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF7D6FC" w14:textId="2AC59C02" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">For help getting proof, like a Massachusetts birth record or information about how to get a birth record from another state, please call us at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="004E113D" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="004E113D" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3241959B" w14:textId="6D0433FB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>What non</w:t>
+      </w:r>
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
-[...47 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizens need to know about applying for MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="006512D4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>lans and Advance Premium Tax Credits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBEFA55" w14:textId="75E068E6" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">To get the type of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> that gives the best coverage, or to get a ConnectorCare plan and Advance Premium Tax Credits, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2D2C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">each household member who is applying must prove their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>eligible immigration status.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48966E30" w14:textId="0959881C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">We will perform information matches with federal and state agencies to prove immigration status. If electronic data sources </w:t>
+      </w:r>
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">can’t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">prove an individual’s declared information, we will ask for additional documentation. We will send a Request for Information notice that will list all the required forms of proof and the deadline for submitting them. Immigration status information is listed </w:t>
+      </w:r>
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">in Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00B656F9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">11 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F830BF" w:rsidRPr="00296FDF">
+        <w:t>of the application</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4A69" w:rsidRPr="00296FDF">
+        <w:t>. You can also find it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidR="002053FA" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00890D75">
-[...391 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId22" w:tooltip="www.mass.gov/masshealth" w:history="1">
-        <w:r w:rsidR="002053FA" w:rsidRPr="00C57886">
+        <w:r w:rsidR="002053FA" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/masshealth</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="002053FA" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002053FA" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0E0313" w14:textId="7F489493" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="4E0E0313" w14:textId="7F489493" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
         <w:t>What non</w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> citizens need to know about applying for MassHealth Limited, MassHealth coverage for pregnant </w:t>
       </w:r>
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>the Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, and the Health Safety Net</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A98CF5D" w14:textId="1B7B273C" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0A98CF5D" w14:textId="3D254501" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Non</w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizens who are not eligible for an SSN or who do not have documentation of their immigration status may still qualify for MassHealth Limited, MassHealth coverage for pregnant </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>the Children’s Medical Security Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95F87" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>CMSP</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95F87" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, or the Health Safety Net</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95F87" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (HSN)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. However, they </w:t>
+      </w:r>
+      <w:r w:rsidR="00332522" w:rsidRPr="00296FDF">
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> give us</w:t>
+      </w:r>
+      <w:r w:rsidR="0043726D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the following to be eligible for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidR="0043726D" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2357E5FF" w14:textId="23F64AF2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0043726D" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Proof </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>of income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1F3EDA" w14:textId="07ED9EDE" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0043726D" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Proof </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>of identity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBB1B86" w14:textId="647DDF83" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00524687" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you are a n</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...40 lines deleted...]
-      <w:r w:rsidR="0043726D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>citizen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, you </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">do not have to submit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">immigration documents with the application if </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> are applying only for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> children, not for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>yourself</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2357E5FF" w14:textId="23F64AF2" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="0043726D" w:rsidP="00890D75">
-[...34 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+    <w:p w14:paraId="181B8D91" w14:textId="42AB8841" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">do not have pay stubs or tax records, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">can prove </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> income in other ways, like giving us a signed statement from </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6059" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>employer containing the gross (before taxes and deductions</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t>, except for pretax deductions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>) pay and hours worked.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7412BBC1" w14:textId="7DE40304" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0030139C" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">We will keep applications </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>and the information on them confidential. This means that</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB9D147" w14:textId="2F54B11B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0030139C" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">we will not send </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>names and addresses to immigration enforcement officials; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9E5581" w14:textId="5F1B2E00" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">we will not match information with other agencies if individuals do not have </w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Social Security </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5142FEFE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>What visitors need to know about applying</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123D3AE8" w14:textId="59D4FE2B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0030139C" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> are not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">resident, you </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">are not eligible for MassHealth or other </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> benefits that are funded by the Commonwealth of Massachusetts.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C436C0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> If you are visiting Massachusetts for personal pleasure, such as for vacation, or for the purposes of receiving medical care in a setting other than a nursing facility, you do not meet residency requirements for MassHealth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52098795" w14:textId="21EBFCA1" w:rsidR="0087015F" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Note: See </w:t>
+      </w:r>
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00B656F9" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23064" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B656F9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...159 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>for information about free and low-cost legal services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="630BDE31" w14:textId="77777777" w:rsidR="0087015F" w:rsidRPr="00C57886" w:rsidRDefault="0087015F" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="630BDE31" w14:textId="77777777" w:rsidR="0087015F" w:rsidRPr="00296FDF" w:rsidRDefault="0087015F" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273D6683" w14:textId="1A8C5326" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="273D6683" w14:textId="1A8C5326" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Section 2</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00306196" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00306196" w:rsidRPr="00296FDF">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">overage </w:t>
       </w:r>
-      <w:r w:rsidR="00306196" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00306196" w:rsidRPr="00296FDF">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ypes and </w:t>
       </w:r>
-      <w:r w:rsidR="00306196" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00306196" w:rsidRPr="00296FDF">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>rograms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79926E60" w14:textId="49B6F748" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="79926E60" w14:textId="49B6F748" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>This section of the booklet will help you learn about the coverage types and programs and if you might be eligible for any. For each of the coverage types and programs, this section tells you</w:t>
       </w:r>
-      <w:r w:rsidR="0043726D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0043726D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A16153" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    <w:p w14:paraId="01A16153" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Who can get benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271F57CA" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    <w:p w14:paraId="271F57CA" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>What the income standards are</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7877A16B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    <w:p w14:paraId="7877A16B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>What health services are covered</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207884B1" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    <w:p w14:paraId="207884B1" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>When coverage begins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A872AEE" w14:textId="0B39613F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4A872AEE" w14:textId="0B39613F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you don’t find your situation under one coverage type, you might find it under another. If you apply, you will get a notice from us. The notice will tell you if you can get benefits and</w:t>
       </w:r>
-      <w:r w:rsidR="00C472A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C472A2" w:rsidRPr="00296FDF">
         <w:t>, if so,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> when they will begin. We will give you the most complete coverage you qualify for.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63478CBB" w14:textId="77777777" w:rsidR="00C31001" w:rsidRPr="009C1F4F" w:rsidRDefault="00C31001" w:rsidP="009C1F4F">
+    <w:p w14:paraId="63478CBB" w14:textId="77777777" w:rsidR="00C31001" w:rsidRPr="00296FDF" w:rsidRDefault="00C31001" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Continuous Coverage </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AEED2DA" w14:textId="6FBF467D" w:rsidR="00C31001" w:rsidRPr="00C57886" w:rsidRDefault="00C31001" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4AEED2DA" w14:textId="6FBF467D" w:rsidR="00C31001" w:rsidRPr="00296FDF" w:rsidRDefault="00C31001" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Some members may be eligible to </w:t>
       </w:r>
-      <w:r w:rsidR="00EA3F45" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EA3F45" w:rsidRPr="00296FDF">
         <w:t>keep their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> coverage for</w:t>
       </w:r>
-      <w:r w:rsidR="008D0E47" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D0E47" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> a certain</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> period of time</w:t>
+      </w:r>
+      <w:r w:rsidR="009C09A8" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> even if th</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3F45" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ere are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">changes in their circumstances. You may be able to get continuous coverage if you are </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2F6A" w:rsidRPr="00296FDF">
+        <w:t>any of the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471BC4C5" w14:textId="0FC31F67" w:rsidR="00C31001" w:rsidRPr="00296FDF" w:rsidRDefault="00C31001" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">18 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51C1A" w:rsidRPr="00296FDF">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4150" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> younger</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F588FAA" w14:textId="44D1FBE3" w:rsidR="00C31001" w:rsidRPr="00296FDF" w:rsidRDefault="00C31001" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Unhoused</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538C14EB" w14:textId="4B986837" w:rsidR="00C31001" w:rsidRPr="00296FDF" w:rsidRDefault="00E87AB3" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Recently r</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31001" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">eleased from </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6714" w:rsidRPr="00296FDF">
+        <w:t>jail or prison</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E86C1E1" w14:textId="6B12F7B0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00D50908" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth Standard </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C8B146" w14:textId="5B27AA69" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">This coverage type offers a full range of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7845B0C7" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Who can ge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249BC725" w14:textId="4BF73EA5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You may be able to get MassHealth Standard if you are a resident of Massachusetts and are</w:t>
+      </w:r>
+      <w:r w:rsidR="0043726D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> one of the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07338BDE" w14:textId="3FF67132" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Pregnant</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F898AAE" w14:textId="488F4479" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Younger </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9A168B" w14:textId="071A89A8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>young adult 19 or 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="0043726D" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="445FAA76" w14:textId="2FA6228D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">parent living with your children </w:t>
+      </w:r>
+      <w:r w:rsidR="00C472A2" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">who are </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="251B5426" w14:textId="66C16B26" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">An </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>adult caretaker living with children younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...75 lines deleted...]
-    <w:p w14:paraId="7845B0C7" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>to whom you are related and for whom you are the primary caretaker when neither parent is living in the home</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24780322" w14:textId="45011C4F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Younger </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">than 65 </w:t>
+      </w:r>
+      <w:r w:rsidR="0043726D" w:rsidRPr="00296FDF">
+        <w:t>and have</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> breast or cervical cancer</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1CF436" w14:textId="630FD377" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Younger </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>than 65 and HIV positive</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D192B0" w14:textId="65F49614" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Disabled </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>according to the standards set by federal and state law</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (This means you have a mental or physical condition that limits or keeps you from working for at least 12 months. MassHealth decides if you meet the disability standards</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4A5B" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F51FF6" w14:textId="15D5E1EF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Eligible </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">based on special rules, which may let you keep these benefits for up to 12 months after you have gone back to work or gotten a raise, no matter </w:t>
+      </w:r>
+      <w:r w:rsidR="0043726D" w:rsidRPr="00296FDF">
+        <w:t>the amount of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> your new earnings</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D7F8C9" w14:textId="4C16B31B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Up </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">to 26 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">years </w:t>
+      </w:r>
+      <w:r w:rsidR="0043726D" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and were</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> formerly in foster care (no income limit)</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186FF763" w14:textId="6F4BB504" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Otherwise </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">eligible for MassHealth CarePlus, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">been determined to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06C17" w:rsidRPr="00296FDF">
+        <w:t>be medically frail</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>chosen to be enrolled in MassHealth Standard</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A724591" w14:textId="77287906" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A12379" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Younger </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>than 65 and getting services or are on a waiting list to get services from the Department of Mental Health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE392C9" w14:textId="66B7C401" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00121B85" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> These benefits are also available for parents and caretaker relatives who are 65 or older.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3182EAF5" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...319 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Income standards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067C8CDA" w14:textId="3238ACDC" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="067C8CDA" w14:textId="3238ACDC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For information about income, see </w:t>
       </w:r>
-      <w:r w:rsidR="000B54AD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000B54AD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00B656F9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B656F9" w:rsidRPr="00296FDF">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00121B85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00121B85" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7334447C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7334447C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">See the chart on </w:t>
       </w:r>
-      <w:r w:rsidR="005112AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005112AC" w:rsidRPr="00296FDF">
         <w:t>the inside back cover</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3867" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FD3867" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>for the federal poverty levels (FPLs).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FDCAB64" w14:textId="59FD9988" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="7FDCAB64" w14:textId="59FD9988" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">For pregnant </w:t>
       </w:r>
-      <w:r w:rsidR="0032227F" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">and children younger than </w:t>
       </w:r>
-      <w:r w:rsidR="00597383" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00597383" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">year </w:t>
       </w:r>
-      <w:r w:rsidR="006A7729" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="006A7729" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidR="00F03FC8" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00F03FC8" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00F03FC8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F03FC8" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">he Modified Adjusted Gross Income (MAGI) of your MassHealth MAGI household can be no more than 200% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>. If you are pregnant, your unborn child (or children) is counted in your household size, which means there are at least two people in your household.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C552342" w14:textId="5F826343" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="7C552342" w14:textId="5F826343" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">For children </w:t>
       </w:r>
-      <w:r w:rsidR="005051F4" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="005051F4" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>through 18</w:t>
       </w:r>
-      <w:r w:rsidR="00B93CC1" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidR="006A7729" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="006A7729" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household can be no more than 150% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D063B3D" w14:textId="1DF9F358" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="6D063B3D" w14:textId="1DF9F358" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For young adults 19 or 20</w:t>
       </w:r>
-      <w:r w:rsidR="00B93CC1" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidR="006A7729" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="006A7729" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household can be no more than 150% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F03413A" w14:textId="0E3FD5F7" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="6F03413A" w14:textId="0E3FD5F7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For parents or caretaker relatives of children younger than 19</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:t>, t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household can be no more than 133% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA13B67" w14:textId="2E8BB4F8" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="3AA13B67" w14:textId="2E8BB4F8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For individuals with breast or cervical cancer</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household can be no more than 250% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF7D20C" w14:textId="50B48FF5" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="3CF7D20C" w14:textId="50B48FF5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For individuals who are HIV positive</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household can be no more than 133% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C97BDFF" w14:textId="41BE70CC" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="1C97BDFF" w14:textId="1BC1627A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">For individuals with </w:t>
       </w:r>
-      <w:r w:rsidR="006A7729" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="006A7729" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>special healthcare</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+        <w:t xml:space="preserve">special </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006A7729" w:rsidRPr="009C1F4F">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>n</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7729" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">eeds and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00690617" w:rsidRPr="009C1F4F">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>those under the ca</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A10254" w:rsidRPr="009C1F4F">
+        <w:t xml:space="preserve">eeds and </w:t>
+      </w:r>
+      <w:r w:rsidR="00690617" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>r</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00690617" w:rsidRPr="009C1F4F">
+        <w:t>those under the ca</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10254" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">e of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00690617" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Department of Mental Health</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0093065F" w:rsidRPr="009C1F4F">
+        <w:t xml:space="preserve">e of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>,</w:t>
-[...15 lines deleted...]
-      <w:pPr>
+        <w:t>Department of Mental Health</w:t>
+      </w:r>
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household can be no more than 133% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4E1F4A" w14:textId="33B003B5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>For disabled adults</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0093065F" w:rsidRPr="009C1F4F">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>,</w:t>
-[...15 lines deleted...]
-      <w:pPr>
+        <w:t>For disabled adults</w:t>
+      </w:r>
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">our household income can be no more than 133% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F6B16E" w14:textId="64EB9E1C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>For immigrants</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0093065F" w:rsidRPr="009C1F4F">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>For immigrants</w:t>
+      </w:r>
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0093065F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0093065F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ertain immigrants cannot get MassHealth Standard, but they may be able to get </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> benefits under other MassHealth coverage types and programs. This includes some immigrants who entered the United States on or after August 22, 1996, or who have lived in the United States under color of law. (See “</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">citizenship and immigration rules” </w:t>
       </w:r>
-      <w:r w:rsidR="003F67C1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003F67C1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="004464B3" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00B656F9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B656F9" w:rsidRPr="00296FDF">
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3701D0CF" w14:textId="074BAE8D" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="3701D0CF" w14:textId="074BAE8D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Premiums</w:t>
       </w:r>
-      <w:r w:rsidR="00F2314D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F2314D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB454D0" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5BB454D0" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Certain individuals with breast or cervical cancer who are eligible for MassHealth Standard may be charged a premium for their coverage. If you must pay a premium, we will tell you the amount and send you a bill every month.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30269192" w14:textId="430C38A4" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C472A2" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="30269192" w14:textId="430C38A4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C472A2" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Anyone else who is</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> eligible for MassHealth Standard will not be charged a premium for their coverage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125B8FD5" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="125B8FD5" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Other health insurance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA988B6" w14:textId="0487DBD5" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5DA988B6" w14:textId="0487DBD5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you have </w:t>
       </w:r>
-      <w:r w:rsidR="007F7753" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F7753" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or have </w:t>
       </w:r>
-      <w:r w:rsidR="00781D4C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00781D4C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">access to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>other health insurance, MassHealth may pay part of your household’s health insurance premiums.</w:t>
       </w:r>
-      <w:r w:rsidR="00BE415C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BE415C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">See </w:t>
       </w:r>
-      <w:r w:rsidR="00FD3867" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FD3867" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00365AF1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00365AF1" w:rsidRPr="00296FDF">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00781D4C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00781D4C" w:rsidRPr="00296FDF">
         <w:t>, MassHealth and Other Health Insurance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEEA002" w14:textId="6E7E39CF" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="4BEEA002" w14:textId="6E7E39CF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">remium </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ssistance under MassHealth Standard</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7D4A2A" w14:textId="49E61986" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00781D4C" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1C7D4A2A" w14:textId="49E61986" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00781D4C" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth regulations require members to </w:t>
       </w:r>
-      <w:r w:rsidR="00DA29F7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA29F7" w:rsidRPr="00296FDF">
         <w:t>get and keep</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> available health insurance, including health insurance available through an employer. </w:t>
       </w:r>
-      <w:r w:rsidR="00F9189F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F9189F" w:rsidRPr="00296FDF">
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> determine </w:t>
       </w:r>
-      <w:r w:rsidR="00795E95" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00795E95" w:rsidRPr="00296FDF">
         <w:t>whether you and members of your household are still eligible</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, we may request additional information from you and your employer about </w:t>
       </w:r>
-      <w:r w:rsidR="007B7E4E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007B7E4E" w:rsidRPr="00296FDF">
         <w:t>whether you can get</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> employer</w:t>
       </w:r>
-      <w:r w:rsidR="0031627D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0031627D" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">sponsored health insurance coverage. </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>MassHealth may investigat</w:t>
       </w:r>
-      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">e whether an </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">individual who </w:t>
       </w:r>
-      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00296FDF">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...13 lines deleted...]
-      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> receiving MassHealth Standard either </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">enrolled in </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>or ha</w:t>
       </w:r>
-      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> access to </w:t>
       </w:r>
-      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DE7ECF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">qualifying </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>employer-sponsored health insurance.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> You must cooperate in providing information necessary to maintain eligibility, including </w:t>
       </w:r>
-      <w:r w:rsidR="00B40150" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">evidence of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>obtaining or maintaining available health insurance</w:t>
       </w:r>
-      <w:r w:rsidR="00624A21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00624A21" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or your MassHealth benefits may </w:t>
       </w:r>
-      <w:r w:rsidR="006A7729" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006A7729" w:rsidRPr="00296FDF">
         <w:t>end</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D92F425" w14:textId="11E4BBDC" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="0D92F425" w14:textId="11E4BBDC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>To find out more about the premium assistance rules under MassHealth Standard, see 130 CMR 505.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59ACDC79" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="59ACDC79" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Covered services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5792EE2A" w14:textId="36E587BA" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5792EE2A" w14:textId="1020AFEA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">For MassHealth Standard, covered services include the </w:t>
+      </w:r>
+      <w:r w:rsidR="000F12AD" w:rsidRPr="00296FDF">
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. There may be some limits. Your </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> provider can explain them.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC7A3CA" w14:textId="47142685" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="3AC7A3CA" w14:textId="47142685" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Inpatient hospital services*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E350C1" w14:textId="052549F8" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="17E350C1" w14:textId="052549F8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Outpatient services: hospitals, clinics, doctors, dentists, family planning, and vision care</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069DC3D3" w14:textId="1E94C7EF" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="069DC3D3" w14:textId="1E94C7EF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Medical services: lab tests, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="002B7AD7" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="002B7AD7" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>rays, therapies, pharmacy services, eyeglasses, hearing aids, medical equipment and supplies, adult day health, and adult foster care</w:t>
       </w:r>
-      <w:r w:rsidR="005871A4" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (For more information about choosing and enrolling in a Medicare prescription drug plan, see </w:t>
       </w:r>
-      <w:r w:rsidR="004464B3" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00365AF1" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00365AF1" w:rsidRPr="00296FDF">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DAE0F1" w14:textId="4CC6DBBD" w:rsidR="00561F8C" w:rsidRPr="009C1F4F" w:rsidRDefault="00982B72" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="68DAE0F1" w14:textId="4CC6DBBD" w:rsidR="00561F8C" w:rsidRPr="00296FDF" w:rsidRDefault="00982B72" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Acupuncture s</w:t>
       </w:r>
-      <w:r w:rsidR="00561F8C" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00561F8C" w:rsidRPr="00296FDF">
         <w:t>ervices</w:t>
       </w:r>
-      <w:r w:rsidR="004426C9" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="004426C9" w:rsidRPr="00296FDF">
         <w:t>†</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6E229B" w14:textId="03E8B92E" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="6D6E229B" w14:textId="03E8B92E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Behavioral health (mental health and </w:t>
       </w:r>
-      <w:r w:rsidR="00B93FA8" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00B93FA8" w:rsidRPr="00296FDF">
         <w:t>substance use</w:t>
       </w:r>
-      <w:r w:rsidR="004426C9" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="004426C9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> disorder</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>) services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353293EA" w14:textId="60772ED0" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="353293EA" w14:textId="60772ED0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Well-child screenings (for children younger than 21</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidR="00330198" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00330198" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="001810AD" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="001810AD" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> including medical, vision, dental, hearing, behavioral health (mental health and </w:t>
       </w:r>
-      <w:r w:rsidR="00907412" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00907412" w:rsidRPr="00296FDF">
         <w:t>substance use</w:t>
       </w:r>
-      <w:r w:rsidR="004426C9" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="004426C9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> disorder</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>), and developmental screens, as well as shots</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7061385E" w14:textId="574BCDC2" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="7061385E" w14:textId="574BCDC2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Long-term-care services at home or in a long-term-care facility, including home health services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBC6F79" w14:textId="27E212F6" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="5CBC6F79" w14:textId="27E212F6" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Transportation services</w:t>
       </w:r>
-      <w:r w:rsidR="004426C9" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="004426C9" w:rsidRPr="00296FDF">
         <w:t>‡</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440D626D" w14:textId="2E19EECF" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C1F4F">
+    <w:p w14:paraId="440D626D" w14:textId="2E19EECF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Quit-smoking services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B86666" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    <w:p w14:paraId="39B86666" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>* Certain restrictions can be found in the MassHealth regulations at 130 CMR 415.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C945A3" w14:textId="037066F0" w:rsidR="007C2968" w:rsidRPr="009C1F4F" w:rsidRDefault="004426C9" w:rsidP="0032227F">
+    <w:p w14:paraId="77C945A3" w14:textId="037066F0" w:rsidR="007C2968" w:rsidRPr="00296FDF" w:rsidRDefault="004426C9" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>†</w:t>
       </w:r>
-      <w:r w:rsidR="007C2968" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="007C2968" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certain restrictions can be found in the MassHealth regulations at 130 CMR 447.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723D3AB5" w14:textId="7DFFDF07" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="004426C9" w:rsidP="0032227F">
+    <w:p w14:paraId="723D3AB5" w14:textId="7DFFDF07" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="004426C9" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>‡</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="009C1F4F">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certain restrictions can be found in the MassHealth regulations at 130 CMR 407.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320221EC" w14:textId="5C1C1CA2" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="320221EC" w14:textId="5C1C1CA2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Note: For disabled adults who also get Medicare Part B, MassHealth will pay the Medicare premium and</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> if applicable, the coinsurance and deductibles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DC316E" w14:textId="2A88BE8F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="16DC316E" w14:textId="2A88BE8F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Important information for children and </w:t>
       </w:r>
-      <w:r w:rsidR="005741D2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005741D2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">young adults </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>with significant mental health needs</w:t>
       </w:r>
-      <w:r w:rsidR="00942147" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00942147" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, including autism spectrum disorder </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or serious emotional disturbance </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18610282" w14:textId="1F17A338" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="18610282" w14:textId="1F17A338" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth offers certain behavioral health services for eligible children and </w:t>
       </w:r>
-      <w:r w:rsidR="005741D2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005741D2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">young adults </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>younger than 21 who are enrolled in MassHealth Standard or MassHealth CommonHealth. If your child is ineligible for MassHealth Standard</w:t>
       </w:r>
-      <w:r w:rsidR="00B1555E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B1555E" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="006356B4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006356B4" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>and a behavioral health assessment or other evaluation shows that your child has significant mental health needs</w:t>
       </w:r>
-      <w:r w:rsidR="00942147" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00942147" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, including </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>autism spectrum disorder (</w:t>
       </w:r>
-      <w:r w:rsidR="00942147" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00942147" w:rsidRPr="00296FDF">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="009A509A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009A509A" w:rsidRPr="00296FDF">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00942147" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00942147" w:rsidRPr="00296FDF">
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>serious emotional disturbance (SED)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="002073CE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002073CE" w:rsidRPr="00296FDF">
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> may be disabled and eligible for MassHealth CommonHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA9FBE2" w14:textId="68DD60CD" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="5CA9FBE2" w14:textId="68DD60CD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Additional services for children younger than 21</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidR="00330198" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00330198" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0030F1F6" w14:textId="29224FEC" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0030F1F6" w14:textId="6D2C1033" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Children, teens, and young adults younger than 21 </w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">years </w:t>
       </w:r>
-      <w:r w:rsidR="00330198" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00330198" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">who are determined eligible for MassHealth Standard are also eligible for </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">arly and </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">eriodic </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">creening, </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
-[...5 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00081D7C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">diagnostic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">reatment (EPSDT) services, which include all medically necessary services covered by Medicaid law. See 42 U.S.C. §§1396a(a)(10), 1396d(a), and 1396d(r). This means that MassHealth pays for any medically necessary treatment that is covered by Medicaid law, if it is delivered by a provider who is qualified and willing to provide the service. If the service is not already covered by the child’s MassHealth coverage type, the prescribing clinician can ask MassHealth for prior approval (PA) to determine if the service is medically necessary. MassHealth pays for the service if </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">PA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>is given.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70BF0A36" w14:textId="2460C9C2" w:rsidR="00C66627" w:rsidRPr="009C1F4F" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="70BF0A36" w14:textId="2460C9C2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">A complete listing and a more detailed description of the services covered can be found in the MassHealth regulations at 130 CMR 450.105. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF79B06" w14:textId="0D6988BD" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="6BF79B06" w14:textId="0D6988BD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Coverage begins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15032281" w14:textId="63F1F496" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="15032281" w14:textId="4E76757A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If we get all needed information within 90 days, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="003D6F45" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003D6F45" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">with the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>except</w:t>
       </w:r>
-      <w:r w:rsidR="003D6F45" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003D6F45" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ion </w:t>
       </w:r>
-      <w:r w:rsidR="00776876" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-      <w:r w:rsidR="00776876" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00776876" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>proof of disability (or if you are pregnant or a child or a young adult younger than 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">who is eligible for provisional </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> coverage as described on page </w:t>
+      </w:r>
+      <w:r w:rsidR="00587366" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>), your coverage may begin</w:t>
+      </w:r>
+      <w:r w:rsidR="7B7CAE8F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...14 lines deleted...]
-      <w:r w:rsidR="7B7CAE8F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2BF5" w:rsidRPr="00296FDF">
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="00687120" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the first day of the month </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth gets your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1596BC2B" w14:textId="3185BA63" w:rsidR="00100108" w:rsidRPr="00296FDF" w:rsidRDefault="00100108" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you have bills for medical services</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC06EE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> you received in the three months before applying, we may be able to pay </w:t>
+      </w:r>
+      <w:r w:rsidR="005741D2" w:rsidRPr="00296FDF">
+        <w:t>them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> if you were eligible during </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65FAD" w:rsidRPr="00296FDF">
+        <w:t>those three months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009376F6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2BF5" w:rsidRPr="00C57886">
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You may need to give us proof of income, family size, address, disability, pregnancy, or health insurance. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344F62F1" w14:textId="698E2736" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="344F62F1" w14:textId="724C4579" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you are eligible for </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> coverage based on a disability, your coverage may begin 10 calendar days before the date MassHealth gets your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76DE0F64" w14:textId="0DF33644" w:rsidR="002073CE" w:rsidRPr="00C57886" w:rsidRDefault="002073CE" w:rsidP="0032227F">
+    <w:p w14:paraId="76DE0F64" w14:textId="0DF33644" w:rsidR="002073CE" w:rsidRPr="00296FDF" w:rsidRDefault="002073CE" w:rsidP="0032227F">
       <w:bookmarkStart w:id="4" w:name="_Hlk123035451"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Pregnant MassHealth Standard members are eligible through the end of their pregnancy and for 12 months after (postpartum). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="6493743E" w14:textId="400153A8" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6493743E" w14:textId="400153A8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you are eligible for premium assistance, you will begin to get payments in the month in which you are determined eligible for premium assistance, or in the month your health insurance deductions begin, whichever is later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DF4D50" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="07DF4D50" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Extended eligibility through Transitional Medical Assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E19C09" w14:textId="7BFC8508" w:rsidR="006727C6" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="26E19C09" w14:textId="7BFC8508" w:rsidR="006727C6" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Certain MassHealth Standard members may be eligible for up to 12 months of benefits after their income has gone above 133% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. MassHealth will give </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ransitional </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">edical </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ssistance to parents and caretaker relatives (of children younger than 19) and their children</w:t>
       </w:r>
-      <w:r w:rsidR="00035F34" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00035F34" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4865FACD" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="4865FACD" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth CommonHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5353FB" w14:textId="7B494EFE" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0B5353FB" w14:textId="7312272B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth CommonHealth offers </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...14 lines deleted...]
-    <w:p w14:paraId="16C97EEE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> benefits similar to MassHealth Standard to disabled adults and disabled children who cannot get MassHealth Standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C97EEE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Who can get benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B173385" w14:textId="5FB5A1F7" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4B173385" w14:textId="5FB5A1F7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>You may be able to get MassHealth CommonHealth if you are a resident of Massachusetts and are</w:t>
       </w:r>
-      <w:r w:rsidR="00330198" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00330198" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> one of the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542064F5" w14:textId="49F8E411" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00330198" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="542064F5" w14:textId="49F8E411" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00330198" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>disabled child younger than 19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CDFD91" w14:textId="44BCF7F4" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00330198" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="79CDFD91" w14:textId="44BCF7F4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00330198" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>disabled young adult 19 or 20</w:t>
       </w:r>
-      <w:r w:rsidR="00B93CC1" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58BEC0E4" w14:textId="155113D1" w:rsidR="005871A4" w:rsidRPr="00C9517A" w:rsidRDefault="00330198" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="58BEC0E4" w14:textId="155113D1" w:rsidR="005871A4" w:rsidRPr="00296FDF" w:rsidRDefault="00330198" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>disabled adult 21 or older</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD78AAE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3AD78AAE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth decides if you are disabled according to the standards set by federal and state law. For an adult, this generally means you have a mental or physical condition that severely limits your ability to work or to do certain activities for at least 12 months.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F019FC" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="79F019FC" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Income standards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B21E484" w14:textId="3335C22C" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0B21E484" w14:textId="3335C22C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If your household income is above 133% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, you may have to pay a premium</w:t>
       </w:r>
-      <w:r w:rsidR="00100108" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00100108" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> See the chart on </w:t>
       </w:r>
-      <w:r w:rsidR="00BA705C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA705C" w:rsidRPr="00296FDF">
         <w:t>the inside back cover</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E485B1E" w14:textId="6820E16A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2E485B1E" w14:textId="6820E16A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Disabled individuals 19</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">20 </w:t>
       </w:r>
-      <w:r w:rsidR="00B93CC1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">years </w:t>
       </w:r>
-      <w:r w:rsidR="00330198" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00330198" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidR="00B93CC1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">who are nonqualified </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t>Persons Residing Under Color of Law (PRUCOL)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">s and have income at or below 150% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> will not be assessed a premium.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DC6C76" w14:textId="507499F1" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="28DC6C76" w14:textId="507499F1" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Disabled adults 19 or older</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B39A730" w14:textId="244284C0" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2B39A730" w14:textId="244284C0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If your household income is above 150% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, you will have to pay monthly premiums. The amount of the premium is based on</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCF9861" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="5DCF9861" w14:textId="1A759256" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">your monthly income, as it compares to the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidR="000F12AD" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0015A712" w14:textId="2B7BAE82" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>your household size</w:t>
+      </w:r>
+      <w:r w:rsidR="000F12AD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B70B3E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>if you have other health insurance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750FE6D8" w14:textId="32486A8B" w:rsidR="003344C4" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="750FE6D8" w14:textId="32486A8B" w:rsidR="003344C4" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you must pay a premium, we will tell you the amount and send you a bill every month. For more information about MassHealth/</w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Children’s Medical Security Plan (CMSP) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">premiums, see </w:t>
       </w:r>
-      <w:r w:rsidR="004464B3" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00365AF1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00365AF1" w:rsidRPr="00296FDF">
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08EF1113" w14:textId="3673F8F1" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="08EF1113" w14:textId="3673F8F1" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Premiums </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566EB987" w14:textId="3E1DF83A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="566EB987" w14:textId="3E1DF83A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Based on your income, you may be charged a premium. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D04FA6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="70D04FA6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Other health insurance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028C8AD2" w14:textId="1163F7C7" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="028C8AD2" w14:textId="1163F7C7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you have </w:t>
       </w:r>
-      <w:r w:rsidR="007F7753" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F7753" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or have access to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>other health insurance, MassHealth may pay part of your household’s health insurance premiums.</w:t>
       </w:r>
-      <w:r w:rsidR="00BA705C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BA705C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">See </w:t>
       </w:r>
-      <w:r w:rsidR="004464B3" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00365AF1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00365AF1" w:rsidRPr="00296FDF">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="007F7753" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F7753" w:rsidRPr="00296FDF">
         <w:t>, MassHealth and Other Health Insurance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00426A1D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00426A1D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B642F9" w14:textId="134988DF" w:rsidR="007F7753" w:rsidRPr="00C57886" w:rsidRDefault="007F7753" w:rsidP="009C1F4F">
+    <w:p w14:paraId="64B642F9" w14:textId="134988DF" w:rsidR="007F7753" w:rsidRPr="00296FDF" w:rsidRDefault="007F7753" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">remium </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ssistance under MassHealth CommonHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F343C80" w14:textId="0E89B187" w:rsidR="00DE7ECF" w:rsidRPr="00C57886" w:rsidRDefault="00DE7ECF" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3F343C80" w14:textId="0E89B187" w:rsidR="00DE7ECF" w:rsidRPr="00296FDF" w:rsidRDefault="00DE7ECF" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth regulations require members to </w:t>
       </w:r>
-      <w:r w:rsidR="00DA29F7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA29F7" w:rsidRPr="00296FDF">
         <w:t>get and keep</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> available health insurance, including health insurance available through an employer. </w:t>
       </w:r>
-      <w:r w:rsidR="00F9189F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F9189F" w:rsidRPr="00296FDF">
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> determine continued </w:t>
       </w:r>
-      <w:r w:rsidR="00B40150" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>eligibility for you and members of your household, we may request additional information from you and your employer about your access to employer</w:t>
       </w:r>
-      <w:r w:rsidR="000C4A5B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000C4A5B" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">sponsored health insurance coverage. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">MassHealth may investigate whether an individual who is receiving MassHealth CommonHealth either </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">enrolled in or has access to qualifying employer-sponsored health insurance. You must cooperate in providing information necessary to maintain eligibility, including </w:t>
       </w:r>
-      <w:r w:rsidR="00B40150" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">evidence of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">obtaining </w:t>
       </w:r>
-      <w:r w:rsidR="0024087D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0024087D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>maintaining available health insurance</w:t>
       </w:r>
-      <w:r w:rsidR="00B40150" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or your MassHealth benefits may </w:t>
       </w:r>
-      <w:r w:rsidR="00A85BE0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A85BE0" w:rsidRPr="00296FDF">
         <w:t>end</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5201D683" w14:textId="4A65413A" w:rsidR="007F7753" w:rsidRPr="00C9517A" w:rsidRDefault="007F7753" w:rsidP="00C9517A">
+    <w:p w14:paraId="5201D683" w14:textId="4A65413A" w:rsidR="007F7753" w:rsidRPr="00296FDF" w:rsidRDefault="007F7753" w:rsidP="00C9517A">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>To find out more about the premium assistance rules under MassHealth CommonHealth, see 130 CMR 505.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55746F2E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="55746F2E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Covered services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDA106C" w14:textId="6883A519" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6EDA106C" w14:textId="0371B13B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">For MassHealth CommonHealth, covered services include the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8603E" w:rsidRPr="00296FDF">
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. There may be some limits. Your </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> provider can explain them.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB501D6" w14:textId="74F3C20A" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="3EB501D6" w14:textId="74F3C20A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Inpatient hospital services*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4114394C" w14:textId="642519B3" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="4114394C" w14:textId="642519B3" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Outpatient services: hospitals, clinics, doctors, dentists, family planning, and vision care</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE6E82F" w14:textId="1D619D8E" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="3FE6E82F" w14:textId="1D619D8E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Medical services: lab tests, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="00B40150" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>rays, therapies, pharmacy services, eyeglasses, hearing aids, medical equipment and supplies, adult day health, and adult foster care</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (For more information about choosing and enrolling in a Medicare prescription drug plan, see </w:t>
       </w:r>
-      <w:r w:rsidR="004464B3" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00365AF1" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00365AF1" w:rsidRPr="00296FDF">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F522AFC" w14:textId="44E61286" w:rsidR="00510894" w:rsidRPr="00C9517A" w:rsidRDefault="00982B72" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="5F522AFC" w14:textId="44E61286" w:rsidR="00510894" w:rsidRPr="00296FDF" w:rsidRDefault="00982B72" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Acupuncture s</w:t>
       </w:r>
-      <w:r w:rsidR="00510894" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00510894" w:rsidRPr="00296FDF">
         <w:t>ervices</w:t>
       </w:r>
-      <w:r w:rsidR="00520033" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00520033" w:rsidRPr="00296FDF">
         <w:t>†</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1866292B" w14:textId="49617286" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="1866292B" w14:textId="49617286" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Behavioral health (mental health and </w:t>
       </w:r>
-      <w:r w:rsidR="00907412" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00907412" w:rsidRPr="00296FDF">
         <w:t>substance use</w:t>
       </w:r>
-      <w:r w:rsidR="00790ACE" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00790ACE" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> disorder</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>) services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22462526" w14:textId="7790470B" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="22462526" w14:textId="7790470B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Well-child screenings (for children younger than 21</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidR="00DF22E0" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="005871A4" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="005871A4" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> including medical, vision, dental, hearing, behavioral health (mental health and </w:t>
       </w:r>
-      <w:r w:rsidR="00907412" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00907412" w:rsidRPr="00296FDF">
         <w:t>substance use</w:t>
       </w:r>
-      <w:r w:rsidR="00790ACE" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00790ACE" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> disorder</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>), and developmental screens, as well as shots</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780BE410" w14:textId="2CAC9192" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="780BE410" w14:textId="2CAC9192" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Long-term-care services at home or in a long-term-care facility, including home health services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B394207" w14:textId="7941E8C2" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="7B394207" w14:textId="7941E8C2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Transportation services</w:t>
       </w:r>
-      <w:r w:rsidR="00520033" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00520033" w:rsidRPr="00296FDF">
         <w:t>‡</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA70F49" w14:textId="27CFA566" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9517A">
+    <w:p w14:paraId="5EA70F49" w14:textId="27CFA566" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Quit-smoking services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A025064" w14:textId="43B66ECC" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="000111A4" w:rsidP="0032227F">
+    <w:p w14:paraId="4A025064" w14:textId="43B66ECC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="000111A4" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certain restrictions can be found in the MassHealth regulations at 130 CMR 415.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C56A31" w14:textId="708B4BB1" w:rsidR="00510894" w:rsidRPr="00C9517A" w:rsidRDefault="0034145C" w:rsidP="0032227F">
+    <w:p w14:paraId="48C56A31" w14:textId="708B4BB1" w:rsidR="00510894" w:rsidRPr="00296FDF" w:rsidRDefault="0034145C" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>†</w:t>
       </w:r>
-      <w:r w:rsidR="00510894" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00510894" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certain restrictions can be found in the MassHealth regulations at 130 CMR 447.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D2E33E" w14:textId="7C035B4D" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="0034145C" w:rsidP="0032227F">
+    <w:p w14:paraId="55D2E33E" w14:textId="7C035B4D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0034145C" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>‡</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certain restrictions can be found in the MassHealth regulations at 130 CMR 407.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1664B657" w14:textId="4B53A7CB" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="1664B657" w14:textId="4B53A7CB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Important information for children and </w:t>
       </w:r>
-      <w:r w:rsidR="005741D2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005741D2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">young adults </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>with significant mental health needs</w:t>
       </w:r>
-      <w:r w:rsidR="00B1555E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B1555E" w:rsidRPr="00296FDF">
         <w:t>, including ASD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or SED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B3E1E7" w14:textId="22A6245A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="30B3E1E7" w14:textId="22A6245A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth offers certain behavioral health services for eligible children and </w:t>
       </w:r>
-      <w:r w:rsidR="005741D2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005741D2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">young adults </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>younger than 21</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>who are enrolled in MassHealth Standard or MassHealth CommonHealth. If your child is ineligible for MassHealth Standard</w:t>
       </w:r>
-      <w:r w:rsidR="00B1555E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B1555E" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and a behavioral health assessment or other evaluation shows that </w:t>
       </w:r>
-      <w:r w:rsidR="0024087D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0024087D" w:rsidRPr="00296FDF">
         <w:t>they have</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> significant mental health needs</w:t>
       </w:r>
-      <w:r w:rsidR="00B1555E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B1555E" w:rsidRPr="00296FDF">
         <w:t>, including ASD or SED,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD414B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AD414B" w:rsidRPr="00296FDF">
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> may be disabled and eligible for MassHealth CommonHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C7CB569" w14:textId="5ACD4E83" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="6C7CB569" w14:textId="5ACD4E83" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Additional services for children younger than 21</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidR="00DF22E0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07486D77" w14:textId="268AC38B" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="07486D77" w14:textId="3BA8C481" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Children, teens, and young adults younger than 21 </w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">years </w:t>
       </w:r>
-      <w:r w:rsidR="00DF22E0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>who are determined eligible for MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="00306196" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00306196" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">CommonHealth are also eligible for Early and Periodic Screening, </w:t>
+      </w:r>
+      <w:r w:rsidR="00081D7C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Diagnostic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">and Treatment (EPSDT) services, which include all medically necessary services covered by Medicaid law. See 42 U.S.C. §§1396a(a)(10), 1396d(a), and 1396d(r). This means that MassHealth pays for any medically necessary treatment that is covered by Medicaid law, if it is delivered by a provider who is qualified and willing to provide the service. If the service is not already covered by the child’s MassHealth coverage type, the prescribing clinician can ask MassHealth for PA to determine if the service is medically necessary. MassHealth pays for the service if </w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">PA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>is given.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009C2C80" w14:textId="254E115C" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+    <w:p w14:paraId="009C2C80" w14:textId="254E115C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>A complete listing and a more detailed description of the services covered can be found in the MassHealth regulations at 130 CMR 450.105.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0263DBCF" w14:textId="2F5F9344" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="0263DBCF" w14:textId="2F5F9344" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Coverage begins</w:t>
       </w:r>
-      <w:r w:rsidR="00F2314D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F2314D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF4353E" w14:textId="27E0B1FA" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4BF4353E" w14:textId="548758D0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If we get all needed information within 90 days,</w:t>
       </w:r>
-      <w:r w:rsidR="000B3322" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000B3322" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4336" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">exception </w:t>
+      </w:r>
+      <w:r w:rsidR="00821EB2" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">proof of disability (or if you are pregnant or a child or a young adult younger than 21 who is eligible for provisional </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> coverage as described on page </w:t>
+      </w:r>
+      <w:r w:rsidR="00587366" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">), your coverage may begin </w:t>
+      </w:r>
+      <w:r w:rsidR="003014F7" w:rsidRPr="00296FDF">
+        <w:t>on the first day of the month</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="00821EB2" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth gets your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C67454" w14:textId="1F2D4070" w:rsidR="00100108" w:rsidRPr="00296FDF" w:rsidRDefault="00100108" w:rsidP="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
+        <w:t>If you have bills for medical services</w:t>
+      </w:r>
+      <w:r w:rsidR="0083708A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="0083708A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">received </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">in the three months before applying, we may be able to pay </w:t>
+      </w:r>
+      <w:r w:rsidR="0021786A" w:rsidRPr="00296FDF">
+        <w:t>them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> if you were eligible during </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65FAD" w:rsidRPr="00296FDF">
+        <w:t>those three months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5495" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You may need to give us proof of income, family size, address, disability, pregnancy, or health insurance</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5495" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006F5495" w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="72AB74D4" w14:textId="6766F622" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you are eligible for </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> coverage based on a disability, your coverage may begin 10 calendar days before the date MassHealth gets your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278C992A" w14:textId="08019D5A" w:rsidR="00100108" w:rsidRPr="00C57886" w:rsidRDefault="00100108" w:rsidP="00C9517A">
+    <w:p w14:paraId="278C992A" w14:textId="08019D5A" w:rsidR="00100108" w:rsidRPr="00296FDF" w:rsidRDefault="00100108" w:rsidP="00C9517A">
       <w:bookmarkStart w:id="5" w:name="_Hlk130373211"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Pregnant MassHealth CommonHealth members are eligible through the end of their pregnancy and for 12 months after (postpartum). </w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="36ADF0C9" w14:textId="4C6F392A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="36ADF0C9" w14:textId="4C6F392A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you are eligible for premium assistance, you will begin to get payments in the month in which you are determined eligible for premium assistance, or in the month your health insurance deductions begin, whichever is later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C26136" w14:textId="040F715D" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="06C26136" w14:textId="040F715D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...8 lines deleted...]
-    <w:p w14:paraId="6A18137B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth CarePlus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A18137B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="3"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="BentonSansComp Black" w:hAnsi="BentonSansComp Black" w:cs="BentonSansComp Black"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38B03EBC" w14:textId="406DD032" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="38B03EBC" w14:textId="73FD56A2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth CarePlus offers a broad range of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> benefits to adults who are not otherwise eligible for MassHealth Standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C637F19" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Who can get benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700FC2E3" w14:textId="4FD8D32C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You may be able to get MassHealth CarePlus if you are a resident of Massachusetts and a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizen or qualified noncitizen and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B47261" w14:textId="58F16E59" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are an adult 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="000F12AD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5094CD14" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you are not eligible for MassHealth Standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778C49EF" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Income standards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFD5593" w14:textId="666FC69A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>The Modified Adjusted Gross Income (MAGI) of your MassHealth MAGI household can be no more than 133% of the federal poverty level</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. See the chart on </w:t>
+      </w:r>
+      <w:r w:rsidR="005112AC" w:rsidRPr="00296FDF">
+        <w:t>the inside back cover</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidR="005112AC" w:rsidRPr="00296FDF">
+        <w:t>FPLs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C8DD11" w14:textId="1C42AA36" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="001630C7" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Premium</w:t>
+      </w:r>
+      <w:r w:rsidR="00697DD4" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D5A7E5" w14:textId="04F5DE03" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>There are no premiums for MassHealth CarePlus.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C76E8" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2396EA6A" w14:textId="123ECA73" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Other health insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAB9F66" w14:textId="43B4015F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you have </w:t>
+      </w:r>
+      <w:r w:rsidR="007F7753" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or have access to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>other health insurance, MassHealth may pay part of your household’s health insurance premiums.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA705C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00365AF1" w:rsidRPr="00296FDF">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7753" w:rsidRPr="00296FDF">
+        <w:t>, MassHealth and Other Health Insurance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260F036B" w14:textId="6E594A07" w:rsidR="007F7753" w:rsidRPr="00296FDF" w:rsidRDefault="007F7753" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">remium </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ssistance under MassHealth CarePlus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2902E0FC" w14:textId="0AAC7A4B" w:rsidR="00DE7ECF" w:rsidRPr="00296FDF" w:rsidRDefault="00DE7ECF" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth regulations require members to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA29F7" w:rsidRPr="00296FDF">
+        <w:t>get and keep</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> available health insurance, including health insurance available through an employer. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9189F" w:rsidRPr="00296FDF">
+        <w:t>To</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> determine continued </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>eligibility for you and members of your household, we may request additional information from you and your employer about your access to employer</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4A5B" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">sponsored health insurance coverage. MassHealth may investigate whether an individual who is receiving MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00423D52" w:rsidRPr="00296FDF">
         <w:t>CarePlus</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="5C637F19" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> either </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">enrolled in or has access to qualifying employer-sponsored health insurance. You must cooperate in providing information necessary to maintain eligibility, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">evidence of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>obtaining or maintaining available health insurance</w:t>
+      </w:r>
+      <w:r w:rsidR="00624A21" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> or your MassHealth benefits may </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:t>end</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7DF777" w14:textId="32F1169D" w:rsidR="007F7753" w:rsidRPr="00296FDF" w:rsidRDefault="007F7753" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To find out more about the premium assistance rules under MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00423D52" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>CarePlus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>, see 130 CMR 505.000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF4E952" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...275 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Covered services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A7A675" w14:textId="68E7D184" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="64A7A675" w14:textId="00CC0600" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">For MassHealth CarePlus, covered services include the </w:t>
+      </w:r>
+      <w:r w:rsidR="000F12AD" w:rsidRPr="00296FDF">
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. There may be some limits. Your </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> provider can explain them.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA9D523" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0EA9D523" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Inpatient hospital services*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24625225" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="24625225" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Outpatient services: hospitals, clinics, doctors, dentists, vision care, and family planning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF61248" w14:textId="205D9EAE" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6AF61248" w14:textId="205D9EAE" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Medical services: lab tests, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="002B7AD7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002B7AD7" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>rays, therapies, pharmacy services, eyeglasses, hearing aids, and medical equipment and supplies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60095894" w14:textId="429D3800" w:rsidR="007A62A0" w:rsidRPr="00C57886" w:rsidRDefault="007A62A0" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="60095894" w14:textId="429D3800" w:rsidR="007A62A0" w:rsidRPr="00296FDF" w:rsidRDefault="007A62A0" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Ac</w:t>
       </w:r>
-      <w:r w:rsidR="00982B72" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00982B72" w:rsidRPr="00296FDF">
         <w:t>upuncture s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ervices</w:t>
       </w:r>
-      <w:r w:rsidR="00520033" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00520033" w:rsidRPr="00296FDF">
         <w:t>†</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2840E0" w14:textId="247A3A15" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7D2840E0" w14:textId="247A3A15" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Behavioral health (mental health and </w:t>
       </w:r>
-      <w:r w:rsidR="00907412" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00907412" w:rsidRPr="00296FDF">
         <w:t>substance use</w:t>
       </w:r>
-      <w:r w:rsidR="00790ACE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00790ACE" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> disorder</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>) services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4DC0CC" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0C4DC0CC" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Home health services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DEA097C" w14:textId="0013088E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1DEA097C" w14:textId="0013088E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Transportation services</w:t>
       </w:r>
-      <w:r w:rsidR="008F388A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008F388A" w:rsidRPr="00296FDF">
         <w:t>‡</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367A9671" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="367A9671" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Quit-smoking services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFCC7A5" w14:textId="64389830" w:rsidR="004064F1" w:rsidRPr="00C57886" w:rsidRDefault="004064F1" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4BFCC7A5" w14:textId="64389830" w:rsidR="004064F1" w:rsidRPr="00296FDF" w:rsidRDefault="004064F1" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Long-term nursing facility services</w:t>
       </w:r>
-      <w:r w:rsidR="00FC42D8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FC42D8" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> for no more than 100 days. If you need more than 100 days of long-term nursing facility services, you </w:t>
       </w:r>
-      <w:r w:rsidR="005A0146" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A0146" w:rsidRPr="00296FDF">
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="00FC42D8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FC42D8" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> apply for MassHealth Standard.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17EA2FF7" w14:textId="4EF32FAD" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    <w:p w14:paraId="17EA2FF7" w14:textId="4EF32FAD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="000111A4" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="000111A4" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Certain restrictions can be found in the MassHealth regulations at 130 CMR 415.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0980ADD4" w14:textId="753BE9A7" w:rsidR="007A62A0" w:rsidRPr="00C9517A" w:rsidRDefault="0034145C" w:rsidP="0032227F">
+    <w:p w14:paraId="0980ADD4" w14:textId="753BE9A7" w:rsidR="007A62A0" w:rsidRPr="00296FDF" w:rsidRDefault="0034145C" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>†</w:t>
       </w:r>
-      <w:r w:rsidR="007A62A0" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="007A62A0" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certain restrictions can be found in the MassHealth regulations at 130 CMR 447.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3ED214" w14:textId="39A1189A" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="0034145C" w:rsidP="0032227F">
+    <w:p w14:paraId="0E3ED214" w14:textId="39A1189A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0034145C" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>‡</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C9517A">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certain restrictions can be found in the MassHealth regulations at 130 CMR 407.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0DF759" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="1B0DF759" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Some of the services not covered</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D6E003" w14:textId="28DCBC3B" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...8 lines deleted...]
-      <w:r w:rsidR="00035F34" w:rsidRPr="00C57886">
+    <w:p w14:paraId="01D6E003" w14:textId="28DCBC3B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>The following are examples of services not covered when you are enrolled in a health plan through MassHealth CarePlus</w:t>
+      </w:r>
+      <w:r w:rsidR="00035F34" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5C7BED" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2B5C7BED" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Day habilitation services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160B0CB8" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Personal care services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F39C40" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="40F39C40" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Private duty nursing services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04DC081E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C9517A" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
+    <w:p w14:paraId="04DC081E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C9517A">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9517A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>A complete listing and a more detailed description of the services covered can be found in the MassHealth regulations at 130 CMR 450.105.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083016C8" w14:textId="7A31F9E9" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="083016C8" w14:textId="7A31F9E9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you need these services, you may </w:t>
       </w:r>
-      <w:r w:rsidR="00F06C17" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F06C17" w:rsidRPr="00296FDF">
         <w:t>be medically frail</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and eligible to enroll in MassHealth Standard. Please call us at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E6ACC1" w14:textId="4E15174C" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="37E6ACC1" w14:textId="4E15174C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Coverage begins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="277E4780" w14:textId="6E138165" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00E62160">
-[...18 lines deleted...]
-      <w:r w:rsidR="00293AB0" w:rsidRPr="00C57886">
+    <w:p w14:paraId="277E4780" w14:textId="6E138165" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00E62160">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If we get all needed information within 90 days,</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6BFB" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
+      <w:r w:rsidR="00293AB0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>except</w:t>
       </w:r>
-      <w:r w:rsidR="00293AB0" w:rsidRPr="00C57886">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00293AB0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ion of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">proof of disability, your coverage may </w:t>
       </w:r>
-      <w:r w:rsidR="0021786A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0021786A" w:rsidRPr="00296FDF">
         <w:t>start</w:t>
       </w:r>
-      <w:r w:rsidR="00AD6A10" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AD6A10" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> on the first day of th</w:t>
       </w:r>
-      <w:r w:rsidR="00E007BF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E007BF" w:rsidRPr="00296FDF">
         <w:t>e mo</w:t>
       </w:r>
-      <w:r w:rsidR="00AD6A10" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AD6A10" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">nth </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth gets your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11097C1F" w14:textId="44D48ACE" w:rsidR="00E007BF" w:rsidRPr="00C57886" w:rsidRDefault="00E007BF" w:rsidP="00E62160">
+    <w:p w14:paraId="11097C1F" w14:textId="44D48ACE" w:rsidR="00E007BF" w:rsidRPr="00296FDF" w:rsidRDefault="00E007BF" w:rsidP="00E62160">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk182893671"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If you</w:t>
       </w:r>
-      <w:r w:rsidR="000E5FB3" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000E5FB3" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">have bills for </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">have bills for medical services that you received in the three months before applying, we may be able to pay </w:t>
+      </w:r>
+      <w:r w:rsidR="0021786A" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>medical</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> services that you received in the three months before applying, we may be able to pay </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0021786A" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve"> if you were eligible during </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65FAD" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>them</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>those three months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> if you were eligible during </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D65FAD" w:rsidRPr="00C57886">
+        <w:t>. You may need to give us proof of income, family size, address, disability, pregnancy, or health insurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="3289B5BE" w14:textId="040DE611" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00E62160">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you are eligible for premium assistance, you will begin to get payments in the month in which you are determined eligible for premium assistance, or in the month your health insurance deductions begin, whichever is later.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680E155C" w14:textId="48F8731D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Individuals </w:t>
+      </w:r>
+      <w:r w:rsidR="00304D11" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">who are </w:t>
+      </w:r>
+      <w:r w:rsidR="00740B00" w:rsidRPr="00296FDF">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00304D11" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">edically </w:t>
+      </w:r>
+      <w:r w:rsidR="00740B00" w:rsidRPr="00296FDF">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00304D11" w:rsidRPr="00296FDF">
+        <w:t>rail</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F56545E" w14:textId="1C44CF35" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Individuals who </w:t>
+      </w:r>
+      <w:r w:rsidR="006B1AC0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="005C486D" w:rsidRPr="00296FDF">
+        <w:t>medically frail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> may be able to get more benefits. </w:t>
+      </w:r>
+      <w:r w:rsidR="00304D11" w:rsidRPr="00296FDF">
+        <w:t>You may be medically frail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> if you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEF9435" w14:textId="14487C5F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00E62160">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>have a medical</w:t>
+      </w:r>
+      <w:r w:rsidR="001B6B60" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>mental health</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4669B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>condition that limits your ability to work or go to school</w:t>
+      </w:r>
+      <w:r w:rsidR="00035F34" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B158B0C" w14:textId="28DDE41E" w:rsidR="001B6B60" w:rsidRPr="00296FDF" w:rsidRDefault="001B6B60" w:rsidP="00E62160">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidR="00907412" w:rsidRPr="00296FDF">
+        <w:t>a substance use disorder</w:t>
+      </w:r>
+      <w:r w:rsidR="00035F34" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6484245F" w14:textId="1267B277" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00E62160">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>need help with daily activities, like bathing or dressing</w:t>
+      </w:r>
+      <w:r w:rsidR="00035F34" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C74489F" w14:textId="624EE8F6" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00E62160">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>regularly get medical care, personal care, or health services at home or in another community setting, like adult day care</w:t>
+      </w:r>
+      <w:r w:rsidR="00035F34" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5412DC1E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00E62160">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>are terminally ill.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088ED888" w14:textId="053215EF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00E62160">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:r w:rsidR="00304D11" w:rsidRPr="00296FDF">
+        <w:t>are medically frail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, please call us at</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00587366" w:rsidRPr="00296FDF">
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00587366" w:rsidRPr="00296FDF">
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:t>TDD/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. You can tell us at any time if you </w:t>
+      </w:r>
+      <w:r w:rsidR="00304D11" w:rsidRPr="00296FDF">
+        <w:t>are medically frail</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72E75" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> If you tell us </w:t>
+      </w:r>
+      <w:r w:rsidR="00304D11" w:rsidRPr="00296FDF">
+        <w:t>that you are medically frail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, you may choose to enroll in MassHealth Standard. MassHealth Standard covers all the same benefits as MassHealth CarePlus, as well as additional health benefits like community long-term services and supports </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
+        <w:t>such as personal care attendants, adult day health programs, and more. There are no monthly premiums for MassHealth CarePlus</w:t>
+      </w:r>
+      <w:r w:rsidR="00006409" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> or for CarePlus members who enroll in MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="00361FFC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Standard</w:t>
+      </w:r>
+      <w:r w:rsidR="00E975A3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B15896F" w14:textId="77446678" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00E62160">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you move to MassHealth Standard, </w:t>
+      </w:r>
+      <w:r w:rsidR="0021786A" w:rsidRPr="00296FDF">
+        <w:t>you may need to take</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> additional steps to get some of MassHealth Standard</w:t>
+      </w:r>
+      <w:r w:rsidR="0021786A" w:rsidRPr="00296FDF">
+        <w:t>’s added benefits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. For example, MassHealth may need additional information or may need to check to make sure the benefits are necessary and appropriate for you. Your doctor and MassHealth Customer Service can help explain these additional steps to you. Even if you </w:t>
+      </w:r>
+      <w:r w:rsidR="00304D11" w:rsidRPr="00296FDF">
+        <w:t>are medically frail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, you can choose to stay enrolled in MassHealth CarePlus instead of moving to MassHealth Standard. If you want to stay in MassHealth CarePlus, you do not have to do anything else.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344651B9" w14:textId="2785B423" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth Family Assistance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623922AF" w14:textId="1D045B73" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Who can get benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F48E3B" w14:textId="1B6C786D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You may be able to get MassHealth Family Assistance if you are a resident of Massachusetts and are not eligible for MassHealth Standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B4C689" w14:textId="77777777" w:rsidR="00261BEF" w:rsidRPr="00296FDF" w:rsidRDefault="00261BEF" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Income standards </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75015488" w14:textId="5D39F68F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>For children</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F14E336" w14:textId="3A529EAD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A child younger than 19 is eligible if the Modified Adjusted Gross Income (MAGI) of the MassHealth MAGI household is at or below 300% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00917A77" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the child </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">is a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizen/national or lawfully present immigrant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5D678E" w14:textId="53D390ED" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A child younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00530C13" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">is eligible if the MAGI of the MassHealth MAGI household is at or below 300% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00917A77" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the child </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">is a nonqualified PRUCOL. (See </w:t>
+      </w:r>
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00365AF1" w:rsidRPr="00296FDF">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5AA3BA" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>For young adults</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4947FB0D" w14:textId="7F7DB77E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A young adult 19 or 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> is eligible if the MAGI of the MassHealth MAGI household is at or below </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4228B" w:rsidRPr="00296FDF">
+        <w:t>300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00917A77" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the young adult </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>is a nonqualified PRUCOL</w:t>
+      </w:r>
+      <w:r w:rsidR="00215206" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5058F" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00215206" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">see Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00365AF1" w:rsidRPr="00296FDF">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5058F" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4228B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and does not have access to employer-sponsored insurance that is considered affordable (meets the </w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4228B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">inimum </w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4228B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ssential </w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4228B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">overage requirements under </w:t>
+      </w:r>
+      <w:r w:rsidR="00E80339" w:rsidRPr="00296FDF">
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4228B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> 1401 of the Patient Protection and Affordable Care Act </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4228B" w:rsidRPr="00296FDF">
+        <w:t>ACA</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4228B" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00215206" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6976EB86" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>For adults</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123670AA" w14:textId="7BC18482" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">An adult is eligible if the MAGI of the MassHealth MAGI household is at or below 300% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the adult </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">is a nonqualified PRUCOL and does not have access to employer-sponsored insurance that is considered affordable (meets the </w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">inimum </w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ssential </w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">overage requirements under section 1401 of the Patient Protection and Affordable Care Act </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5966" w:rsidRPr="00296FDF">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ACA</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5966" w:rsidRPr="00296FDF">
+        <w:t>]).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8CDC55" w14:textId="6C1D600E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">An adult who is HIV positive is eligible if the MAGI of the MassHealth MAGI household is greater than 133%, but at or below 200% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>y are</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizen/national or a qualified noncitizen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FED9A06" w14:textId="0A6DF0A1" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A disabled adult is eligible if the household income is at or below 100% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>y are</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>a qualified noncitizen barred, a nonqualified individual lawfully present, or a nonqualified PRUCOL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334DF841" w14:textId="5A182CA7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Premiums </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5139B2AC" w14:textId="487DA9BD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Based on your income, you may be charged a premium. See </w:t>
+      </w:r>
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6407BC40" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Other health insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CDC196" w14:textId="475FBCA6" w:rsidR="007F7753" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you have </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t>or have acce</w:t>
+      </w:r>
+      <w:r w:rsidR="00917A77" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">s to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>other health insurance, MassHealth may pay part of your household’s health insurance premiums.</w:t>
+      </w:r>
+      <w:r w:rsidR="008505CC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7753" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B886544" w14:textId="0B12055F" w:rsidR="007F7753" w:rsidRPr="00296FDF" w:rsidRDefault="007F7753" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">remium </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ssistance under MassHealth Family Assistance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA1D05F" w14:textId="77635280" w:rsidR="00FA19D7" w:rsidRPr="00296FDF" w:rsidRDefault="00FA19D7" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">MassHealth regulations require members to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA29F7" w:rsidRPr="00296FDF">
+        <w:t>get and keep</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> available health insurance, including health insurance available through an employer. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9189F" w:rsidRPr="00296FDF">
+        <w:t>To</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> determine continued </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>eligibility for you and members of your household, we may request additional information from you and your employer about your access to employer</w:t>
+      </w:r>
+      <w:r w:rsidR="0031627D" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>sponsored health insurance coverage. MassHealth may investigate</w:t>
+      </w:r>
+      <w:r w:rsidR="00631BE4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">whether an individual who is receiving MassHealth Family Assistance either </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">enrolled in or has access to qualifying employer-sponsored health insurance. You must cooperate in providing information necessary to maintain eligibility, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">evidence of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>obtaining or maintaining available health insurance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> or your MassHealth benefits may </w:t>
+      </w:r>
+      <w:r w:rsidR="0038136D" w:rsidRPr="00296FDF">
+        <w:t>end</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC3B137" w14:textId="1D18C66D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="007F7753" w:rsidP="0085291A">
+      <w:pPr>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>To find out more about the premium assistance rules under MassHealth Family Assistance, see 130 CMR 505.000</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524A95AF" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>How you get your benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125D38C3" w14:textId="033DE28E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you are enrolled with your employer’s health insurance, MassHealth may be able to help you pay for this insurance </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0832" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="008A2BCA" w:rsidRPr="00296FDF">
+        <w:t>sending you a monthly check for the amount of your premium assistance benefit. See Section 10 for more information about Premium Assistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9A3D6E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Covered services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51338AA3" w14:textId="0A6BA854" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0032227F" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>People</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> enrolled in a health plan through MassHealth Family Assistance get the </w:t>
+      </w:r>
+      <w:r w:rsidR="004379E5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">following </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">applicable services. There may be some limits. Your </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> provider can explain them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415A7BC9" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Inpatient hospital services*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474BAF6D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Outpatient services: hospitals, clinics, doctors, dentists, family planning, and vision care</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D95C788" w14:textId="1B2CEB07" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Medical services: lab tests, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40150" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>rays, therapies, pharmacy services, eyeglasses, hearing aids, and medical equipment and supplies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01543BB2" w14:textId="254136C6" w:rsidR="009D1C02" w:rsidRPr="00296FDF" w:rsidRDefault="00982B72" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Acupuncture s</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1C02" w:rsidRPr="00296FDF">
+        <w:t>ervices</w:t>
+      </w:r>
+      <w:r w:rsidR="008F388A" w:rsidRPr="00296FDF">
+        <w:t>†</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36148B91" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Home health services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3B0760" w14:textId="51DF0B7E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Behavioral health (mental health and </w:t>
+      </w:r>
+      <w:r w:rsidR="00907412" w:rsidRPr="00296FDF">
+        <w:t>substance use</w:t>
+      </w:r>
+      <w:r w:rsidR="00790ACE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> disorder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>) services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C96D593" w14:textId="460FB4A4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Well-child screenings (for children </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">younger than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>21)</w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> including medical, vision, dental, hearing, behavioral health (mental health and </w:t>
+      </w:r>
+      <w:r w:rsidR="00907412" w:rsidRPr="00296FDF">
+        <w:t>substance use</w:t>
+      </w:r>
+      <w:r w:rsidR="00790ACE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> disorder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>), and developmental screens, as well as shots</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718C5139" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Ambulance services (emergency only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F14FC68" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Quit-smoking services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5323EFA2" w14:textId="03EC8950" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>* Certain restrictions can be found in the MassHealth regulations at 130 CMR 415.000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245C7FBB" w14:textId="6391E3D9" w:rsidR="009D1C02" w:rsidRPr="00296FDF" w:rsidRDefault="0034145C" w:rsidP="0032227F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>†</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1C02" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Certain restrictions can be found in the MassHealth regulations at 130 CMR 447.000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24ACE921" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Some of the services not covered</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18785136" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>The following services are examples of services not covered when you are enrolled in a health plan through MassHealth Family Assistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD03D43" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Day habilitation services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01CB1979" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Personal care services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679CDA2C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Private duty nursing services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076AB211" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Nursing facility services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233DE5C2" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:pPr>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>A complete listing and a more detailed description of the services covered can be found in the MassHealth regulations at 130 CMR 450.105.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A40411" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Coverage begins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673CC9AE" w14:textId="5F2545D0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If we get all needed information within 90 days, </w:t>
+      </w:r>
+      <w:r w:rsidR="00493542" w:rsidRPr="00296FDF">
+        <w:t>with the exception</w:t>
+      </w:r>
+      <w:r w:rsidR="00045689" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">proof of disability (or if you are a pregnant </w:t>
+      </w:r>
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">person </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00592724" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00956652" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">a young adult </w:t>
+      </w:r>
+      <w:r w:rsidR="002C26B8" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">younger </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>than 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00E534BA" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">who is eligible for provisional </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> coverage as described on page </w:t>
+      </w:r>
+      <w:r w:rsidR="00587366" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">), your coverage may begin </w:t>
+      </w:r>
+      <w:r w:rsidR="00C13337" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">on the first day of the month </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth gets your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456912FA" w14:textId="37C1387B" w:rsidR="00100108" w:rsidRPr="00296FDF" w:rsidRDefault="00100108" w:rsidP="0085291A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If you have bills for medical services </w:t>
+      </w:r>
+      <w:r w:rsidR="001526EE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="001526EE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> received </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>in the three months before applying</w:t>
+      </w:r>
+      <w:r w:rsidR="001B6D67" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> we may be able to pay for these bills if you were eligible during </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65FAD" w:rsidRPr="00296FDF">
+        <w:t>those three months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5495" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You may need to give us proof of income, family size, address, disability, pregnancy, or health insurance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341488A9" w14:textId="2032A08E" w:rsidR="00100108" w:rsidRPr="00296FDF" w:rsidRDefault="00100108" w:rsidP="0085291A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Pregnant MassHealth Family Assistance members are eligible through the end of their pregnancy and for 12 months after (postpartum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2211F952" w14:textId="33F433F6" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you are eligible for </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> coverage, your coverage may begin 10 calendar days before the date MassHealth gets your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269681DA" w14:textId="79F73655" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0085291A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you are eligible for premium assistance, you will begin to get payments in the month in which you are determined eligible for premium assistance, or in the month your health insurance deductions begin, whichever is later.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C867302" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth Limited</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF70889" w14:textId="2E0C28BA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">This coverage type provides emergency health services to people who, under federal law, have an immigration status that keeps them from getting more services. (See </w:t>
+      </w:r>
+      <w:r w:rsidR="004464B3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00544236" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizenship and immigration rules.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0F76DE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Who can get benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684FE94E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You may be able to get MassHealth Limited if you are a resident of Massachusetts and are</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB63A30" w14:textId="78AB81C7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="000B2CD1" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>regnant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E33002" w14:textId="1AE97999" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="000B2CD1" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>ounger than 19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B59E23" w14:textId="66758C1B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="000B2CD1" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> young adult 19 or 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D805D49" w14:textId="6A3755DC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="000B2CD1" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>n adult 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208798AE" w14:textId="3DEF9308" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="000B2CD1" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> parent living with your children younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF918EA" w14:textId="2D3CDCD0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="000B2CD1" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>n adult caretaker relative living with children younger than 19 to whom you are related and for whom you are the primary caretaker when neither parent is living in the home</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3D8A58" w14:textId="12EFEF88" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00E534BA" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Disabled </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>according to the standards set by federal and state law. This means you have a mental or physical condition that limits or keeps you from working for at least 12 months. MassHealth decides if you meet the disability standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F13ACC" w14:textId="336ACA7B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00414778" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>These benefits are also available for parents and caretaker relatives who are 65</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>or older.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B695C01" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Income standards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23FB7F89" w14:textId="0057C7CA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">For information about income, see </w:t>
+      </w:r>
+      <w:r w:rsidR="000B54AD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. See the chart on</w:t>
+      </w:r>
+      <w:r w:rsidR="00911F04" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005112AC" w:rsidRPr="00296FDF">
+        <w:t>inside back cover</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for the federal poverty levels</w:t>
+      </w:r>
+      <w:r w:rsidR="005112AC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (FPLs)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E19D7F" w14:textId="5A9E8446" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">For pregnant </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">and children younger than </w:t>
+      </w:r>
+      <w:r w:rsidR="00597383" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:r w:rsidR="00242292" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2058D" w:rsidRPr="00296FDF">
+        <w:t>cannot be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> more than 200% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. If you are pregnant, your unborn child (or children) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2058D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>counted in your household size, so there are at least two people in your household.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6863CCEE" w14:textId="14BB785A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Children younger than age </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2CD1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">who meet these standards may also get services through </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>CMSP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. (See </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61D1E" w:rsidRPr="00296FDF">
+        <w:t>Section 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6F374F" w14:textId="7EEF571D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">For children </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>through 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2058D" w:rsidRPr="00296FDF">
+        <w:t>cannot be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> more than 150% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. These children may also get services through </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>CMSP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. (See</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61D1E" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Section 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0B8F40" w14:textId="3573E088" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>For young adults 19 or 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2058D" w:rsidRPr="00296FDF">
+        <w:t>cannot be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> more than 150% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFA2B2B" w14:textId="71473134" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>For parents or caretaker relatives of children younger than 19 and adults 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">he MAGI of your MassHealth MAGI household </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2058D" w:rsidRPr="00296FDF">
+        <w:t>cannot be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> more than 133% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C6CA0B" w14:textId="1B599640" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>For disabled adults</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B68CE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">household income can be no more than 133% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
+        <w:t>FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5941C3DD" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Covered services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B03D425" w14:textId="3A7A3C09" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">For MassHealth Limited, covered services include the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0033" w:rsidRPr="00296FDF">
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. You can get care only for medical emergencies (conditions that could cause serious harm if not treated).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEE67A1" w14:textId="68C29A17" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
+        <w:t>Inpatient hospital emergency services</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0033" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> including labor and delivery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110A83AD" w14:textId="56E5D6F6" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Outpatient hospital emergency services and emergency visits to emergency rooms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6A44CF" w14:textId="3F2EB149" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Certain services provided by doctors and clinics </w:t>
+      </w:r>
+      <w:r w:rsidR="004B46C3" w:rsidRPr="00296FDF">
+        <w:t>in settings other than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> a hospital</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DEA58C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Pharmacy services used to treat an emergency medical condition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7681B85C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Ambulance transportation for an emergency medical condition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698A8CB8" w14:textId="1E8F7068" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Note: The Health Safety Net may be able to pay for certain services not covered by MassHealth Limited when services are received at Massachusetts acute hospitals</w:t>
+      </w:r>
+      <w:r w:rsidR="00027A39" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and community health centers. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">See Section </w:t>
+      </w:r>
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00027A39" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03454CE2" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Some of the services not covered</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A32C02" w14:textId="5B4D40AF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Nonemergency medical services, including care and services related to an organ transplant procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="00911F04" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DBFB28" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Coverage begins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3F0160" w14:textId="7E5DECAC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you are eligible, your </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> coverage may begin </w:t>
+      </w:r>
+      <w:r w:rsidR="006E53D7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">on the first day of the month </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth gets your application, if we get all needed information within 90 days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C92E58C" w14:textId="497525B9" w:rsidR="009A3A13" w:rsidRPr="00296FDF" w:rsidRDefault="009A3A13" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>those three months</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">If you have bills for medical services that you received in the three months before applying, we may be able to pay for </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2058D" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. You may need to give us proof of income, family size, address, disability, pregnancy, or health insurance.</w:t>
-[...1870 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you have bills for medical services that you received in the three months before applying, we may be able to pay for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D2058D" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve"> if you were eligible during </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65FAD" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>them</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>those three months</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> if you were eligible during </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>. You may need to give us proof of income, family size, address, disability, pregnancy, or health insurance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A26236" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00BB071A" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+    <w:p w14:paraId="30A26236" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB071A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>A more detailed description of the MassHealth eligibility requirements can be found in the MassHealth regulations at 130 CMR 501.000 through 508.000 and 522.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609E884F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00BB071A" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
+    <w:p w14:paraId="609E884F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BB071A">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB071A">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>A more detailed description of the services or benefits included for each MassHealth coverage type can be found in the MassHealth regulations at 130 CMR 450.105.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E68D03C" w14:textId="67EE4CA3" w:rsidR="00A07F7B" w:rsidRPr="00C57886" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
+    <w:p w14:paraId="3E68D03C" w14:textId="67EE4CA3" w:rsidR="00A07F7B" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49244F72" w14:textId="12828A13" w:rsidR="00530162" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="49244F72" w14:textId="12828A13" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>SECTION 3</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00530162" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00530162" w:rsidRPr="00296FDF">
         <w:t>MassHealth Health Plan Enrollment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1108A51B" w14:textId="34F7A8D6" w:rsidR="00BA705C" w:rsidRPr="00C57886" w:rsidRDefault="00BA705C" w:rsidP="0032227F">
+    <w:p w14:paraId="1108A51B" w14:textId="34F7A8D6" w:rsidR="00BA705C" w:rsidRPr="00296FDF" w:rsidRDefault="00BA705C" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="207" w:line="262" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="354"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Cambria"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>You can enroll in a plan in several ways</w:t>
       </w:r>
-      <w:r w:rsidR="00294452" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00294452" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE5BDAE" w14:textId="1C14DA7C" w:rsidR="00920F72" w:rsidRPr="00C57886" w:rsidRDefault="00BA705C" w:rsidP="00BB071A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3EE5BDAE" w14:textId="1C14DA7C" w:rsidR="00920F72" w:rsidRPr="00296FDF" w:rsidRDefault="00BA705C" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Visit</w:t>
       </w:r>
-      <w:r w:rsidR="004A006E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004A006E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:tooltip="www.mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65" w:history="1">
-        <w:r w:rsidR="004A006E" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidR="004A006E" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> to enroll online</w:t>
       </w:r>
-      <w:r w:rsidR="00294452" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00294452" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4758A6C1" w14:textId="041649BC" w:rsidR="00A5710F" w:rsidRPr="00C57886" w:rsidRDefault="00A5710F" w:rsidP="00BB071A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4758A6C1" w14:textId="041649BC" w:rsidR="00A5710F" w:rsidRPr="00296FDF" w:rsidRDefault="00A5710F" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Print the </w:t>
       </w:r>
-      <w:r w:rsidR="00B676FF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B676FF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">online </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>form at</w:t>
       </w:r>
-      <w:r w:rsidR="004A006E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004A006E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:tooltip="www.mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65" w:history="1">
-        <w:r w:rsidR="004A006E" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidR="004A006E" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, fill it out, and mail it to us at the address on the form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F021693" w14:textId="778145CE" w:rsidR="00BA705C" w:rsidRPr="00C57886" w:rsidRDefault="00BA705C" w:rsidP="00BB071A">
+    <w:p w14:paraId="2F021693" w14:textId="778145CE" w:rsidR="00BA705C" w:rsidRPr="00296FDF" w:rsidRDefault="00BA705C" w:rsidP="7FB011DE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Call us Monday–Friday, 8:00 a.m.–5:00 p.m. at </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>841-290</w:t>
       </w:r>
-      <w:r w:rsidR="00E65F91" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E65F91" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D9262C" w14:textId="66175449" w:rsidR="00357846" w:rsidRPr="00C57886" w:rsidRDefault="00357846" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="37D9262C" w14:textId="66175449" w:rsidR="00357846" w:rsidRPr="00296FDF" w:rsidRDefault="00357846" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>The following members can change health plans at any time for any reason</w:t>
       </w:r>
-      <w:r w:rsidR="00BB6883" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB6883" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209A4179" w14:textId="0CCFDA64" w:rsidR="00357846" w:rsidRPr="00C57886" w:rsidRDefault="00357846" w:rsidP="00BB071A">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="209A4179" w14:textId="0CCFDA64" w:rsidR="00357846" w:rsidRPr="00296FDF" w:rsidRDefault="00357846" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Children who are in the care </w:t>
+      </w:r>
+      <w:r w:rsidR="00331157" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">custody of the Department of Children and Families </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CE907A" w14:textId="3C80292B" w:rsidR="00357846" w:rsidRPr="00296FDF" w:rsidRDefault="005741D2" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Children and young adults </w:t>
+      </w:r>
+      <w:r w:rsidR="00357846" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">who are in the care or custody of the Department of Youth Services </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07898A24" w14:textId="1BB828E5" w:rsidR="00357846" w:rsidRPr="00296FDF" w:rsidRDefault="00357846" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Newborns and children who are younger than </w:t>
+      </w:r>
+      <w:r w:rsidR="00597383" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>year old</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4285372F" w14:textId="03059D9B" w:rsidR="00357846" w:rsidRPr="00296FDF" w:rsidRDefault="00357846" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Members enrolled in the Primary Care Clinician Plan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DDD5A1" w14:textId="76478FB3" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Choosing a </w:t>
+      </w:r>
+      <w:r w:rsidR="00215206" w:rsidRPr="00296FDF">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00215206" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">lan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36593677" w14:textId="5D33C4C1" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A health plan is a group of providers, hospitals, and other professionals who work together to help meet your </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> needs. Most MassHealth members get their </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> services through a health plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C2DA9F" w14:textId="0998FC8A" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you are eligible to enroll in a MassHealth health plan, we will notify you and send you </w:t>
+      </w:r>
+      <w:r w:rsidR="00524687" w:rsidRPr="00296FDF">
+        <w:t>the MassHealth Enrollment Guide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. Choosing a health plan and doctor for yourself and your household is an important decision. If you need help making this decision, you can</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6883" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> do one or both of the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1849F8C8" w14:textId="10998293" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Review the MassHealth Enrollment Guide</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6883" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>o get a copy, go</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2301" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00331157" w:rsidRPr="00C57886">
-[...114 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="004A006E" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
-[...12 lines deleted...]
-        <w:r w:rsidR="00184933" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidR="00184933" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/lists/</w:t>
-[...13 lines deleted...]
-          <w:t>-member-guides-and-handbooks</w:t>
+          <w:t>mass.gov/lists/masshealth-member-guides-and-handbooks</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BB6883" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB6883" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D9BD29" w14:textId="3FD9E00C" w:rsidR="00530162" w:rsidRPr="00C57886" w:rsidRDefault="00530162" w:rsidP="00BB071A">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="68D9BD29" w14:textId="3FD9E00C" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Call us at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:t>TDD/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidR="00153944" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F57D69" w14:textId="6C330549" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> to join a health plan, you must enroll in a health plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 14 days </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">from the date we mailed you the </w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CB8" w:rsidRPr="00296FDF">
+        <w:t>MassHealth Enrollment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="000E4CB8" w:rsidRPr="00296FDF">
+        <w:t>Guide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> required</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">If you do not choose a health plan, MassHealth will choose one for you. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You have MassHealth coverage while you complete your enrollment in a health plan.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">within 14 days </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E4CB8" w:rsidRPr="00C57886">
-[...20 lines deleted...]
-      <w:r w:rsidR="001248CE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001248CE" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you need help choosing a health plan, </w:t>
       </w:r>
-      <w:r w:rsidR="008E14C4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008E14C4" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="008E14C4" w:rsidRPr="00C57886">
+        <w:r w:rsidR="008E14C4" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>masshealthchoices.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001248CE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001248CE" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D8DF24" w14:textId="77777777" w:rsidR="00530162" w:rsidRPr="00C57886" w:rsidRDefault="00530162" w:rsidP="00890D75">
+    <w:p w14:paraId="34D8DF24" w14:textId="77777777" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Plan Selection and Fixed Enrollment Periods</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF5322E" w14:textId="79522F95" w:rsidR="00530162" w:rsidRPr="00C57886" w:rsidRDefault="006B2172" w:rsidP="0032227F">
-[...11 lines deleted...]
-      <w:r w:rsidR="00524687" w:rsidRPr="00C57886">
+    <w:p w14:paraId="7EF5322E" w14:textId="79522F95" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="006B2172" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth members enrolled in a health plan can change their health plans during their annual Plan Selection Period. Once you are enrolled in a health plan, MassHealth will send you a letter confirming your enrollment. This letter will also tell you the dates for your Plan Selection</w:t>
+      </w:r>
+      <w:r w:rsidR="00524687" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Period</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A1F058" w14:textId="4E95C4E0" w:rsidR="00530162" w:rsidRPr="00C57886" w:rsidRDefault="00530162" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="65A1F058" w14:textId="4E95C4E0" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you have a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Plan Selection Period</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, you will have 90 days to change your health plan for any reason. Your 90-day Plan Selection Period will begin on the date you choose a health plan or MassHealth assigns you to one</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108E529D" w14:textId="4A7480AC" w:rsidR="00530162" w:rsidRPr="00C57886" w:rsidRDefault="00530162" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="108E529D" w14:textId="26100558" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">After 90 days, you will be in your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fixed Enrollment Period</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. During this time</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68C9" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> you cannot change your health plan unless certain reasons apply. A list of these reasons can be found in the following places</w:t>
+      </w:r>
+      <w:r w:rsidR="000A48FC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53068818" w14:textId="4FA9C3A8" w:rsidR="008E14C4" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">On our website at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:tooltip="www.mass.gov/service-details/fixed-enrollment-period" w:history="1">
-        <w:r w:rsidR="005A3EC6" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidR="005A3EC6" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mass.gov/info-details/fixed-enrollment-period</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00597383" w:rsidRPr="00C57886">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="17A9AD37" w14:textId="4D4A9BE0" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>In the MassHealth Enrollment Guide</w:t>
       </w:r>
-      <w:r w:rsidR="00167E7F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00167E7F" w:rsidRPr="00296FDF">
         <w:t>. T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o get a copy, go to</w:t>
       </w:r>
-      <w:r w:rsidR="00E911C3" w:rsidRPr="00C57886">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00E911C3" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:tooltip="www.mass.gov/lists/masshealth-member-guides-and-handbooks" w:history="1">
-        <w:r w:rsidR="008E14C4" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId28">
+        <w:r w:rsidR="008E14C4" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/lists/</w:t>
-[...13 lines deleted...]
-          <w:t>-member-guides-and-handbooks</w:t>
+          <w:t>mass.gov/lists/masshealth-member-guides-and-handbooks</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008E14C4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008E14C4" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E911C3" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E911C3" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="FranklinGothic-Book"/>
         </w:rPr>
         <w:t xml:space="preserve">or call </w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="FranklinGothic-Book"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E911C3" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E911C3" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="FranklinGothic-Book"/>
         </w:rPr>
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="FranklinGothic-Book"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00167E7F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00167E7F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>841</w:t>
       </w:r>
-      <w:r w:rsidR="00167E7F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00167E7F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2900</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="00597383" w:rsidRPr="00C57886">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00597383" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6366C7C2" w14:textId="424AD20B" w:rsidR="00530162" w:rsidRPr="00C57886" w:rsidRDefault="00530162" w:rsidP="00BB071A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6366C7C2" w14:textId="3EC3D0D5" w:rsidR="00530162" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">In the MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00F50EED" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F50EED" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">regulations </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>at 130 CMR 508.00</w:t>
       </w:r>
-      <w:r w:rsidR="00D257D0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D257D0" w:rsidRPr="00296FDF">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="43695881" w14:textId="77777777" w:rsidR="00BB071A" w:rsidRPr="00296FDF" w:rsidRDefault="00530162" w:rsidP="00BB071A">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>You will have a new 90-day Plan Selection Period every year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F0EFA70" w14:textId="50861891" w:rsidR="00A07F7B" w:rsidRPr="00C57886" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1F0EFA70" w14:textId="50861891" w:rsidR="00A07F7B" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EB3A8D4" w14:textId="321DDECD" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00180891" w:rsidP="00890D75">
+    <w:p w14:paraId="0EB3A8D4" w14:textId="321DDECD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00180891" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>SECTION 4</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Massachusetts Health Connector</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D6093FA" w14:textId="68979103" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1D6093FA" w14:textId="68979103" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>The Massachusetts Health Connector provides access to health and dental insurance plans for individuals, families, and small businesses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="304867FA" w14:textId="6EAA6D5D" w:rsidR="00290FD4" w:rsidRPr="00C57886" w:rsidRDefault="00290FD4" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="304867FA" w14:textId="6EAA6D5D" w:rsidR="00290FD4" w:rsidRPr="00296FDF" w:rsidRDefault="00290FD4" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Health coverage through the Health Connector is not the same as MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="00C23760" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C23760" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1991D3" w14:textId="19A2FEBA" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1D1991D3" w14:textId="19A2FEBA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Generally, you can qualify to buy a health and/or dental insurance plan through the Health Connector if you meet the following requirements</w:t>
       </w:r>
-      <w:r w:rsidR="00C23760" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C23760" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FC015F" w14:textId="797BF7BE" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C23760" w:rsidP="00BB071A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="78FC015F" w14:textId="797BF7BE" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C23760" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>are a resident of Massachusetts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CDA2C7" w14:textId="5DA4DA5F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C23760" w:rsidP="00BB071A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="76CDA2C7" w14:textId="5DA4DA5F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C23760" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">are a </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>citizen/national or are lawfully present in the United States</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49EAA381" w14:textId="185A5B03" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C23760" w:rsidP="00BB071A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>are not in prison</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B03" w:rsidRPr="00296FDF">
+        <w:t>, unless you are awaiting trial</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498F6567" w14:textId="44352A93" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22AAA" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>lans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D31FC95" w14:textId="28F06AFD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">All of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2635B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">following </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6E44" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Health Connector </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">health plans provide full health benefits, including visits to the doctor or hospital, and prescriptions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B3A3A4" w14:textId="5E398B43" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Platinum plans have the highest premium</w:t>
+      </w:r>
+      <w:r w:rsidR="00010F51" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> but the lowest copays and deductibles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0399974F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Gold and Silver plans have lower premiums, but higher copays and deductibles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364E652D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Bronze plans have the lowest premiums, but the highest copays and deductibles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788C4104" w14:textId="3E91A86C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00EC6E44" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">octors, hospitals, and other providers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>may vary by</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> network.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A73635" w14:textId="4AA88B9B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Premium Tax Credits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D75D8E" w14:textId="74F7109F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Premium Tax Credits are a way to lower the cost of your insurance premiums. The amount of your tax credit depends on your household size</w:t>
+      </w:r>
+      <w:r w:rsidR="009D37C3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000654B2" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>income</w:t>
+      </w:r>
+      <w:r w:rsidR="009D37C3" w:rsidRPr="00296FDF">
+        <w:t>, and the cost of health plans available to you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. You can find out whether you qualify for a tax credit, and how much the credit will be</w:t>
+      </w:r>
+      <w:r w:rsidR="000654B2" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> after </w:t>
+      </w:r>
+      <w:r w:rsidR="00D07297" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">you submit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>an application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="752CE34E" w14:textId="19F28073" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you qualify for </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3AAE" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Premium Tax Credit, you can choose to get it at the end of the year when you file your taxes</w:t>
+      </w:r>
+      <w:r w:rsidR="00615298" w:rsidRPr="00296FDF">
+        <w:t>, or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> you can </w:t>
+      </w:r>
+      <w:r w:rsidR="00647037" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">apply </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3AAE" w:rsidRPr="00296FDF">
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> toward your insurance premium</w:t>
+      </w:r>
+      <w:r w:rsidR="00647037" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> each month</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47819" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, as an Advance Premium Tax Credit. </w:t>
+      </w:r>
+      <w:r w:rsidR="00925CFD" w:rsidRPr="00296FDF">
+        <w:t>Advance</w:t>
+      </w:r>
+      <w:r w:rsidR="129A4B8E" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Premium</w:t>
+      </w:r>
+      <w:r w:rsidR="00925CFD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="54E5A64F" w:rsidRPr="00296FDF">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00925CFD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ax </w:t>
+      </w:r>
+      <w:r w:rsidR="23EBD406" w:rsidRPr="00296FDF">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00925CFD" w:rsidRPr="00296FDF">
+        <w:t>redits are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> sent directly to your insurance company so that you pay less each month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4B47A" w14:textId="77777777" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ConnectorCare plans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAC8C26" w14:textId="77777777" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>In addition to Advance Premium Tax Credits from the federal government, you may also be able to get help paying for health insurance from Massachusetts through a ConnectorCare health insurance plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F899A38" w14:textId="27F653CB" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ConnectorCare plans are health insurance plans with lower monthly premiums</w:t>
+      </w:r>
+      <w:r w:rsidR="00252222" w:rsidRPr="00296FDF">
+        <w:t>, no deductibles</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and lower </w:t>
+      </w:r>
+      <w:r w:rsidR="00515F47" w:rsidRPr="00296FDF">
+        <w:t>copays</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF28DB" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EAA381" w14:textId="185A5B03" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C23760" w:rsidP="00BB071A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3CEE3F52" w14:textId="0917E113" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="002C63C8" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Special cost sharing </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F02" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00810482" w:rsidRPr="00296FDF">
+        <w:t>American Indians and Alaska Natives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFFF2A0" w14:textId="1A22E524" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">American Indians and Alaska Natives may be able to get additional help paying for care. If you are an American Indian and you get services directly from an Indian Health Service </w:t>
+      </w:r>
+      <w:r w:rsidR="002E691E" w:rsidRPr="00296FDF">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="002C63C8" w:rsidRPr="00296FDF">
+        <w:t>acility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F02" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">from a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">tribal or urban Indian organization, or through the Contract Health Service program, you will not have to pay any out-of-pocket costs at the time you get care. You </w:t>
+      </w:r>
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
+        <w:t>can also</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> enroll in or change health plans on a monthly basis throughout the year. American Indians and Alaska Natives with income at or below 300% of the FPL will not have to pay for out-of-pocket costs, such as copays, deductibles, and coinsurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7994BA0F" w14:textId="77777777" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Eligibility for Advance Premium Tax Credits and ConnectorCare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B2D639" w14:textId="073687C2" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ConnectorCare plans</w:t>
+      </w:r>
+      <w:r w:rsidR="332E3842" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and Advance Pr</w:t>
+      </w:r>
+      <w:r w:rsidR="332E3842" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>emium Tax Credits (APTCs)</w:t>
+      </w:r>
+      <w:r w:rsidR="332E3842" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">may be available for households with income </w:t>
+      </w:r>
+      <w:r w:rsidR="6B1FA92E" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="341A51"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>between</w:t>
+      </w:r>
+      <w:r w:rsidR="6B1FA92E" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="8764B8"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100% </w:t>
+      </w:r>
+      <w:r w:rsidR="6B1FA92E" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="881798"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>and 4</w:t>
+      </w:r>
+      <w:r w:rsidR="6B1FA92E" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="8764B8"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>00% of the federal poverty level (FPL)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3449E83B" w14:textId="63ED04F6" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>To qualify for Advance Premium Tax Credits and ConnectorCare, you will also need to meet the following requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6068" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125EFA8D" w14:textId="6E973EF8" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="003C6068" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
+        <w:t>can’t</w:t>
+      </w:r>
+      <w:r w:rsidR="00810482" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> buy health insurance through an employer that meets “minimum value” requirements and is affordable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498F6567" w14:textId="44352A93" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
-[...58 lines deleted...]
-    <w:p w14:paraId="37A73635" w14:textId="4AA88B9B" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="60BEA1E7" w14:textId="3B57ACA0" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="003C6068" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidR="00810482" w:rsidRPr="00296FDF">
+        <w:t>are not eligible for coverage under a government sponsored plan, such as MassHealth, Medicare, and TRICARE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE19AB8" w14:textId="2D864BC5" w:rsidR="00BD28B6" w:rsidRPr="00296FDF" w:rsidRDefault="003C6068" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidR="00810482" w:rsidRPr="00296FDF">
+        <w:t>agree to file federal income taxes for each year that you get benefits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD28B6" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C55FAFB" w14:textId="580D54CB" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="003C6068" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD28B6" w:rsidRPr="00296FDF">
+        <w:t>agree to file taxes jointly if you are married</w:t>
+      </w:r>
+      <w:r w:rsidR="00810482" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2471B98D" w14:textId="0BD97C08" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...398 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">How do I know if my employer’s plan meets </w:t>
       </w:r>
-      <w:r w:rsidR="00167E7F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00167E7F" w:rsidRPr="00296FDF">
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">inimum </w:t>
       </w:r>
-      <w:r w:rsidR="00167E7F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00167E7F" w:rsidRPr="00296FDF">
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>alue standards?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E816F6" w14:textId="4D4981AC" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="39E816F6" w14:textId="4D4981AC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">“Minimum </w:t>
       </w:r>
-      <w:r w:rsidR="004A26DC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004A26DC" w:rsidRPr="00296FDF">
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">alue” standards mean that the health plan will pay at least 60% of the total cost of medical services for a standard population. The other 40% of costs would be paid by members through deductibles, copays, and coinsurance. Most employer plans meet the </w:t>
       </w:r>
-      <w:r w:rsidR="00D257D0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D257D0" w:rsidRPr="00296FDF">
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">inimum </w:t>
       </w:r>
-      <w:r w:rsidR="00D257D0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D257D0" w:rsidRPr="00296FDF">
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>alue standards. To find out if your employer’s plan meets these standards, talk to your human resources department or the health plan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C5B2D0" w14:textId="6343D822" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00810482" w:rsidP="009C1F4F">
+    <w:p w14:paraId="17C5B2D0" w14:textId="6343D822" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk124425118"/>
       <w:bookmarkStart w:id="8" w:name="_Hlk189567400"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Which employer plans are considered “</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>affordable</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="415D75B9" w14:textId="28101150" w:rsidR="00AC1575" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="415D75B9" w14:textId="76B67CF5" w:rsidR="00AC1575" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Under the </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Patient Protection and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Affordable Care Act (ACA), your employer’s plan is considered affordable in </w:t>
       </w:r>
-      <w:r w:rsidR="00A017E5" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A017E5" w:rsidRPr="00296FDF">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="278BBE96" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A017E5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">if the lowest-cost plan costs less than </w:t>
       </w:r>
-      <w:r w:rsidR="00BD28B6" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BD28B6" w:rsidRPr="00296FDF">
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="071DF677" w:rsidRPr="00296FDF">
+        <w:t>96</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>% of your household’s income.</w:t>
       </w:r>
-      <w:r w:rsidR="00AC1575" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC1575" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p w14:paraId="23F9C4AC" w14:textId="1611CDBF" w:rsidR="00810482" w:rsidRPr="00C57886" w:rsidRDefault="00810482" w:rsidP="00CA0B04">
+    <w:p w14:paraId="23F9C4AC" w14:textId="1611CDBF" w:rsidR="00810482" w:rsidRPr="00296FDF" w:rsidRDefault="00810482" w:rsidP="00CA0B04">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Tax filing requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C77FBE2" w14:textId="18871F29" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0C77FBE2" w14:textId="414266FC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>To get tax credits</w:t>
       </w:r>
-      <w:r w:rsidR="00810482" w:rsidRPr="00C57886">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00810482" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4A5DF33B" w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00810482" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> ConnectorCare plans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, you need to file</w:t>
+      </w:r>
+      <w:r w:rsidR="7218E162" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> federal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> income taxes for the year when you got</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61273" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> tax credits or a ConnectorCare plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>. If you are married, you need to file your income taxes jointly</w:t>
       </w:r>
-      <w:r w:rsidR="00870366" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00870366" w:rsidRPr="00296FDF">
         <w:t>, unless you are a victim of domestic abuse or have been abandoned by your spouse</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009042AE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009042AE" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> You do not have to file taxes to get MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="00AC30D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidR="00AC30D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Health Safety Net </w:t>
       </w:r>
-      <w:r w:rsidR="009042AE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009042AE" w:rsidRPr="00296FDF">
         <w:t>benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4B1E9E" w14:textId="3FAC02FA" w:rsidR="00A124BC" w:rsidRPr="00C57886" w:rsidRDefault="00A124BC" w:rsidP="00CA0B04">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2A4B1E9E" w14:textId="3FAC02FA" w:rsidR="00A124BC" w:rsidRPr="00296FDF" w:rsidRDefault="00A124BC" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you’ve ever received an Advance Premium Tax Credit (APTC) in the past or had a ConnectorCare plan, you are required to “reconcile” the tax credit you received with the IRS. To reconcile, you need to file IRS Form 8962 with your federal income tax return. Form 8962 has information the IRS uses to see if you got the right amount of tax credit to lower your health insurance premiums throughout the year. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE26F90" w14:textId="77777777" w:rsidR="00A124BC" w:rsidRPr="00296FDF" w:rsidRDefault="00A124BC" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you received too much tax credit in advance, you could owe some or all of it back to the IRS. If you received too little tax credit, you could get back the amount you overpaid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDEAAD2" w14:textId="77777777" w:rsidR="00A124BC" w:rsidRPr="00C57886" w:rsidRDefault="00A124BC" w:rsidP="00CA0B04">
-[...4 lines deleted...]
-    <w:p w14:paraId="3C9EE707" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="6FDEAAD2" w14:textId="07D079A4" w:rsidR="00A124BC" w:rsidRPr="00296FDF" w:rsidRDefault="00A124BC" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>You will need to file Form 8962 with your</w:t>
+      </w:r>
+      <w:r w:rsidR="5A3E3692" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> federal income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> taxes every year you receive an APTC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9EE707" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Premiums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3711C399" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3711C399" w14:textId="7E8EED88" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you have a monthly premium, it must be paid </w:t>
       </w:r>
-      <w:r w:rsidR="00870366" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00870366" w:rsidRPr="00296FDF">
         <w:t>by the 23</w:t>
       </w:r>
-      <w:r w:rsidR="00870366" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D07297" w:rsidRPr="00296FDF">
         <w:t>rd</w:t>
       </w:r>
-      <w:r w:rsidR="00870366" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00870366" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> of every month. When you enroll in a plan through the Health Connector, you will need to pay your first premium by the 23</w:t>
       </w:r>
-      <w:r w:rsidR="00870366" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D07297" w:rsidRPr="00296FDF">
         <w:t>rd</w:t>
       </w:r>
-      <w:r w:rsidR="00870366" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00870366" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> of the month before your coverage can start.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F898612" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="3F898612" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Coverage begins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E930F1" w14:textId="30599E69" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="19E930F1" w14:textId="30599E69" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">After you qualify for a health or dental insurance plan through the Health Connector, you must complete your enrollment before your coverage can begin. To finish enrolling, you must choose a </w:t>
       </w:r>
-      <w:r w:rsidR="00870366" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00870366" w:rsidRPr="00296FDF">
         <w:t>health</w:t>
       </w:r>
-      <w:r w:rsidR="00822AF4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00822AF4" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A771AD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A771AD" w:rsidRPr="00296FDF">
         <w:t>and/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>or dental insurance plan and pay your first premium bill</w:t>
       </w:r>
-      <w:r w:rsidR="00A771AD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A771AD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> by the 23</w:t>
       </w:r>
-      <w:r w:rsidR="004E21BB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004E21BB" w:rsidRPr="00296FDF">
         <w:t>rd</w:t>
       </w:r>
-      <w:r w:rsidR="00A771AD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A771AD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> of the month</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>. Once you have chosen a plan and paid your first bill, your coverage will begin on the first day of the following month.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D91CF4" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00C57886" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
+    <w:p w14:paraId="34D91CF4" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117F9F14" w14:textId="7AAA1E74" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
+    <w:p w14:paraId="117F9F14" w14:textId="7AAA1E74" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>SECTION 5</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Children’s Medical Security Plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68067E48" w14:textId="791EE102" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="68067E48" w14:textId="2B75B341" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The Children’s Medical Security Plan (CMSP) provides health insurance for primary and preventive care for children and teenagers who do not have </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> coverage. Eligibility for this program is determined by MassHealth. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C277CF3" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
+    <w:p w14:paraId="5C277CF3" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Who can get benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F16C96" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="71F16C96" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>You may be able to get coverage through CMSP if you are a resident of Massachusetts and are</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DFAF6D" w14:textId="2930893F" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="55DFAF6D" w14:textId="5D6A990E" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07297" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0159C8E2" w14:textId="5D7EA31F" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>uninsured</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07297" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7C493C" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>not eligible for any MassHealth coverage type other than MassHealth Limited. You may be eligible for both CMSP and MassHealth Limited at the same time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77127968" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
+    <w:p w14:paraId="77127968" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Income standards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC884B1" w14:textId="72AB8F93" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1AC884B1" w14:textId="72AB8F93" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">There is no income limit for CMSP. If your household </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Modified Adjusted Gross Income </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">is above 200% of the FPL, you may have to pay a premium. For more information about MassHealth/CMSP premiums, see Section </w:t>
       </w:r>
-      <w:r w:rsidR="00272D93" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00272D93" w:rsidRPr="00296FDF">
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19974229" w14:textId="2FE30AFD" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="19974229" w14:textId="2FE30AFD" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
-      <w:r w:rsidR="007F338B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
         <w:t>table</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:r w:rsidR="007F338B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>inside back cover for the federal poverty levels (FPLs).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD1D9C9" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00CA0B04" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+    <w:p w14:paraId="5AD1D9C9" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Information about premiums can be found in the MassHealth regulations at 130 CMR 506.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9CEB61" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
+    <w:p w14:paraId="3F9CEB61" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Covered services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FECFA5" w14:textId="6F848FFC" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="01FECFA5" w14:textId="6BB37AFA" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">For the </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>CMSP</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk214888492"/>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">covered services include the </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00D156A3" w:rsidRPr="00296FDF">
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. There may be some limits. Your </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> provider can explain them.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27709388" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="27709388" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Outpatient services including preventive and sick visits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D890CB" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="24D890CB" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Office visits, first aid, and follow-up care</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="233771B2" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+    <w:p w14:paraId="233771B2" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Urgent care visits, not including emergency care in a hospital outpatient or emergency department</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21118B1D" w14:textId="4B94B819" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="21118B1D" w14:textId="4B94B819" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Outpatient mental health services and </w:t>
       </w:r>
-      <w:r w:rsidR="00907412" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00907412" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">substance use </w:t>
       </w:r>
-      <w:r w:rsidR="006F33A0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006F33A0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">disorder </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>services up to 20 visits per fiscal year</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39129C05" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="39129C05" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Outpatient surgery and anesthesia that is medically necessary for the treatment of inguinal hernia and ear tubes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F84668" w14:textId="2367732C" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="19F84668" w14:textId="2367732C" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Prescription drugs up to $200 per fiscal year</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B1CE68" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="64B1CE68" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Annual eye exams and hearing tests</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144868B1" w14:textId="52BA1B87" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="144868B1" w14:textId="52BA1B87" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Lab and radiology diagnostic services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E4F9E9" w14:textId="48BEDAE4" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="38E4F9E9" w14:textId="48BEDAE4" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Durable medical equipment up to $200 per fiscal year. Asthma-, diabetes-, and epilepsy-related durable medical equipment may be available up to an additional $300 per fiscal year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43542E8B" w14:textId="208FB071" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Dental services</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>maximum $750 per fiscal year</w:t>
       </w:r>
-      <w:r w:rsidR="008B4854" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008B4854" w:rsidRPr="00296FDF">
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>excluding cosmetic or surgical dentistry. Frequency limits apply to certain dental services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F931BDF" w14:textId="09C458F2" w:rsidR="002679DB" w:rsidRPr="00C57886" w:rsidRDefault="002679DB" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3F931BDF" w14:textId="09C458F2" w:rsidR="002679DB" w:rsidRPr="00296FDF" w:rsidRDefault="002679DB" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Some of the services not covered:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552BBB7C" w14:textId="6C5FA907" w:rsidR="002679DB" w:rsidRPr="00C57886" w:rsidRDefault="002679DB" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="552BBB7C" w14:textId="6C5FA907" w:rsidR="002679DB" w:rsidRPr="00296FDF" w:rsidRDefault="002679DB" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Emergency room services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A34885A" w14:textId="50F294E5" w:rsidR="002679DB" w:rsidRPr="00C57886" w:rsidRDefault="002679DB" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1A34885A" w14:textId="50F294E5" w:rsidR="002679DB" w:rsidRPr="00296FDF" w:rsidRDefault="002679DB" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Ambulance or other medical transportation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE4648F" w14:textId="0DBCF28A" w:rsidR="002679DB" w:rsidRPr="00C57886" w:rsidRDefault="002679DB" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2CE4648F" w14:textId="0DBCF28A" w:rsidR="002679DB" w:rsidRPr="00296FDF" w:rsidRDefault="002679DB" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Inpatient hospital care</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0546F1F5" w14:textId="24B143E5" w:rsidR="002679DB" w:rsidRPr="00C57886" w:rsidRDefault="002679DB" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0546F1F5" w14:textId="24B143E5" w:rsidR="002679DB" w:rsidRPr="00296FDF" w:rsidRDefault="002679DB" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Cosmetic or orthodontic dentistry</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8A6E9B" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
+    <w:p w14:paraId="0F8A6E9B" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Coverage begins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC1D732" w14:textId="70A97E77" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4CC1D732" w14:textId="5F81AC40" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you are eligible, your </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> coverage begins on the date MassHealth makes your final eligibility determination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43697D6B" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
+    <w:p w14:paraId="43697D6B" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Enrollment cap</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40FD4D0F" w14:textId="772C35BF" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">MassHealth may limit the number of children who can be enrolled in CMSP. </w:t>
       </w:r>
-      <w:r w:rsidR="00111774" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00111774" w:rsidRPr="00296FDF">
         <w:t>If MassHealth sets such a limit, applicants who are determined eligible will be placed on a waiting list</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. When MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00786807" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
         <w:t>can</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> open enrollment for CMSP, </w:t>
       </w:r>
-      <w:r w:rsidR="007B2C63" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007B2C63" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">we </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">will process the applications in the order </w:t>
       </w:r>
-      <w:r w:rsidR="008B4854" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008B4854" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">in which </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>they were placed on the waiting list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50821476" w14:textId="7616CD7B" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="50821476" w14:textId="7616CD7B" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Note: The Health Safety Net may be able to pay for certain services not covered by CMSP when services are received at Massachusetts acute hospitals and community health centers. See Section </w:t>
       </w:r>
-      <w:r w:rsidR="007F338B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2957CECE" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00CA0B04" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
+    <w:p w14:paraId="2957CECE" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="00CA0B04">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>A more detailed description of the MassHealth eligibility requirements can be found in the MassHealth regulations at 130 CMR 522.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A47CEC" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00C57886" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
+    <w:p w14:paraId="71A47CEC" w14:textId="77777777" w:rsidR="001D4C25" w:rsidRPr="00296FDF" w:rsidRDefault="001D4C25" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17BAADF3" w14:textId="420DE237" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="17BAADF3" w14:textId="420DE237" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="001D4C25" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001D4C25" w:rsidRPr="00296FDF">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>The Health Safety Net</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DBF4E98" w14:textId="7D956A59" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4DBF4E98" w14:textId="0CB9EE97" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The Health Safety Net (HSN) pays Massachusetts acute hospitals and community health centers for certain </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> services provided to low-income patients (Massachusetts residents with household income at or below 300% of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">). Eligibility for </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> is determined by MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F36F842" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="3F36F842" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Who can get benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ADECA0D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3ADECA0D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> may be able to pay for certain services you receive from an acute hospital or a community health center if you are a resident of Massachusetts and you are uninsured or underinsured (your health insurance does not cover all medically necessary services).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFA38E8" w14:textId="418DE494" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="0FFA38E8" w14:textId="418DE494" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Income standards</w:t>
       </w:r>
-      <w:r w:rsidR="004F5D5C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004F5D5C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D65CA24" w14:textId="240EB5E1" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0D65CA24" w14:textId="5402DA71" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You must give us proof of your </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Modified Adjusted Gross Income (MAGI) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>income for every person in your household.</w:t>
       </w:r>
-      <w:r w:rsidR="005A02AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A02AC" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (See </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="005A02AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A02AC" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
-      <w:r w:rsidR="007F338B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F338B" w:rsidRPr="00296FDF">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="005A02AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A02AC" w:rsidRPr="00296FDF">
         <w:t>.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> covers individuals with household MAGI at or below 300%</w:t>
       </w:r>
-      <w:r w:rsidR="00AC30D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. If your MAGI income is above 150% and at or below 300%, an annual deductible based on income may apply. The deductible is a certain amount of </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> costs you are responsible for.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="150880DA" w14:textId="3AF3E692" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="150880DA" w14:textId="3AF3E692" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Both paid and unpaid bills can count toward your deductible. Only services that the </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...11 lines deleted...]
-    <w:p w14:paraId="0243E066" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> can pay for will count toward your deductible. Private doctor and private lab or radiology bills do not count toward the deductible, even if you get these services in a hospital. Ask your provider which bills can count toward your deductible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0243E066" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Covered services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01045B30" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="01045B30" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">For the </w:t>
       </w:r>
-      <w:r w:rsidR="00B35555" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B35555" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, services must be provided by a Massachusetts acute hospital or community health center. The </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> will generally pay for the same services that are covered by MassHealth Standard.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2AE169" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1F2AE169" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> pays for some pharmacy services, but you must fill your prescription at a pharmacy associated with the doctor who wrote your prescription.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B16409F" w14:textId="164CCEEA" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4B16409F" w14:textId="164CCEEA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">There may be some limits, so you should always check with a provider to see if they offer the service. You may be charged </w:t>
       </w:r>
-      <w:r w:rsidR="00727405" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00727405" w:rsidRPr="00296FDF">
         <w:t>a deductible</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB9E56F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="2FB9E56F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Some of the services not covered</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A3ACB8" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="09A3ACB8" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Some noncovered services are listed below. You should check with your provider to find out the full list of what is and is not covered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6725B6B4" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Physicians who are not employed by the hospital, even if they work at the hospital</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDF0982" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2CDF0982" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Ambulance services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037C8C35" w14:textId="77777777" w:rsidR="00871939" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="037C8C35" w14:textId="77777777" w:rsidR="00871939" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Lab charges that are not billed by a Massachusetts </w:t>
       </w:r>
-      <w:r w:rsidR="00871939" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00871939" w:rsidRPr="00296FDF">
         <w:t>acute care hospital or community health center</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336F4A50" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="336F4A50" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Radiology services that are not billed by a Massachusetts acute care hospital or community health center</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F82B90D" w14:textId="321E73F7" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4F82B90D" w14:textId="321E73F7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Durable medical equipment, except crutches and canes provided during a medical visit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65020754" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="65020754" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Nonmedical services (social, educational, vocational)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E01907" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="19E01907" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Nonmedically necessary services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452CF084" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="452CF084" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Experimental or unproven services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6813E306" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00CA0B04" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+    <w:p w14:paraId="6813E306" w14:textId="0C82F4C0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">A more detailed description of the services </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CA0B04">
+        <w:t xml:space="preserve">A more detailed description of the services covered and any limitations can be found in the </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>covered</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CA0B04">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and any limitations can be found in the </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="5DF94CAC" w14:textId="65B48842" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+        <w:t xml:space="preserve"> regulations at 101 CMR 613.00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF94CAC" w14:textId="65B48842" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Coverage begins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFF471D" w14:textId="035B5520" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3FFF471D" w14:textId="035B5520" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">we get all needed information within 90 days and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">you are eligible, your </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> eligibility will begin </w:t>
       </w:r>
-      <w:r w:rsidR="00667A8C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00667A8C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>days before the date MassHealth gets your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F57FB34" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="3F57FB34" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Deductible income standard</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4CC14C" w14:textId="00697CA7" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2D4CC14C" w14:textId="16F4191C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If your MAGI income is above 150% of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, you may be responsible for a deductible. A</w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> deductible is equal to </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">either </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...13 lines deleted...]
-      <w:r w:rsidR="00D652F1" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the current annual cost of the lowest ConnectorCare monthly premium ($</w:t>
+      </w:r>
+      <w:r w:rsidR="001269AF" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00595AB2" w:rsidRPr="00296FDF">
+        <w:t>36</w:t>
+      </w:r>
+      <w:r w:rsidR="00D652F1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">as of the publication </w:t>
       </w:r>
-      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">date </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">of this </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ember </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ooklet), or 40% of the difference between the lowest MAGI in your Premium Billing Family Group and 200% of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, whichever is higher. See </w:t>
       </w:r>
-      <w:r w:rsidR="008D7120" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D7120" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00AC186E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC186E" w:rsidRPr="00296FDF">
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A05E6B" w14:textId="5FA05BDB" w:rsidR="00871939" w:rsidRPr="00C57886" w:rsidRDefault="00871939" w:rsidP="00890D75">
+    <w:p w14:paraId="74A05E6B" w14:textId="5FA05BDB" w:rsidR="00871939" w:rsidRPr="00296FDF" w:rsidRDefault="00871939" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Medical </w:t>
       </w:r>
-      <w:r w:rsidR="002D7AAC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D7AAC" w:rsidRPr="00296FDF">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ardship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47531898" w14:textId="63BA6BA9" w:rsidR="00871939" w:rsidRPr="00C57886" w:rsidRDefault="00871939" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="47531898" w14:textId="63BA6BA9" w:rsidR="00871939" w:rsidRPr="00296FDF" w:rsidRDefault="00871939" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Medical </w:t>
       </w:r>
-      <w:r w:rsidR="002D7AAC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D7AAC" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">hardship </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">is a type of HSN assistance available to individuals or their family whose medical expenses have become so large that they </w:t>
       </w:r>
-      <w:r w:rsidR="00786807" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
         <w:t>can’t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> pay their medical bills. Medical </w:t>
       </w:r>
-      <w:r w:rsidR="002D7AAC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D7AAC" w:rsidRPr="00296FDF">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ardship applications may be completed by financial counselors at acute hospitals or community health centers. Applicants can apply no more than twice within a 12-month period.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03915278" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="03915278" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Grievance process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79156C07" w14:textId="6797591A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="79156C07" w14:textId="6797591A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Patients may </w:t>
       </w:r>
-      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00296FDF">
         <w:t>ask</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>conduct a review of a</w:t>
+      </w:r>
+      <w:r w:rsidR="005F048B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> medical hardship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> eligibility determination, or of provider compliance with </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> regulation</w:t>
       </w:r>
-      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AE0FE5" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...11 lines deleted...]
-    <w:p w14:paraId="7880022F" w14:textId="6A49EC91" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. To file a grievance with the HSN, send a letter to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7880022F" w14:textId="6A49EC91" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Health Safety Net Office </w:t>
       </w:r>
-      <w:r w:rsidR="00D815AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Attn.: HSN Grievances</w:t>
       </w:r>
-      <w:r w:rsidR="00D815AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">100 Hancock Street, 6th </w:t>
       </w:r>
-      <w:r w:rsidR="002D7AAC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D7AAC" w:rsidRPr="00296FDF">
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">loor </w:t>
       </w:r>
-      <w:r w:rsidR="00D815AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Quincy, MA  02171</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241046B6" w14:textId="16D0BE4A" w:rsidR="00D815AC" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="241046B6" w14:textId="16D0BE4A" w:rsidR="00D815AC" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The letter should include your name and address and, if possible, information about the situation, the reason for the grievance, the provider’s name (if a provider is involved), and any other relevant information. </w:t>
       </w:r>
-      <w:r w:rsidR="003F2733" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003F2733" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you have questions </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>about filing a grievance</w:t>
       </w:r>
-      <w:r w:rsidR="003F2733" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003F2733" w:rsidRPr="00296FDF">
         <w:t>, call</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the HSN Help Line at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(877) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>910-2100.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADAA430" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00C57886" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
+    <w:p w14:paraId="0ADAA430" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315E27BF" w14:textId="4DA9DAD7" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="315E27BF" w14:textId="4DA9DAD7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="001D4C25" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001D4C25" w:rsidRPr="00296FDF">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00587366" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00587366" w:rsidRPr="00296FDF">
         <w:t>Your Rights and Responsibilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BEBC3BF" w14:textId="77777777" w:rsidR="00C16300" w:rsidRPr="00C57886" w:rsidRDefault="00C16300" w:rsidP="00890D75">
+    <w:p w14:paraId="7BEBC3BF" w14:textId="77777777" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Nondiscrimination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC15E77" w14:textId="35C091E2" w:rsidR="00C16300" w:rsidRPr="00C57886" w:rsidRDefault="00C16300" w:rsidP="0032227F">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1EC15E77" w14:textId="38DF76C7" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth complies with applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32BAD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">state and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">federal civil rights laws. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk183520145"/>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">We do not discriminate against, exclude, or treat people differently because of </w:t>
+      </w:r>
+      <w:r w:rsidR="00730CC4" w:rsidRPr="00296FDF">
+        <w:t>race, color, national origin, age, disability, religion, sexual orientation, or sex (including gender identity, pregnancy, childbirth, and related medical conditions)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="0962D383" w14:textId="2CC5F2B0" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth provides free aids and services to people with disabilities to communicate effectively with us. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B47B8" w:rsidRPr="00296FDF">
+        <w:t>They</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> include</w:t>
+      </w:r>
+      <w:r w:rsidR="00615298" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F590D27" w14:textId="40FC18EA" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00615298" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:cs="Melior"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Qualified </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16300" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cs="Melior"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sign language </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16300" w:rsidRPr="00296FDF">
+        <w:t>interpreters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065A4C5D" w14:textId="2286D129" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00615298" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:cs="Melior"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Written </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16300" w:rsidRPr="00296FDF">
+        <w:t>information in other formats</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16300" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cs="Melior"/>
+        </w:rPr>
+        <w:t>, including large print, braille,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16300" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D2745" w:rsidRPr="00C57886">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C16300" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cs="Melior"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accessible electronic formats, and other formats  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D1DE2A" w14:textId="2CF46290" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cs="Symbol"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We also provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">free language services to people whose primary language is not English. These services include </w:t>
+      </w:r>
+      <w:r w:rsidR="00615298" w:rsidRPr="00296FDF">
+        <w:t>the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F44BFB6" w14:textId="2912E73D" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00615298" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Qualified </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16300" w:rsidRPr="00296FDF">
+        <w:t>interpreters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7B636A" w14:textId="427C9E0B" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00615298" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16300" w:rsidRPr="00296FDF">
+        <w:t>written in other languages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7C1C44" w14:textId="068679AA" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you need these services, contact us at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:t>TDD/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    </w:p>
+    <w:p w14:paraId="3C789D5F" w14:textId="77095C4B" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you believe that MassHealth has failed to provide these services or discriminated in another way on the basis of race, color, national origin, age, disability, religion, sexual orientation</w:t>
+      </w:r>
+      <w:r w:rsidR="00730CC4" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> or sex</w:t>
+      </w:r>
+      <w:r w:rsidR="00730CC4" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (including gender identity, pregnancy, childbirth, and related medical conditions)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5817" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> you can file a grievance with:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9DEF9F" w14:textId="5176AF0C" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Section 1557 Compliance Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>1 Ashburton Place, 11th Floor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Boston, MA </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2F9A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>02108</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771AB79A" w14:textId="77777777" w:rsidR="00CA0B04" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Phone: </w:t>
+      </w:r>
+      <w:r w:rsidR="00115648" w:rsidRPr="00296FDF">
+        <w:t>(800) 368-1019, TTY/TDD: (800) 537-7697</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA130BD" w14:textId="5856056B" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Fax: (617) 889-7862, or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED7A531" w14:textId="12443A4E" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Melior"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00C16300" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Melior"/>
         </w:rPr>
-        <w:t xml:space="preserve">sign language </w:t>
-[...169 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+        <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Melior"/>
           </w:rPr>
           <w:t>Section1557Coordinator@state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0710E8B2" w14:textId="5E7D749C" w:rsidR="00C16300" w:rsidRPr="00C57886" w:rsidRDefault="00C16300" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0710E8B2" w14:textId="5E7D749C" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you need help filing a grievance, the Section 1557 Compl</w:t>
       </w:r>
-      <w:r w:rsidR="002D5817" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D5817" w:rsidRPr="00296FDF">
         <w:t>iance Coordinator can help you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F342A00" w14:textId="3819FEF0" w:rsidR="00C16300" w:rsidRPr="00C57886" w:rsidRDefault="00C16300" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6F342A00" w14:textId="3819FEF0" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You can also file a civil rights complaint with the </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Department of Health and Human Services</w:t>
       </w:r>
-      <w:r w:rsidR="002D7AAC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D7AAC" w:rsidRPr="00296FDF">
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Office for Civil Rights in the following ways:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1835BAF9" w14:textId="099F77E3" w:rsidR="00357373" w:rsidRPr="00C57886" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+    <w:p w14:paraId="1835BAF9" w14:textId="099F77E3" w:rsidR="00357373" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Melior-Italic"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Electronically</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> through the Office for Civil Rights Complaint Portal at </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:tooltip="https://ocrportal.hhs.gov/ocr/portal/lobby.jsf" w:history="1">
-        <w:r w:rsidR="00357373" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00357373" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Melior-Italic"/>
           </w:rPr>
           <w:t>https://ocrportal.hhs.gov/ocr/portal/lobby.jsf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F56C858" w14:textId="57029810" w:rsidR="00C16300" w:rsidRPr="00C57886" w:rsidRDefault="00C16300" w:rsidP="0032227F">
+    <w:p w14:paraId="6F56C858" w14:textId="57029810" w:rsidR="00C16300" w:rsidRPr="00296FDF" w:rsidRDefault="00C16300" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Melior"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Mail</w:t>
       </w:r>
-      <w:r w:rsidR="00D815AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Department of Health and Human Services</w:t>
       </w:r>
-      <w:r w:rsidR="00D815AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>200 Independence Avenue SW</w:t>
       </w:r>
-      <w:r w:rsidR="00D815AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Room 509F, HHH Building</w:t>
       </w:r>
-      <w:r w:rsidR="00D815AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="002D5817" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D5817" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Melior"/>
         </w:rPr>
         <w:t xml:space="preserve">Washington, DC </w:t>
       </w:r>
-      <w:r w:rsidR="002D7AAC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D7AAC" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Melior"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D5817" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D5817" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Melior"/>
         </w:rPr>
         <w:t>20201, or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1C66D5" w14:textId="1990873D" w:rsidR="00D815AC" w:rsidRPr="00C57886" w:rsidRDefault="00A124BC" w:rsidP="0032227F">
+    <w:p w14:paraId="0C1C66D5" w14:textId="1990873D" w:rsidR="00D815AC" w:rsidRPr="00296FDF" w:rsidRDefault="00A124BC" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Melior"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Phone</w:t>
       </w:r>
-      <w:r w:rsidR="00F41F57" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F41F57" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>68</w:t>
       </w:r>
-      <w:r w:rsidR="004E113D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004E113D" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>1019</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t>TTY/TDD</w:t>
       </w:r>
-      <w:r w:rsidR="004E113D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004E113D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>537</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>7697</w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E216895" w14:textId="58A0F870" w:rsidR="00A124BC" w:rsidRPr="00C57886" w:rsidRDefault="00A124BC" w:rsidP="0032227F">
+    <w:p w14:paraId="4E216895" w14:textId="58A0F870" w:rsidR="00A124BC" w:rsidRPr="00296FDF" w:rsidRDefault="00A124BC" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Melior-Italic"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Melior"/>
         </w:rPr>
         <w:t xml:space="preserve">Complaint forms are available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:tooltip="www.hhs.gov/ocr/office/file/index.html" w:history="1">
-        <w:r w:rsidR="008E14C4" w:rsidRPr="00C57886">
+        <w:r w:rsidR="008E14C4" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Melior-Italic"/>
             <w:iCs/>
           </w:rPr>
-          <w:t>hhs.gov/</w:t>
-[...17 lines deleted...]
-          <w:t>/office/file/index.html</w:t>
+          <w:t>hhs.gov/ocr/office/file/index.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:cs="Melior-Italic"/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C3DB9A" w14:textId="3171599F" w:rsidR="009F02D6" w:rsidRPr="00C57886" w:rsidRDefault="009F02D6" w:rsidP="00890D75">
+    <w:p w14:paraId="49C3DB9A" w14:textId="3171599F" w:rsidR="009F02D6" w:rsidRPr="00296FDF" w:rsidRDefault="009F02D6" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Privacy and </w:t>
       </w:r>
-      <w:r w:rsidR="007626B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007626B6" w:rsidRPr="00296FDF">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>onfidentiality</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CC7DAE" w14:textId="72792BC9" w:rsidR="009F02D6" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="79CC7DAE" w14:textId="72792BC9" w:rsidR="009F02D6" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and the </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Massachusetts </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t>Health Connector are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> committed to keeping </w:t>
       </w:r>
-      <w:r w:rsidR="00344994" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00344994" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>personal information confidential. All personal information</w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> we have</w:t>
       </w:r>
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">about any applicant or member, </w:t>
       </w:r>
-      <w:r w:rsidR="004E113D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004E113D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">including </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>medical data, health status, and the personal information you give us during your application for and receipt of benefits</w:t>
       </w:r>
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">is confidential. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">This information </w:t>
       </w:r>
-      <w:r w:rsidR="00942347" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00942347" w:rsidRPr="00296FDF">
         <w:t>is not</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> used or released for purposes not related to the administration of MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or the Health Connector </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>without your permission unless re</w:t>
       </w:r>
-      <w:r w:rsidR="002D5817" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D5817" w:rsidRPr="00296FDF">
         <w:t>quired by law or a court order.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34FE7B24" w14:textId="2D91BB27" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="34FE7B24" w14:textId="2D91BB27" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You can give us your written permission to use your personal health information for a specific purpose or </w:t>
       </w:r>
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>share it with a specific person or organization. You can also give us your permission to share your personal information with your authorized representative</w:t>
       </w:r>
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ertified </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">pplication </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ounselor, </w:t>
       </w:r>
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or Navigator, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>if you have one, by filling out an Authorized Representative Designation Form</w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (ARD)</w:t>
       </w:r>
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> a Certified Application Counselor Designation Form</w:t>
       </w:r>
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t>, or a Navigator Designation Form</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C6E261" w14:textId="60F1762E" w:rsidR="009F02D6" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="21C6E261" w14:textId="60F1762E" w:rsidR="009F02D6" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">For more information about </w:t>
       </w:r>
-      <w:r w:rsidR="00CA5B71" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CA5B71" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">your rights and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">how MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and the Health Connector </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>may use and share your information, please review the MassHealth Notice of Privacy Practices</w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and the Health Connector’s Privacy Policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. You can get a copy </w:t>
       </w:r>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">of the MassHealth Notice of Privacy Practices </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">by calling </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or by visiting </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:tooltip="www.mass.gov/masshealth" w:history="1">
-        <w:r w:rsidR="008E14C4" w:rsidRPr="00C57886">
+        <w:r w:rsidR="008E14C4" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/masshealth</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. You can view the Health Connector’s Privacy Policy at </w:t>
       </w:r>
       <w:hyperlink r:id="rId33" w:tooltip="www.mahealthconnector.org/site-policies/privacy-policy" w:history="1">
-        <w:r w:rsidR="008E14C4" w:rsidRPr="00C57886">
+        <w:r w:rsidR="008E14C4" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mahealthconnector.org/site-policies/privacy-policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009F02D6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009F02D6" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E775F5" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="65E775F5" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Authorized representative</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA52638" w14:textId="663085E2" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7BA52638" w14:textId="3D269AB0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">An authorized representative is someone you choose to help you get </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> coverage through programs offered by MassHealth and the Massachusetts Health Connector. You can do this by filling out the ARD or a similar designation form. An authorized representative may fill out your application or </w:t>
       </w:r>
-      <w:r w:rsidR="00F364A7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F364A7" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">eligibility review </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>forms</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> give proof of information given on these eligibility forms</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> report changes in your income, address, or other circumstances</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> get copies of all MassHealth or Health Connector eligibility or enrollment notices sent to you</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and act on your behalf in all other matters with MassHealth or the Health Connector.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B839F8" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="09B839F8" w14:textId="41A3746F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>An authorized representative can be a friend, family member, relative, or other person or organization of your choosing who agrees to help you. It is up to you to choose an authorized representative, if you want one. MassHealth or the Health Connector will not choose an authorized representative for you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9489BA" w14:textId="3B599D78" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7B9489BA" w14:textId="3B599D78" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You must designate in writing on the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ARD </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or a similar designation document or authorization document the person or organization you want to be your authorized representative. In most cases, your authorized representative must also fill out this form or a similar designation document or authorization document. This form is included in the application packet, or you can call us</w:t>
+      </w:r>
+      <w:r w:rsidR="00F364A7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00744BB9" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F364A7" w:rsidRPr="00296FDF">
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="00744BB9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F364A7" w:rsidRPr="00296FDF">
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="00744BB9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:t>TDD/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F364A7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, or visit</w:t>
+      </w:r>
+      <w:r w:rsidR="00224BB1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...34 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="00224BB1" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00224BB1" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/masshealth</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00224BB1" w:rsidRPr="00C57886">
+      </w:hyperlink>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>o get one. Please see the instructions on the form for more details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C748BFA" w14:textId="0D092C14" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">An authorized representative can also be someone who is acting responsibly on your behalf if you cannot designate an authorized representative in writing because of a mental or physical condition, or </w:t>
+      </w:r>
+      <w:r w:rsidR="00123945" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">someone who </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">has been appointed by law to act on your behalf or on behalf of your estate. This person must fill out the applicable parts of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ARD </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or provide a similar designation document. If this person has been appointed by law to represent you, either you or </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3526" w:rsidRPr="00296FDF">
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> must also submit to MassHealth or the Health Connector a copy of the applicable legal document stating that </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3526" w:rsidRPr="00296FDF">
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> lawfully represent you or your estate. This person may be a legal guardian, conservator, holder of power of attorney, or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> proxy or</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> if the applicant or member has died, the estate’s administrator or executor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2A9C68" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Permission to share information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BF3086" w14:textId="242D4188" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you want us to share your personal health information, including copies of your eligibility notices, with someone who is not your authorized representative, you can </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3526" w:rsidRPr="00296FDF">
+        <w:t>give</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> us written permission</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3526" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> to do so</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. We have forms you can use </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3526" w:rsidRPr="00296FDF">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> this. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3526" w:rsidRPr="00296FDF">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">all us or visit </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="00224BB1" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>masshealth</w:t>
-[...122 lines deleted...]
-          <w:t>-members</w:t>
+          <w:t>mass.gov/lists/hipaa-forms-for-masshealth-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C04EBD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C04EBD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">to get a copy of the </w:t>
       </w:r>
-      <w:r w:rsidR="00F364A7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F364A7" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">right </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B5705B" w14:textId="7737B241" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="08B5705B" w14:textId="7737B241" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">How we use your </w:t>
       </w:r>
-      <w:r w:rsidR="00632B79" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A40749" w14:textId="57E122D9" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="33A40749" w14:textId="57E122D9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Unless one of the </w:t>
       </w:r>
-      <w:r w:rsidR="00D815AC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D815AC" w:rsidRPr="00296FDF">
         <w:t>exceptions on</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> page </w:t>
       </w:r>
-      <w:r w:rsidR="000130CE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000130CE" w:rsidRPr="00296FDF">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> applies, you must give us a </w:t>
       </w:r>
-      <w:r w:rsidR="00632B79" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Social Security </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>number (SSN)</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or proof that one has been applied for, for every household member who is applying. MassHealth may require you to give us the SSN, if you can get it, of any person not applying who has or who can get health insurance that covers you or any member of your household.</w:t>
       </w:r>
-      <w:r w:rsidR="005A7A8E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A7A8E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> MassHealth is allowed to ask for SSNs under </w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="005A7A8E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A7A8E" w:rsidRPr="00296FDF">
         <w:t>Tax Reform Act of 1976</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005A7A8E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A7A8E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> which amended Section 205(c)(2) of the Social Security Act</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005A7A8E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A7A8E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and under 130 CMR 503.003.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5667F659" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5667F659" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>We use SSNs to check information you have given us. We also use them to detect fraud, to see if anyone is getting duplicate benefits, or to see if others (a “third party”) should be paying for services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D62864D" w14:textId="4A0914F1" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6D62864D" w14:textId="4A0914F1" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We match the SSN of anyone in your household who is applying and anyone who has or who can get health insurance for any such </w:t>
       </w:r>
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> with the files of agencies, including the following</w:t>
       </w:r>
-      <w:r w:rsidR="00DF22E0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C72D3B" w14:textId="38481D8E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="77C72D3B" w14:textId="38481D8E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Internal Revenue Service</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (IRS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1F3AFA" w14:textId="125B915E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2F1F3AFA" w14:textId="125B915E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Social Security Administration</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (SSA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C265D1D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5C265D1D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Department of Homeland Security</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CF08A3" w14:textId="59753A0A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="46CF08A3" w14:textId="59753A0A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Centers for Medicare &amp; Medicaid Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8B2CA9" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0F8B2CA9" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Registry of Motor Vehicles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693D01E5" w14:textId="3B9795FF" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="693D01E5" w14:textId="3B9795FF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Department of Revenue</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (DOR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647E985D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="647E985D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Department of Transitional Assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A81062" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="67A81062" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Department of Industrial Accidents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35896F52" w14:textId="1DF390BF" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="35896F52" w14:textId="1DF390BF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Division of Unemployment Assistance</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (DUA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74806FF5" w14:textId="6E2604C6" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="74806FF5" w14:textId="6E2604C6" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Department of Veterans’ Services, Human Resource</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Division</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E53FBAB" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7E53FBAB" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Bureau of Special Investigations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EABE16" w14:textId="13EBE0E8" w:rsidR="00F364A7" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="76EABE16" w14:textId="13EBE0E8" w:rsidR="00F364A7" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Department of Public Health</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>, Bureau of Vital Statistics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268B52A5" w14:textId="77777777" w:rsidR="00F364A7" w:rsidRPr="00C57886" w:rsidRDefault="00F364A7" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="268B52A5" w14:textId="77777777" w:rsidR="00F364A7" w:rsidRPr="00296FDF" w:rsidRDefault="00F364A7" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Banks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EE5922" w14:textId="5B1FEE32" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00F364A7" w:rsidP="00CA0B04">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="49EE5922" w14:textId="5B1FEE32" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00F364A7" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Other financial institutions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DE5B58" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="57DE5B58" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If MassHealth pays part of your health insurance premiums, MassHealth may add your SSN or the SSN of the policyholder in your household to the State Comptroller’s vendor file. You or the policyholder in your household must have a valid SSN before you can get a payment from MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C75F50" w14:textId="65ADFBC8" w:rsidR="00D815AC" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="29C75F50" w14:textId="65ADFBC8" w:rsidR="00D815AC" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00CA0B04">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Files may also be matched with social service agencies in this state and other states, and computer files of banks and other financial institutions, insurance companies, employers, and managed care organizations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B77F14" w14:textId="77777777" w:rsidR="00F76F3E" w:rsidRPr="00C57886" w:rsidRDefault="00F76F3E" w:rsidP="00890D75">
+    <w:p w14:paraId="07B77F14" w14:textId="77777777" w:rsidR="00F76F3E" w:rsidRPr="00296FDF" w:rsidRDefault="00F76F3E" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Giving correct information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2592D97D" w14:textId="77777777" w:rsidR="00F76F3E" w:rsidRPr="00C57886" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
-[...12 lines deleted...]
-    <w:p w14:paraId="0DAE653B" w14:textId="77777777" w:rsidR="00F76F3E" w:rsidRPr="00C57886" w:rsidRDefault="00F76F3E" w:rsidP="00890D75">
+    <w:p w14:paraId="2592D97D" w14:textId="77777777" w:rsidR="00F76F3E" w:rsidRPr="00296FDF" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Giving incorrect or false information may end your benefits. It may also result in fines, imprisonment, or both.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAE653B" w14:textId="77777777" w:rsidR="00F76F3E" w:rsidRPr="00296FDF" w:rsidRDefault="00F76F3E" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Reporting changes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766E5395" w14:textId="5A8F0FB4" w:rsidR="00F76F3E" w:rsidRPr="00C57886" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="766E5395" w14:textId="5A8F0FB4" w:rsidR="00F76F3E" w:rsidRPr="00296FDF" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Once you start getting benefits, you must let us know about certain changes within 10 days of the changes or as soon as possible. See Section </w:t>
       </w:r>
-      <w:r w:rsidR="00AC186E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC186E" w:rsidRPr="00296FDF">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00C72E3A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C72E3A" w:rsidRPr="00296FDF">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>for information on where to report changes. These include any changes in income, household size, employment, disability status, health insurance, and address. If you do not tell us about changes, you may lose your benefits. MassHealth will perform information matches with other agencies and information sources when an application is submitted, at annual review, and periodically to update or prove eligibility. These agencies and information sources may include, but are not limited to</w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>IRS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>SSA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>DOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
-      <w:r w:rsidR="00D00276" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D00276" w:rsidRPr="00296FDF">
         <w:t>DUA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, and banks and other financial institutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005AD224" w14:textId="6071B5E2" w:rsidR="00272B70" w:rsidRPr="00C57886" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="005AD224" w14:textId="6071B5E2" w:rsidR="00272B70" w:rsidRPr="00296FDF" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Income information will be obtained through an electronic data match</w:t>
       </w:r>
-      <w:r w:rsidR="00272B70" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00272B70" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00272B70" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00272B70" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="KeplerStd-LightScn" w:cs="KeplerStd-LightScn"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and compared to the income amount you stated on your application (“attested amount”) to determine if the data source amount and the attested amount are reasonably compatible. </w:t>
       </w:r>
-      <w:r w:rsidR="00272B70" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00272B70" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If these amounts are reasonably compatible, the attested income is considered verified for purposes of an eligibility determination</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01898274" w14:textId="0443F7E0" w:rsidR="00F76F3E" w:rsidRPr="00C57886" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="01898274" w14:textId="0443F7E0" w:rsidR="00F76F3E" w:rsidRPr="00296FDF" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>To be reasonably compatible</w:t>
       </w:r>
-      <w:r w:rsidR="00224BB1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00224BB1" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562591A2" w14:textId="2EA382B9" w:rsidR="00272B70" w:rsidRPr="00C57886" w:rsidRDefault="00272B70" w:rsidP="00CA0B04">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="562591A2" w14:textId="33ECC273" w:rsidR="00272B70" w:rsidRPr="00296FDF" w:rsidRDefault="00272B70" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>both the attested income and the income from the data sources must be above the applicable income standard for the individual</w:t>
+      </w:r>
+      <w:r w:rsidR="00123945" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CC34B6" w14:textId="1CEC7EAF" w:rsidR="00272B70" w:rsidRPr="00296FDF" w:rsidRDefault="00272B70" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>both the attested income and the income from the data sources must be at or below the applicable income standard for the individual</w:t>
+      </w:r>
+      <w:r w:rsidR="00123945" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A33E376" w14:textId="37C4CF4C" w:rsidR="00272B70" w:rsidRPr="00296FDF" w:rsidRDefault="00272B70" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the attested income is at or below the applicable standard and the income from the data sources is above the applicable standard but their difference is 10% or less</w:t>
+      </w:r>
+      <w:r w:rsidR="00123945" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5661D84F" w14:textId="3024BC76" w:rsidR="00272B70" w:rsidRPr="00C57886" w:rsidRDefault="00272B70" w:rsidP="00CA0B04">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5661D84F" w14:textId="3024BC76" w:rsidR="00272B70" w:rsidRPr="00296FDF" w:rsidRDefault="00272B70" w:rsidP="00CA0B04">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the attested income is above the applicable standard and the income from the data sources is at or below the applicable standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF6A636" w14:textId="02B4253F" w:rsidR="00272B70" w:rsidRPr="00296FDF" w:rsidRDefault="00272B70" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">When self-attested income is reasonably compatible with </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>When self-attested income is reasonably compatible with the electronic data, the income amount used to determine eligibility is the self-attested amount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2297DB07" w14:textId="5120612C" w:rsidR="00F76F3E" w:rsidRPr="00296FDF" w:rsidRDefault="00F76F3E" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If electronic data sources </w:t>
       </w:r>
-      <w:r w:rsidR="00786807" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
         <w:t>can’t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> prove attested information or are not reasonably compatible with attested information, </w:t>
       </w:r>
-      <w:r w:rsidR="00A64AB8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A64AB8" w:rsidRPr="00296FDF">
         <w:t>we will ask you for more documentation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126FCA3B" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00C57886" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
+    <w:p w14:paraId="126FCA3B" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591372F6" w14:textId="21C1A04E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="591372F6" w14:textId="21C1A04E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="001D4C25" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001D4C25" w:rsidRPr="00296FDF">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">How </w:t>
       </w:r>
-      <w:r w:rsidR="002B715E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002B715E" w:rsidRPr="00296FDF">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ncome </w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="002B715E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002B715E" w:rsidRPr="00296FDF">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ounted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2E2733" w14:textId="5077DE7E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="005B2A72" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5A2E2733" w14:textId="5077DE7E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="005B2A72" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ederal </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">overty </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">evel (FPL) chart can be found on the inside back cover. For the most up-to-date charts, go to </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
-        <w:r w:rsidR="008F2709" w:rsidRPr="00C57886">
+        <w:r w:rsidR="008F2709" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A2B595" w14:textId="219F67CC" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="37A2B595" w14:textId="219F67CC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Who is counted in your household for MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="00AC30D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>the Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidR="00AC30D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and the Health Safety Net</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781CD7BD" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...24 lines deleted...]
-      <w:r w:rsidR="002D5817" w:rsidRPr="00C57886">
+    <w:p w14:paraId="781CD7BD" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth determines household size or household composition at the individual member level in one of two ways.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058D59DC" w14:textId="6614C6CA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>To calculate financial eligibility for an individual, a household will be constructed for each individual who is appl</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5817" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ying for or renewing coverage. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...23 lines deleted...]
-      <w:r w:rsidR="009052A9" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Different households may exist within a single family, depending on the family members’ familial and tax relationships to each other.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABD0B7D" w14:textId="7B5DBAFF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Income of all household members forms the basis for establishing an individual’s eligibility. A household’s countable income is the sum of the </w:t>
+      </w:r>
+      <w:r w:rsidR="009052A9" w:rsidRPr="00296FDF">
         <w:t>Modified Adjusted Gross Income (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MAGI</w:t>
       </w:r>
-      <w:r w:rsidR="009052A9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009052A9" w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="009052A9" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> income of every individual included in the individual’s household with the exception of children and tax dependents who are not expected to be required to file a tax return.</w:t>
+      </w:r>
+      <w:r w:rsidR="009052A9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="616E8796" w14:textId="055B7F77" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="616E8796" w14:textId="055B7F77" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth MAGI Household Composition</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685462C7" w14:textId="55DBCA30" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="685462C7" w14:textId="55DBCA30" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth will use the MassHealth MAGI household composition rules </w:t>
       </w:r>
-      <w:r w:rsidR="009052A9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009052A9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">below </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">to determine </w:t>
       </w:r>
-      <w:r w:rsidR="00874F4D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00874F4D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">who is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>eligible for one of the following benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="085E4B9B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="085E4B9B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Standard, except for disabled adults</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24872E96" w14:textId="4F0B4A96" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="24872E96" w14:textId="4F0B4A96" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth CommonHealth for disabled children younger than 19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7112E996" w14:textId="40424864" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7112E996" w14:textId="40424864" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth CarePlus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D980910" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Family Assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA0A878" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4CA0A878" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Limited</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6BCE99" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4A6BCE99" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Children’s Medical Security Plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E1969B" w14:textId="4A5D9DAA" w:rsidR="009307B3" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    <w:p w14:paraId="24E1969B" w14:textId="4A5D9DAA" w:rsidR="009307B3" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The MassHealth MAGI household consists of </w:t>
       </w:r>
-      <w:r w:rsidR="00563B05" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00563B05" w:rsidRPr="00296FDF">
         <w:t>the following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5B75AC" w14:textId="7F392D56" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00563B05" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7D5B75AC" w14:textId="7F392D56" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00563B05" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">axpayers not claimed as a tax dependent on </w:t>
       </w:r>
-      <w:r w:rsidR="00AC1575" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC1575" w:rsidRPr="00296FDF">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> federal income taxes. If the individual expects to file a tax return for the taxable year in which an initial determination or renewal of eligibility is being made, and does not expect to be claimed as a tax dependent by another taxpayer, the household consists of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38BE3E9F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+    <w:p w14:paraId="38BE3E9F" w14:textId="14517AA4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="75752C41" w14:textId="544F976F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the taxpayer</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75752C41" w14:textId="14DAABDD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the taxpayer’s spouse (if living with </w:t>
       </w:r>
-      <w:r w:rsidR="00AC1575" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC1575" w:rsidRPr="00296FDF">
         <w:t>them</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="2B2FB94B" w14:textId="784653E1" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2FB94B" w14:textId="23FFFF4D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="60E43980" w14:textId="5311AE05" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the taxpayer expects to claim as a tax dependent</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E43980" w14:textId="5311AE05" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>the number of expected children</w:t>
       </w:r>
-      <w:r w:rsidR="00217F97" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00217F97" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (if any of the household members are pregnant)</w:t>
       </w:r>
-      <w:r w:rsidR="00563B05" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00563B05" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7ED9BD" w14:textId="312DBCBF" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00563B05" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2E7ED9BD" w14:textId="312DBCBF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00563B05" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...11 lines deleted...]
-    <w:p w14:paraId="224835BF" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>ndividuals claimed as a tax dependent on federal income taxes. If the individual expects to be claimed as a tax dependent by another taxpayer for the taxable year in which an initial determination or renewal of eligibility is being made and does not otherwise meet the Medicaid exception rules as described in 130 CMR 506.000, the household consists of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224835BF" w14:textId="2EF1E16D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="4742A326" w14:textId="0C715764" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the individual person claimed as a dependent</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4742A326" w14:textId="1061CBC5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the dependent’s spouse (if living with </w:t>
       </w:r>
-      <w:r w:rsidR="00AC1575" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AC1575" w:rsidRPr="00296FDF">
         <w:t>them</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="6279BC93" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6279BC93" w14:textId="12D30EC0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="73443016" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the taxpayer claiming the individual as a tax dependent</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73443016" w14:textId="45E9887B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="19F5B049" w14:textId="6D66C8D9" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>any of the taxpayer’s tax dependents</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F5B049" w14:textId="6D66C8D9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>the number of expected children</w:t>
       </w:r>
-      <w:r w:rsidR="00217F97" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00217F97" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (if any of the household members are pregnant)</w:t>
       </w:r>
-      <w:r w:rsidR="00027185" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00027185" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01789067" w14:textId="053BC98A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="01789067" w14:textId="053BC98A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Household size must be determined in accordance with nontax filer rules if any of the following exceptions apply</w:t>
       </w:r>
-      <w:r w:rsidR="007874A9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007874A9" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09487585" w14:textId="3B04217E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="007874A9" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="09487585" w14:textId="3B04217E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="007874A9" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Individuals </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">other than a spouse or </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk184126495"/>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:bookmarkStart w:id="11" w:name="_Hlk184126495"/>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>a biological</w:t>
       </w:r>
-      <w:r w:rsidR="00563B05" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00563B05" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> child</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>, adopted</w:t>
       </w:r>
-      <w:r w:rsidR="00563B05" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00563B05" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> child</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
-      <w:r w:rsidR="00DF22E0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DF22E0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">stepchild </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>who expect to be claimed as a tax dependent by another taxpayer</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD12857" w14:textId="7CF16A36" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="007874A9" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3BD12857" w14:textId="7CF16A36" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="007874A9" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Individuals </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>younger than 19 who expect to be claimed by one parent as a tax dependent, and are living with both parents</w:t>
       </w:r>
-      <w:r w:rsidR="00563B05" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00563B05" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> but whose parents do not expect to file a joint tax return</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62055959" w14:textId="20F03EED" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="007874A9" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="62055959" w14:textId="20F03EED" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="007874A9" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Individuals younger than </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>19 who expect to be claimed as a tax dependent by a noncustodial parent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0241955C" w14:textId="75E6E4BE" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="003B4AF1">
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0241955C" w14:textId="75E6E4BE" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="003B4AF1">
+      <w:bookmarkStart w:id="12" w:name="_Hlk185252488"/>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">For an individual who neither files a federal tax return </w:t>
       </w:r>
-      <w:r w:rsidR="00801E87" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00801E87" w:rsidRPr="00296FDF">
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or is claimed as a tax dependent on a federal tax return, or when any of the </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">above </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>exceptions apply, the household consists of the individual and</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> if </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>liv</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> with the individual</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290B9EB9" w14:textId="35E23673" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="290B9EB9" w14:textId="35E23673" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the individual’s spouse</w:t>
+      </w:r>
+      <w:r w:rsidR="005655CD" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD4F0CF" w14:textId="35316F83" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the individual’s </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005655CD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007874A9" w:rsidRPr="00296FDF">
+        <w:t>biological children</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, adopted</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84F14" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> children</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, and stepchildren younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="005655CD" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="2D26F843" w14:textId="7BD42B46" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>individuals younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="005655CD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the individual’s </w:t>
       </w:r>
-      <w:r w:rsidR="007874A9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005655CD" w:rsidRPr="00296FDF">
+        <w:t>biological parents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, adopted</w:t>
+      </w:r>
+      <w:r w:rsidR="005655CD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> parents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, and stepparents</w:t>
+      </w:r>
+      <w:r w:rsidR="005655CD" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00217F97" w:rsidRPr="00296FDF">
+        <w:t>biological siblings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, adoptive</w:t>
+      </w:r>
+      <w:r w:rsidR="00217F97" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> siblings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, and stepsiblings younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="005655CD" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0EEB9F" w14:textId="39614645" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the number of expected children</w:t>
+      </w:r>
+      <w:r w:rsidR="00217F97" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (if any of the household members are pregnant)</w:t>
+      </w:r>
+      <w:r w:rsidR="00027185" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="1671FEF7" w14:textId="5ACC1CE7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Disabled Adult MassHealth Household Composition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4F1928" w14:textId="4EC6A34D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth will use the </w:t>
+      </w:r>
+      <w:r w:rsidR="000662E1" w:rsidRPr="00296FDF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">isabled </w:t>
+      </w:r>
+      <w:r w:rsidR="000662E1" w:rsidRPr="00296FDF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">dult MassHealth household composition rules to determine members eligible for one </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44261" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the following benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B84DBB0" w14:textId="2E2C7911" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth Standard for disabled adults 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22ECC5B5" w14:textId="1129F241" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth CommonHealth for disabled adults 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70697144" w14:textId="4A172AAD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth CommonHealth for certain disabled young adults 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CC1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> years </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182B269B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MassHealth Family Assistance for certain disabled individuals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A74C72C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>The household consists of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D09CC08" w14:textId="2B25C162" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the individual</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE54211" w14:textId="62789940" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the individual’s spouse</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25248D6C" w14:textId="479C257C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the individual’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5D9E" w:rsidRPr="00296FDF">
         <w:t>biological children</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, adopted</w:t>
       </w:r>
-      <w:r w:rsidR="00B84F14" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B84F14" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> children</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...6 lines deleted...]
-      <w:r w:rsidR="005655CD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F364A7" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t>stepchildren</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> younger than 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06523CD5" w14:textId="2BC0DB52" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the number of expected children</w:t>
+      </w:r>
+      <w:r w:rsidR="00217F97" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (if any of the household members are pregnant)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF46DA1" w14:textId="00CF097E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Who is counted in your household for ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>lans and Advance Premium Tax Credits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1E8073" w14:textId="3572AFA5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Health Connector determines household size or household composition by applying tax filing rules. The household consists of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C326FC7" w14:textId="4C56DBD7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the primary taxpayer</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="005655CD" w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="25F70162" w14:textId="3B3CA01F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>the spouse</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...14 lines deleted...]
-      <w:r w:rsidR="005655CD" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFCC926" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>all tax dependents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBD6149" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Additional tax filing requirements are the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4A2D59" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Married taxpayers are required to file jointly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BBA8486" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Recipients of Advance Premium Tax Credits </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7AD7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">(APTCs) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>are required to file taxes for the year in which they receive credits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7AF6AC" w14:textId="205C211D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Modified Adjusted Gross Income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21561734" w14:textId="41A25DC3" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Financial eligibility is based on Modified Adjusted Gross Income (MAGI).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615DB69C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Countable </w:t>
+      </w:r>
+      <w:r w:rsidR="00E975A3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Earned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6333786E" w14:textId="096F263D" w:rsidR="00DC5FD1" w:rsidRPr="00296FDF" w:rsidRDefault="00DC5FD1" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MAGI is the income reported on line </w:t>
+      </w:r>
+      <w:r w:rsidR="0058468A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">on the personal 1040 income tax return after the </w:t>
+      </w:r>
+      <w:r w:rsidR="0058468A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">income from line 22 of Schedule 1 has been added and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>deductions from line</w:t>
+      </w:r>
+      <w:r w:rsidR="002F504B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058468A" w:rsidRPr="00296FDF">
+        <w:t>36 of Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> have been </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1B45" w:rsidRPr="00296FDF">
+        <w:t>taken</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. Then tax-exempt interest, foreign earned income exclusions, and tax-exempt </w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Social Security </w:t>
+      </w:r>
+      <w:r w:rsidR="002E49DB" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">income </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>are also added back in.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="489FF42B" w14:textId="081A9754" w:rsidR="00DC5FD1" w:rsidRPr="00296FDF" w:rsidRDefault="00DC5FD1" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MAGI includes earned income, such as wages, salary, tips, commissions, and bonuses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B66F827" w14:textId="5C1DEFBC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>MAGI does not count pretax contributions to salary reduction plans (of up to</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>$2,500 or $5,000 depending on filing status) for payment of dependent care, transportation, and certain health expenses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784AC489" w14:textId="44613952" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
+        <w:t>Self-employment income is included in adjusted gross income, but the tax code allows deductions for various business-related travel and entertainment expenses (up to a limit) and business use of a personal home. If the deductions exceed the income earned from self-employment, the losses can be used to offset other income.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6762A9D6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>An amount received as a lump sum is counted as income only in the month received.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1A7080" w14:textId="60E0DA33" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Exception: </w:t>
+      </w:r>
+      <w:r w:rsidR="00565C42" w:rsidRPr="00296FDF">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or plans through the Health Connector, income received as a lump sum is countable for the year in which it is received.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="445ABEB5" w14:textId="77777777" w:rsidR="00E975A3" w:rsidRPr="00296FDF" w:rsidRDefault="00E975A3" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Countable Unearned Income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68530848" w14:textId="2D1FC772" w:rsidR="00E975A3" w:rsidRPr="00296FDF" w:rsidRDefault="00E975A3" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Unearned income is the total amount of taxable income that does not directly result from the individual’s own labor after allowable deductions on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Individual Tax Return.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5471ACE3" w14:textId="37332FFD" w:rsidR="00E975A3" w:rsidRPr="00296FDF" w:rsidRDefault="00E975A3" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Unearned income may include, but is not limited to, </w:t>
+      </w:r>
+      <w:r w:rsidR="00632B79" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Social Security </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>benefits, railroad retirement benefits, pensions, annuities, certain trusts, interest and dividend income, state or local tax refund for a tax you deducted in the previous year, and gross gambling income.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28026E89" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Deductions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9AAA1E" w14:textId="3E62C5AE" w:rsidR="00EE27FF" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">The following are allowable deductions from countable income when determining MAGI: educator expenses; </w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">certain business </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">expenses </w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> reservists</w:t>
+      </w:r>
+      <w:r w:rsidR="002F504B" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> performance artist</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3F25" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, or fee-based government officials; health savings account</w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> deduction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>; moving expenses</w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for members of the Armed Forces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">deductible part of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">self-employment taxes; self-employment </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD628B" w:rsidRPr="00296FDF">
+        <w:t>Simplified Employee Pension (</w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t>SEP</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD628B" w:rsidRPr="00296FDF">
+        <w:t>) plans</w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t>, SIMPLE</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD628B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> IRA plans</w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t>, and qualified plans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t>self-employment health insurance deductible</w:t>
+      </w:r>
+      <w:r w:rsidR="00224BB1" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...31 lines deleted...]
-      <w:r w:rsidR="00027185" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>penalt</w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> on early withdrawal of savings; alimony paid</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE27FF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for a divorce, separation agreement, or court order that was finalized before January 1, 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; individual retirement account </w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t>deductions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6423" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>student loan interest</w:t>
+      </w:r>
+      <w:r w:rsidR="000900D3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> deduction</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7A3A" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:p w14:paraId="1671FEF7" w14:textId="5ACC1CE7" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="7AF89E64" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...131 lines deleted...]
-      <w:r w:rsidR="00F364A7" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Noncountable Income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2FABFC" w14:textId="744B44FF" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00672EE5" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Transitional Aid to Families with Dependent Children (TAFDC)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D35" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>Emergency Aid to the Elderly, Disabled and Children</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D35" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>Supplemental Security In</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D35" w:rsidRPr="00296FDF">
+        <w:t>come</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E5A3F5" w14:textId="06A2F149" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Federal veteran benefits that are not taxable </w:t>
+      </w:r>
+      <w:r w:rsidR="006B2224" w:rsidRPr="00296FDF">
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> IRS rules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CFDDCC" w14:textId="48331D26" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Income</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7725" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7725" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>kind</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727CB53F" w14:textId="43873329" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Roomer and boarder income from </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> residing in the applicant's or member's principal place of residence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35421F6F" w14:textId="77777777" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Most workers’ compensation income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BCAE3B" w14:textId="77777777" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Pretax contributions to salary reduction plans for payment of dependent care, transportation, and certain health expenses within allowable limits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C42FFA" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Child support received</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EA70A3" w14:textId="032C0BA4" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Taxable amounts received as a lump sum, except in the month received</w:t>
+      </w:r>
+      <w:r w:rsidR="00227E09" w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EFF63C" w14:textId="77777777" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Income received by independent foster-care adolescents described at 130 CMR 505.002(H) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C6072E" w14:textId="34C29385" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Income from children and tax dependents who are not expected to be required to file a tax return under Internal Revenue Code, U.S.C. Title 26, § 6012(a)(1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7725" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...253 lines deleted...]
-      <w:r w:rsidR="00565C42" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for the taxable year in which eligibility for MassHealth is being determined, whether or not the children or tax dependents file a tax return </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2837FE52" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Any other income that is excluded by federal laws other than the Social Security Act</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192650CD" w14:textId="27A2372D" w:rsidR="00793A68" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">* Exception: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3F25" w:rsidRPr="00296FDF">
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...319 lines deleted...]
-    <w:p w14:paraId="63BBB026" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00C57886" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or plans through the Health Connector, income received is countable income.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BBB026" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A4798A" w14:textId="339B2289" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="09A4798A" w14:textId="339B2289" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="001D4C25" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001D4C25" w:rsidRPr="00296FDF">
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Premiums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D764B3" w14:textId="6188B9E2" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="05D764B3" w14:textId="6188B9E2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Copay and premium</w:t>
       </w:r>
-      <w:r w:rsidR="007410C1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007410C1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>information for American Indians</w:t>
       </w:r>
-      <w:r w:rsidR="007F5205" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007F5205" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Alaska Natives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D5C6F5" w14:textId="0D7DE3A6" w:rsidR="00277E7F" w:rsidRPr="00C57886" w:rsidRDefault="00B865F3" w:rsidP="0032227F">
+    <w:p w14:paraId="29D5C6F5" w14:textId="0D7DE3A6" w:rsidR="00277E7F" w:rsidRPr="00296FDF" w:rsidRDefault="00B865F3" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">Except for CommonHealth members, members </w:t>
       </w:r>
-      <w:r w:rsidR="00801F85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00801F85" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">are responsible for MassHealth premiums and copays up to a monthly maximum of 5% of applicable monthly income. </w:t>
       </w:r>
-      <w:r w:rsidR="00277E7F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00277E7F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t xml:space="preserve">In any month, the most a member would have to pay in combined monthly premium and copays is 5% of their applicable monthly income. That 5% monthly income is </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00277E7F" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">In any month, the most a member would have to pay in combined monthly premium and copays is 5% of their applicable monthly income. That 5% monthly income is broken down between premiums and copays. Their total premium can’t be more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00277E7F" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>3% of monthly income</w:t>
+      </w:r>
+      <w:r w:rsidR="00277E7F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>broken down</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00277E7F" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve"> per month</w:t>
+      </w:r>
+      <w:r w:rsidR="00277E7F" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and their total copays can’t be more than 2% of their monthly income </w:t>
+      </w:r>
+      <w:r w:rsidR="00277E7F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> between premiums and copays. Their total premium can’t be more than </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00277E7F" w:rsidRPr="00C57886">
+        <w:t>per month.</w:t>
+      </w:r>
+      <w:r w:rsidR="00277E7F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>3% of monthly income</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:t xml:space="preserve"> CommonHealth members should note that the 3% monthly premium limit doesn’t apply to them. Their monthly premium could be higher.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333ED808" w14:textId="3747FE19" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>American</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per month</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:t>Indians</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Alaska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>per month.</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>Natives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>Indians</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>received</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>eligible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Indian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02536" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>non</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC30D7" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Indian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>referral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Indian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02536" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>exempt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>paying</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>copays</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>premiums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>Natives</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>may get</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>special</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>monthly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>enrollment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>who</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>periods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>have</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="6"/>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:spacing w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...437 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF27CCE" w14:textId="5AE7DA42" w:rsidR="00C66627" w:rsidRPr="00186C67" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+    <w:p w14:paraId="0CF27CCE" w14:textId="5AE7DA42" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00186C67">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>A more detailed definition of who is considered an American Indian or Alaska Native can be found in the MassHealth regulations at 130 CMR 501.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAAB2C4" w14:textId="28E1C547" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="4DAAB2C4" w14:textId="28E1C547" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth/</w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>Children’s Medical Security Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> premiums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2898F16E" w14:textId="536D176B" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2898F16E" w14:textId="536D176B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth may charge a monthly premium to certain MassHealth members who have incomes above 150% of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>. MassHealth may also charge a monthly premium to members of the Children’s Medical Security Plan (CMSP) who</w:t>
       </w:r>
-      <w:r w:rsidR="008972B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008972B6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">se </w:t>
       </w:r>
-      <w:r w:rsidR="00AA0205" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AA0205" w:rsidRPr="00296FDF">
         <w:t>households</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> have incomes at or above </w:t>
       </w:r>
-      <w:r w:rsidR="00414ECB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00414ECB" w:rsidRPr="00296FDF">
         <w:t>300</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00801F85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00801F85" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Members</w:t>
       </w:r>
-      <w:r w:rsidR="008972B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008972B6" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>, except CommonHealth members,</w:t>
       </w:r>
-      <w:r w:rsidR="00801F85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00801F85" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> are responsible for MassHealth premiums up to a monthly maximum of 3% of applicable monthly income.</w:t>
       </w:r>
-      <w:r w:rsidR="00801F85" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00801F85" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth and CMSP premium amounts are calculated based on a member’s household </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t>Modified Adjusted Gross Income (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MAGI</w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and household size as described in the Premium Billing Family Group (PBFG) </w:t>
       </w:r>
-      <w:r w:rsidR="006B41CB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006B41CB" w:rsidRPr="00296FDF">
         <w:t>section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E72D5D7" w14:textId="71CE810C" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0E72D5D7" w14:textId="71CE810C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you have to pay a monthly premium, MassHealth will send you a notice with the premium amount. You will also get a bill every month. If you do not pay your premium payments, your benefits may end.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66825A84" w14:textId="2C95FFD3" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If MassHealth decides you must pay a premium for benefits, you are responsible for paying </w:t>
       </w:r>
-      <w:r w:rsidR="00EB0973" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EB0973" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">it </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">unless you tell MassHealth to </w:t>
       </w:r>
-      <w:r w:rsidR="00422022" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00422022" w:rsidRPr="00296FDF">
         <w:t>withdraw your MassHealth coverage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> within 60 days from the date your eligibility was determined or </w:t>
       </w:r>
-      <w:r w:rsidR="00535AC9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00535AC9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">unless </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>a premium hardship waiver was approved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70CCE38B" w14:textId="0CBF77C1" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="70CCE38B" w14:textId="0CBF77C1" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>PBFG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F422F86" w14:textId="342EF165" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7F422F86" w14:textId="342EF165" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Premium formula calculations for MassHealth and CMSP premiums are based on the PBFG. A </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">PBFG </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>consists of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29261467" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="29261467" w14:textId="5FEBD135" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>an individual</w:t>
+      </w:r>
+      <w:r w:rsidR="00862DA9" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E97C79" w14:textId="74C5CD12" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>a couple</w:t>
       </w:r>
-      <w:r w:rsidR="00EA7723" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EA7723" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, defined as </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">two </w:t>
       </w:r>
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> who are married to each other according to the laws of the Commonwealth of Massachusetts</w:t>
+      </w:r>
+      <w:r w:rsidR="00862DA9" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C590B9D" w14:textId="77777777" w:rsidR="003F52D8" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B8608B" w14:textId="3D570886" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="77B8608B" w14:textId="6CE7A140" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>a family</w:t>
       </w:r>
-      <w:r w:rsidR="00EA7723" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EA7723" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">defined as </w:t>
       </w:r>
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="775C9CDE" w14:textId="77875E5E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> who live together, </w:t>
+      </w:r>
+      <w:r w:rsidR="00862DA9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">consisting </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775C9CDE" w14:textId="77875E5E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A91F47" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>a child or children younger than 19, any of their children, and their parents</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91F47" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="36FAF1E7" w14:textId="1FE71E6C" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+    </w:p>
+    <w:p w14:paraId="36FAF1E7" w14:textId="1FE71E6C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>siblings younger than 19</w:t>
       </w:r>
-      <w:r w:rsidR="00A91F47" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A91F47" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00530C13" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00530C13" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>and any of their children</w:t>
       </w:r>
-      <w:r w:rsidR="00A91F47" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A91F47" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> who live together even if no adult parent or caretaker relative is living in the home</w:t>
       </w:r>
-      <w:r w:rsidR="00A91F47" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A91F47" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="541EEB21" w14:textId="4FC5C928" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+    <w:p w14:paraId="541EEB21" w14:textId="4FC5C928" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>a child or children younger than 19, any of their children, and their caretaker relative when no parent is living in the home.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412F4461" w14:textId="548A6B12" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00186C67">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="412F4461" w14:textId="548A6B12" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00186C67">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">A child </w:t>
       </w:r>
-      <w:r w:rsidR="007415D1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007415D1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">temporarily living elsewhere to attend school is still </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">considered as living in the home. A parent may be a natural, step, or adoptive parent. Two parents are members of the same </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">PBFG </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>as long as they are both responsible for one or more children who live with them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5F0C96" w14:textId="10B0E517" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>MassHealth premiums for children younger than 19</w:t>
       </w:r>
-      <w:r w:rsidR="00530C13" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00530C13" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">with household income at or below 300% of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> will </w:t>
       </w:r>
-      <w:r w:rsidR="00F853F8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F853F8" w:rsidRPr="00296FDF">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> determined using the lowest percentage of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> of all children in the PBFG. If any child in the PBFG has </w:t>
       </w:r>
-      <w:r w:rsidR="007415D1" w:rsidRPr="00C57886">
-[...13 lines deleted...]
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007415D1" w:rsidRPr="00296FDF">
+        <w:t>an income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> at or below 150% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, premiums for all children younger than 19</w:t>
       </w:r>
-      <w:r w:rsidR="00530C13" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00530C13" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>in the PBFG will be waived.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5272BE0B" w14:textId="10249A9D" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5272BE0B" w14:textId="10249A9D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth and CMSP premiums for children younger than 19 with household income greater than 300% of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, and all premiums for young adults or adults</w:t>
       </w:r>
-      <w:r w:rsidR="00AE7263" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AE7263" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> are calculated using the individual’s </w:t>
       </w:r>
-      <w:r w:rsidR="007415D1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007415D1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">percentage of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B7716C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7716C" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F186E3" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="16F186E3" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Individuals within a PBFG who are approved for more than one premium billing coverage type</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD0729A" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4AD0729A" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>When the PBFG contains members in more than one coverage type or program, including CMSP, who are responsible for a premium or required member contribution, the PBFG is responsible for only the higher premium amount or required member contribution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C96A5E" w14:textId="3D4EAE9E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="39C96A5E" w14:textId="3D4EAE9E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">When the PBFG includes a parent or caretaker relative who is </w:t>
       </w:r>
-      <w:r w:rsidR="00D979C5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D979C5" w:rsidRPr="00296FDF">
         <w:t>enrolled in</w:t>
       </w:r>
-      <w:r w:rsidR="00427726" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00427726" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and paying for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="00D979C5" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> a ConnectorCare plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00D979C5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">with </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Advance Premium Tax Credits, the </w:t>
       </w:r>
-      <w:r w:rsidR="00D979C5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D979C5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth or CMSP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>premiums for children in the PBFG will be waived.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F026B9D" w14:textId="77777777" w:rsidR="006155DF" w:rsidRPr="00C57886" w:rsidRDefault="006155DF" w:rsidP="00890D75">
+    <w:p w14:paraId="7F026B9D" w14:textId="77777777" w:rsidR="006155DF" w:rsidRPr="00296FDF" w:rsidRDefault="006155DF" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Premium Formulas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E04426" w14:textId="5BC1DD6D" w:rsidR="0041666A" w:rsidRPr="00C57886" w:rsidRDefault="0041666A" w:rsidP="00186C67">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="24E04426" w14:textId="5BC1DD6D" w:rsidR="0041666A" w:rsidRPr="00296FDF" w:rsidRDefault="0041666A" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">The premium formulas use age, income, and whether or not the member has other health insurance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA318FB" w14:textId="47B7800C" w:rsidR="0041666A" w:rsidRPr="00296FDF" w:rsidRDefault="0041666A" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The full premium is charged to members who have no private health insurance, or to members who have health insurance </w:t>
       </w:r>
-      <w:r w:rsidR="007410C1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007410C1" w:rsidRPr="00296FDF">
         <w:t>where</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> MassHealth pays a portion of their health insurance premium through the Premium Assistance Program.</w:t>
       </w:r>
-      <w:r w:rsidR="00350B3C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00350B3C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> More information about the Premium Assistance Program can be found in Section 10.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778E852B" w14:textId="329EB88D" w:rsidR="00CF4991" w:rsidRPr="00C57886" w:rsidRDefault="0041666A" w:rsidP="00186C67">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="778E852B" w14:textId="329EB88D" w:rsidR="00CF4991" w:rsidRPr="00296FDF" w:rsidRDefault="0041666A" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A lower supplemental premium is charged to members who</w:t>
       </w:r>
-      <w:r w:rsidR="00350B3C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00350B3C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> do</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> have </w:t>
       </w:r>
-      <w:r w:rsidR="00350B3C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00350B3C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">private </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">health insurance but are not eligible for or </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00350B3C" w:rsidRPr="00296FDF">
+        <w:t>did not apply for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00350B3C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00350B3C" w:rsidRPr="00296FDF">
         <w:t>premium assistance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF4991" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CF4991" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4464AFD8" w14:textId="36DAEAF2" w:rsidR="009A3955" w:rsidRPr="00BF7C49" w:rsidRDefault="009A3955" w:rsidP="00BF7C49">
+    <w:p w14:paraId="4464AFD8" w14:textId="05AE3083" w:rsidR="009A3955" w:rsidRPr="00296FDF" w:rsidRDefault="009A3955" w:rsidP="7E59ED55">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Premium formulas for all MassHealth coverage types </w:t>
+      </w:r>
+      <w:r w:rsidR="226B8A07" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="226B8A07" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be updated each year online at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00B2355D" w:rsidRPr="00296FDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>mass.gov/info-details/masshealth-premium-schedule-for-members</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B2355D" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE77394" w14:textId="0E8DA890" w:rsidR="00C66627" w:rsidRPr="00BF7C49" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+    <w:p w14:paraId="1AE77394" w14:textId="0E8DA890" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BF7C49">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Standard Premium Formula for Members with Breast or Cervical Cancer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA36174" w14:textId="2429514D" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6EA36174" w14:textId="1471CFD1" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 150% to 160%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="4551C1FF" w:rsidRPr="00296FDF">
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="1EE41A0B" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDEA424" w14:textId="50EB9D93" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 160% to 170%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="64CE015E" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544BBC70" w14:textId="0EEF0C32" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 170% to 180%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0DE32665" w:rsidRPr="00296FDF">
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="6632E4E5" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7888F9D6" w14:textId="519F9F74" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 180% to 190%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="5BEDF4C9" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E58F30" w14:textId="31CE085E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 190% to 200%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0A3835B5" w:rsidRPr="00296FDF">
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="7D359675" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B2F570" w14:textId="57FACA61" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 200% to 210%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="23BFE8A7" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7E8ABB" w14:textId="4B32D470" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 210% to 220%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="636BBC0C" w:rsidRPr="00296FDF">
+        <w:t>52.80</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339CCE86" w14:textId="780CB2E3" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 220% to 230%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="461A494E" w:rsidRPr="00296FDF">
+        <w:t>61.60</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21ABB310" w14:textId="1A37A561" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 230% to 240%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="4C449EC3" w:rsidRPr="00296FDF">
+        <w:t>70.40</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5301321F" w14:textId="77313486" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 240% to 250%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="6FECA9C6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="37E3EDCC" w:rsidRPr="00296FDF">
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="58B3EA6B" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FECA9C6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="0" w:line="20" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="BentonSansComp Book" w:hAnsi="BentonSansComp Book" w:cs="BentonSansComp Book"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6539FAF4" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="6539FAF4" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>MassHealth CommonHealth Premium Formulas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5032448C" w14:textId="4D533B0A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+    <w:p w14:paraId="5032448C" w14:textId="4D533B0A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>CommonHealth Full Premium Formula</w:t>
       </w:r>
-      <w:r w:rsidR="00570CB7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00570CB7" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00570CB7" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="00C57886">
         <w:t>Children younger than 19 between 150% and 300% FPL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A645A68" w14:textId="75AD3191" w:rsidR="001E06A9" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4A645A68" w14:textId="60C78A1D" w:rsidR="001E06A9" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 150% to 200%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="2EA2E057" w:rsidRPr="00296FDF">
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="3BC8ACE7" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> per child ($</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="334DD3A6" w:rsidRPr="00296FDF">
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="2E89390B" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> PBFG maximum) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06ED3003" w14:textId="6F54B3BF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 200% to 250%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="03502DE9" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> per child ($</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="21A3ABE8" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> PBFG maximum)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5457899A" w14:textId="265E36C6" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 250% to 300%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="7159073D" w14:textId="67948929" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="4C72E908" w:rsidRPr="00296FDF">
+        <w:t>30.80</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> per child ($</w:t>
+      </w:r>
+      <w:r w:rsidR="35F4F5C8" w:rsidRPr="00296FDF">
+        <w:t>92.40</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> PBFG maximum)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7159073D" w14:textId="67948929" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>CommonHealth Full Premium Formula</w:t>
       </w:r>
-      <w:r w:rsidR="00570CB7" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="00C57886">
         <w:t xml:space="preserve">Young Adults and Adults </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2C9A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DB2C9A" w:rsidRPr="00296FDF">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">bove 150% FPL and Children </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2C9A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DB2C9A" w:rsidRPr="00296FDF">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>bove 300% FPL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14814A8D" w14:textId="485EE1A1" w:rsidR="001E06A9" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="14814A8D" w14:textId="7929F29D" w:rsidR="001E06A9" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Base Premium </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 150% FPL</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>start at $</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="48D5737D" w:rsidRPr="00296FDF">
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="533203EF" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Additional Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="001E06A9" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t>Add $5</w:t>
+      </w:r>
+      <w:r w:rsidR="13E524EA" w:rsidRPr="00296FDF">
+        <w:t>.50</w:t>
+      </w:r>
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for each additional 10% FPL until 200% FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Range of Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="001E06A9" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="2CF25CAF" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="053B9AC8" w:rsidRPr="00296FDF">
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="2CF25CAF" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="5F1C858A" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="2CF25CAF" w:rsidRPr="00296FDF">
+        <w:t>–$3</w:t>
+      </w:r>
+      <w:r w:rsidR="21999342" w:rsidRPr="00296FDF">
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="2CF25CAF" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="524F360A" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F15CC5A" w14:textId="6936CE34" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Base Premium </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Above 200% FPL</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>start at $</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="1F106EBE" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Additional Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="001E06A9" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t>Add $8</w:t>
+      </w:r>
+      <w:r w:rsidR="642C55A1" w:rsidRPr="00296FDF">
+        <w:t>.80</w:t>
+      </w:r>
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for each additional 10% FPL until </w:t>
+      </w:r>
+      <w:r w:rsidR="0C7EB9C8" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t>00% FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Range of Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="001E06A9" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="2CF25CAF" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="3AF61819" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="2CF25CAF" w:rsidRPr="00296FDF">
+        <w:t>–$1</w:t>
+      </w:r>
+      <w:r w:rsidR="2E22274F" w:rsidRPr="00296FDF">
+        <w:t>23.20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621BD80D" w14:textId="7691969A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Base Premium </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Above </w:t>
+      </w:r>
+      <w:r w:rsidR="2B31590A" w:rsidRPr="00296FDF">
+        <w:t>300</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>% FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="001E06A9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>start at $</w:t>
+      </w:r>
+      <w:r w:rsidR="2B31590A" w:rsidRPr="00296FDF">
+        <w:t>132</w:t>
+      </w:r>
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Additional Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="001E06A9" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t>Add $</w:t>
+      </w:r>
+      <w:r w:rsidR="2B31590A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">8.80 for each additional 10% FPL until </w:t>
+      </w:r>
+      <w:r w:rsidR="41AA1346" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="2B31590A" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">00% FPL  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="2B31590A" w:rsidRPr="00296FDF">
+        <w:t>Range of Monthly Premium Cost $</w:t>
+      </w:r>
+      <w:r w:rsidR="77876E84" w:rsidRPr="00296FDF">
+        <w:t>132</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7465E" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="77876E84" w:rsidRPr="00296FDF">
+        <w:t>$211.20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424D7D53" w14:textId="6C412921" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="02873EB5" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Base Premium </w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>Above 400% FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="23E90B42" w:rsidRPr="00296FDF">
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>start at $2</w:t>
+      </w:r>
+      <w:r w:rsidR="3A54AC71" w:rsidRPr="00296FDF">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="2CF25CAF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+        <w:t xml:space="preserve">Additional Premium Cost </w:t>
+      </w:r>
+      <w:r w:rsidR="2CF25CAF" w:rsidRPr="00296FDF">
+        <w:t>Add $1</w:t>
+      </w:r>
+      <w:r w:rsidR="4030B29F" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001E06A9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for each additional 10% FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> until 600% FPL  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00570CB7" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Range of Monthly Premium Cost </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0FDFB1B6" w:rsidRPr="00296FDF">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>–$</w:t>
+      </w:r>
+      <w:r w:rsidR="7A60CF09" w:rsidRPr="00296FDF">
+        <w:t>429</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CDB0D2" w14:textId="7E391021" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Base Premium </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>Above 600% FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>start at $</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="2AE112A2" w:rsidRPr="00296FDF">
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+        <w:t xml:space="preserve">Additional Premium Cost </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t>Add $</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="643E18DF" w:rsidRPr="00296FDF">
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="1C3F1879" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for each additional 10% FPL until 800% FPL  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Range of Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="47C932C6" w:rsidRPr="00296FDF">
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>–$6</w:t>
+      </w:r>
+      <w:r w:rsidR="54CA8C6B" w:rsidRPr="00296FDF">
+        <w:t>90.80</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B052FB2" w14:textId="30E7A28B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Base Premium </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>Above 800% FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>start at $</w:t>
+      </w:r>
+      <w:r w:rsidR="3260BD10" w:rsidRPr="00296FDF">
+        <w:t>704</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Additional Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t>Add $</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0E138821" w:rsidRPr="00296FDF">
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="7F4E6EB4" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for each additional 10% FPL until 1,000% FPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Range of Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="5E17012F" w:rsidRPr="00296FDF">
+        <w:t>704</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>–$9</w:t>
+      </w:r>
+      <w:r w:rsidR="704650B4" w:rsidRPr="00296FDF">
+        <w:t>96.60</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51039D79" w14:textId="67FAA7E0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Base Premium </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>Above 1,000% FPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>start at $</w:t>
+      </w:r>
+      <w:r w:rsidR="5AD2FCB3" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6BCA" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="5AD2FCB3" w:rsidRPr="00296FDF">
+        <w:t>012</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Additional Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t>Add $</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0ABB7987" w:rsidRPr="00296FDF">
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="7CFBFF30" w:rsidRPr="00296FDF">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="17AC2BE5" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for each additional 10% FPL  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Range of Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
-[...34 lines deleted...]
-    <w:p w14:paraId="7ACF3C5C" w14:textId="0289D0A2" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00CD45DD" w:rsidP="009C1F4F">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="3BC494DE" w:rsidRPr="00296FDF">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6BCA" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="3BC494DE" w:rsidRPr="00296FDF">
+        <w:t>012</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> + greater</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACF3C5C" w14:textId="0289D0A2" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00CD45DD" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>CommonHealth Supplemental Premium Formula</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF41EA6" w14:textId="1A74962A" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
+    <w:p w14:paraId="1EF41EA6" w14:textId="1A74962A" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>Above 150% to 200%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>60% of full premium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1648876C" w14:textId="12CF99D8" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
+    <w:p w14:paraId="1648876C" w14:textId="12CF99D8" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>Above 200% to 400%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>65% of full premium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777FE7CA" w14:textId="49D86C90" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
+    <w:p w14:paraId="777FE7CA" w14:textId="49D86C90" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>Above 400% to 600%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>70% of full premium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00EC1B03" w14:textId="02CAEBD1" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
+    <w:p w14:paraId="00EC1B03" w14:textId="02CAEBD1" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>Above 600% to 800%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>75% of full premium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD4E17B" w14:textId="7121F126" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
+    <w:p w14:paraId="7CD4E17B" w14:textId="7121F126" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>Above 800% to 1,000%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>80% of full premium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DDB3003" w14:textId="0A042088" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00570CB7" w:rsidP="0032227F">
+    <w:p w14:paraId="0DDB3003" w14:textId="0A042088" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00570CB7" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>Above 1,000%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00CD45DD" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD45DD" w:rsidRPr="00296FDF">
         <w:t>85% of full premium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCD9990" w14:textId="77777777" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00CD45DD" w:rsidP="0032227F">
+    <w:p w14:paraId="2CCD9990" w14:textId="77777777" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00CD45DD" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="0" w:line="20" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="BentonSansComp Book" w:hAnsi="BentonSansComp Book" w:cs="BentonSansComp Book"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6689052C" w14:textId="1AAAD7D1" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="00CD45DD" w:rsidP="0032227F">
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="6689052C" w14:textId="1AAAD7D1" w:rsidR="00CD45DD" w:rsidRPr="00296FDF" w:rsidRDefault="00CD45DD" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>CommonHealth members who are eligible to get a premium assistance payment that is less than the full CommonHealth premium will</w:t>
       </w:r>
-      <w:r w:rsidR="007B019E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007B019E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> have</w:t>
       </w:r>
-      <w:r w:rsidR="00114058" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00114058" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> their</w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B26" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00ED4B26" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> monthly</w:t>
       </w:r>
-      <w:r w:rsidR="00114058" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00114058" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> premium </w:t>
       </w:r>
-      <w:r w:rsidR="007B019E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007B019E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">bill </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4B26" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00ED4B26" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">lowered by the amount of their premium assistance payment </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>and will be responsible for the difference.</w:t>
       </w:r>
-      <w:r w:rsidR="002D22FB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002D22FB" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> More information about Premium Assistance can be found in Section 10.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D41FC8B" w14:textId="77777777" w:rsidR="001E06A9" w:rsidRPr="00C57886" w:rsidRDefault="001E06A9" w:rsidP="009C1F4F">
+    <w:p w14:paraId="3D41FC8B" w14:textId="77777777" w:rsidR="001E06A9" w:rsidRPr="00296FDF" w:rsidRDefault="001E06A9" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Family Assistance Premium Formulas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CF9296" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+    <w:p w14:paraId="16CF9296" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Family Assistance for Children Premium Formula</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484DB587" w14:textId="3C357326" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="001A5C95" w:rsidP="0032227F">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2998473D" w14:textId="4C11048F" w:rsidR="100BDAD1" w:rsidRPr="00296FDF" w:rsidRDefault="001A5C95" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
-        <w:t xml:space="preserve">Monthly Premium Cost </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="6839E47E" w14:textId="079718C7" w:rsidR="00CD45DD" w:rsidRPr="00C57886" w:rsidRDefault="001A5C95" w:rsidP="0032227F">
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="100BDAD1" w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="4AE4DC6D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">% of Federal Poverty Level (FPL) Above 150% to 200% </w:t>
+      </w:r>
+      <w:r w:rsidR="100BDAD1" w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="4AE4DC6D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Monthly Premium Cost $13.20 per child ($39.60 PBFG maximum) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F05B97" w14:textId="359E3821" w:rsidR="4AE4DC6D" w:rsidRPr="00296FDF" w:rsidRDefault="4AE4DC6D" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">% of Federal Poverty Level (FPL) Above 200% to 250% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+        <w:t>Monthly Premium Cost $22 per child ($66 PBFG maximum)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E99687" w14:textId="46DF92CB" w:rsidR="4AE4DC6D" w:rsidRPr="00296FDF" w:rsidRDefault="4AE4DC6D" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">% of Federal Poverty Level (FPL) Above 250% to 300% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+        <w:t>Monthly Premium Cost $30.80 per child ($92.40 PBFG maximum)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074EC981" w14:textId="314AB0E2" w:rsidR="17677CE9" w:rsidRPr="00296FDF" w:rsidRDefault="17677CE9" w:rsidP="17677CE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...41 lines deleted...]
-    <w:p w14:paraId="665DE728" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    </w:p>
+    <w:p w14:paraId="665DE728" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="0" w:line="20" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B79E5FD" w14:textId="1C81F918" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+    <w:p w14:paraId="3B79E5FD" w14:textId="1C81F918" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Family Assistance for HIV+ Adults</w:t>
       </w:r>
-      <w:r w:rsidR="00BC1212" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BC1212" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Full</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Premium Formula</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA02EF4" w14:textId="1E80735C" w:rsidR="00BB409E" w:rsidRPr="00C57886" w:rsidRDefault="001A5C95" w:rsidP="0032227F">
+    <w:p w14:paraId="0FA02EF4" w14:textId="43E8CDD9" w:rsidR="00BB409E" w:rsidRPr="00296FDF" w:rsidRDefault="001A5C95" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>% of Federal Poverty Level (FPL) Above 150% to 160%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00BB409E" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="0F360223" w14:textId="6497584A" w:rsidR="00BB409E" w:rsidRPr="00C57886" w:rsidRDefault="001A5C95" w:rsidP="0032227F">
+      <w:r w:rsidR="00BB409E" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="3D06B78C" w:rsidRPr="00296FDF">
+        <w:t>16.50</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F360223" w14:textId="5833D020" w:rsidR="00BB409E" w:rsidRPr="00296FDF" w:rsidRDefault="001A5C95" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>% of Federal Poverty Level (FPL) Above 160% to 170%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00BB409E" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="25FCB4BC" w14:textId="6C929283" w:rsidR="00BB409E" w:rsidRPr="00C57886" w:rsidRDefault="001A5C95" w:rsidP="0032227F">
+      <w:r w:rsidR="00BB409E" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="598B48D3" w:rsidRPr="00296FDF">
+        <w:t>22</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FCB4BC" w14:textId="02F16DD3" w:rsidR="00BB409E" w:rsidRPr="00296FDF" w:rsidRDefault="001A5C95" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>% of Federal Poverty Level (FPL) Above 170% to 180%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00BB409E" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="6AAE56BA" w14:textId="2F9C4121" w:rsidR="00BB409E" w:rsidRPr="00C57886" w:rsidRDefault="001A5C95" w:rsidP="0032227F">
+      <w:r w:rsidR="00BB409E" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="653C29F2" w:rsidRPr="00296FDF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="4056BF01" w:rsidRPr="00296FDF">
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="653C29F2" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="32A80295" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAE56BA" w14:textId="3B4B2377" w:rsidR="00BB409E" w:rsidRPr="00296FDF" w:rsidRDefault="001A5C95" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>% of Federal Poverty Level (FPL) Above 180% to 190%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00BB409E" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="3D4213E2" w14:textId="6BDB3E5B" w:rsidR="00BB409E" w:rsidRPr="00C57886" w:rsidRDefault="001A5C95" w:rsidP="0032227F">
+      <w:r w:rsidR="00BB409E" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="653C29F2" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="4BB57F0C" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4213E2" w14:textId="218AF34C" w:rsidR="00BB409E" w:rsidRPr="00296FDF" w:rsidRDefault="001A5C95" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>% of Federal Poverty Level (FPL) Above 190% to 200%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00BB409E" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="4E9325B4" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:r w:rsidR="00BB409E" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="653C29F2" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="3B88284E" w:rsidRPr="00296FDF">
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="653C29F2" w:rsidRPr="00296FDF">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="5492585D" w:rsidRPr="00296FDF">
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9325B4" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Family Assistance for HIV+ Adults Supplemental Premium Formula</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F486DA9" w14:textId="2CC59E48" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="001A5C95" w:rsidP="0032227F">
+    <w:p w14:paraId="4F486DA9" w14:textId="2CC59E48" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="001A5C95" w:rsidP="7E59ED55">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>% of Federal Poverty Level (FPL) Above 150% to 200%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>60% of full premium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67348562" w14:textId="0330729E" w:rsidR="00BE53DD" w:rsidRPr="00C57886" w:rsidRDefault="00BE53DD" w:rsidP="00BF7C49">
+    <w:p w14:paraId="67348562" w14:textId="0330729E" w:rsidR="00BE53DD" w:rsidRPr="00296FDF" w:rsidRDefault="00BE53DD" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Family Assistance for Nonqualified PRUCOL Adults Premium Formula</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C778ECD" w14:textId="44F41490" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...36 lines deleted...]
-    <w:p w14:paraId="18A407B5" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+    <w:p w14:paraId="015B635C" w14:textId="1FE6F5CB" w:rsidR="763A9DE3" w:rsidRPr="00296FDF" w:rsidRDefault="763A9DE3" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>% of Federal Poverty Level (FPL) Above 150% to 200%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3888252A" w14:textId="7D3A464E" w:rsidR="763A9DE3" w:rsidRPr="00296FDF" w:rsidRDefault="763A9DE3" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Monthly Premium Cost $44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C98185B" w14:textId="6497975F" w:rsidR="3D60DD77" w:rsidRPr="00296FDF" w:rsidRDefault="3D60DD77" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">% of Federal Poverty Level (FPL) Above 200% to 250% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+        <w:t>Monthly Premium Cost $85.80</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716CD483" w14:textId="2A80EE68" w:rsidR="0FF240B3" w:rsidRPr="00296FDF" w:rsidRDefault="0FF240B3" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">% of Federal Poverty Level (FPL) Above 250% to 300% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:br/>
+        <w:t>Monthly Premium Cost $129.80</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A76FC54" w14:textId="080CDB96" w:rsidR="17677CE9" w:rsidRPr="00296FDF" w:rsidRDefault="17677CE9"/>
+    <w:p w14:paraId="57CE6F07" w14:textId="12A635BA" w:rsidR="17677CE9" w:rsidRPr="00296FDF" w:rsidRDefault="17677CE9" w:rsidP="17677CE9"/>
+    <w:p w14:paraId="538418F7" w14:textId="06541527" w:rsidR="51C5EA04" w:rsidRPr="00296FDF" w:rsidRDefault="51C5EA04" w:rsidP="51C5EA04"/>
+    <w:p w14:paraId="18A407B5" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="008F0D99" w:rsidRDefault="00C66627" w:rsidP="7E59ED55">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="008F0D99">
         <w:t>CMSP Premium Schedule</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0CF581" w14:textId="2A5377A6" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00BB409E" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0F0CF581" w14:textId="7CBF17AC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00BB409E" w:rsidP="7E59ED55">
+      <w:r w:rsidRPr="008F0D99">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="263BC000" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Above 300% to 400%  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="7DBD5FF1" w:rsidRPr="00296FDF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="6C0BE430" w:rsidRPr="00296FDF">
+        <w:t>6.45</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> per </w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">PBFG </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>per month</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F32FE8C" w14:textId="308BDF3A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00BB409E" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7F32FE8C" w14:textId="683233DB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00BB409E" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">% of Federal Poverty Level (FPL) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...5 lines deleted...]
-      <w:r w:rsidR="00B35DDE" w:rsidRPr="00C57886">
+      <w:r w:rsidR="795A6D6F" w:rsidRPr="00296FDF">
+        <w:t>Above 400%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="00C57886">
         <w:t xml:space="preserve">Monthly Premium Cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="625C32E6" w14:textId="5F21DD3D" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="53C23D65" w:rsidRPr="00296FDF">
+        <w:t>70.40</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> per child per month</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625C32E6" w14:textId="5F21DD3D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Members Exempt from Premium Payment</w:t>
       </w:r>
-      <w:r w:rsidR="00FE236A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FE236A" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06198CEE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="06198CEE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>The following members are exempt from premium payments.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D40451A" w14:textId="1DD67E44" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1D40451A" w14:textId="68FC444E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth members who have proved that they are American Indians or Alaska Natives who have received or are eligible to receive an item or service furnished by the Indian Health Service, an Indian tribe, a tribal organization, or an urban Indian organization, or by a non-Indian </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> provider through referral, in accordance with federal law</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A7CA97" w14:textId="23BC8C19" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth members with MassHealth MAGI household income or MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="000662E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000662E1" w:rsidRPr="00296FDF">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">isabled </w:t>
       </w:r>
-      <w:r w:rsidR="000662E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000662E1" w:rsidRPr="00296FDF">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">dult household income at or below 150% of the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5113DC05" w14:textId="1C2F9067" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5113DC05" w14:textId="1C2F9067" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Pregnant </w:t>
       </w:r>
-      <w:r w:rsidR="006477D5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">members </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>getting MassHealth Standard</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01EC8B81" w14:textId="13576C9B" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="01EC8B81" w14:textId="13576C9B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Children younger than age </w:t>
       </w:r>
-      <w:r w:rsidR="006A3C74" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006A3C74" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>getting MassHealth Standard</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB0859D" w14:textId="1E5DAC4F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6AB0859D" w14:textId="1E5DAC4F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Children whose parent or guardian in the PBFG is eligible for a Qualified Health Plan (QHP) with Advance Premium Tax Credits (APTC) </w:t>
       </w:r>
-      <w:r w:rsidR="00252E46" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00252E46" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>has enrolled in and begun paying for a QHP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1102C942" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1102C942" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Children for whom child welfare services are made available under Part B of Title IV of the Social Security Act on the basis of being a child in foster care and individuals receiving benefits under Part E of that title, without regard to age</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EF9EB4" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Individuals receiving hospice care</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA81BEF" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2DA81BEF" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Independent former foster care children younger than 26 years old</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34633CDE" w14:textId="243A140D" w:rsidR="00DF130F" w:rsidRPr="00C57886" w:rsidRDefault="00801F85" w:rsidP="00BF7C49">
-[...14 lines deleted...]
-      <w:r w:rsidR="006A3C74" w:rsidRPr="00C57886">
+    <w:p w14:paraId="34633CDE" w14:textId="243A140D" w:rsidR="00DF130F" w:rsidRPr="00296FDF" w:rsidRDefault="00801F85" w:rsidP="00BF7C49">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Members who have reached their 3% premium cap in a given month </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3C74" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(they </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">do not have to pay any more MassHealth premiums during the month in which </w:t>
       </w:r>
-      <w:r w:rsidR="006A3C74" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006A3C74" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>reached their cap</w:t>
       </w:r>
-      <w:r w:rsidR="006A3C74" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006A3C74" w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAA6DBE" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00C57886" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
+    <w:p w14:paraId="4DAA6DBE" w14:textId="77777777" w:rsidR="00A07F7B" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6891C3" w14:textId="2799CDF1" w:rsidR="00A11501" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="3D6891C3" w14:textId="2799CDF1" w:rsidR="00A11501" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="001D4C25" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001D4C25" w:rsidRPr="00296FDF">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00A11501" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A11501" w:rsidRPr="00296FDF">
         <w:t>MassHealth and Other Health Insurance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189704DD" w14:textId="50B7797D" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00EC3235" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="189704DD" w14:textId="065187A9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00EC3235" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth regulations require members to </w:t>
       </w:r>
-      <w:r w:rsidR="00DA29F7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA29F7" w:rsidRPr="00296FDF">
         <w:t>get and keep</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> available health insurance</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2A1B" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> including health insurance available through an employer. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>To get and keep MassHealth, you must</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A247EE" w14:textId="408A75DE" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="74A247EE" w14:textId="30D545D2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>apply</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>enroll</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>health</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>insurance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="002E2A1B" w:rsidRPr="00296FDF">
+        <w:t>, including Medicare,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...6 lines deleted...]
-      <w:r w:rsidR="002A5FB4" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>that is available to you at no cost</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FB4" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="10AE77C4" w14:textId="1AD8A303" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>enroll in health insurance when MassHealth determines it is cost effective for you to do so</w:t>
       </w:r>
-      <w:r w:rsidR="002A5FB4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A5FB4" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103548E3" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="103548E3" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>keep any health insurance that you already have.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6739E628" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6739E628" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You must also give MassHealth information about any health insurance that you or a household member already </w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">has </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>or may be able to get. We will use this information to decide</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333F877D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="333F877D" w14:textId="00E448D5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>if the services covered under your health insurance meet MassHealth’s standards</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2A1B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273DA306" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>what we may pay toward the cost of your health insurance premium.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A3E424" w14:textId="2317A5CD" w:rsidR="00310A06" w:rsidRPr="00C57886" w:rsidRDefault="00F9189F" w:rsidP="00C018B4">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="02A3E424" w14:textId="2317A5CD" w:rsidR="00310A06" w:rsidRPr="00296FDF" w:rsidRDefault="00F9189F" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> determine continued </w:t>
       </w:r>
-      <w:r w:rsidR="005850F9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005850F9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">eligibility for you and members of your household, we may </w:t>
       </w:r>
-      <w:r w:rsidR="008D2C4C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D2C4C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ask you and your employer for </w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">additional information about your access to employer-sponsored health insurance coverage. You must cooperate in providing information necessary to maintain eligibility, including </w:t>
       </w:r>
-      <w:r w:rsidR="005850F9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005850F9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">evidence of </w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">obtaining </w:t>
       </w:r>
-      <w:r w:rsidR="008D2C4C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D2C4C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">maintaining available health insurance, or your MassHealth benefits may </w:t>
       </w:r>
-      <w:r w:rsidR="0038136D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0038136D" w:rsidRPr="00296FDF">
         <w:t>end</w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6473ED14" w14:textId="1E3F629E" w:rsidR="00310A06" w:rsidRPr="00C57886" w:rsidRDefault="00310A06" w:rsidP="00C018B4">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6473ED14" w14:textId="1E3F629E" w:rsidR="00310A06" w:rsidRPr="00296FDF" w:rsidRDefault="00310A06" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
-        <w:r w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Premium Assistance Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> may help to pay some or all of the cost of the employer health insurance when it is cost effective.</w:t>
       </w:r>
-      <w:r w:rsidR="0064735C" w:rsidRPr="00C57886">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="0064735C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> We will notify you if a plan offered through your employer meets program requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5AF45B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Under </w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="00310A06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00310A06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Premium Assistance Program</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, we may pay part of your health insurance premiums if</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125D1A9B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="125D1A9B" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>your employer contributes at least 50% of the cost of the health insurance premiums; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D27418" w14:textId="09A6C58E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...11 lines deleted...]
-      <w:r w:rsidR="002A5FB4" w:rsidRPr="00C57886">
+    <w:p w14:paraId="18D27418" w14:textId="02A6078B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the health insurance plan meets the </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FB4" w:rsidRPr="00296FDF">
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">asic </w:t>
       </w:r>
-      <w:r w:rsidR="002A5FB4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A5FB4" w:rsidRPr="00296FDF">
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">enefit </w:t>
       </w:r>
-      <w:r w:rsidR="002A5FB4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A5FB4" w:rsidRPr="00296FDF">
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>evel (that is</w:t>
       </w:r>
-      <w:r w:rsidR="002A5FB4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A5FB4" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> if it provides comprehensive medical coverage</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2A1B" w:rsidRPr="00296FDF">
+        <w:t>, including MassHealth-required health care benefits,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> to its members).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBC70A5" w14:textId="367C0556" w:rsidR="00310A06" w:rsidRPr="00296FDF" w:rsidRDefault="00310A06" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you have questions about </w:t>
       </w:r>
-      <w:r w:rsidR="008D2C4C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D2C4C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">getting </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">health insurance through a job or </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2A1B" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">through </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the MassHealth Premium Assistance Program, call the MassHealth Premium Assistance Unit at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>862-4840.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="443A3F0F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="443A3F0F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Prior approval</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42825DCB" w14:textId="36643B16" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="42825DCB" w14:textId="4FD895DB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">For some medical services, your doctor or </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> provider </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="001A5C95" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002E2A1B" w:rsidRPr="00296FDF">
+        <w:t>must first</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> get approval from MassHealth.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5C95" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>This is called prior approval</w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (PA)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. Medical services that are covered by Medicare do not need </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">PA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>from MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5511BC" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="1E5511BC" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Choosing and enrolling in a Medicare prescription drug plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40961CBC" w14:textId="7C997C06" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="40961CBC" w14:textId="42F9DA42" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">If you are eligible for both Medicare and MassHealth, Medicare provides most of your prescription drug coverage through a Medicare prescription drug plan. This means you must choose and enroll in a Medicare prescription drug plan. If you do not choose a drug plan, Medicare will choose one for you. You may change plans at any time. Visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:tooltip="www.medicare.gov" w:history="1">
-        <w:r w:rsidR="00E2602E" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId39" w:tooltip="www.medicare.gov" w:history="1">
+        <w:r w:rsidR="00E2602E" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>medicare.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E2602E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E2602E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or call </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MEDICARE </w:t>
       </w:r>
-      <w:r w:rsidR="00C52ACA" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C52ACA" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C52ACA" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C52ACA" w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00C52ACA" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C52ACA" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> 633-4227) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>for information about how to choose and enroll in a Medicare prescription drug plan that is best for you. If you are enrolled in a Program</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>of All-</w:t>
+      </w:r>
+      <w:r w:rsidR="00406220" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">inclusive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Care for the Elderly (PACE) or Senior Care Options (SCO) plan, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">One Care </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, a Medicare Advantage plan,</w:t>
       </w:r>
-      <w:r w:rsidR="002A5FB4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002A5FB4" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> a Medicare supplement (Medigap) plan, or have drug coverage through a current or former employer, be sure to contact your plan to find out more about whether to enroll in a Medicare prescription drug plan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7962DD0B" w14:textId="46D3EB2A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="7962DD0B" w14:textId="46D3EB2A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Out-of-pocket expenses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C6E6A8" w14:textId="2737E978" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="60C6E6A8" w14:textId="2737E978" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">In some cases, MassHealth can pay you back for medical bills that you paid before you got your MassHealth approval notice. We </w:t>
       </w:r>
-      <w:r w:rsidR="001C40C8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001C40C8" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">may </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>do this if</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498B9804" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="498B9804" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>we denied your eligibility and later decided that the denial was incorrect; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B53BB41" w14:textId="0636FECE" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">you paid for a </w:t>
       </w:r>
-      <w:r w:rsidR="00CD35C7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CD35C7" w:rsidRPr="00296FDF">
         <w:t>MassHealth-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">covered medical service that you got before we told you that you would get MassHealth. In this case, your </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> provider must pay you back and bill MassHealth for the service. The provider must accept the MassHealth payment as payment in full.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26437260" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="26437260" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Out-of-state emergency treatment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0487847A" w14:textId="79E45ACC" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0487847A" w14:textId="06D9DCBC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth is a </w:t>
       </w:r>
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
-[...9 lines deleted...]
-      <w:r w:rsidR="00705466" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> program for people living in Massachusetts who get medical care in Massachusetts. In certain situations, MassHealth may pay for emergency treatment for a medical condition when a MassHealth member is out of state.</w:t>
+      </w:r>
+      <w:r w:rsidR="00705466" w:rsidRPr="00296FDF">
         <w:t>*</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> If an emergency occurs while you are out of state, show your MassHealth card and any other health insurance cards you have, if possible. Also, if possible, tell your primary care provider or health plan within 24 hours of the emergency treatment. If you are not enrolled in a health plan through MassHealth, but instead get premium assistance, your other health insurance may also pay for emergency care you get out of state.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF1E741" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5DF1E741" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>* Per MassHealth regulation 130 CMR 450.109(B), MassHealth does not cover any medical services provided outside the United States and its territories.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24418587" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="24418587" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you or members of your household are in an accident</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00AC4884" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...24 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+    <w:p w14:paraId="00AC4884" w14:textId="6EF5DF1A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If you or any members of your household are in an accident or are injured in some other way and get money from a third party because of that accident or injury, you </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6076" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or they </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>will need to use that money to repay whoever paid the medical expenses related to that accident or injury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C669377" w14:textId="3DE31905" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">1. You will have to pay MassHealth for services that were covered by MassHealth or </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>the Children’s Medical Security Plan (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>CMSP</w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3634402E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3634402E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you are applying for MassHealth or CMSP because of an accident or injury, you will need to use the money to repay the costs paid by</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth for all medical services you and your household get.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8F04FF" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0D8F04FF" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you or any members of your household are in an accident, or are injured in some other way, after becoming eligible for MassHealth or CMSP, you will need to use that money to repay only the costs paid by MassHealth or CMSP for medical services provided because of that accident or injury.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BF6DC6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="42BF6DC6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>2. You will have to pay the Massachusetts Health Connector or your health insurer for certain medical services provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E3152E" w14:textId="790A5D6A" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="44E3152E" w14:textId="790A5D6A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">3. You will have to pay the Health Safety Net </w:t>
       </w:r>
-      <w:r w:rsidR="0040167B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0040167B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(HSN) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>for medical services reimbursed for you and any household members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B04DCA" w14:textId="4066AE35" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="56B04DCA" w14:textId="4066AE35" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>You must tell MassHealth (for MassHealth</w:t>
       </w:r>
-      <w:r w:rsidR="00F830BF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F830BF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C93014" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C93014" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">CMSP, and </w:t>
       </w:r>
-      <w:r w:rsidR="0040167B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0040167B" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidR="00F830BF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F830BF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">your health insurer for ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>lans and Advance Premium Tax Credits</w:t>
       </w:r>
-      <w:r w:rsidR="00432DA6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00432DA6" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> in writing within 10 calendar days or as soon as possible, if you file any insurance claim or lawsuit because of an accident or injury to you or any household members who are applying for, or who already have, benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A5348B" w14:textId="3E35F674" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="44A5348B" w14:textId="3E35F674" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Third parties who might give you or members of your household money because of an accident or injury include the following</w:t>
       </w:r>
-      <w:r w:rsidR="00432DA6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00432DA6" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DDA37F" w14:textId="2EC907DE" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00432DA6" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="10DDA37F" w14:textId="2EC907DE" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00432DA6" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> person or business who may have caused the accident or injury</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D6014D" w14:textId="2D7F09D3" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00432DA6" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>n insurance company, including your own insurance company</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FCA95C" w14:textId="49640B85" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00432DA6" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="29FCA95C" w14:textId="49640B85" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00432DA6" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>ther sources, like workers’ compensation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CFA05B6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C018B4" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+    <w:p w14:paraId="5CFA05B6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>For more information about accident recovery, see the MassHealth regulations at 130 CMR 503.000 and Chapter 118E of the Massachusetts General Laws.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EBA0868" w14:textId="1E1ACAC1" w:rsidR="00F364A7" w:rsidRPr="00C57886" w:rsidRDefault="00F364A7" w:rsidP="00890D75">
+    <w:p w14:paraId="7EBA0868" w14:textId="1E1ACAC1" w:rsidR="00F364A7" w:rsidRPr="00296FDF" w:rsidRDefault="00F364A7" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth members turning 65 years </w:t>
       </w:r>
-      <w:r w:rsidR="00FC63B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E17032" w14:textId="49EFE283" w:rsidR="00F364A7" w:rsidRPr="00C57886" w:rsidRDefault="00F364A7" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="41E17032" w14:textId="49EFE283" w:rsidR="00F364A7" w:rsidRPr="00296FDF" w:rsidRDefault="00F364A7" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>If you are or will soon be 65 and do not have children younger than 19 living with you, you must meet certain income and asset requirements to keep getting MassHealth.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009A1618" w14:textId="12D191D6" w:rsidR="00F364A7" w:rsidRPr="00C57886" w:rsidRDefault="00F364A7" w:rsidP="0032227F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="009A1618" w14:textId="697CDB3C" w:rsidR="00F364A7" w:rsidRPr="00296FDF" w:rsidRDefault="00F364A7" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">We will send you a new form to fill out to give us the information we need to make a decision. If you can keep getting MassHealth, you will not get your medical care through a MassHealth managed care plan. Instead, you can get your medical care from any other MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324E47B9" w14:textId="784B5F69" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="324E47B9" w14:textId="784B5F69" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Recovery against estates of certain members </w:t>
       </w:r>
-      <w:r w:rsidR="0056407D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0056407D" w:rsidRPr="00296FDF">
         <w:t>after their death</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3337F6E6" w14:textId="77777777" w:rsidR="00FF5C4A" w:rsidRPr="00C57886" w:rsidRDefault="004B2F99" w:rsidP="0032227F">
+    <w:p w14:paraId="3337F6E6" w14:textId="77777777" w:rsidR="00FF5C4A" w:rsidRPr="00296FDF" w:rsidRDefault="004B2F99" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Under federal and state law, MassHealth has the right to recover money from the assets of estates of certain MassHealth members after their death, unless exceptions apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA5CAF5" w14:textId="2A10A4D1" w:rsidR="00747479" w:rsidRPr="00C57886" w:rsidRDefault="00A66CCF" w:rsidP="0032227F">
+    <w:p w14:paraId="6FA5CAF5" w14:textId="2A10A4D1" w:rsidR="00747479" w:rsidRPr="00296FDF" w:rsidRDefault="00A66CCF" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Estate </w:t>
       </w:r>
-      <w:r w:rsidR="009872E4" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009872E4" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ecovery </w:t>
       </w:r>
-      <w:r w:rsidR="00EB3BAC" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EB3BAC" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">applies </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00747479" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00747479" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">the following </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>MassHealth members</w:t>
       </w:r>
-      <w:r w:rsidR="00747479" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00747479" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BE89B8" w14:textId="0CD474D8" w:rsidR="00747479" w:rsidRPr="00C57886" w:rsidRDefault="00747479" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="79BE89B8" w14:textId="0CD474D8" w:rsidR="00747479" w:rsidRPr="00296FDF" w:rsidRDefault="00747479" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Members who are</w:t>
       </w:r>
-      <w:r w:rsidR="00A66CCF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A66CCF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> 55 or older </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>and have</w:t>
       </w:r>
-      <w:r w:rsidR="00A66CCF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A66CCF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> received long-term servi</w:t>
       </w:r>
-      <w:r w:rsidR="00E03FBB" w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="004E3A5F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E03FBB" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ces and supports (LTSS) </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3A5F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A27E493" w14:textId="245E0D05" w:rsidR="00A66CCF" w:rsidRPr="00C57886" w:rsidRDefault="00747479" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0A27E493" w14:textId="245E0D05" w:rsidR="00A66CCF" w:rsidRPr="00296FDF" w:rsidRDefault="00747479" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="004E3A5F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004E3A5F" w:rsidRPr="00296FDF">
         <w:t>embers o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="004E3A5F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004E3A5F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> any age who are in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="004E3A5F" w:rsidRPr="00C57886">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="004E3A5F" w:rsidRPr="00296FDF">
+        <w:t>long-term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00A33C3D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A33C3D" w:rsidRPr="00296FDF">
         <w:t>care</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="007324C6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007324C6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="005F702A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005F702A" w:rsidRPr="00296FDF">
         <w:t>other medical</w:t>
       </w:r>
-      <w:r w:rsidR="00A33C3D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A33C3D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> facility</w:t>
       </w:r>
-      <w:r w:rsidR="00287177" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00287177" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B3E56A" w14:textId="26C390D1" w:rsidR="00793829" w:rsidRPr="00C57886" w:rsidRDefault="00A33C3D" w:rsidP="0032227F">
+    <w:p w14:paraId="51B3E56A" w14:textId="26C390D1" w:rsidR="00793829" w:rsidRPr="00296FDF" w:rsidRDefault="00A33C3D" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="004B2F99" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004B2F99" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> members </w:t>
       </w:r>
-      <w:r w:rsidR="00287177" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00287177" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>55</w:t>
       </w:r>
-      <w:r w:rsidR="00EA265E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EA265E" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00287177" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00287177" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">or older who receive </w:t>
       </w:r>
-      <w:r w:rsidR="00872D8E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00872D8E" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">LTSS, MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="004B2F99" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004B2F99" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">has the right to be repaid for the cost of care </w:t>
       </w:r>
-      <w:r w:rsidR="001B5CEF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="001B5CEF" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">it </w:t>
       </w:r>
-      <w:r w:rsidR="004B2F99" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004B2F99" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>paid for</w:t>
       </w:r>
-      <w:r w:rsidR="00C1568F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C1568F" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> LTSS</w:t>
       </w:r>
-      <w:r w:rsidR="00DE08E9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DE08E9" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. For </w:t>
       </w:r>
-      <w:r w:rsidR="004B2F99" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004B2F99" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>members of any age who are permanently in a long-</w:t>
       </w:r>
-      <w:r w:rsidR="00747479" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00747479" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>term-</w:t>
       </w:r>
-      <w:r w:rsidR="004B2F99" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004B2F99" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00B5773A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B5773A" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>are or other medical facility</w:t>
       </w:r>
-      <w:r w:rsidR="00747479" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00747479" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00016BCF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00016BCF" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth has the right to be repaid for the total cost of care </w:t>
       </w:r>
-      <w:r w:rsidR="0058376B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0058376B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">it paid </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk184130986"/>
-      <w:r w:rsidR="0058376B" w:rsidRPr="00C57886">
+      <w:bookmarkStart w:id="13" w:name="_Hlk184130986"/>
+      <w:r w:rsidR="0058376B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>during the period of institutionalization</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidR="0058376B" w:rsidRPr="00C57886">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="0058376B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F01F6B1" w14:textId="506BCE0E" w:rsidR="004B2F99" w:rsidRPr="00C57886" w:rsidRDefault="004B2F99" w:rsidP="0032227F">
+    <w:p w14:paraId="0F01F6B1" w14:textId="75F3711F" w:rsidR="004B2F99" w:rsidRPr="00296FDF" w:rsidRDefault="004B2F99" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Estate recovery may apply to MassHealth members </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">Estate recovery may apply to MassHealth members whether or not they are enrolled in a health plan. MassHealth payments eligible for estate recovery include payments made directly by MassHealth to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32950" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>whether or not</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>health care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> they are enrolled in a health plan. MassHealth payments eligible for estate recovery include payments made directly by MassHealth to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F7640" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve"> providers for a member’s care. For members enrolled in a health plan, such as a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>healthcare</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> providers for a member’s care. For members enrolled in a health plan, such as a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">anaged </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">anaged </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rganization, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccountable </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">rganization, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">or a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">ccountable </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+        <w:t>SCO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>, PACE, or One Care</w:t>
+      </w:r>
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">are </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve"> plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>o</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">, estate recovery may also include reimbursement for the total amount in monthly premium payments made by MassHealth to the health plan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5961924E" w14:textId="1747BAC9" w:rsidR="004B2F99" w:rsidRPr="00296FDF" w:rsidRDefault="004B2F99" w:rsidP="0032227F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">rganization, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071D21" w:rsidRPr="00C57886">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">or a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+        <w:t>MassHealth can only recover from assets that are in a member’s probate estate. These assets may include real property such as a home, business, or income-producing property, as well as money in bank accounts. MassHealth will not seek repayment when a member leaves a probate estate with $25,000 or less in assets. There are several ways individuals or families can delay estate recovery or obtain a waiver of some or all of the recovery amount in cases of undue hardship</w:t>
+      </w:r>
+      <w:r w:rsidR="00E473B5" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>SCO</w:t>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F36A869" w14:textId="153C5E29" w:rsidR="004B2F99" w:rsidRPr="00296FDF" w:rsidRDefault="004B2F99" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Recovery can be delayed if the member leaves behind a surviving spouse, an adult child who is blind or permanently and totally disabled, or a child younger than 21. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE7711A" w14:textId="3D0EE9D5" w:rsidR="004B2F99" w:rsidRPr="00C57886" w:rsidRDefault="004B2F99" w:rsidP="00C018B4">
-[...14 lines deleted...]
-      <w:r w:rsidR="00B5773A" w:rsidRPr="00C57886">
+    <w:p w14:paraId="3EE7711A" w14:textId="2EFF5801" w:rsidR="004B2F99" w:rsidRPr="00296FDF" w:rsidRDefault="004B2F99" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If estate recovery would cause an undue hardship, MassHealth may waive all or part of the recovery am</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5773A" w:rsidRPr="00296FDF">
         <w:t>ount in certain circumstances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506C360A" w14:textId="5B933B03" w:rsidR="00534ACB" w:rsidRPr="00C57886" w:rsidRDefault="00534ACB" w:rsidP="00C018B4">
-[...11 lines deleted...]
-      <w:r w:rsidR="00071D21" w:rsidRPr="00C57886">
+    <w:p w14:paraId="506C360A" w14:textId="35D562B3" w:rsidR="00534ACB" w:rsidRPr="00296FDF" w:rsidRDefault="00534ACB" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>For members 55 or older who were eligible for both MassHealth and Medicare, MassHealth will not recover Medicare cost sharing benefits (premiums, deductibles</w:t>
+      </w:r>
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and copays) paid on or after January 1, 2010.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D94DF39" w14:textId="05A6EC37" w:rsidR="004B2F99" w:rsidRPr="00C57886" w:rsidRDefault="004B2F99" w:rsidP="00C018B4">
+    <w:p w14:paraId="7D94DF39" w14:textId="05A6EC37" w:rsidR="004B2F99" w:rsidRPr="00296FDF" w:rsidRDefault="004B2F99" w:rsidP="00C018B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>In addition, if the member, on the date of admission to the long-term</w:t>
       </w:r>
-      <w:r w:rsidR="00071D21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>care facility, had certain long-term</w:t>
       </w:r>
-      <w:r w:rsidR="00071D21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>care insurance* and met the other requirements under the rules to qualify for this exception, the</w:t>
       </w:r>
-      <w:r w:rsidR="00071D21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> estate may not have to repay MassHealth for nursing facility and other long-term</w:t>
       </w:r>
-      <w:r w:rsidR="00071D21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">care services. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53448810" w14:textId="22B3293E" w:rsidR="004B2F99" w:rsidRPr="00C57886" w:rsidRDefault="004B2F99" w:rsidP="00C018B4">
+    <w:p w14:paraId="53448810" w14:textId="22B3293E" w:rsidR="004B2F99" w:rsidRPr="00296FDF" w:rsidRDefault="004B2F99" w:rsidP="00C018B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>*The long-term</w:t>
       </w:r>
-      <w:r w:rsidR="00071D21" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>care insurance must meet the rules of the Division of Insurance under 211 CMR 65.09 and MassHealth regulations at 130 CMR 515.000. The member must also have been living in a long-</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>care insurance must meet the rules of the Division of Insurance under 211 CMR 65.09 and MassHealth regulations at 130 CMR 515.000. The member must also have been living in a long-term</w:t>
+      </w:r>
+      <w:r w:rsidR="00071D21" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>term</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071D21" w:rsidRPr="00C57886">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">care facility and told MassHealth that </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1575" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>care</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> facility and told MassHealth that </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC1575" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve"> did not intend to return ho</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5773A" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>they</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+        <w:t>me.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0724BF7C" w14:textId="775B8220" w:rsidR="004B2F99" w:rsidRPr="00296FDF" w:rsidRDefault="004B2F99" w:rsidP="00C018B4">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> did not intend to return ho</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B5773A" w:rsidRPr="00C57886">
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>me.</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">For more information about estate recovery, see the MassHealth regulations at 130 CMR 501.000 and 515.000, Chapter 118E of the Massachusetts General Laws, and visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidR="00AE7263" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidR="00AE7263" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/EstateRecovery</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32238417" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="32238417" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Signing up to vote</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178F3149" w14:textId="0236702E" w:rsidR="00C018B4" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="178F3149" w14:textId="0236702E" w:rsidR="00C018B4" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>This booklet includes information about voter registration. You do not need to register to vote to get health benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7A469C" w14:textId="77777777" w:rsidR="00C018B4" w:rsidRDefault="00C018B4">
+    <w:p w14:paraId="7D7A469C" w14:textId="77777777" w:rsidR="00C018B4" w:rsidRPr="00296FDF" w:rsidRDefault="00C018B4">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7377BA70" w14:textId="56F3CDD4" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="7377BA70" w14:textId="56F3CDD4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00180891" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00180891" w:rsidRPr="00296FDF">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="002679DB" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002679DB" w:rsidRPr="00296FDF">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002B715E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002B715E" w:rsidRPr="00296FDF">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">itizenship and </w:t>
       </w:r>
-      <w:r w:rsidR="002B715E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002B715E" w:rsidRPr="00296FDF">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">mmigration </w:t>
       </w:r>
-      <w:r w:rsidR="002B715E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="002B715E" w:rsidRPr="00296FDF">
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ules</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332C1833" w14:textId="1573DF93" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="332C1833" w14:textId="1573DF93" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">When deciding if you are eligible for benefits, we look at all the requirements </w:t>
       </w:r>
-      <w:r w:rsidR="003137AA" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003137AA" w:rsidRPr="00296FDF">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> each coverage type and program. We will try to prove your </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>citizenship/national status and immigration status using federal and state data services to decide if you may get a certain coverage type.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA93817" w14:textId="1954BAA9" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00CB3601" w:rsidP="009C1F4F">
+    <w:p w14:paraId="3DA93817" w14:textId="1954BAA9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3601" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Citizens/Nationals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD9A2D9" w14:textId="0E84AD87" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00CB3601" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1FD9A2D9" w14:textId="0E84AD87" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3601" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...15 lines deleted...]
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>citizens/nationals may be eligible for MassHealth Standard, CommonHealth, CarePlus, Family Assistance, or the Children’s Medical Security Plan (CMSP). They may also be eligible for ConnectorCare</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>lans and Advance Premium Tax Credits or the Health Safety Net</w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (HSN)</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. Proof of citizenship and identity is required for all </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>citizens/nationals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B492629" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+    <w:p w14:paraId="7B492629" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A citizen of the United States is</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4049F01A" w14:textId="2DDE64A6" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4049F01A" w14:textId="2DDE64A6" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>an individual who was born in the United States or its territories, including Puerto Rico, the Virgin Islands, Guam, and the Northern Mariana Islands</w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> (CNMI)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="003137AA" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003137AA" w:rsidRPr="00296FDF">
         <w:t>unless</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> born to a foreign diplomat</w:t>
       </w:r>
-      <w:r w:rsidR="00C7041D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C7041D" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> and who</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">otherwise qualifies for </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizenship under §301 et seq. of the Immigration and Nationality Act (INA);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8CDD00" w14:textId="600FFBE8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">an individual born of a parent who is a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizen or who otherwise qualifies for </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizenship under</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7041D" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>§301 et seq. of the INA;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0734C0" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>a naturalized citizen; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3681C804" w14:textId="0C5C1C8A" w:rsidR="00C46126" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>a national (</w:t>
+      </w:r>
+      <w:r w:rsidR="003137AA" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">either </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizen </w:t>
+      </w:r>
+      <w:r w:rsidR="003137AA" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>noncitizen national)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6E71FA" w14:textId="090CD2AD" w:rsidR="00C46126" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Citizen national</w:t>
+      </w:r>
+      <w:r w:rsidR="003137AA" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4FC2" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">a person who </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">qualifies as a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...15 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizen under §301 et seq. of the INA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFCC242" w14:textId="749A5CB5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Noncitizen national</w:t>
+      </w:r>
+      <w:r w:rsidR="003137AA" w:rsidRPr="00296FDF">
+        <w:t>: a person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> who was born in one of the outlying possessions of the United States, including American Samoa and Swain’s Island, to a parent who is a noncitizen national.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB5526A" w14:textId="357236D8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402790B0" w14:textId="36657669" w:rsidR="005850F9" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">To get the </w:t>
+      </w:r>
+      <w:r w:rsidR="003137AA" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">highest level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">of MassHealth coverage, or to get a ConnectorCare plan and Advance Premium Tax Credit, </w:t>
+      </w:r>
+      <w:r w:rsidR="003137AA" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">we must prove your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">immigration status. MassHealth will perform information matches with state and federal agencies to prove immigration statuses. If electronic sources </w:t>
+      </w:r>
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
+        <w:t>can’t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> prove declared status, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64AB8" w:rsidRPr="00296FDF">
+        <w:t>we will ask you for more documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E68428" w14:textId="5AB3D9A2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidR="006477D5" w:rsidRPr="00296FDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> citizens do not have to submit their immigration documents with the application if they are applying only for their children, </w:t>
+      </w:r>
+      <w:r w:rsidR="00437D86" w:rsidRPr="00296FDF">
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> for themselves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26669F52" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00BA75D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Lawfully present immigrants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FAE547" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>The following are lawfully present immigrants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393AC27D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Qualified noncitizens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E440C41" w14:textId="3C302435" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">People who meet one of the following statuses may be eligible for MassHealth Standard, CommonHealth, CarePlus, Family Assistance, or CMSP. They may also be eligible for benefits through the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Health Connector or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3396E119" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>There are two groups of qualified noncitizens:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E463A7F" w14:textId="1DE9CCE3" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">1. People who are qualified regardless of when they entered the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00C7041D" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or how long they have had a qualified status. Such individuals are</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273EFFBE" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>people granted asylum under section 208 of the INA;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E5DB30" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>refugees admitted under section 207 of the INA;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B169F00" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>people whose deportation has been withheld under section 243(h) or 241(b)(3) of the INA, as provided by section 5562 of the federal Balanced Budget Act of 1997;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDE7F52" w14:textId="6FFC8AA7" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>veterans, their spouses, and their children</w:t>
+      </w:r>
+      <w:r w:rsidR="006B6F57" w:rsidRPr="00296FDF">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC728BA" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>veterans of the United States Armed Forces with an honorable discharge not related to their noncitizen status; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227273C3" w14:textId="2460B4DA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Filipino war veterans who fought under </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...36 lines deleted...]
-    <w:p w14:paraId="6E6E71FA" w14:textId="090CD2AD" w:rsidR="00C46126" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>command during WWII; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCFD3FD" w14:textId="2D06C5BF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...264 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hmong and Highland Lao veterans who are admitted for legal permanent residence (LPR) and who fought under </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>command during the Vietnam War; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0443B7" w14:textId="7177576F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="0032227F" w:rsidP="00C018B4">
+    <w:p w14:paraId="0F0443B7" w14:textId="7177576F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0032227F" w:rsidP="00C018B4">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> with noncitizen status on active duty in the </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Armed Forces, other than active duty for training; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A67CCD" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+    <w:p w14:paraId="31A67CCD" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
       <w:pPr>
         <w:pStyle w:val="ListBullet2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>the spouse, unremarried surviving spouse, or unmarried dependent children of the</w:t>
       </w:r>
-      <w:r w:rsidR="0057352E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0057352E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>noncitizen described in the four points above;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0E9C96" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>conditional entrants under section 203(a)(7) of the INA as in effect before April 1, 1980;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9A17B5" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>people who entered as Cuban/Haitian entrants under section 501(e) of the Refugee Education Assistance Act of 1980;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648C6633" w14:textId="11C56FF1" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="005A7A8E" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">for Medicaid, </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>Native Americans with at least 50</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>%</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> American Indian blood who were born in Canada pursuant to section 289 of the INA or other tribal members born in territories outside the United States pursuant to 25 U.S.C. 450b(e);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79399E7F" w14:textId="423A188D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Amerasians as described in section 402(a)(2)(A)(i)(V) of the Personal Responsibility and Work Opportunity Reconciliation Act of 1996</w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> (PRWORA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32826486" w14:textId="1EF64BB9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>victims of severe forms of trafficking, and</w:t>
+      </w:r>
+      <w:r w:rsidR="009031D1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> spouse, child, sibling, or parent of the victim</w:t>
+      </w:r>
+      <w:r w:rsidR="006B6F57" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> in accordance with the Victims of Trafficking and Violence Protection Act of 2000 (Public Law 106-386) as amended;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F574238" w14:textId="622B5055" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Iraqi </w:t>
+      </w:r>
+      <w:r w:rsidR="004E50FD" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">pecial </w:t>
+      </w:r>
+      <w:r w:rsidR="004E50FD" w:rsidRPr="00296FDF">
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>mmigrants granted special immigrant status under Section 101(a)(27) of the INA, pursuant to section 1244 of Public Law 110-181 or section 525 of Public Law 110-161; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61943A81" w14:textId="7F1258CE" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Afghan </w:t>
+      </w:r>
+      <w:r w:rsidR="004E50FD" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">pecial </w:t>
+      </w:r>
+      <w:r w:rsidR="004E50FD" w:rsidRPr="00296FDF">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">mmigrants granted special immigrant status under </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ection 101(a)(27) of the INA, pursuant to section 525 of Public Law 110-161</w:t>
+      </w:r>
+      <w:r w:rsidR="00800C20" w:rsidRPr="00296FDF">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...33 lines deleted...]
-      <w:r w:rsidR="004E50FD" w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="6EF2F3A9" w14:textId="77777777" w:rsidR="005A7A8E" w:rsidRPr="00296FDF" w:rsidRDefault="005A7A8E" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>for Medicaid, migrants from the Federated States of Micronesia, the Republic of the Marshall Islands, and the Republic of Palau who legally reside in the United States pursuant to a series of treaties with the United States known as the Compacts of Free Association (COFA).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797A950D" w14:textId="140BADF7" w:rsidR="005A7A8E" w:rsidRPr="00296FDF" w:rsidRDefault="005A7A8E" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">COFA migrants who adjust to LPR status will have a special five-year bar rule applied. </w:t>
+      </w:r>
+      <w:r w:rsidR="009031D1" w:rsidRPr="00296FDF">
+        <w:t>Such individuals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> would be subject to the special five-year bar rule unless they also have or had a status listed at 130 CMR 518.003(A)(1)(a).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB4FAE5" w14:textId="1F1DAB08" w:rsidR="005A7A8E" w:rsidRPr="00296FDF" w:rsidRDefault="005A7A8E" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">COFA migrants who adjust to LPR status after the change of law on December 27, 2020, </w:t>
+      </w:r>
+      <w:r w:rsidR="00786807" w:rsidRPr="00296FDF">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> use the date they began residing in the United States as a COFA migrant or December 27, 2020, whichever is later, as the first day for purposes of meeting the five-year bar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300A280A" w14:textId="55057A53" w:rsidR="005A7A8E" w:rsidRPr="00296FDF" w:rsidRDefault="005A7A8E" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>COFA migrants who adjusted to LPR status before the change of law on December 27, 2020, would have the five-year bar period begin on the date that they became an LPR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9550BE" w14:textId="4A898B38" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">2. People who are qualified based on having a qualified status identified at “A” below and who have satisfied one of the conditions listed </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7723" w:rsidRPr="00296FDF">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> B below. Such individuals are</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11472F64" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A. people who have one or more of the following statuses:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F1C2CD" w14:textId="570C554D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>people admitted for LPR under the INA; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCB2A82" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>people granted parole for at least one year under section 212(d)(5) of the INA; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702A969D" w14:textId="298AF6BF" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>battered spouse</w:t>
+      </w:r>
+      <w:r w:rsidR="00A238A7" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...16 lines deleted...]
-      <w:r w:rsidR="004E50FD" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, battered child</w:t>
+      </w:r>
+      <w:r w:rsidR="00A238A7" w:rsidRPr="00296FDF">
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2773" w:rsidRPr="00296FDF">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, or child</w:t>
+      </w:r>
+      <w:r w:rsidR="00A238A7" w:rsidRPr="00296FDF">
+        <w:t>ren</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> of battered parent</w:t>
+      </w:r>
+      <w:r w:rsidR="00A238A7" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...8 lines deleted...]
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> or parent</w:t>
+      </w:r>
+      <w:r w:rsidR="00A238A7" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...109 lines deleted...]
-      <w:r w:rsidR="00A238A7" w:rsidRPr="00C018B4">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> of battered child</w:t>
+      </w:r>
+      <w:r w:rsidR="00A238A7" w:rsidRPr="00296FDF">
         <w:t>ren</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C018B4">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> who meet the criteria of section 431(c) of the PRWORA, 8 U.S.C. 1641; and also</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE0F9A0" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>B. people who satisfy at least one of the following three conditions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD53AE1" w14:textId="5328B68E" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
-[...27 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+    <w:p w14:paraId="4DD53AE1" w14:textId="5328B68E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>they have had a status listed in 2.A above for five or more years (a battered noncitizen attains this status when the petition is accepted as establishing a prima facie case);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084095B8" w14:textId="6379E991" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">they entered the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">before August 22, 1996, regardless of status at the time of entry, and have been continuously present in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">until attaining a status listed in 2.A. above. For this purpose, </w:t>
+      </w:r>
+      <w:r w:rsidR="009031D1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">a person is continuously present if they have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">been absent from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>for no more than 30 consecutive days or 90 nonconsecutive days before attaining a status listed in 2.A above; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BC6E5D" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00C018B4">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>they also have or had a status listed in number 1 above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601217FA" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Qualified noncitizens barred</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312EC343" w14:textId="4DD5CAAA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>People who have a status listed under qualified noncitizens at 2.A. above (legal permanent resident, parolee for at least one year, or battered noncitizen) and who do not meet one of the conditions listed at</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA705C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...66 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">2.B. above, are qualified noncitizens barred. Qualified noncitizens barred, like qualified noncitizens, are lawfully present immigrants. People who are qualified noncitizens </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">barred may be eligible for MassHealth Standard, CommonHealth, Family Assistance, Limited, or CMSP. They may also be eligible for benefits through the Health Connector and the </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A05BB54" w14:textId="15C33414" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+    <w:p w14:paraId="6A05BB54" w14:textId="15C33414" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="0084142F" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Nonqualified individuals lawfull</w:t>
+      </w:r>
+      <w:r w:rsidR="0084142F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">y </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F0651F" w14:textId="2F2DEE2F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="78F0651F" w14:textId="2F2DEE2F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>People who are nonqualified individuals lawfully present and meet one of the following statuses may be eligible for MassHealth Standard, CommonHealth, Family Assistance, Limited, or CMSP. They may also be eligible for benefits through the Health Connector</w:t>
       </w:r>
-      <w:r w:rsidR="00A43766" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A43766" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and the </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. Nonqualified individuals lawfully present are as follows.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39644DC6" w14:textId="3BF40BCE" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>People in a valid nonimmigrant status as otherwise defined in 8 U.S.C. 1101(a)(15) or otherwise defined under immigration laws as defined in 8 U.S.C. 1101(a)(17).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E9975B" w14:textId="254F2A0A" w:rsidR="0098305F" w:rsidRPr="00C57886" w:rsidRDefault="0098305F" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="36E9975B" w14:textId="254F2A0A" w:rsidR="0098305F" w:rsidRPr="00296FDF" w:rsidRDefault="0098305F" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Qualified noncitizen</w:t>
       </w:r>
-      <w:r w:rsidR="00C46126" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C46126" w:rsidRPr="00296FDF">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> as defined in 8 U</w:t>
       </w:r>
-      <w:r w:rsidR="00185424" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00185424" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00185424" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00185424" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00185424" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00185424" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> 1641 (b) and (c)</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0DE1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FE0DE1" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57562FDC" w14:textId="1C75B368" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="57562FDC" w14:textId="1C75B368" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">People paroled into the </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>in accordance with 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2B98" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD2B98" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>U.S.C. 1182(d)(5) for less than one year, except for an individual paroled for prosecution, for deferred inspection, or pending removal proceedings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2076F64C" w14:textId="6A7060E4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>People who belong to one of the following classes</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED38041" w14:textId="241507AA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Granted </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>temporary resident status in accordance with 8 U.S.C. 1160 or 1255a, respectively</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EBEB65" w14:textId="3C26B904" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Granted </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">emporary </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">rotected </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>tatus (TPS) in accordance with 8 U.S.C. 1254a, and individuals with pending applications for TPS who have been granted employment authorization</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB25ADC" w14:textId="47340978" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Granted </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>employment authorization under 8 CFR 274a.12(c)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4854633E" w14:textId="325C1364" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Family Unity beneficiaries in accordance with section 301 of Public Law 101-649, as amended</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687019A3" w14:textId="6A583E90" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">eferred </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">nforced </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>eparture in accordance with a decision made by the President</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F94736F" w14:textId="178ED0CA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Granted </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">eferred </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ction status, except for applicants or individuals granted status under </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>United States Department of Homeland Security (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>DHS</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Deferred Action for Childhood Arrival Process (DACA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1D2E68" w14:textId="7B5C19CB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Granted </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>an administrative stay of removal under 8 CFR part 241</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138A37C2" w14:textId="6DE56D47" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Beneficiary </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>of approved visa petition who has a pending application for adjustment of status</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889B736" w14:textId="67EF8FF0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>People with a pending application for asylum under 8 U.S.C. 1158, or for withholding of removal under 8 U.S.C. 1231, or under the Convention Against Torture who</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16467321" w14:textId="2DB2FC3B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>have been granted employment authorization</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BB6AAB" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">are under 14 </w:t>
+      </w:r>
+      <w:r w:rsidR="00530C13" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">years of age </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and have had an application pending for at least 180 days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF7E601" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>People who have been granted withholding of removal under the Convention Against Torture.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503FA3EE" w14:textId="67A0B34A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Children who have a pending application for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">pecial </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">mmigrant </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9017B" w:rsidRPr="00296FDF">
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>uvenile status as described in 8 U.S.C. 1101(a)(27)(J).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3480CD0F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Qualified noncitizens barred and nonqualified individuals lawfully present who are</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C478BFE" w14:textId="1B0B0D01" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">pregnant may be eligible for MassHealth Standard, a ConnectorCare plan and Advance Premium Tax Credits, or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD27D6A" w14:textId="711093CC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>children younger than 19 may be eligible for MassHealth Standard, CommonHealth, Family Assistance, CMSP, a ConnectorCare plan and Advance Premium Tax Credits, or the HSN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79224C28" w14:textId="2402E888" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">young adults 19 or 20 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">years </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">old </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>may be eligible for MassHealth Standard, a ConnectorCare plan and Advance Premium Tax Credits, or the HSN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D09617" w14:textId="1E9F60C8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">adults 21 or older and are parents or caretaker relatives may be eligible for MassHealth Limited, a ConnectorCare plan and </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0288" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Advance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Premium Tax Credits, or the HSN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641AB80F" w14:textId="2572D6A3" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>adults 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">64 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">years </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="00FC63B6" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>and are disabled may be eligible for MassHealth Family Assistance, Limited, a ConnectorCare plan and Advance Premium Tax Credits, or the HSN; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70141121" w14:textId="54B9D064" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>other adults 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">64 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">years </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t>old</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>may be eligible for MassHealth Limited, a ConnectorCare plan and Advance Premium Tax Credits, or the HSN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE21E97" w14:textId="295A6084" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Nonqualified </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4D1E" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">persons residing under color </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4D1E" w:rsidRPr="00296FDF">
+        <w:t>law</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543D07D3" w14:textId="3BCC8B7F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Nonqualified </w:t>
+      </w:r>
+      <w:r w:rsidR="00D54360" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t>erson</w:t>
+      </w:r>
+      <w:r w:rsidR="00D54360" w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D54360" w:rsidRPr="00296FDF">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">esiding </w:t>
+      </w:r>
+      <w:r w:rsidR="00D54360" w:rsidRPr="00296FDF">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">nder </w:t>
+      </w:r>
+      <w:r w:rsidR="00D54360" w:rsidRPr="00296FDF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">olor of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D54360" w:rsidRPr="00296FDF">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t>aw (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>PRUCOLs</w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> are certain noncitizens who are not lawfully present. These individuals may permanently </w:t>
+      </w:r>
+      <w:r w:rsidR="00961C28" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">reside </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>in the United States under color of law as described in 130 CMR 504.000. People who are nonqualified PRUCOLs and meet one of the following statuses may be eligible for MassHealth Standard, CommonHealth, Family Assistance, Limited, or CMSP.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D54360" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">They may also be eligible for benefits through the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>HSN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED38041" w14:textId="241507AA" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
-[...492 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="44621207" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Noncitizens living in the United States in accordance with an indefinite stay of deportation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015A715C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="015A715C" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Noncitizens living in the United States in accordance with an indefinite voluntary departure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BB8F99" w14:textId="79B0EF00" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="05BB8F99" w14:textId="79B0EF00" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Noncitizens and their families who are covered by an approved immediate relative petition, who are entitled to voluntary departure, and whose departure the DHS does not contemplate enforcing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07808467" w14:textId="45C591F3" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="07808467" w14:textId="45C591F3" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Noncitizens </w:t>
       </w:r>
-      <w:r w:rsidR="008D7382" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D7382" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">who were </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">granted voluntary departure by the DHS or an </w:t>
       </w:r>
-      <w:r w:rsidR="008D7382" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D7382" w:rsidRPr="00296FDF">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">mmigration </w:t>
       </w:r>
-      <w:r w:rsidR="008D7382" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D7382" w:rsidRPr="00296FDF">
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>udge and whose deportation the DHS does not contemplate enforcing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68641BA6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="68641BA6" w14:textId="699F93D9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Noncitizens living under orders of supervision who do not have employment authorization under 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A657DB" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>CFR 274a.12(c)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6385A8A6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Noncitizens who have entered and continuously lived in the United States since before January 1, 1972</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A3DBC6" w14:textId="477CEA5F" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="19A3DBC6" w14:textId="477CEA5F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Noncitizens </w:t>
       </w:r>
-      <w:r w:rsidR="008D7382" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D7382" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">who have been </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>granted suspension of deportation and whose departure the DHS does not contemplate enforcing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E32EAE2" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3E32EAE2" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Noncitizens with a pending application for asylum under 8 U.S.C. 1158 or for withholding of removal under 8 U.S.C. 1231 or under the Convention Against Torture who have not been granted employment authorization, or are under the age of 14 and have not had an application pending for at least 180 days</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4269C388" w14:textId="708C8321" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4269C388" w14:textId="708C8321" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Noncitizens </w:t>
       </w:r>
-      <w:r w:rsidR="008D7382" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008D7382" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">who have </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">DACA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>status or a pending application for this status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E7F13AB" w14:textId="598F6FF0" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6E7F13AB" w14:textId="598F6FF0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Noncitizens who have filed an application, petition, or request to obtain a lawfully present status that has been accepted as properly filed but who have not yet obtained employment authorization and whose deportation DHS does not contemplate enforcing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C226A1B" w14:textId="23551963" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="1C226A1B" w14:textId="23551963" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Any other noncitizens living in the United States with the knowledge and consent of the DHS whose departure the DHS does not contemplate enforcing. (These include </w:t>
       </w:r>
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> granted </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">xtended </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">oluntary </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>eparture due to conditions in the</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> home country based on a determination by the Secretary of State.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4D3F55" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="6F4D3F55" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Nonqualified PRUCOLs who are</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0183A28F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0183A28F" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>pregnant may be eligible for MassHealth Standard, Family Assistance, or the HSN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FFF309" w14:textId="0559448E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>children younger than 19 may be eligible for MassHealth CommonHealth, Family Assistance, Limited, CMSP, or the HSN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431B64C1" w14:textId="4CA7BC53" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">young adults 19 or 20 </w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">years </w:t>
       </w:r>
-      <w:r w:rsidR="00FC63B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...20 lines deleted...]
-      <w:r w:rsidR="008D7382" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>may be eligible for MassHealth CommonHealth, Family Assistance, Limited, or the HSN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF52635" w14:textId="7D5B0715" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">adults 21 or older </w:t>
+      </w:r>
+      <w:r w:rsidR="008D7382" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>are parents or caretaker relatives may be eligible for MassHealth Family Assistance, Limited, or the HSN; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C77235" w14:textId="2BDE9326" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="33C77235" w14:textId="2BDE9326" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>other adults 21–64</w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidR="00FC63B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
         <w:t>old</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, including disabled </w:t>
       </w:r>
-      <w:r w:rsidR="0032227F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, may be eligible for MassHealth Family Assistance, Limited, or the HSN.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B9CB76" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="79B9CB76" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Other noncitizens</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BF5FD5" w14:textId="2625B75D" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-[...13 lines deleted...]
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+    <w:p w14:paraId="67BF5FD5" w14:textId="2625B75D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If your immigration status is not described above, you are considered an other noncitizen. You may be eligible for MassHealth Standard (if pregnant), Limited, CMSP, or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33CC52DC" w14:textId="0FF82F0C" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="33CC52DC" w14:textId="0FF82F0C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Note: People who were getting MassHealth, formerly known as Medical Assistance, or CommonHealth on June 30, 1997, may continue to get benefits regardless of immigration status if otherwise eligible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40938BA7" w14:textId="6E956DFC" w:rsidR="00C66627" w:rsidRPr="00EC1502" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+    <w:p w14:paraId="40938BA7" w14:textId="6E956DFC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">The eligibility of immigrants for publicly funded benefits is defined in the </w:t>
       </w:r>
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00EC1502">
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>PRWORA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>, the federal Balanced Budget Act of 1997, and various provisions of state law. For additional details, see the MassHealth regulations at 130 CMR 504.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6142D1" w14:textId="18FD3E0F" w:rsidR="00C66627" w:rsidRPr="00EC1502" w:rsidRDefault="00CB3601" w:rsidP="00EC1502">
+    <w:p w14:paraId="2B6142D1" w14:textId="18FD3E0F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3601" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC1502" w:rsidDel="00CB3601">
+      <w:r w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00EC1502">
-[...7 lines deleted...]
-      <w:r w:rsidR="00C66627" w:rsidRPr="00EC1502">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship/national status requirements for MassHealth and ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>lans and Advance Premium Tax Credits</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00EC1502">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Identity requirements for MassHealth, ConnectorCare </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4155" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00EC1502">
-[...2 lines deleted...]
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00EC1502">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>lans and Advance Premium Tax Credits, and the Health Safety Net</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4D0DA3" w14:textId="66603A5D" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Proof of both </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00EC1502">
-[...10 lines deleted...]
-      <w:r w:rsidR="00C66627" w:rsidRPr="00EC1502">
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t>citizenship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">national status </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t>identity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20110B85" w14:textId="478B1747" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="000A3AC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Exception: Seniors and disabled </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> who get or can get Medicare or Supplemental Security Income, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7B01" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">disabled </w:t>
+      </w:r>
+      <w:r w:rsidR="0032227F" w:rsidRPr="00296FDF">
+        <w:t>people</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> who get Social Security Disability </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>Insurance</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7B01" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D4155" w:rsidRPr="00EC1502">
-[...13 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">do NOT have to give proof of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E1994" w:rsidRPr="00C57886">
-[...61 lines deleted...]
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">citizenship/national status and identity. A </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">child born to a mother who was getting MassHealth on the date of the child’s birth does not have to give proof of </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>citizenship/national status and identity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F3B6F8" w14:textId="4030E9A4" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+    <w:p w14:paraId="48F3B6F8" w14:textId="4030E9A4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The following are acceptable forms of proof of BOTH </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>citizenship/national status AND identity (</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>o other documentation is required):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48BF3723" w14:textId="582F98C4" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00CB3601" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="48BF3723" w14:textId="582F98C4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00CB3601" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">passport, including a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Passport Card issued by the Department of State, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E861D9" w:rsidRPr="00296FDF">
+        <w:t>regardless of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> any expiration date as long as this passport or </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>ard was issued without limitation; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB31AE5" w14:textId="350483DA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Certificate of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Naturalization; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741BB395" w14:textId="09430436" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Certificate of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Citizenship; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C546A6" w14:textId="78ABDC63" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00D82E1E" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> document issued by a federally recognized Indian tribe, as published in the Federal Register by the Bureau of Indian Affairs within the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Department of the Interior, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">identifies the federally recognized Indian </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">tribe </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>that issued the document</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> identifies the individual by name</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> and confirms the individual’s membership, enrollment, or affiliation with the </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t>tribe</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>. These documents include, but are not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">tribal </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">enrollment card, a Certificate of Degree of Indian Blood, a </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">tribal </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">census document, and documents on </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">tribal </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">letterhead issued under the signature of the appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1994" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">tribal </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>official that meet the requirements of 130 CMR 504.000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBAB9A9" w14:textId="5F01EA52" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Proof of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="0095396B" w:rsidRPr="00296FDF">
+        <w:t>citizenship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0095396B" w:rsidRPr="00296FDF">
+        <w:t>national status only</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25715E30" w14:textId="4A5619A5" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If one of the documents that </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">proves </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">both citizenship and identity is not provided, the following documents may be accepted as proof of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...16 lines deleted...]
-      <w:r w:rsidR="00BA45C9" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>citizenship/national status only.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09373075" w14:textId="4D73CEC8" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">public birth certificate (including </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ones from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the 50 states, the District of Columbia, Puerto Rico </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>on or after January 13, 1941</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, Guam, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Virgin Islands </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>on or after January 17, 1917</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">, American Samoa, Swain’s Island, or the CNMI </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>after November 4, 1986</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. The birth record may be issued by the state, Commonwealth, territory, or local jurisdiction. The individual may also be collectively naturalized under federal regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254AA3E4" w14:textId="4166367E" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A cross match with the Massachusetts Registry of Vital Statistics that documents a record of birth</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7E1BD3" w14:textId="569A9946" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A Certification of a Report of Birth issued to </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizens who were born outside the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t>US</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFE37C1" w14:textId="03F6E860" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A Report of Birth Abroad of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Citizen</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06ADD99C" w14:textId="323D6B77" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00BA45C9" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A c</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>ertification of birth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5681D7C3" w14:textId="1FF47668" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">itizen </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>identification (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ID</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> card</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3F467B" w14:textId="4597C5C0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A Northern Mariana </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ID </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ard issued to a collectively naturalized citizen who was born in the CNMI before November 4, 1986</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7FB313" w14:textId="5185B28B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A final adoption decree showing </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">child’s name and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>place of birth (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">if adoption is not final, a statement from a state-approved adoption agency that shows the child’s name and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>place of birth)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A05CA4C" w14:textId="111F6AEC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Evidence of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>civil service employment before June 1, 1976</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2EC31D" w14:textId="5608FB48" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">An official </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">military record showing a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>place of birth</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0012F7" w14:textId="7BBCFF26" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A data match with the SAVE Program or any other process established by DHS to prove an individual is a citizen</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E468FF" w14:textId="2467A8DD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Documentation that a child meets the requirements of section 101 of the Child Citizenship Act of 2000 (8 U.S.C. 1431)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9CBB42" w14:textId="11173C99" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Medical records </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>including, but not limited to, hospital, clinic, or doctor records</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> or admission papers from a nursing facility, skilled care facility, or other institution that indicate a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>place of birth</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C8846F" w14:textId="19259677" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00BA45C9" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A l</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ife, health, or other insurance record that indicates a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>place of birth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8D454D" w14:textId="49AA4108" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">An official religious record recorded in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">showing that </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">birth occurred in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...10 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="02A896E8" w14:textId="238DA9AC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">School records, including preschool, Head Start, and day care, showing the child’s name and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>place of birth</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B20665" w14:textId="0DAF7422" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00BA45C9" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>A f</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ederal or state census record showing </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">citizenship or a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>place of birth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00AC0872" w14:textId="66961BEC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If an individual does not have one of the documents listed in 130 CMR 504.000, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1575" w:rsidRPr="00296FDF">
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> may submit an affidavit </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA45C9" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">that is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">signed by another individual, under penalty of perjury, who can reasonably attest to the individual’s citizenship and that contains the individual’s name, date of birth, and place of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>US</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF" w:rsidDel="00CB3601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...83 lines deleted...]
-    <w:p w14:paraId="5BBAB9A9" w14:textId="5F01EA52" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="009C1F4F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>birth. The affidavit does not have to be notarized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="602C9DB3" w14:textId="67A8916C" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...537 lines deleted...]
-      <w:r w:rsidR="00D87DD6" w:rsidRPr="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">PLUS proof of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D87DD6" w:rsidRPr="00296FDF">
         <w:t>identity only</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAACBE6" w14:textId="48DFBE17" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2AAACBE6" w14:textId="48DFBE17" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">1. The following documents are acceptable proof of identity, provided this documentation has a photograph or other identifying information including, but not limited to, name, age, sex, race, height, weight, eye color, </w:t>
       </w:r>
-      <w:r w:rsidR="006D360E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="006D360E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>address.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755CF14C" w14:textId="4A8C5ABC" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="755CF14C" w14:textId="4A8C5ABC" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Identity documents listed at 8 CFR 274a.2(b)(1)(v)(B)(1), except a driver’s license issued by a Canadian government authority</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A1DA0A" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="09A1DA0A" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>A driver’s license issued by a state or territory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213654A0" w14:textId="0581CB19" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="213654A0" w14:textId="0581CB19" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">A school </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ID </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>card</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C59514C" w14:textId="5F5927AA" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3C59514C" w14:textId="5F5927AA" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886" w:rsidDel="00CB3601">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>military card or draft record</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49909BE9" w14:textId="7A539DB0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">An </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ID </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>card issued by the federal, state, or local government</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBA288A" w14:textId="74D56F95" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A military dependent’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ID </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB20961" w14:textId="3B2690B4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">US </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Coast Guard Merchant Mariner card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1EA083" w14:textId="249B13E2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>2. For children younger than 19, a clinic, doctor, hospital, or school record, including preschool or day care records.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E008600" w14:textId="6C569E30" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>3. Two documents containing consistent information that confirms an applicant’s identity. These documents include, but are not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t>, the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6521819E" w14:textId="70B4C048" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Employer </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ID </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51767F83" w14:textId="68D3FC95" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">High </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">school </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6F80" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>college diploma (including high school equivalency diplomas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A069AC2" w14:textId="081AB79B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Marriage </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>certificate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6BD9F7" w14:textId="6E661710" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Divorce </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>decree</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1695E29A" w14:textId="6F72559A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Property </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>deed or title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AEFE47C" w14:textId="44882424" w:rsidR="007D4327" w:rsidRPr="00296FDF" w:rsidRDefault="00A55836" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ay stub from a current employer with the applicant’s name and address preprinted, dated </w:t>
+      </w:r>
+      <w:r w:rsidR="006568EC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">no further back than 60 days before the date the application was filed </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4970AF6C" w14:textId="538292C9" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Census </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>proof containing the applicant’s name and address, dated no more than 12 months before the date of the application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03069A6E" w14:textId="5E253C4A" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A55836" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ension or retirement statement from a former employer or pension fund stating the applicant’s name and address, dated </w:t>
+      </w:r>
+      <w:r w:rsidR="006568EC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">12 months </w:t>
+      </w:r>
+      <w:r w:rsidR="006568EC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">before the date </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>the application</w:t>
+      </w:r>
+      <w:r w:rsidR="006568EC" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> was filed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5F196C" w14:textId="30419181" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00A55836" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Tuition </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>or student loan bill containing the applicant’s name and address, dated no more than 12 months before the date of the application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5F0532" w14:textId="7075F25F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="001E6F80" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC63B6" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">tility </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>bill, cell phone bill, credit card bill, doctor’s bill, or hospital bill containing applicant’s name and address, dated no more than 60 days before the date of the application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E575283" w14:textId="597D421B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Valid </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>homeowner’s, renter’s, or automobile insurance polic</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6F80" w:rsidRPr="00296FDF">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> with preprinted address, dated no more than 12 months before the date of the application, or a bill for this insurance with preprinted address, dated no more than 60 days before the date of the application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07055578" w14:textId="6DC6F00F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00FC63B6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Lease </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>dated no more than 12 months before the date of the application, or home mortgage identifying applicant and address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AC82F4" w14:textId="03F46C0F" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00D87DD6" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Proof of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>employment by W-2 forms or other documents showing the applicant’s name and address submitted by the employer to a government agency as a consequence of employment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F28CAD7" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>4. A finding of identity from a federal or state agency, including, but not limited to, a public assistance, law enforcement, internal revenue, tax bureau, or corrections agency, if the agency has proved and certified the identity of the individual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFA9237" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>5. A finding of identity from an Express Lane agency, as defined in section 1902(e)(13)(F) of the Social Security Act.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C82857" w14:textId="161632F4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If the applicant does not have any document specified in point 1, 2, or 3 above, and identity is not proved through point 4 or 5 above, the applicant may submit an affidavit signed, under penalty of perjury, by another person who can reasonably attest to the applicant’s identity. This affidavit must contain the applicant’s name and other identifying information, as described in the first main bullet above.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA705C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...289 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>This affidavit does not have to be notarized.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9E04D1" w14:textId="77EBC40C" w:rsidR="005E184A" w:rsidRPr="00C57886" w:rsidRDefault="00EC424D" w:rsidP="0066642C">
+    <w:p w14:paraId="7C9E04D1" w14:textId="77EBC40C" w:rsidR="005E184A" w:rsidRPr="00296FDF" w:rsidRDefault="00EC424D" w:rsidP="0066642C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1350"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You may also need to prove your identity if you decide to apply online through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
-        <w:r w:rsidR="000302DF" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidR="000302DF" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00530162" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00530162" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or over the phone</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. This process is called ID proofing. This is a different process from proving your citizenship, nationality, or identity for </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2370" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
         <w:t>HSN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. ID proofing is used to verify your identity and is done by asking you questions based on your personal and financial history. You will not need to go through the ID proofing process to apply for coverage through </w:t>
       </w:r>
-      <w:r w:rsidR="00FD3867" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FD3867" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">paper application. </w:t>
       </w:r>
-      <w:r w:rsidR="00D87DD6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D87DD6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">To </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">create an online account in the future at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
-        <w:r w:rsidR="000302DF" w:rsidRPr="00C57886">
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidR="000302DF" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, you will go through the ID </w:t>
       </w:r>
-      <w:r w:rsidR="003C4B94" w:rsidRPr="00C57886">
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00296FDF">
         <w:t>proofing process at that time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06913DDC" w14:textId="77777777" w:rsidR="00564A6E" w:rsidRPr="00C57886" w:rsidRDefault="00564A6E" w:rsidP="00890D75">
+    <w:p w14:paraId="06913DDC" w14:textId="77777777" w:rsidR="00564A6E" w:rsidRPr="00296FDF" w:rsidRDefault="00564A6E" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB3D6C2" w14:textId="0BDF255A" w:rsidR="007D1D06" w:rsidRPr="00C57886" w:rsidRDefault="007D1D06" w:rsidP="00890D75">
+    <w:p w14:paraId="6FB3D6C2" w14:textId="0BDF255A" w:rsidR="007D1D06" w:rsidRPr="00296FDF" w:rsidRDefault="007D1D06" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION 12 </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
-      </w:r>
-[...191 lines deleted...]
-    <w:p w14:paraId="37E2D04F" w14:textId="77777777" w:rsidR="008654AC" w:rsidRPr="00C57886" w:rsidRDefault="008654AC" w:rsidP="008654AC">
+        <w:t xml:space="preserve">MyServices </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5E0790" w14:textId="77777777" w:rsidR="00992F86" w:rsidRPr="00296FDF" w:rsidRDefault="00992F86" w:rsidP="00992F86">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>MyServices</w:t>
-[...5 lines deleted...]
-          <w:kern w:val="2"/>
+        <w:t>MyServices is available in six languages: Brazilian Portuguese, English, Haitian Creole, Simplified Chinese, Spanish, and Vietnamese.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442FF93C" w14:textId="15989D32" w:rsidR="0046062A" w:rsidRPr="00296FDF" w:rsidRDefault="0046062A" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MyServices Member Portal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E31BD8" w14:textId="44B94A36" w:rsidR="0046062A" w:rsidRPr="00296FDF" w:rsidRDefault="0046062A" w:rsidP="0032227F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...9 lines deleted...]
-          <w:kern w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...5 lines deleted...]
-          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MyServices is </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1BDB" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...7 lines deleted...]
-          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>an easy-to-use web tool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...7 lines deleted...]
-          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1BDB" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="007B6D6E" w:rsidRPr="00C57886">
+        </w:rPr>
+        <w:t>for all MassHealth members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAFFF5D" w14:textId="4DFCE7AD" w:rsidR="0046062A" w:rsidRPr="00296FDF" w:rsidRDefault="0046062A" w:rsidP="0032227F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>With MyServices</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1BDB" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you can</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1BDB" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E48114" w14:textId="07464288" w:rsidR="0046062A" w:rsidRPr="00296FDF" w:rsidRDefault="00AC1BDB" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Check if you qualify for MassHealth</w:t>
+      </w:r>
+      <w:r w:rsidR="00C521AA" w:rsidRPr="00296FDF">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> the Massachusetts Health Connector</w:t>
+      </w:r>
+      <w:r w:rsidR="00C521AA" w:rsidRPr="00296FDF">
+        <w:t>; or</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43F46" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...18 lines deleted...]
-      <w:r w:rsidR="006861B1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C521AA" w:rsidRPr="00296FDF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43F46" w:rsidRPr="00296FDF">
+        <w:t>ash o</w:t>
+      </w:r>
+      <w:r w:rsidR="005470A8" w:rsidRPr="00296FDF">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43F46" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...7 lines deleted...]
-      <w:r w:rsidR="00782E13" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C521AA" w:rsidRPr="00296FDF">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43F46" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ood </w:t>
+      </w:r>
+      <w:r w:rsidR="00C521AA" w:rsidRPr="00296FDF">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43F46" w:rsidRPr="00296FDF">
+        <w:t>ssistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...42 lines deleted...]
-        <w:r w:rsidR="00BC0035" w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="0938C47F" w14:textId="44FFDF52" w:rsidR="0046062A" w:rsidRPr="00296FDF" w:rsidRDefault="00AC1BDB" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Read your enrollment information, such as the name of your plan and the date your plan started.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D6E2B9" w14:textId="27271CBD" w:rsidR="0046062A" w:rsidRPr="00296FDF" w:rsidRDefault="00AC1BDB" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Get alerts about important events and actions you need to take.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC4C1F4" w14:textId="2286513C" w:rsidR="0046062A" w:rsidRPr="00296FDF" w:rsidRDefault="00AC1BDB" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Review certain MassHealth notices and voter registration information online.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E8D0EF" w14:textId="5F7869FA" w:rsidR="00BC0035" w:rsidRPr="00296FDF" w:rsidRDefault="00AC1BDB" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">View and print a copy of your MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>identification (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>ID</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2370" w:rsidRPr="00296FDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> card.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01456569" w14:textId="0D6D4A75" w:rsidR="0046062A" w:rsidRPr="00296FDF" w:rsidRDefault="0046062A" w:rsidP="00C8318D">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk156376952"/>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Logging </w:t>
+      </w:r>
+      <w:r w:rsidR="00977C6D" w:rsidRPr="00296FDF">
+        <w:t>In</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="0C9FA909" w14:textId="6B14FC4B" w:rsidR="008E6F6C" w:rsidRPr="00296FDF" w:rsidRDefault="0046062A" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="008F0D99">
+        <w:t>If you need help with logging in to MyServices</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2833" w:rsidRPr="008F0D99">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D99">
+        <w:t xml:space="preserve"> go to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidR="00782E13" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>myservices.mass.gov</w:t>
+          <w:t>mass.gov/info-details/how-myservices-works</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BC0035" w:rsidRPr="00C57886">
-[...32 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CC2833" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B046E0" w:rsidRPr="00C57886">
-[...75 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w14:paraId="01DC65C5" w14:textId="71CD9A1B" w:rsidR="00826738" w:rsidRPr="00296FDF" w:rsidRDefault="00826738" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...186 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+      <w:r w:rsidR="00EA6F77" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">lectronic </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>E</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA6F77" w:rsidRPr="00C57886">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6F77" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">lectronic </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A31F0" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve">ommunication </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA6F77" w:rsidRPr="00C57886">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00906B7B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ommunication </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">reference </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45607AB4" w14:textId="345009F0" w:rsidR="00826738" w:rsidRPr="00C57886" w:rsidRDefault="00826738" w:rsidP="00EC1502">
-[...10 lines deleted...]
-      <w:r w:rsidR="004838DE" w:rsidRPr="00C57886">
+    <w:p w14:paraId="45607AB4" w14:textId="345009F0" w:rsidR="00826738" w:rsidRPr="00296FDF" w:rsidRDefault="00826738" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MyServices </w:t>
+      </w:r>
+      <w:r w:rsidR="004838DE" w:rsidRPr="00296FDF">
         <w:t>provides</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> an option</w:t>
       </w:r>
-      <w:r w:rsidR="00EA6F77" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00EA6F77" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> members </w:t>
       </w:r>
-      <w:r w:rsidR="00747479" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00747479" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">who are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>19 or older to receive MassHealth eligibility notices and voter registration notices electronically (by email or text message).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21503677" w14:textId="62E648D1" w:rsidR="00826738" w:rsidRPr="00C57886" w:rsidRDefault="00826738" w:rsidP="00EC1502">
+    <w:p w14:paraId="21503677" w14:textId="62E648D1" w:rsidR="00826738" w:rsidRPr="00296FDF" w:rsidRDefault="00826738" w:rsidP="00EC1502">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The My Info tab titled </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>MassHealth Notice Delivery type</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> is where </w:t>
       </w:r>
-      <w:r w:rsidR="00BD4107" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BD4107" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">a member </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">can edit their notice delivery preference. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D463C5D" w14:textId="32E66DC8" w:rsidR="00826738" w:rsidRPr="00C57886" w:rsidRDefault="000A31F0" w:rsidP="00EC1502">
+    <w:p w14:paraId="1D463C5D" w14:textId="32E66DC8" w:rsidR="00826738" w:rsidRPr="00296FDF" w:rsidRDefault="000A31F0" w:rsidP="00EC1502">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>MassHealth will send you a</w:t>
       </w:r>
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> paper</w:t>
       </w:r>
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> to confirm </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
+        <w:t xml:space="preserve"> have opted in to e-delivery of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>opted in</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to e-delivery of </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> MassHealth eligibility notices and voter registration notices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A867A0D" w14:textId="2B5692D5" w:rsidR="00826738" w:rsidRPr="00296FDF" w:rsidRDefault="000A31F0" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>If you</w:t>
+      </w:r>
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> opt in to electronic delivery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>, you</w:t>
+      </w:r>
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> will be notified </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">of any new notices </w:t>
+      </w:r>
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">through </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> chosen delivery preference (either email or text message)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>. You can then</w:t>
+      </w:r>
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> review </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> notice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00826738" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> in the MyServices member communication portal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04051C65" w14:textId="68112046" w:rsidR="00826738" w:rsidRPr="00296FDF" w:rsidRDefault="00826738" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
+        <w:t>you want</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> to opt out of e-delivery and return to receiving paper notices, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> may do so at any time. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">can also update </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="00826738" w:rsidRPr="00C57886">
-[...27 lines deleted...]
-      <w:r w:rsidR="000A31F0" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> preference from email to text or vice versa at any time. To opt out of e-delivery of notices, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>can do any of the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00747479" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0733DFB3" w14:textId="495511C8" w:rsidR="008051EF" w:rsidRPr="00296FDF" w:rsidRDefault="00747479" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">og in to </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> MyServices account and change </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> notice delivery preference back to paper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C19914B" w14:textId="63F54B08" w:rsidR="008051EF" w:rsidRPr="00296FDF" w:rsidRDefault="00747479" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">MassHealth </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ustomer </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Center </w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t>800</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
+        <w:t>, TDD/TTY: 711,</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> to request paper </w:t>
+      </w:r>
+      <w:r w:rsidR="009265DC" w:rsidRPr="00296FDF">
+        <w:t>notices.</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE7DE16" w14:textId="12A2FAC8" w:rsidR="008051EF" w:rsidRPr="00296FDF" w:rsidRDefault="00747479" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">lick the unsubscribe link in an email message that alerts </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
         <w:t>you</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...20 lines deleted...]
-      <w:r w:rsidR="00747479" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> to a notice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...114 lines deleted...]
-      <w:r w:rsidR="000A31F0" w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="793FC4EF" w14:textId="481601DF" w:rsidR="008051EF" w:rsidRPr="00296FDF" w:rsidRDefault="00747479" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">eply STOP or OPT OUT to a text message that alerts </w:t>
+      </w:r>
+      <w:r w:rsidR="000A31F0" w:rsidRPr="00296FDF">
         <w:t>you</w:t>
       </w:r>
-      <w:r w:rsidR="008051EF" w:rsidRPr="00C57886">
-[...19 lines deleted...]
-      <w:r w:rsidR="008051EF" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008051EF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> to a notice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F21DFBE" w14:textId="552BC587" w:rsidR="00A07F7B" w:rsidRPr="00C57886" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5F21DFBE" w14:textId="552BC587" w:rsidR="00A07F7B" w:rsidRPr="00296FDF" w:rsidRDefault="00A07F7B" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663C9A3E" w14:textId="1A9D99F0" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="663C9A3E" w14:textId="1A9D99F0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="007D1D06" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007D1D06" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">13 </w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Where to </w:t>
       </w:r>
-      <w:r w:rsidR="007626B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007626B6" w:rsidRPr="00296FDF">
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">et </w:t>
       </w:r>
-      <w:r w:rsidR="007626B6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007626B6" w:rsidRPr="00296FDF">
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>elp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A004331" w14:textId="1341AE0C" w:rsidR="00CE348E" w:rsidRPr="00C57886" w:rsidRDefault="00CE348E" w:rsidP="00EC1502">
+    <w:p w14:paraId="2A004331" w14:textId="1857404B" w:rsidR="00CE348E" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">General </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t>MassHealth</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> Questions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B5474C" w14:textId="22FB84AA" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>status of your application</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or MassHealth renewal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A51ACC" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRDefault="00CE348E" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="31A51ACC" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00CE348E" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>member eligibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130669BE" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...6 lines deleted...]
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+    <w:p w14:paraId="130669BE" w14:textId="261D4188" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">about eligibility factor verifications </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and examples of acceptable </w:t>
       </w:r>
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">forms of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>proof</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678677B8" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...19 lines deleted...]
-      <w:r w:rsidR="00CE348E" w:rsidRPr="00C57886">
+    <w:p w14:paraId="678677B8" w14:textId="4B67B4BB" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">General </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>eligibility and MassHealth benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019F6DF9" w14:textId="648D37DB" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Enrollment </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">into a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE348E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>health plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55155A4C" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="55155A4C" w14:textId="18A4C92B" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Interpreter </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D01A63" w14:textId="04C62CB9" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>to get forms of proof</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A114ABF" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth and Children’s Medical Security Plan premiums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C65B7E" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRDefault="00A90BB2" w:rsidP="00EC1502">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="36C65B7E" w14:textId="41AE6E3A" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Questions </w:t>
+      </w:r>
+      <w:r w:rsidR="00A90BB2" w:rsidRPr="00296FDF">
+        <w:t>about the voter registration process and help filling out the Voter Registration Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671E85F1" w14:textId="5BC789AD" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>to get applications and forms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C240592" w14:textId="10F98D30" w:rsidR="004E4C44" w:rsidRPr="00296FDF" w:rsidRDefault="004E4C44" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="005A487A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A487A" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00963B15" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00963B15" w:rsidRPr="00296FDF">
         <w:t>Customer Service</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Center</w:t>
       </w:r>
-      <w:r w:rsidR="005A487A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005A487A" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidR="00963B15" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00963B15" w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="005A487A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D26548" w:rsidRPr="00296FDF">
+        <w:t>. S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">elf-service </w:t>
+      </w:r>
+      <w:r w:rsidR="005A487A" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>available 24 hours/7 days a week</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5CE2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BD5CE2" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B32F7EE" w14:textId="56D016BC" w:rsidR="001248CE" w:rsidRPr="00C57886" w:rsidRDefault="00F00D35" w:rsidP="00EC1502">
+    <w:p w14:paraId="7B32F7EE" w14:textId="74CA890B" w:rsidR="001248CE" w:rsidRPr="00296FDF" w:rsidRDefault="00F00D35" w:rsidP="00DB6076">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Additional help accessing benefits and services from your MassHealth health plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E89CC8F" w14:textId="54A143C7" w:rsidR="00F00D35" w:rsidRPr="00C57886" w:rsidRDefault="00B75917" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7E89CC8F" w14:textId="70DE6F17" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00B75917" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Contact My Ombudsman at </w:t>
       </w:r>
-      <w:r w:rsidR="00F00D35" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F00D35" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(855) 781-9898 or </w:t>
       </w:r>
-      <w:r w:rsidR="00741055" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00741055" w:rsidRPr="00296FDF">
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidR="00F00D35" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F00D35" w:rsidRPr="00296FDF">
         <w:t>ideo</w:t>
       </w:r>
-      <w:r w:rsidR="00741055" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00741055" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00F00D35" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F00D35" w:rsidRPr="00296FDF">
         <w:t>hone at (339) 224-6831.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07797F11" w14:textId="5FD3878E" w:rsidR="00F00D35" w:rsidRPr="00C57886" w:rsidRDefault="00B75917" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="07797F11" w14:textId="5FD3878E" w:rsidR="00F00D35" w:rsidRPr="00296FDF" w:rsidRDefault="00B75917" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">For more information about </w:t>
       </w:r>
-      <w:r w:rsidR="00F00D35" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F00D35" w:rsidRPr="00296FDF">
         <w:t>My Ombudsman</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, se</w:t>
       </w:r>
-      <w:r w:rsidR="00741055" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00741055" w:rsidRPr="00296FDF">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> the inside front cover</w:t>
       </w:r>
-      <w:r w:rsidR="00F00D35" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F00D35" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF6BF82" w14:textId="45CCA9BF" w:rsidR="003642D8" w:rsidRPr="00C57886" w:rsidRDefault="003642D8" w:rsidP="0032227F">
+    <w:p w14:paraId="0CF6BF82" w14:textId="45CCA9BF" w:rsidR="003642D8" w:rsidRPr="00296FDF" w:rsidRDefault="003642D8" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Reporting </w:t>
       </w:r>
-      <w:r w:rsidR="00D87DD6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D87DD6" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>changes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711D8F4D" w14:textId="77777777" w:rsidR="003642D8" w:rsidRPr="00C57886" w:rsidRDefault="003642D8" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="711D8F4D" w14:textId="77777777" w:rsidR="003642D8" w:rsidRPr="00296FDF" w:rsidRDefault="003642D8" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You can report changes to your </w:t>
       </w:r>
-      <w:r w:rsidR="00A12685" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A12685" w:rsidRPr="00296FDF">
         <w:t>status</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> in any of the following ways. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1C7B95" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRDefault="003642D8" w:rsidP="0032227F">
+    <w:p w14:paraId="6D1C7B95" w14:textId="77777777" w:rsidR="00EC1502" w:rsidRPr="00296FDF" w:rsidRDefault="003642D8" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="68"/>
+          <w:numId w:val="69"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Sign on to your account at </w:t>
       </w:r>
       <w:hyperlink r:id="rId44" w:history="1">
-        <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1C9AB3" w14:textId="0FA2A18E" w:rsidR="008C71DA" w:rsidRPr="00C57886" w:rsidRDefault="008C71DA" w:rsidP="00EC1502">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6B1C9AB3" w14:textId="0FA2A18E" w:rsidR="008C71DA" w:rsidRPr="00296FDF" w:rsidRDefault="008C71DA" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>You can create an online account if you do not already have one.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7CC2D7" w14:textId="5E759B3F" w:rsidR="003642D8" w:rsidRPr="00C57886" w:rsidRDefault="003642D8" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7B7CC2D7" w14:textId="5E759B3F" w:rsidR="003642D8" w:rsidRPr="00296FDF" w:rsidRDefault="003642D8" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Mail your </w:t>
       </w:r>
-      <w:r w:rsidR="00D37DA0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D37DA0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">changes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00D37DA0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D37DA0" w:rsidRPr="00296FDF">
         <w:t>us at</w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="00C57886">
         <w:t xml:space="preserve">Health Insurance Processing Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">PO Box 4405 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Taunton, MA </w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">02780. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4BABA3" w14:textId="383E8E54" w:rsidR="003642D8" w:rsidRPr="00C57886" w:rsidRDefault="003642D8" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7C4BABA3" w14:textId="383E8E54" w:rsidR="003642D8" w:rsidRPr="00296FDF" w:rsidRDefault="003642D8" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Fax your </w:t>
       </w:r>
-      <w:r w:rsidR="00D37DA0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D37DA0" w:rsidRPr="00296FDF">
         <w:t>changes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>857</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">323-8300. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E047DE1" w14:textId="5798D8D4" w:rsidR="003642D8" w:rsidRPr="00C57886" w:rsidRDefault="003642D8" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7E047DE1" w14:textId="5798D8D4" w:rsidR="003642D8" w:rsidRPr="00296FDF" w:rsidRDefault="003642D8" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(877) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MA ENROLL</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t>, (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>877</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>623-6765</w:t>
       </w:r>
-      <w:r w:rsidR="00B35555" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B35555" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5E0FB6" w14:textId="1DC3320E" w:rsidR="003642D8" w:rsidRPr="00C57886" w:rsidRDefault="003642D8" w:rsidP="00EC1502">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="0D5E0FB6" w14:textId="1DC3320E" w:rsidR="003642D8" w:rsidRPr="00296FDF" w:rsidRDefault="003642D8" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Visit a MassHealth Enrollment Center (MEC). See </w:t>
       </w:r>
-      <w:r w:rsidR="008C71DA" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008C71DA" w:rsidRPr="00296FDF">
         <w:t>Section 1</w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>for a list of MEC addresses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089D141E" w14:textId="1C8E7F7C" w:rsidR="00DF4F2C" w:rsidRPr="00C57886" w:rsidRDefault="00DF4F2C" w:rsidP="00EC1502">
+    <w:p w14:paraId="089D141E" w14:textId="1C8E7F7C" w:rsidR="00DF4F2C" w:rsidRPr="00296FDF" w:rsidRDefault="00DF4F2C" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">remium </w:t>
       </w:r>
-      <w:r w:rsidR="00BB49E1" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BB49E1" w:rsidRPr="00296FDF">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>ssistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D198391" w14:textId="1702AAD4" w:rsidR="00DF4F2C" w:rsidRPr="00C57886" w:rsidRDefault="00AF2C49" w:rsidP="00EC1502">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00C57886">
+    <w:p w14:paraId="0D198391" w14:textId="50AA2E06" w:rsidR="00DF4F2C" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Questions </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00296FDF">
         <w:t>about obtaining health insurance through a job</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D8FBCA" w14:textId="755CE6AA" w:rsidR="00DF4F2C" w:rsidRPr="00C57886" w:rsidRDefault="00AF2C49" w:rsidP="00EC1502">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00C57886">
+    <w:p w14:paraId="26D8FBCA" w14:textId="2BB46FE0" w:rsidR="00DF4F2C" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00EC1502">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Questions </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4F2C" w:rsidRPr="00296FDF">
         <w:t>about MassHealth Premium Assistance Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D402B01" w14:textId="7C9EB0A8" w:rsidR="00DF4F2C" w:rsidRPr="00C57886" w:rsidRDefault="00DF4F2C" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6D402B01" w14:textId="7C9EB0A8" w:rsidR="00DF4F2C" w:rsidRPr="00296FDF" w:rsidRDefault="00DF4F2C" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Premium Assistance Unit</w:t>
       </w:r>
-      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00296FDF">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>862-4840</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B52A405" w14:textId="6EEC1597" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="0082427A" w:rsidP="00EC1502">
+    <w:p w14:paraId="1B52A405" w14:textId="6EEC1597" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="0082427A" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t>state recovery</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6B0B6A" w14:textId="720525BB" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4C6B0B6A" w14:textId="720525BB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Benefit Coordination/Third Party Liability</w:t>
       </w:r>
-      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00296FDF">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>462-1120</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A1B2CE" w14:textId="7DF602EC" w:rsidR="00924ED9" w:rsidRPr="00C57886" w:rsidRDefault="00924ED9" w:rsidP="00EC1502">
+    <w:p w14:paraId="41A1B2CE" w14:textId="7DF602EC" w:rsidR="00924ED9" w:rsidRPr="00296FDF" w:rsidRDefault="00924ED9" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth appeals</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>fair hearings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5ACBC9" w14:textId="2DA7FE8F" w:rsidR="00D82E1E" w:rsidRPr="00C57886" w:rsidRDefault="00BE3866" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6A5ACBC9" w14:textId="2DA7FE8F" w:rsidR="00D82E1E" w:rsidRPr="00296FDF" w:rsidRDefault="00BE3866" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Contact the</w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Board of Hearings </w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>100 H</w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ancock St., 6th Floor </w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">Quincy, </w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MA </w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">02171 </w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:t>617</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">847-1200 or </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:t>655-0338</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="735565BF" w14:textId="5BCDB7CF" w:rsidR="00924ED9" w:rsidRPr="00C57886" w:rsidRDefault="00D82E1E" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="735565BF" w14:textId="5BCDB7CF" w:rsidR="00924ED9" w:rsidRPr="00296FDF" w:rsidRDefault="00D82E1E" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Fax</w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00924ED9" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
         <w:t>617</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00035581" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00035581" w:rsidRPr="00296FDF">
         <w:t>887-8797</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E2D3338" w14:textId="63BF5DA1" w:rsidR="00924ED9" w:rsidRPr="00C57886" w:rsidRDefault="0082427A" w:rsidP="00667F57">
+    <w:p w14:paraId="2E2D3338" w14:textId="63BF5DA1" w:rsidR="00924ED9" w:rsidRPr="00296FDF" w:rsidRDefault="0082427A" w:rsidP="00667F57">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
+        <w:t>o report MassHealth member or provider fraud</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1712B54D" w14:textId="2846155C" w:rsidR="00924ED9" w:rsidRPr="00296FDF" w:rsidRDefault="00924ED9" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
-        <w:t>T</w:t>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(877) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">437-2830 </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>([</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>877</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>4-FRAUD-0)</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5CE2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BD5CE2" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C2092A" w14:textId="35D3445B" w:rsidR="006002AA" w:rsidRPr="00C57886" w:rsidRDefault="00BE3866" w:rsidP="00EC1502">
+    <w:p w14:paraId="43C2092A" w14:textId="35D3445B" w:rsidR="006002AA" w:rsidRPr="00296FDF" w:rsidRDefault="00BE3866" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="006002AA" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Accommodations for </w:t>
+      </w:r>
+      <w:r w:rsidR="006002AA" w:rsidRPr="00296FDF">
         <w:t>applicants and members with disabilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E660F6" w14:textId="1D502262" w:rsidR="000C5074" w:rsidRPr="00C57886" w:rsidRDefault="006002AA" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="05E660F6" w14:textId="1D502262" w:rsidR="000C5074" w:rsidRPr="00296FDF" w:rsidRDefault="006002AA" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Disability Accommodation Ombudsman</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t xml:space="preserve">100 Hancock Street, </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>1st</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Floor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Quincy, MA  02171</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C2AD8D8" w14:textId="2643C6F8" w:rsidR="000C5074" w:rsidRPr="00C57886" w:rsidRDefault="00BD5CE2" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2C2AD8D8" w14:textId="2643C6F8" w:rsidR="000C5074" w:rsidRPr="00296FDF" w:rsidRDefault="00BD5CE2" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="000C5074" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000C5074" w:rsidRPr="00296FDF">
         <w:t>(617) 847-3468</w:t>
       </w:r>
-      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C5074" w:rsidRPr="00C57886">
+      <w:r w:rsidR="000C5074" w:rsidRPr="00296FDF">
         <w:t>TTY: (617) 847-3788</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CD9D6E" w14:textId="1F00A050" w:rsidR="00924ED9" w:rsidRPr="00C57886" w:rsidRDefault="00BD5CE2" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="02CD9D6E" w14:textId="1F00A050" w:rsidR="00924ED9" w:rsidRPr="00296FDF" w:rsidRDefault="00BD5CE2" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Email </w:t>
       </w:r>
       <w:hyperlink r:id="rId45" w:history="1">
-        <w:r w:rsidRPr="00C57886">
+        <w:r w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ADAAccommodations@state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251D38F7" w14:textId="1134E8DF" w:rsidR="000C5074" w:rsidRPr="00C57886" w:rsidRDefault="000C5074" w:rsidP="00EC1502">
+    <w:p w14:paraId="251D38F7" w14:textId="1134E8DF" w:rsidR="000C5074" w:rsidRPr="00296FDF" w:rsidRDefault="000C5074" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Enrolling in a health plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1F1174" w14:textId="7C0CE7C1" w:rsidR="000C5074" w:rsidRPr="00C57886" w:rsidRDefault="000C5074" w:rsidP="00667F57">
-[...6 lines deleted...]
-      <w:r w:rsidR="008D63CF" w:rsidRPr="00C57886">
+    <w:p w14:paraId="6D1F1174" w14:textId="4434BA18" w:rsidR="000C5074" w:rsidRPr="00296FDF" w:rsidRDefault="006139CE" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Enrollment </w:t>
+      </w:r>
+      <w:r w:rsidR="000C5074" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">in a MassHealth MCO or </w:t>
+      </w:r>
+      <w:r w:rsidR="008D63CF" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Primary Care Clinician </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="000C5074" w:rsidRPr="00296FDF">
         <w:t>health plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BED890C" w14:textId="1623C4BC" w:rsidR="000C5074" w:rsidRPr="00C57886" w:rsidRDefault="000C5074" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="5BED890C" w14:textId="1623C4BC" w:rsidR="000C5074" w:rsidRPr="00296FDF" w:rsidRDefault="000C5074" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2C49" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AF2C49" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth Customer Service Center</w:t>
       </w:r>
-      <w:r w:rsidR="00A30DA7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A30DA7" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>711.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7862BF" w14:textId="703E9C29" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="005D4155" w:rsidP="00EC1502">
+    <w:p w14:paraId="6F7862BF" w14:textId="703E9C29" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="005D4155" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>CMSP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13ECBCAB" w14:textId="2CF9C004" w:rsidR="00DA6FF8" w:rsidRPr="00C57886" w:rsidRDefault="00D412D0" w:rsidP="00667F57">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="13ECBCAB" w14:textId="35D3FCC4" w:rsidR="00DA6FF8" w:rsidRPr="00296FDF" w:rsidRDefault="006139CE" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Covered </w:t>
+      </w:r>
+      <w:r w:rsidR="00D412D0" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">services and finding a provider </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CCBDD9" w14:textId="04481B52" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidR="005C5C7E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="005C5C7E" w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>, TDD/TTY: 711.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D9BA6F" w14:textId="5D4CBF4D" w:rsidR="00F91B07" w:rsidRPr="00C57886" w:rsidRDefault="00F91B07" w:rsidP="00EC1502">
+    <w:p w14:paraId="67D9BA6F" w14:textId="5D4CBF4D" w:rsidR="00F91B07" w:rsidRPr="00296FDF" w:rsidRDefault="00F91B07" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Health Safety Net (HSN)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69DC277B" w14:textId="77777777" w:rsidR="00667F57" w:rsidRDefault="00F91B07" w:rsidP="00667F57">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="69DC277B" w14:textId="2094C113" w:rsidR="00667F57" w:rsidRPr="00296FDF" w:rsidRDefault="006139CE" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Grievances </w:t>
+      </w:r>
+      <w:r w:rsidR="00F91B07" w:rsidRPr="00296FDF">
+        <w:t>with HSN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65535D76" w14:textId="05BFAF87" w:rsidR="00924ED9" w:rsidRPr="00296FDF" w:rsidRDefault="006139CE" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:r w:rsidR="00924ED9" w:rsidRPr="00296FDF">
+        <w:t>about HSN, such as deductible and providers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B725414" w14:textId="5096A917" w:rsidR="00D412D0" w:rsidRPr="00296FDF" w:rsidRDefault="00F91B07" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2C49" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AF2C49" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Health Safety Net Customer Service Center </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2C49" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00AF2C49" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(877) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>910-2100</w:t>
       </w:r>
-      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699011C6" w14:textId="3EE1A9ED" w:rsidR="00DA6FF8" w:rsidRPr="00C57886" w:rsidRDefault="00DA6FF8" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="699011C6" w14:textId="3EE1A9ED" w:rsidR="00DA6FF8" w:rsidRPr="00296FDF" w:rsidRDefault="00DA6FF8" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Email </w:t>
       </w:r>
       <w:hyperlink r:id="rId46" w:history="1">
-        <w:r w:rsidRPr="00C57886">
+        <w:r w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>hsnhelpdesk@state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C106C3D" w14:textId="06B50511" w:rsidR="00F91B07" w:rsidRPr="00C57886" w:rsidRDefault="00F91B07" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6C106C3D" w14:textId="06B50511" w:rsidR="00F91B07" w:rsidRPr="00296FDF" w:rsidRDefault="00F91B07" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Health Safety Net Office</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
         <w:t>Attn.: HSN Grievances</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D412D0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D412D0" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">100 Hancock St., </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>6th Floor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D412D0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D412D0" w:rsidRPr="00296FDF">
         <w:t>Quincy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>, MA  021</w:t>
       </w:r>
-      <w:r w:rsidR="00D412D0" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00D412D0" w:rsidRPr="00296FDF">
         <w:t>71</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452203EF" w14:textId="707C08E9" w:rsidR="004D3051" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00667F57">
+    <w:p w14:paraId="452203EF" w14:textId="707C08E9" w:rsidR="004D3051" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00667F57">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Massachusetts Health Connector</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B9939F" w14:textId="77777777" w:rsidR="00667F57" w:rsidRDefault="00C66627" w:rsidP="00667F57">
-[...14 lines deleted...]
-      <w:r w:rsidR="00F91B07" w:rsidRPr="00C57886">
+    <w:p w14:paraId="39B9939F" w14:textId="25BD754F" w:rsidR="00667F57" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Reporting </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t>changes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7E9228" w14:textId="704A1211" w:rsidR="00667F57" w:rsidRPr="00296FDF" w:rsidRDefault="00DB6076" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">about enrollment in </w:t>
+      </w:r>
+      <w:r w:rsidR="00F91B07" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Health Connector </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">health </w:t>
       </w:r>
-      <w:r w:rsidR="00F91B07" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F91B07" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">and dental </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">plans, other program information, and appeals information </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41287F32" w14:textId="77777777" w:rsidR="00667F57" w:rsidRDefault="002750BD" w:rsidP="00667F57">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="41287F32" w14:textId="77777777" w:rsidR="00667F57" w:rsidRPr="00296FDF" w:rsidRDefault="002750BD" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Health Connector member eligibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE9065D" w14:textId="77777777" w:rsidR="00667F57" w:rsidRDefault="002750BD" w:rsidP="00667F57">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7EE9065D" w14:textId="77777777" w:rsidR="00667F57" w:rsidRPr="00296FDF" w:rsidRDefault="002750BD" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Health Connector eligibility factor verifications and examples of acceptable forms of proof</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A98AD78" w14:textId="4703FC0B" w:rsidR="002750BD" w:rsidRPr="00C57886" w:rsidRDefault="002750BD" w:rsidP="00667F57">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2A98AD78" w14:textId="4703FC0B" w:rsidR="002750BD" w:rsidRPr="00296FDF" w:rsidRDefault="002750BD" w:rsidP="00667F57">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Health Connector premium billing and </w:t>
       </w:r>
-      <w:r w:rsidR="00BE3866" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BE3866" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">payment </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3103938D" w14:textId="1B97D135" w:rsidR="00DA6FF8" w:rsidRPr="00C57886" w:rsidRDefault="00DA6FF8" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="3103938D" w14:textId="1B97D135" w:rsidR="00DA6FF8" w:rsidRPr="00296FDF" w:rsidRDefault="00DA6FF8" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(877) </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MA-ENROLL </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>([</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t>877</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>623-6765)</w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2F32" w:rsidRPr="00296FDF">
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84E8B" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00825556">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    </w:p>
+    <w:p w14:paraId="5482D95F" w14:textId="7B5C6AF2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00DA6FF8" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId47" w:history="1">
-        <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MAhealthconnector.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B573268" w14:textId="777FCD11" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00924ED9" w:rsidP="00667F57">
+    <w:p w14:paraId="1B573268" w14:textId="777FCD11" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00924ED9" w:rsidP="00667F57">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t>o apply for a</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3601" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00CB3601" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> Social Security number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4037F1BA" w14:textId="29125891" w:rsidR="00DA6FF8" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4037F1BA" w14:textId="29125891" w:rsidR="00DA6FF8" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="00A84E8B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A84E8B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Social Security Admin</w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">istration </w:t>
       </w:r>
-      <w:r w:rsidR="00A84E8B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A84E8B" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t>772-1213</w:t>
       </w:r>
-      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00DA6FF8" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0742851F" w14:textId="05E8B09A" w:rsidR="00DA6FF8" w:rsidRPr="00C57886" w:rsidRDefault="00DA6FF8" w:rsidP="0032227F">
+    <w:p w14:paraId="0742851F" w14:textId="05E8B09A" w:rsidR="00DA6FF8" w:rsidRPr="00296FDF" w:rsidRDefault="00DA6FF8" w:rsidP="0032227F">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId48" w:tooltip="www.ssa.gov" w:history="1">
-        <w:r w:rsidR="00E2602E" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00E2602E" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ssa.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A84E8B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A84E8B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503F725C" w14:textId="4DC7B2E5" w:rsidR="00D37A4B" w:rsidRPr="00C57886" w:rsidRDefault="00D37A4B" w:rsidP="00EC1502">
+    <w:p w14:paraId="503F725C" w14:textId="4DC7B2E5" w:rsidR="00D37A4B" w:rsidRPr="00296FDF" w:rsidRDefault="00D37A4B" w:rsidP="00EC1502">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Medicare prescription drug coverage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB53293" w14:textId="0E25BAB5" w:rsidR="00E2602E" w:rsidRPr="00C57886" w:rsidRDefault="00D37A4B" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4AB53293" w14:textId="0E25BAB5" w:rsidR="00E2602E" w:rsidRPr="00296FDF" w:rsidRDefault="00D37A4B" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MEDICARE (633-4227)</w:t>
       </w:r>
-      <w:r w:rsidR="0028043D" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0028043D" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(877) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>486-2</w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t>048</w:t>
       </w:r>
-      <w:r w:rsidR="00A84E8B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A84E8B" w:rsidRPr="00296FDF">
         <w:t>. Visit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId49" w:tooltip="www.medicare.gov" w:history="1">
-        <w:r w:rsidR="00E2602E" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00E2602E" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>medicare.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A84E8B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A84E8B" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57507922" w14:textId="5ECFA684" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00667F57">
+    <w:p w14:paraId="57507922" w14:textId="5ECFA684" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00667F57">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Legal services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED8B036" w14:textId="70270AA3" w:rsidR="00A307D7" w:rsidRPr="00C57886" w:rsidRDefault="007B3178" w:rsidP="00825556">
+    <w:p w14:paraId="3ED8B036" w14:textId="70270AA3" w:rsidR="00A307D7" w:rsidRPr="00296FDF" w:rsidRDefault="007B3178" w:rsidP="00825556">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Find free and low-cost legal services at mass.gov/info-details/finding-legal-help</w:t>
       </w:r>
-      <w:r w:rsidR="00C66627" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C66627" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A307D7" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00A307D7" w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4267E3DC" w14:textId="25E0DF06" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="00890D75">
+    <w:p w14:paraId="4267E3DC" w14:textId="25E0DF06" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Department of Transitional Assistance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269D5581" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+    <w:p w14:paraId="269D5581" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Do you need help meeting your basic needs? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE5F387" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+    <w:p w14:paraId="7CE5F387" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>DTA can provide you and your family with:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E17C3D" w14:textId="23068144" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
-[...33 lines deleted...]
-    <w:p w14:paraId="0A2DDD87" w14:textId="7EBE1A45" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+    <w:p w14:paraId="01E17C3D" w14:textId="23068144" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="179C4F39" w14:textId="3D3CB3DC" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>SNAP (Food assistance)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6EFD2" w14:textId="411F8682" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="7B45BBA5" w14:textId="49030721" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>TAFDC or EAEDC (Economic assistance)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B99CCB8" w14:textId="1C983E57" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Households may be eligible for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2DDD87" w14:textId="7EBE1A45" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="74"/>
+          <w:numId w:val="75"/>
         </w:numPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="5CCCCF9E" w14:textId="69E096AB" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Referrals to education, training or career preparatory programs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179C4F39" w14:textId="3D3CB3DC" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="74"/>
+          <w:numId w:val="75"/>
         </w:numPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...116 lines deleted...]
-    <w:p w14:paraId="187BCDE0" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Child care and transportation payments for those working or seeking work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B45BBA5" w14:textId="49030721" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="75"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6095D108" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Nutrition education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCCCF9E" w14:textId="69E096AB" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="75"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6E8104C2" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Free health insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A13E51" w14:textId="0CFDF2F3" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>To Learn More About DTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055E1073" w14:textId="1ABCEFBC" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Visit our website at mass.gov/dta.</w:t>
+      </w:r>
+      <w:r w:rsidR="00417272" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Review information about the SNAP, TAFDC or EAEDC programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E491BB9" w14:textId="1BA5BA65" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Call the DTA Assistance Line at 1-877-382-2363. Case managers are available Monday to Friday between 8:15 am to 4:45 pm. Self-service options are available through the assistance line 24/7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E7FC17" w14:textId="77777777" w:rsidR="00417272" w:rsidRPr="00296FDF" w:rsidRDefault="00417272" w:rsidP="0032227F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Stop by a local Transitional Assistance Office. To find the nearest office, visit our website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FAAC03" w14:textId="6E8CC6F3" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Apply For SNAP Today Via DTA Connect</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEC7D39" w14:textId="2BB99032" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Apply for SNAP benefits </w:t>
+      </w:r>
+      <w:r w:rsidR="002119A3" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">online </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">via DTAconnect.com. </w:t>
+      </w:r>
+      <w:r w:rsidR="002119A3" w:rsidRPr="00296FDF">
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">ou can use the website or download the DTA Connect mobile application to keep tabs on your case. To apply for TAFDC or EAEDC, visit your local Transitional Assistance Office. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58316986" w14:textId="7AAA0FD8" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>This institution is an equal opportunity provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794C1163" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="00890D75">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>WIC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76440CFB" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Good food and a whole lot more!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB2E95A" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Do you have a child under 5? Are you pregnant or breastfeeding?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09AEF864" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>WIC offers families</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187BCDE0" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...3 lines deleted...]
-    <w:p w14:paraId="66A0730C" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Free, healthy food</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6095D108" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Breastfeeding support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8104C2" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Personalized nutrition consultations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A0730C" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Referrals for medical and dental care, health insurance, child care, housing and fuel assistance, and other services that can benefit the whole family!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346A74D8" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>To learn more about WIC Call 1-800-WIC-1007 or visit www.mass.gov/wic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73114201" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="73114201" w14:textId="77777777" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>This institution is an equal opportunity provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0108491D" w14:textId="55CF0436" w:rsidR="003C2FC6" w:rsidRPr="00C57886" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
+    <w:p w14:paraId="0108491D" w14:textId="55CF0436" w:rsidR="003C2FC6" w:rsidRPr="00296FDF" w:rsidRDefault="003C2FC6" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9838FA" w14:textId="384D1AC2" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="2D9838FA" w14:textId="384D1AC2" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t>Inside Back cover</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43CEA849" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="43CEA849" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>IMPORTANT INFORMATION ABOUT VOTER REGISTRATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1ACDB6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6A1ACDB6" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Dear Applicant or Member: The National Voter Registration Act of 1993 requires MassHealth to give you the opportunity to register to vote. Your decision to register to vote will not affect your eligibility for benefits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2152AD1D" w14:textId="2F669151" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="2152AD1D" w14:textId="2F669151" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">A mail-in voter registration form is enclosed in the middle of this booklet, if this booklet contains the MassHealth application. If you would like a mail-in voter registration form sent to you, please call </w:t>
       </w:r>
-      <w:r w:rsidR="00953E2F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00953E2F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">the MassHealth Customer Service Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:r w:rsidR="00B7482C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7482C" w:rsidRPr="00296FDF">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="00B7482C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7482C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="00B7482C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7482C" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="0054429B" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0054429B" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="00B7482C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00B7482C" w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC7FDE2" w14:textId="66D62C2B" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="7BC7FDE2" w14:textId="66D62C2B" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">When you get the form, fill it out and send it to your city or town hall. If you have any questions about the voter registration process, or if you need help filling out the form, call one of the </w:t>
       </w:r>
-      <w:r w:rsidR="00953E2F" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00953E2F" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">listed </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">telephone numbers, or visit a local MassHealth office. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE3866" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00BE3866" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">You can find a list of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth office locations at </w:t>
       </w:r>
       <w:hyperlink r:id="rId50" w:tooltip="www.mass.gov/masshealth" w:history="1">
-        <w:r w:rsidR="00E2602E" w:rsidRPr="00C57886">
+        <w:r w:rsidR="00E2602E" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/masshealth</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4263CAD3" w14:textId="5531F1E0" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="4263CAD3" w14:textId="5531F1E0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Remember: You will not be registered to vote until you send the filled-out voter registration form to</w:t>
       </w:r>
-      <w:r w:rsidR="009C7E30" w:rsidRPr="00C57886">
+      <w:r w:rsidR="009C7E30" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> your local city or town hall. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Your local election department will let you know in writing when your voter registration has been processed. If you do not get written notification within a reasonable time, contact your local city or town hall election department for more information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1141F1B9" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00EC1502" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
+    <w:p w14:paraId="1141F1B9" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00EC1502">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1502">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>VOTE-3 (Rev. 03/16)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29E308D2" w14:textId="77777777" w:rsidR="005112AC" w:rsidRPr="00C57886" w:rsidRDefault="005112AC" w:rsidP="00890D75">
+    <w:p w14:paraId="3CD56760" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="001641CB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Federal Poverty Levels (Monthly)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9274" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Federal Poverty Levels"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1459"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w14:paraId="003F0267" w14:textId="77777777" w:rsidTr="00CF6FB3">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="2A0302A2" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="532"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66341066" w14:textId="77777777" w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w:rsidRDefault="00CF6FB3" w:rsidP="0032227F">
+          <w:p w14:paraId="61EB95E1" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="14" w:name="_Hlk158197513"/>
-            <w:r w:rsidRPr="00C57886">
+            <w:bookmarkStart w:id="15" w:name="_Hlk158197513"/>
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Household Size</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76661967" w14:textId="77777777" w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w:rsidRDefault="00CF6FB3" w:rsidP="0032227F">
+          <w:p w14:paraId="25E1C7EF" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6EEF7A" w14:textId="77777777" w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w:rsidRDefault="00CF6FB3" w:rsidP="0032227F">
+          <w:p w14:paraId="61BFE494" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>133%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59E5EA4B" w14:textId="77777777" w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w:rsidRDefault="00CF6FB3" w:rsidP="0032227F">
+          <w:p w14:paraId="19B0E9EB" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>150%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645A2A51" w14:textId="77777777" w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w:rsidRDefault="00CF6FB3" w:rsidP="0032227F">
+          <w:p w14:paraId="330AA248" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>200%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="721654EB" w14:textId="77777777" w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w:rsidRDefault="00CF6FB3" w:rsidP="0032227F">
+          <w:p w14:paraId="3A0069B1" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>250%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC4A000" w14:textId="77777777" w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w:rsidRDefault="00CF6FB3" w:rsidP="0032227F">
+          <w:p w14:paraId="3CE3745B" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>300%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3AF7BD" w14:textId="77777777" w:rsidR="00CF6FB3" w:rsidRPr="00C57886" w:rsidRDefault="00CF6FB3" w:rsidP="0032227F">
+          <w:p w14:paraId="7CF3A4B7" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>400%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="7D68831A" w14:textId="77777777" w:rsidTr="000201BF">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="38723C49" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C4BDCBF" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="5088C7F5" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55604F1F" w14:textId="0465D9B2" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="2A6BEA4E" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t xml:space="preserve"> $1,305</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t xml:space="preserve"> $1,330</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20895ED4" w14:textId="525D34D7" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="0908862F" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$1,735</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$1,769</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5107A3BC" w14:textId="5CC0F844" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="2710765E" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$1,957</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$1,995</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D215065" w14:textId="72013293" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="3D99BDF4" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$2,609</w:t>
+              <w:t>$2,660</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7215F826" w14:textId="32FE247E" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="4E191042" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$3,261</w:t>
+              <w:t>$3,325</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FDDB241" w14:textId="5ACACF9C" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="32918CEB" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$3,913</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$3,990</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="070C4966" w14:textId="318B8BB5" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="14D7DE27" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$5,217</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$5,320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="6FC7B68B" w14:textId="77777777" w:rsidTr="000201BF">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="0A1CF5C1" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7A6D5D" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="117F8641" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC2586F" w14:textId="517B7825" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="644E14E6" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t xml:space="preserve"> $1,763</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t xml:space="preserve"> $1,804</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3BDB5E" w14:textId="08BCF1AC" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="2284989E" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$2,345</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$2,399</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5B8D26" w14:textId="538FF8DF" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="53DFAFCD" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$2,644</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$2,705</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F42C924" w14:textId="554B755A" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="47683379" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$3,525</w:t>
+              <w:t>$3,607</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602B37DA" w14:textId="4AE1DE94" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="038B874C" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$4,407</w:t>
+              <w:t>$4,509</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="750A94DD" w14:textId="5624A849" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="1AD21606" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$5,288</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$5,410</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31FDC6FD" w14:textId="5758CE29" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="08A3AC7D" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$7,050</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$7,214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="5A1AB2FA" w14:textId="77777777" w:rsidTr="00365A1C">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="66339E73" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB2DC25" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="140CA563" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77B455A0" w14:textId="04E9EC57" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="44318A40" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$2,221</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$2,277</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B16840F" w14:textId="1D1C793C" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="3B91976F" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$2,954</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$3,028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29D53DC5" w14:textId="6863AC0A" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="5B6B6386" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$3,332</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$3,415</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74AF6DE1" w14:textId="52CBF325" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="41D60297" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$4,442</w:t>
+              <w:t>$4,554</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="09173D3D" w14:textId="753BA16A" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="4A2E3ECF" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$5,553</w:t>
+              <w:t>$5,692</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B95013C" w14:textId="0BAC4A95" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="6B2C70E0" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$6,663</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$6,830</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5D3DD9" w14:textId="6BB5FF55" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="22F32DE0" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$8,884</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$9,107</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="2837F669" w14:textId="77777777" w:rsidTr="00365A1C">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="0FC83BED" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D51187B" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="655284D5" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B250398" w14:textId="40114B7A" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="29BEBE2A" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$2,680</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$2,750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4285D99A" w14:textId="72895ADD" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="1592227C" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$3,564</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$3,658</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23F9C688" w14:textId="1A6FBE6F" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="22419EA1" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$4,019</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$4,125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4042243A" w14:textId="4BE95C66" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="4A6F4713" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$5,359</w:t>
+              <w:t>$5,500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="44749039" w14:textId="528A981C" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="2A0693C6" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$6,698</w:t>
+              <w:t>$6,875</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46CDBBAA" w14:textId="29FA48F5" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="595FCDAC" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$8,038</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$8,250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA5443E" w14:textId="01CDB03B" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="4B6228E8" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$10,717</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$11,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="3791BB85" w14:textId="77777777" w:rsidTr="00365A1C">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="1DE9C829" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05F4E59A" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="0FAFBF4E" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F18F50D" w14:textId="4AEE7703" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="644ABC65" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$3,138</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$3,224</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="420AB897" w14:textId="3958950B" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="222A5D36" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$4,173</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$4,288</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30585C96" w14:textId="165AA782" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="4E46B762" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$4,707</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$4,835</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48E4B744" w14:textId="2ED8D7E8" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="09F6117B" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$6,275</w:t>
+              <w:t>$6,447</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="09577E34" w14:textId="4FDFA32A" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="40095E38" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$7,844</w:t>
+              <w:t>$8,059</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9143D7" w14:textId="518371D3" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="42706F92" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$9,413</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$9,670</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE47CB9" w14:textId="3AB29740" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="6E751D16" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$12,550</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$12,894</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="3F2AACF0" w14:textId="77777777" w:rsidTr="000201BF">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="097F092C" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD3AFF6" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="2CB0876A" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1012579F" w14:textId="706145CB" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="0B47C208" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$3,596</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$3,697</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76C0FBEA" w14:textId="5EBF6AE4" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="5AEB5C2F" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$4,783</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$4,917</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="648D2AEE" w14:textId="70748744" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="123C6885" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$5,394</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$5,545</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16B4CE18" w14:textId="41761EC2" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="328269F1" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$7,192</w:t>
+              <w:t>$7,394</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31533C32" w14:textId="6B86D769" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="50272229" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$8,990</w:t>
+              <w:t>$9,242</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61391CF5" w14:textId="2F02B64E" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="0856500C" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$10,788</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$11,090</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6718D831" w14:textId="16189C30" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="724984F8" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$14,384</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$14,787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="2D09842C" w14:textId="77777777" w:rsidTr="000201BF">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="55AEE7AB" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6339448F" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="698F7FD3" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="270805D5" w14:textId="492CACB6" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="4127AD40" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$4,055</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$4,170</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="668ECDD2" w14:textId="51EAA2B3" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="2A2E43CC" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$5,393</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$5,547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7AF1CB" w14:textId="31708C0A" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="4BEBB0E4" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$6,082</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$6,255</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9ABFED" w14:textId="45B91B66" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="2BEDF51E" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$8,109</w:t>
+              <w:t>$8,340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC1D65E" w14:textId="695CE1A2" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="62E15504" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$10,136</w:t>
+              <w:t>$10,425</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3049A3F3" w14:textId="2B48EBEE" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="7987617A" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$12,163</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$12,510</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="142365EA" w14:textId="278FC867" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="59B37C28" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$16,217</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$16,680</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="38F953E7" w14:textId="77777777" w:rsidTr="000201BF">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="443863FB" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61204E5F" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="31FA5C7F" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F6B69CE" w14:textId="5207E112" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="6CBB31A7" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$4,513</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$4,644</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F70141" w14:textId="13525E96" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="646CB260" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$6,002</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$6,176</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F80277" w14:textId="5A035B4F" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="3903FD7E" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$6,769</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$6,965</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56835FA1" w14:textId="4DD2D617" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="6920A4D6" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$9,025</w:t>
+              <w:t>$9,287</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08F87982" w14:textId="2C6C1BE1" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="24608C52" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>$11,282</w:t>
+              <w:t>$11,609</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5A37C9" w14:textId="4A765351" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="26F3F2D1" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$13,538</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$13,930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="031ADF68" w14:textId="38671654" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="77B70B46" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$18,050</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:t>$18,574</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365A1C" w:rsidRPr="00C57886" w14:paraId="1799AC5C" w14:textId="77777777" w:rsidTr="000201BF">
+      <w:tr w:rsidR="001641CB" w:rsidRPr="00296FDF" w14:paraId="096C42D6" w14:textId="77777777" w:rsidTr="003E18BB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50148475" w14:textId="77777777" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="42606F39" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Additional Persons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E2A6E8C" w14:textId="08294A9B" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="0897ABC9" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$459</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$474</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D50EAA7" w14:textId="65C3CB94" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="3DA5FBD6" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$610</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$630</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1446DCD1" w14:textId="159D3629" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="23BB14F7" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$688</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$710</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D91F0B9" w14:textId="11A6FCCC" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="5B200180" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>$917</w:t>
+              <w:t>$947</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62CCEF40" w14:textId="0F6F0B97" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="75E6670F" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
+            <w:r w:rsidRPr="00296FDF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>$1,146</w:t>
+              <w:t>$1,184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0368CD" w14:textId="020968D3" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="230CA94E" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$1,375</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$1,420</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD878A7" w14:textId="3179960D" w:rsidR="00365A1C" w:rsidRPr="00C57886" w:rsidRDefault="00365A1C" w:rsidP="00365A1C">
+          <w:p w14:paraId="37C7DCBE" w14:textId="77777777" w:rsidR="001641CB" w:rsidRPr="00296FDF" w:rsidRDefault="001641CB" w:rsidP="003E18BB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C57886">
-              <w:t>$1,834</w:t>
+            <w:r w:rsidRPr="00296FDF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$1,894</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="14"/>
-    <w:p w14:paraId="0CAEC530" w14:textId="6C88B69E" w:rsidR="007E43A6" w:rsidRPr="00C57886" w:rsidRDefault="005112AC" w:rsidP="0032227F">
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="0CAEC530" w14:textId="64A4031F" w:rsidR="007E43A6" w:rsidRPr="00296FDF" w:rsidRDefault="005112AC" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">MassHealth updates the </w:t>
       </w:r>
-      <w:r w:rsidR="008A6F31" w:rsidRPr="00C57886">
+      <w:r w:rsidR="008A6F31" w:rsidRPr="00296FDF">
         <w:t>FPL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>s each year based on changes made by the federal government.</w:t>
       </w:r>
-      <w:r w:rsidR="007E43A6" w:rsidRPr="00C57886">
+      <w:r w:rsidR="007E43A6" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">The income levels above reflect the standards as of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">March 1, </w:t>
       </w:r>
-      <w:r w:rsidR="00C270D3" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C270D3" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidR="007E43A6" w:rsidRPr="00C57886">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26548" w:rsidRPr="00296FDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10197" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E43A6" w:rsidRPr="00296FDF">
         <w:t>These figures are rounded and may not reflect the figures used in program determination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266E1BC4" w14:textId="12D5F51F" w:rsidR="005112AC" w:rsidRPr="00C57886" w:rsidRDefault="005112AC" w:rsidP="0032227F">
+    <w:p w14:paraId="266E1BC4" w14:textId="12D5F51F" w:rsidR="005112AC" w:rsidRPr="00296FDF" w:rsidRDefault="005112AC" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Please see our website at</w:t>
       </w:r>
-      <w:r w:rsidR="00E2602E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E2602E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId51" w:tooltip="www.mass.gov/service-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" w:history="1">
-        <w:r w:rsidR="005A3EC6" w:rsidRPr="00C57886">
+        <w:r w:rsidR="005A3EC6" w:rsidRPr="00296FDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E2602E" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00E2602E" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>for the most recent chart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="692BEC9E" w14:textId="77777777" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="692BEC9E" w14:textId="61E42DE0" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>Prescription Advantage Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55214F00" w14:textId="430C1C77" w:rsidR="00B7482C" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">Persons who are not getting prescription drug benefits under MassHealth or Medicare, who are either younger than 65 </w:t>
       </w:r>
-      <w:r w:rsidR="00F11AB5" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00F11AB5" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...2 lines deleted...]
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">and disabled, or are 65 or older, and want information about help with prescription drug costs, may call the Prescription Advantage Program at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">AGE-INFO or </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>243-4636</w:t>
       </w:r>
-      <w:r w:rsidR="0020373C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0020373C" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(877) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">610-0241 for people who are </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">eaf, </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">ard of </w:t>
       </w:r>
-      <w:r w:rsidR="00FF76A2" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00FF76A2" w:rsidRPr="00296FDF">
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>earing, or speech disabled).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D52318D" w14:textId="77777777" w:rsidR="00B7482C" w:rsidRPr="00C57886" w:rsidRDefault="00B7482C" w:rsidP="0032227F">
+    <w:p w14:paraId="7D52318D" w14:textId="77777777" w:rsidR="00B7482C" w:rsidRPr="00296FDF" w:rsidRDefault="00B7482C" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E09886" w14:textId="1C7F05DB" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="00890D75">
+    <w:p w14:paraId="79E09886" w14:textId="1C7F05DB" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="00890D75">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Back cover </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B508CA" w14:textId="100BBAC4" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00BE415C" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="31B508CA" w14:textId="100BBAC4" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00BE415C" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>This information is important. It should be translated right away. We can translate it for you free of charge.</w:t>
       </w:r>
-      <w:r w:rsidR="00C21C48" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00C21C48" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">Call us at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">(800) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>841-2900</w:t>
+      </w:r>
+      <w:r w:rsidR="0020373C" w:rsidRPr="00296FDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D2640" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
+        <w:t>TDD/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">TTY: </w:t>
+      </w:r>
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
+        <w:t>711</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7650" w:rsidRPr="00296FDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDF740C" w14:textId="3E40E8CA" w:rsidR="00BE415C" w:rsidRPr="00296FDF" w:rsidRDefault="00BE415C" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
+        <w:t>This information is available in alternative formats such as braille and large print.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7482C" w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FDF">
+        <w:t xml:space="preserve">To get a copy, please call us at </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2640" w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">(800) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>841-2900</w:t>
       </w:r>
-      <w:r w:rsidR="0020373C" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0020373C" w:rsidRPr="00296FDF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>TDD/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t xml:space="preserve">TTY: </w:t>
       </w:r>
-      <w:r w:rsidR="00312C03" w:rsidRPr="00C57886">
+      <w:r w:rsidR="00312C03" w:rsidRPr="00296FDF">
         <w:t>711</w:t>
       </w:r>
-      <w:r w:rsidR="007F7650" w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDF740C" w14:textId="3E40E8CA" w:rsidR="00BE415C" w:rsidRPr="00C57886" w:rsidRDefault="00BE415C" w:rsidP="0032227F">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="79CAC3E8" w14:textId="77777777" w:rsidR="00B7482C" w:rsidRPr="00296FDF" w:rsidRDefault="00BE415C" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6373C819" w14:textId="72CA815E" w:rsidR="00BE415C" w:rsidRPr="00C57886" w:rsidRDefault="00BE415C" w:rsidP="0032227F">
-      <w:r w:rsidRPr="00C57886">
+    <w:p w14:paraId="6373C819" w14:textId="72CA815E" w:rsidR="00BE415C" w:rsidRPr="00296FDF" w:rsidRDefault="00BE415C" w:rsidP="0032227F">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>Massachusetts Health Connector</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335F60FB" w14:textId="572E89A7" w:rsidR="00C66627" w:rsidRPr="00C57886" w:rsidRDefault="00C66627" w:rsidP="0032227F">
+    <w:p w14:paraId="335F60FB" w14:textId="4E679A37" w:rsidR="00C66627" w:rsidRPr="00296FDF" w:rsidRDefault="00C66627" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ACA-1</w:t>
       </w:r>
-      <w:r w:rsidR="005E184A" w:rsidRPr="00C57886">
+      <w:r w:rsidR="0065255D">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C270D3" w:rsidRPr="00C57886">
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10197" w:rsidRPr="00296FDF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>0325</w:t>
+        <w:t>0326</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E276D6B" w14:textId="799D8885" w:rsidR="003C4B94" w:rsidRDefault="003C4B94" w:rsidP="0032227F">
       <w:pPr>
         <w:spacing w:before="840"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C57886">
+      <w:r w:rsidRPr="00296FDF">
         <w:t>End of the document.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003C4B94" w:rsidSect="00594361">
       <w:footerReference w:type="default" r:id="rId52"/>
       <w:headerReference w:type="first" r:id="rId53"/>
       <w:footerReference w:type="first" r:id="rId54"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="936" w:bottom="720" w:left="936" w:header="450" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A4C014C" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D" w:rsidP="00C66627">
+    <w:p w14:paraId="5CD4C770" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56" w:rsidP="00C66627">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DA9176" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D"/>
+    <w:p w14:paraId="69F3FEC2" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F4A154A" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D" w:rsidP="00C66627">
+    <w:p w14:paraId="0AB2D9BA" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56" w:rsidP="00C66627">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181F7F84" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D"/>
+    <w:p w14:paraId="0A5765E0" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E6408B2" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D">
+    <w:p w14:paraId="5B401B77" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EAE7AF2" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D"/>
+    <w:p w14:paraId="456A8DF4" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light Scn">
-    <w:altName w:val="Nyala"/>
-    <w:panose1 w:val="0204030606070A060204"/>
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Bold">
     <w:altName w:val="Bernard MT Condensed"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Humanst521 XBd BT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Book">
     <w:altName w:val="Franklin Gothic Medium Cond"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kepler Std Light">
     <w:altName w:val="Cambria"/>
-    <w:panose1 w:val="0204070306070A060204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Skolar Sans Latn">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="020D0000000400000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002CF" w:usb1="00000023" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BentonSansComp Black">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FranklinGothic-Book">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
@@ -27676,165 +26057,161 @@
     <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7343CB6E" w14:textId="2A053586" w:rsidR="00917346" w:rsidRDefault="00917346" w:rsidP="00564A6E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6C4381B9" w14:textId="7FBE2F30" w:rsidR="001D0E91" w:rsidRDefault="001D0E91">
+  <w:p w14:paraId="6C4381B9" w14:textId="7DD5A244" w:rsidR="001D0E91" w:rsidRDefault="001D0E91">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>ACA-1 (Rev. 03/25)</w:t>
+      <w:t>ACA-1 (Rev. 03/</w:t>
+    </w:r>
+    <w:r w:rsidR="00605626">
+      <w:t>26</w:t>
+    </w:r>
+    <w:r>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37EC8DF8" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D" w:rsidP="00C66627">
+    <w:p w14:paraId="349E315D" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56" w:rsidP="00C66627">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090F3E36" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D"/>
+    <w:p w14:paraId="33D89DF8" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26C5DFAB" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D" w:rsidP="00C66627">
+    <w:p w14:paraId="2A6B79C9" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56" w:rsidP="00C66627">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102277B8" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D"/>
+    <w:p w14:paraId="782BE098" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="597353AD" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D">
+    <w:p w14:paraId="2362840A" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="385DEE36" w14:textId="77777777" w:rsidR="0038133D" w:rsidRDefault="0038133D"/>
+    <w:p w14:paraId="15702CE2" w14:textId="77777777" w:rsidR="00063E56" w:rsidRDefault="00063E56"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="186FDD06" w14:textId="1AB0ABFF" w:rsidR="00594361" w:rsidRPr="00D25A4C" w:rsidRDefault="00594361" w:rsidP="00594361">
+  <w:p w14:paraId="186FDD06" w14:textId="1AB0ABFF" w:rsidR="00594361" w:rsidRPr="008F0D99" w:rsidRDefault="00594361" w:rsidP="00594361">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="AA0000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00072287">
-[...1 lines deleted...]
-        <w:color w:val="FF0000"/>
+    <w:r w:rsidRPr="008F0D99">
+      <w:rPr>
+        <w:color w:val="AA0000"/>
       </w:rPr>
       <w:t xml:space="preserve">Please note. This document has been formatted for use with screen readers. </w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:color w:val="FF0000"/>
+    <w:r w:rsidRPr="008F0D99">
+      <w:rPr>
+        <w:color w:val="AA0000"/>
       </w:rPr>
       <w:br/>
-    </w:r>
-[...3 lines deleted...]
-      </w:rPr>
       <w:t>Page references in this document—whether in the table of contents or elsewhere in the text—</w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:color w:val="FF0000"/>
+    <w:r w:rsidRPr="008F0D99">
+      <w:rPr>
+        <w:color w:val="AA0000"/>
       </w:rPr>
       <w:br/>
-    </w:r>
-[...3 lines deleted...]
-      </w:rPr>
       <w:t>refer to page numbers in the original publication.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA36BE66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2F542BF6"/>
+    <w:tmpl w:val="9FA062AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02A63666"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B766962"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -35494,50 +33871,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FE1417D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E092F926"/>
+    <w:lvl w:ilvl="0" w:tplc="B54C9AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B376303A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="94DC6192">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7BFE3EA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FF2A7376">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F1201D04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9DB48F30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C4404D48">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2FE48BBC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="609F7E29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="996891FC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -35606,51 +34096,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61695365"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22604820"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -35719,51 +34209,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="623A1732"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0728F896"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -35832,51 +34322,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62B6297F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E7C95E4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -35945,51 +34435,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E21FAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D8A7C2C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36058,51 +34548,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="643A44A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D58285C0"/>
     <w:lvl w:ilvl="0" w:tplc="C13A5484">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A56A744C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36171,51 +34661,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64C4124F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="19A4FF9E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36284,51 +34774,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="78" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="657A4AAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90AA65AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36397,51 +34887,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65960A55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45F0889A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36510,51 +35000,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65FA7C10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9216EAAA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36623,51 +35113,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="81" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66157749"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5DE04BC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36736,51 +35226,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="82" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67062E88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF129998"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36849,51 +35339,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="83" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="675573B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D2C237C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36962,51 +35452,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="84" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67904B0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1750BD1A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37075,51 +35565,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="85" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68D32E42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95520F20"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37188,51 +35678,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="86" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B5F58BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4B6C74E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37301,51 +35791,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="87" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C7467CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1098E798"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37414,51 +35904,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="88" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D30129C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3348AD3C"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -37527,51 +36017,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="89" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DAD6577"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C46AC33A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37640,51 +36130,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="90" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E684A50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B7CD760"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37753,51 +36243,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="91" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79C41AA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31B8B024"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37866,51 +36356,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="92" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D2F4D95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2668AC2A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37979,51 +36469,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="93" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA97FAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C72F62C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -38092,51 +36582,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="94" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ECC3077"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5B0576E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -38205,2807 +36695,3110 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1952392027">
+  <w:num w:numId="1" w16cid:durableId="989286785">
+    <w:abstractNumId w:val="70"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1952392027">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="261455763">
+  <w:num w:numId="3" w16cid:durableId="261455763">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1761827476">
+  <w:num w:numId="4" w16cid:durableId="1761827476">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1944342459">
+  <w:num w:numId="5" w16cid:durableId="1944342459">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1202087622">
+  <w:num w:numId="6" w16cid:durableId="1202087622">
     <w:abstractNumId w:val="59"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1366561881">
+  <w:num w:numId="7" w16cid:durableId="1366561881">
     <w:abstractNumId w:val="67"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1934244072">
+  <w:num w:numId="8" w16cid:durableId="1934244072">
+    <w:abstractNumId w:val="90"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1515222341">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1019432117">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1253467559">
+    <w:abstractNumId w:val="73"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1323578471">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1622616102">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1873493390">
+    <w:abstractNumId w:val="86"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="613907620">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1318922084">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1393776291">
+    <w:abstractNumId w:val="75"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2050718485">
+    <w:abstractNumId w:val="72"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2120483699">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1754622388">
+    <w:abstractNumId w:val="85"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="956985001">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1146891685">
+    <w:abstractNumId w:val="79"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="170416662">
+    <w:abstractNumId w:val="69"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1150288166">
+    <w:abstractNumId w:val="61"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1348487977">
+    <w:abstractNumId w:val="68"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1167748100">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="894122870">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2030451101">
+    <w:abstractNumId w:val="94"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="946425598">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1679037045">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1564755577">
+    <w:abstractNumId w:val="78"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="996229970">
+    <w:abstractNumId w:val="82"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1512986150">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1686905442">
+    <w:abstractNumId w:val="64"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="626205985">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="597951693">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="566693766">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="200368134">
+    <w:abstractNumId w:val="91"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="593320963">
+    <w:abstractNumId w:val="77"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="2107069322">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1689526094">
+    <w:abstractNumId w:val="71"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="449251035">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="575091913">
+    <w:abstractNumId w:val="87"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="817379666">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="83231637">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1171337530">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1913273908">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1226835472">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1778334200">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="2022050378">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="2044288378">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="1773815202">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="984553017">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1091774964">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="1451321463">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="97608386">
+    <w:abstractNumId w:val="83"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="629822563">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="1656451240">
     <w:abstractNumId w:val="89"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1515222341">
-    <w:abstractNumId w:val="48"/>
+  <w:num w:numId="59" w16cid:durableId="624777965">
+    <w:abstractNumId w:val="63"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1019432117">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="60" w16cid:durableId="1754663135">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1253467559">
-    <w:abstractNumId w:val="72"/>
+  <w:num w:numId="61" w16cid:durableId="983311260">
+    <w:abstractNumId w:val="65"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1323578471">
-    <w:abstractNumId w:val="62"/>
+  <w:num w:numId="62" w16cid:durableId="755903329">
+    <w:abstractNumId w:val="88"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1622616102">
-    <w:abstractNumId w:val="49"/>
+  <w:num w:numId="63" w16cid:durableId="1751461977">
+    <w:abstractNumId w:val="84"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1873493390">
-    <w:abstractNumId w:val="85"/>
+  <w:num w:numId="64" w16cid:durableId="761728424">
+    <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="613907620">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="65" w16cid:durableId="1915046517">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1318922084">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="66" w16cid:durableId="1327128686">
+    <w:abstractNumId w:val="60"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1393776291">
+  <w:num w:numId="67" w16cid:durableId="1676300452">
+    <w:abstractNumId w:val="81"/>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="946624687">
     <w:abstractNumId w:val="74"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2050718485">
-    <w:abstractNumId w:val="71"/>
+  <w:num w:numId="69" w16cid:durableId="1850749184">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="2120483699">
-    <w:abstractNumId w:val="41"/>
+  <w:num w:numId="70" w16cid:durableId="391084473">
+    <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1754622388">
-    <w:abstractNumId w:val="84"/>
+  <w:num w:numId="71" w16cid:durableId="566959064">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="956985001">
-    <w:abstractNumId w:val="57"/>
+  <w:num w:numId="72" w16cid:durableId="55400701">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1146891685">
-    <w:abstractNumId w:val="78"/>
+  <w:num w:numId="73" w16cid:durableId="754519293">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="170416662">
-    <w:abstractNumId w:val="69"/>
+  <w:num w:numId="74" w16cid:durableId="911700319">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1150288166">
-    <w:abstractNumId w:val="61"/>
+  <w:num w:numId="75" w16cid:durableId="176241184">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1348487977">
-    <w:abstractNumId w:val="68"/>
+  <w:num w:numId="76" w16cid:durableId="326441846">
+    <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1167748100">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="77" w16cid:durableId="624044998">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="894122870">
-    <w:abstractNumId w:val="44"/>
+  <w:num w:numId="78" w16cid:durableId="1849708519">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2030451101">
+  <w:num w:numId="79" w16cid:durableId="1568147266">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="80" w16cid:durableId="117921741">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="81" w16cid:durableId="1822039619">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="82" w16cid:durableId="1842355717">
+    <w:abstractNumId w:val="92"/>
+  </w:num>
+  <w:num w:numId="83" w16cid:durableId="724794865">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="84" w16cid:durableId="109131327">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="85" w16cid:durableId="82533034">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="86" w16cid:durableId="261570648">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="87" w16cid:durableId="357053098">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="88" w16cid:durableId="746805092">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="89" w16cid:durableId="15470281">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="90" w16cid:durableId="1616209867">
     <w:abstractNumId w:val="93"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="946425598">
-    <w:abstractNumId w:val="53"/>
+  <w:num w:numId="91" w16cid:durableId="549460708">
+    <w:abstractNumId w:val="80"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1679037045">
-[...26 lines deleted...]
-  <w:num w:numId="38" w16cid:durableId="593320963">
+  <w:num w:numId="92" w16cid:durableId="697509058">
     <w:abstractNumId w:val="76"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="2107069322">
-[...158 lines deleted...]
-  <w:num w:numId="92" w16cid:durableId="1865634445">
+  <w:num w:numId="93" w16cid:durableId="1865634445">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="93" w16cid:durableId="1074544349">
+  <w:num w:numId="94" w16cid:durableId="1074544349">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="94" w16cid:durableId="1195725767">
+  <w:num w:numId="95" w16cid:durableId="1195725767">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="89"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C66627"/>
     <w:rsid w:val="000004EE"/>
     <w:rsid w:val="0000055C"/>
     <w:rsid w:val="00001217"/>
     <w:rsid w:val="00002527"/>
+    <w:rsid w:val="00004AFF"/>
+    <w:rsid w:val="00005401"/>
     <w:rsid w:val="00005A95"/>
+    <w:rsid w:val="000060B3"/>
     <w:rsid w:val="00006409"/>
     <w:rsid w:val="000064EE"/>
+    <w:rsid w:val="000071BF"/>
+    <w:rsid w:val="000074BA"/>
     <w:rsid w:val="000076E3"/>
     <w:rsid w:val="00010F51"/>
     <w:rsid w:val="00011027"/>
     <w:rsid w:val="000111A4"/>
     <w:rsid w:val="000121B8"/>
     <w:rsid w:val="0001271D"/>
     <w:rsid w:val="000130CE"/>
     <w:rsid w:val="00013DE1"/>
     <w:rsid w:val="00014CA8"/>
     <w:rsid w:val="0001543D"/>
     <w:rsid w:val="00016BCF"/>
     <w:rsid w:val="00017162"/>
     <w:rsid w:val="00017A38"/>
     <w:rsid w:val="000201BF"/>
     <w:rsid w:val="00021BA1"/>
     <w:rsid w:val="0002286C"/>
     <w:rsid w:val="00023995"/>
     <w:rsid w:val="00024BDA"/>
     <w:rsid w:val="00025F2A"/>
     <w:rsid w:val="000263D7"/>
     <w:rsid w:val="00026EE4"/>
     <w:rsid w:val="00027185"/>
     <w:rsid w:val="0002776A"/>
     <w:rsid w:val="00027A39"/>
     <w:rsid w:val="00027D2B"/>
     <w:rsid w:val="000302DF"/>
     <w:rsid w:val="00031C4C"/>
     <w:rsid w:val="00033B27"/>
+    <w:rsid w:val="00033FF0"/>
     <w:rsid w:val="00034883"/>
     <w:rsid w:val="0003506D"/>
     <w:rsid w:val="00035257"/>
     <w:rsid w:val="00035581"/>
     <w:rsid w:val="00035940"/>
     <w:rsid w:val="00035F34"/>
     <w:rsid w:val="00036809"/>
+    <w:rsid w:val="00036A77"/>
     <w:rsid w:val="000376C4"/>
     <w:rsid w:val="000417FC"/>
     <w:rsid w:val="0004255F"/>
     <w:rsid w:val="0004413F"/>
     <w:rsid w:val="00045689"/>
     <w:rsid w:val="00045D78"/>
     <w:rsid w:val="00046081"/>
     <w:rsid w:val="00051388"/>
     <w:rsid w:val="000524B1"/>
     <w:rsid w:val="00053C8A"/>
     <w:rsid w:val="00054DEF"/>
     <w:rsid w:val="000554E1"/>
+    <w:rsid w:val="00055BE1"/>
     <w:rsid w:val="00057F10"/>
     <w:rsid w:val="000608F8"/>
     <w:rsid w:val="00060E61"/>
     <w:rsid w:val="00061542"/>
     <w:rsid w:val="0006238D"/>
+    <w:rsid w:val="00063E56"/>
     <w:rsid w:val="00064061"/>
     <w:rsid w:val="00064539"/>
     <w:rsid w:val="00065379"/>
     <w:rsid w:val="000654B2"/>
     <w:rsid w:val="000654FE"/>
     <w:rsid w:val="000662E1"/>
     <w:rsid w:val="0006656E"/>
     <w:rsid w:val="00067248"/>
     <w:rsid w:val="00070C48"/>
     <w:rsid w:val="00070D5D"/>
     <w:rsid w:val="00071D21"/>
     <w:rsid w:val="00072287"/>
     <w:rsid w:val="00073101"/>
     <w:rsid w:val="00073E9E"/>
     <w:rsid w:val="000740C0"/>
     <w:rsid w:val="00075981"/>
     <w:rsid w:val="000764B5"/>
+    <w:rsid w:val="00076FE0"/>
+    <w:rsid w:val="000771A6"/>
     <w:rsid w:val="00080D69"/>
+    <w:rsid w:val="00081D7C"/>
     <w:rsid w:val="000831C7"/>
     <w:rsid w:val="0008362A"/>
     <w:rsid w:val="00084904"/>
     <w:rsid w:val="00085F64"/>
     <w:rsid w:val="000875FA"/>
     <w:rsid w:val="000900D3"/>
     <w:rsid w:val="00090DF9"/>
     <w:rsid w:val="0009133C"/>
     <w:rsid w:val="000913A1"/>
     <w:rsid w:val="00091C6C"/>
     <w:rsid w:val="0009570E"/>
     <w:rsid w:val="00095986"/>
     <w:rsid w:val="00096D89"/>
     <w:rsid w:val="00096F27"/>
     <w:rsid w:val="00097D9F"/>
     <w:rsid w:val="00097E25"/>
     <w:rsid w:val="000A1000"/>
     <w:rsid w:val="000A1BE1"/>
     <w:rsid w:val="000A1D40"/>
     <w:rsid w:val="000A22E4"/>
     <w:rsid w:val="000A2A52"/>
     <w:rsid w:val="000A31F0"/>
     <w:rsid w:val="000A3AC6"/>
     <w:rsid w:val="000A3E07"/>
+    <w:rsid w:val="000A48FC"/>
     <w:rsid w:val="000A4D2A"/>
+    <w:rsid w:val="000A4E29"/>
     <w:rsid w:val="000A4EAC"/>
+    <w:rsid w:val="000A4EB2"/>
+    <w:rsid w:val="000A5022"/>
     <w:rsid w:val="000A634A"/>
     <w:rsid w:val="000A6FB5"/>
     <w:rsid w:val="000A70D4"/>
     <w:rsid w:val="000A74C2"/>
     <w:rsid w:val="000A780C"/>
     <w:rsid w:val="000A7F3B"/>
     <w:rsid w:val="000B01D1"/>
     <w:rsid w:val="000B07DF"/>
     <w:rsid w:val="000B0E55"/>
     <w:rsid w:val="000B1BAC"/>
     <w:rsid w:val="000B2728"/>
     <w:rsid w:val="000B2CD1"/>
     <w:rsid w:val="000B3122"/>
     <w:rsid w:val="000B3322"/>
     <w:rsid w:val="000B54AD"/>
     <w:rsid w:val="000B55A4"/>
     <w:rsid w:val="000B5D33"/>
     <w:rsid w:val="000B6140"/>
     <w:rsid w:val="000C0D1E"/>
     <w:rsid w:val="000C101D"/>
     <w:rsid w:val="000C2BB2"/>
     <w:rsid w:val="000C4A5B"/>
     <w:rsid w:val="000C4BC4"/>
     <w:rsid w:val="000C5074"/>
     <w:rsid w:val="000C516C"/>
     <w:rsid w:val="000C6614"/>
     <w:rsid w:val="000C7570"/>
     <w:rsid w:val="000C76E8"/>
     <w:rsid w:val="000C7C5D"/>
     <w:rsid w:val="000D0883"/>
+    <w:rsid w:val="000D0EFE"/>
     <w:rsid w:val="000D1B92"/>
+    <w:rsid w:val="000D29D7"/>
     <w:rsid w:val="000D41DB"/>
+    <w:rsid w:val="000D4C9C"/>
     <w:rsid w:val="000D50B6"/>
     <w:rsid w:val="000D525A"/>
+    <w:rsid w:val="000D6966"/>
     <w:rsid w:val="000E01ED"/>
     <w:rsid w:val="000E0291"/>
     <w:rsid w:val="000E171C"/>
     <w:rsid w:val="000E1994"/>
     <w:rsid w:val="000E3A92"/>
     <w:rsid w:val="000E4150"/>
     <w:rsid w:val="000E4CB8"/>
     <w:rsid w:val="000E51DB"/>
     <w:rsid w:val="000E55D0"/>
     <w:rsid w:val="000E5FB3"/>
     <w:rsid w:val="000E640D"/>
     <w:rsid w:val="000F05B5"/>
     <w:rsid w:val="000F1015"/>
+    <w:rsid w:val="000F1017"/>
+    <w:rsid w:val="000F12AD"/>
     <w:rsid w:val="000F2DFD"/>
     <w:rsid w:val="000F3576"/>
+    <w:rsid w:val="000F4B76"/>
     <w:rsid w:val="000F58E2"/>
     <w:rsid w:val="000F60CB"/>
     <w:rsid w:val="000F7640"/>
     <w:rsid w:val="00100097"/>
     <w:rsid w:val="00100108"/>
     <w:rsid w:val="00100883"/>
     <w:rsid w:val="00100BE1"/>
     <w:rsid w:val="00101968"/>
     <w:rsid w:val="00101D43"/>
     <w:rsid w:val="00106BFC"/>
     <w:rsid w:val="00107CB5"/>
     <w:rsid w:val="00110BA2"/>
     <w:rsid w:val="00111479"/>
     <w:rsid w:val="00111582"/>
     <w:rsid w:val="00111774"/>
     <w:rsid w:val="0011213A"/>
     <w:rsid w:val="00112EE5"/>
     <w:rsid w:val="00113111"/>
     <w:rsid w:val="00113F10"/>
     <w:rsid w:val="00114058"/>
     <w:rsid w:val="001142A4"/>
     <w:rsid w:val="001151AB"/>
     <w:rsid w:val="00115648"/>
     <w:rsid w:val="0011591C"/>
     <w:rsid w:val="00115CAE"/>
     <w:rsid w:val="00120946"/>
     <w:rsid w:val="0012177D"/>
     <w:rsid w:val="00121B85"/>
     <w:rsid w:val="0012364B"/>
+    <w:rsid w:val="00123945"/>
     <w:rsid w:val="00123CBD"/>
     <w:rsid w:val="00123F32"/>
     <w:rsid w:val="001248CE"/>
     <w:rsid w:val="00124AF3"/>
     <w:rsid w:val="00124E8C"/>
     <w:rsid w:val="00125CDC"/>
+    <w:rsid w:val="00126143"/>
     <w:rsid w:val="001269AF"/>
     <w:rsid w:val="001273A2"/>
     <w:rsid w:val="00127DD1"/>
     <w:rsid w:val="00127F57"/>
     <w:rsid w:val="00132563"/>
     <w:rsid w:val="0013588C"/>
     <w:rsid w:val="001358AC"/>
     <w:rsid w:val="001373B8"/>
     <w:rsid w:val="00137ECB"/>
     <w:rsid w:val="00140C54"/>
+    <w:rsid w:val="00141CB5"/>
+    <w:rsid w:val="00143971"/>
     <w:rsid w:val="00143C3A"/>
     <w:rsid w:val="00144F16"/>
     <w:rsid w:val="0014545F"/>
     <w:rsid w:val="00146C5B"/>
     <w:rsid w:val="00147E39"/>
     <w:rsid w:val="00151346"/>
     <w:rsid w:val="00151509"/>
     <w:rsid w:val="001515A7"/>
     <w:rsid w:val="00151AF3"/>
     <w:rsid w:val="001526EE"/>
     <w:rsid w:val="001532A3"/>
     <w:rsid w:val="00153944"/>
     <w:rsid w:val="001550F2"/>
+    <w:rsid w:val="001553A1"/>
+    <w:rsid w:val="001554FB"/>
     <w:rsid w:val="001563AB"/>
     <w:rsid w:val="00157AE3"/>
     <w:rsid w:val="0016159A"/>
     <w:rsid w:val="00162E31"/>
     <w:rsid w:val="001630C7"/>
     <w:rsid w:val="00163D2F"/>
+    <w:rsid w:val="001641CB"/>
     <w:rsid w:val="00165213"/>
     <w:rsid w:val="0016529C"/>
     <w:rsid w:val="00165FAF"/>
+    <w:rsid w:val="00166F3A"/>
     <w:rsid w:val="001675B7"/>
     <w:rsid w:val="00167E7F"/>
     <w:rsid w:val="00170A07"/>
     <w:rsid w:val="00171AE7"/>
     <w:rsid w:val="00175893"/>
     <w:rsid w:val="001763E1"/>
     <w:rsid w:val="001764B8"/>
+    <w:rsid w:val="001770FB"/>
     <w:rsid w:val="0018088E"/>
     <w:rsid w:val="00180891"/>
     <w:rsid w:val="001810AD"/>
     <w:rsid w:val="00182D32"/>
     <w:rsid w:val="00183A40"/>
     <w:rsid w:val="00184933"/>
     <w:rsid w:val="00185424"/>
+    <w:rsid w:val="001861C9"/>
     <w:rsid w:val="00186BC0"/>
     <w:rsid w:val="00186C3B"/>
     <w:rsid w:val="00186C67"/>
     <w:rsid w:val="00190DB6"/>
+    <w:rsid w:val="00192813"/>
     <w:rsid w:val="00193190"/>
     <w:rsid w:val="0019394A"/>
     <w:rsid w:val="00194232"/>
     <w:rsid w:val="0019479C"/>
     <w:rsid w:val="00194F2F"/>
     <w:rsid w:val="00196148"/>
     <w:rsid w:val="00196C9A"/>
     <w:rsid w:val="001A1FD8"/>
     <w:rsid w:val="001A3265"/>
     <w:rsid w:val="001A33BE"/>
     <w:rsid w:val="001A406E"/>
     <w:rsid w:val="001A580D"/>
     <w:rsid w:val="001A5A9B"/>
     <w:rsid w:val="001A5C95"/>
     <w:rsid w:val="001A64BB"/>
     <w:rsid w:val="001A7DC3"/>
     <w:rsid w:val="001B0100"/>
     <w:rsid w:val="001B1B27"/>
     <w:rsid w:val="001B2B17"/>
+    <w:rsid w:val="001B36FC"/>
+    <w:rsid w:val="001B5A2B"/>
     <w:rsid w:val="001B5CEF"/>
     <w:rsid w:val="001B5F09"/>
     <w:rsid w:val="001B6B60"/>
     <w:rsid w:val="001B6D67"/>
     <w:rsid w:val="001C0092"/>
     <w:rsid w:val="001C0936"/>
     <w:rsid w:val="001C0DA8"/>
+    <w:rsid w:val="001C170A"/>
     <w:rsid w:val="001C3B38"/>
     <w:rsid w:val="001C40C8"/>
+    <w:rsid w:val="001C40DE"/>
     <w:rsid w:val="001C43B8"/>
     <w:rsid w:val="001C548A"/>
     <w:rsid w:val="001C5CAB"/>
     <w:rsid w:val="001D0E91"/>
     <w:rsid w:val="001D2E78"/>
+    <w:rsid w:val="001D444D"/>
     <w:rsid w:val="001D4904"/>
     <w:rsid w:val="001D4A44"/>
     <w:rsid w:val="001D4C25"/>
     <w:rsid w:val="001D5095"/>
     <w:rsid w:val="001D7E15"/>
+    <w:rsid w:val="001E0027"/>
     <w:rsid w:val="001E06A9"/>
     <w:rsid w:val="001E1A81"/>
     <w:rsid w:val="001E3FD3"/>
     <w:rsid w:val="001E466C"/>
     <w:rsid w:val="001E4DC0"/>
     <w:rsid w:val="001E6F80"/>
+    <w:rsid w:val="001E75C3"/>
     <w:rsid w:val="001F0912"/>
+    <w:rsid w:val="001F254C"/>
     <w:rsid w:val="001F2585"/>
     <w:rsid w:val="001F2D29"/>
     <w:rsid w:val="001F4BAD"/>
     <w:rsid w:val="001F51D1"/>
+    <w:rsid w:val="001F62BB"/>
     <w:rsid w:val="001F6F70"/>
     <w:rsid w:val="001F700D"/>
     <w:rsid w:val="00200190"/>
     <w:rsid w:val="00201663"/>
     <w:rsid w:val="00202639"/>
     <w:rsid w:val="00202AA5"/>
     <w:rsid w:val="0020373C"/>
     <w:rsid w:val="00204334"/>
     <w:rsid w:val="00204379"/>
     <w:rsid w:val="00204AE3"/>
     <w:rsid w:val="00204C92"/>
     <w:rsid w:val="002053FA"/>
     <w:rsid w:val="00206775"/>
     <w:rsid w:val="002073CE"/>
     <w:rsid w:val="00210AEC"/>
     <w:rsid w:val="002119A3"/>
     <w:rsid w:val="00212C62"/>
     <w:rsid w:val="00214960"/>
     <w:rsid w:val="00214DB5"/>
     <w:rsid w:val="00215206"/>
     <w:rsid w:val="00216927"/>
     <w:rsid w:val="0021786A"/>
     <w:rsid w:val="00217F97"/>
     <w:rsid w:val="00222435"/>
     <w:rsid w:val="00223368"/>
     <w:rsid w:val="00223882"/>
     <w:rsid w:val="00223DF7"/>
     <w:rsid w:val="00224BB1"/>
+    <w:rsid w:val="00224DA0"/>
     <w:rsid w:val="00225855"/>
+    <w:rsid w:val="00226DA3"/>
     <w:rsid w:val="00227E09"/>
     <w:rsid w:val="00231516"/>
     <w:rsid w:val="00231CEF"/>
     <w:rsid w:val="00232E7D"/>
     <w:rsid w:val="002354AF"/>
     <w:rsid w:val="00236EAA"/>
     <w:rsid w:val="002375BD"/>
     <w:rsid w:val="00237D50"/>
     <w:rsid w:val="0024087D"/>
     <w:rsid w:val="00240D16"/>
     <w:rsid w:val="00241466"/>
     <w:rsid w:val="00242292"/>
     <w:rsid w:val="00243297"/>
     <w:rsid w:val="00243CCE"/>
     <w:rsid w:val="00244061"/>
     <w:rsid w:val="002441AE"/>
     <w:rsid w:val="00245593"/>
     <w:rsid w:val="00246EFF"/>
     <w:rsid w:val="002477BE"/>
     <w:rsid w:val="00250AD7"/>
     <w:rsid w:val="00250DE5"/>
     <w:rsid w:val="00252222"/>
     <w:rsid w:val="00252E46"/>
     <w:rsid w:val="00254670"/>
     <w:rsid w:val="002559F5"/>
     <w:rsid w:val="00255C55"/>
     <w:rsid w:val="00256593"/>
     <w:rsid w:val="0025745A"/>
     <w:rsid w:val="00257591"/>
     <w:rsid w:val="0026053E"/>
     <w:rsid w:val="00261BEF"/>
+    <w:rsid w:val="00261DD7"/>
     <w:rsid w:val="00262048"/>
     <w:rsid w:val="002637CD"/>
     <w:rsid w:val="00264F3A"/>
     <w:rsid w:val="0026566E"/>
     <w:rsid w:val="00265BCC"/>
     <w:rsid w:val="00266789"/>
     <w:rsid w:val="002679DB"/>
     <w:rsid w:val="00270CE0"/>
     <w:rsid w:val="00270EF8"/>
     <w:rsid w:val="00271796"/>
     <w:rsid w:val="00271B04"/>
     <w:rsid w:val="00272106"/>
     <w:rsid w:val="00272B70"/>
     <w:rsid w:val="00272D93"/>
     <w:rsid w:val="00273E87"/>
     <w:rsid w:val="002747AD"/>
     <w:rsid w:val="002750BD"/>
     <w:rsid w:val="002752DA"/>
     <w:rsid w:val="00275911"/>
     <w:rsid w:val="00275A1F"/>
     <w:rsid w:val="00276818"/>
     <w:rsid w:val="00276B30"/>
     <w:rsid w:val="00277E7F"/>
     <w:rsid w:val="002801C0"/>
     <w:rsid w:val="0028043D"/>
     <w:rsid w:val="00280F16"/>
     <w:rsid w:val="00282714"/>
     <w:rsid w:val="002828DE"/>
     <w:rsid w:val="00283AAA"/>
     <w:rsid w:val="00284AB0"/>
     <w:rsid w:val="00286083"/>
     <w:rsid w:val="00286B8F"/>
     <w:rsid w:val="00286C97"/>
     <w:rsid w:val="00287177"/>
     <w:rsid w:val="00287B14"/>
     <w:rsid w:val="00290FD4"/>
     <w:rsid w:val="0029141F"/>
     <w:rsid w:val="0029160F"/>
     <w:rsid w:val="002925B0"/>
     <w:rsid w:val="00292CEB"/>
     <w:rsid w:val="0029361F"/>
     <w:rsid w:val="00293AB0"/>
     <w:rsid w:val="00294452"/>
+    <w:rsid w:val="00294FAB"/>
     <w:rsid w:val="0029581D"/>
     <w:rsid w:val="002964C1"/>
+    <w:rsid w:val="00296FDF"/>
     <w:rsid w:val="00297979"/>
     <w:rsid w:val="002A02FA"/>
     <w:rsid w:val="002A1038"/>
     <w:rsid w:val="002A1B13"/>
+    <w:rsid w:val="002A21D1"/>
     <w:rsid w:val="002A2A29"/>
+    <w:rsid w:val="002A3DAF"/>
     <w:rsid w:val="002A469C"/>
     <w:rsid w:val="002A47B9"/>
     <w:rsid w:val="002A5FB4"/>
     <w:rsid w:val="002A62C1"/>
     <w:rsid w:val="002A7DBC"/>
     <w:rsid w:val="002B018D"/>
     <w:rsid w:val="002B11F6"/>
     <w:rsid w:val="002B28EF"/>
     <w:rsid w:val="002B2F9A"/>
+    <w:rsid w:val="002B5C28"/>
     <w:rsid w:val="002B5C4A"/>
     <w:rsid w:val="002B6B0E"/>
     <w:rsid w:val="002B6F57"/>
     <w:rsid w:val="002B715E"/>
     <w:rsid w:val="002B79FC"/>
     <w:rsid w:val="002B7AD7"/>
     <w:rsid w:val="002C0AFA"/>
     <w:rsid w:val="002C0F40"/>
     <w:rsid w:val="002C2180"/>
     <w:rsid w:val="002C26B8"/>
     <w:rsid w:val="002C5FD0"/>
     <w:rsid w:val="002C63C8"/>
+    <w:rsid w:val="002C6BCA"/>
     <w:rsid w:val="002D0139"/>
     <w:rsid w:val="002D12E5"/>
     <w:rsid w:val="002D22FB"/>
     <w:rsid w:val="002D4731"/>
     <w:rsid w:val="002D4BEE"/>
     <w:rsid w:val="002D5817"/>
+    <w:rsid w:val="002D5E8D"/>
     <w:rsid w:val="002D6737"/>
     <w:rsid w:val="002D7AAC"/>
     <w:rsid w:val="002E013E"/>
+    <w:rsid w:val="002E0ADC"/>
     <w:rsid w:val="002E0C00"/>
+    <w:rsid w:val="002E1799"/>
     <w:rsid w:val="002E189D"/>
     <w:rsid w:val="002E2623"/>
+    <w:rsid w:val="002E2A1B"/>
     <w:rsid w:val="002E41E7"/>
     <w:rsid w:val="002E4610"/>
     <w:rsid w:val="002E4736"/>
     <w:rsid w:val="002E49DB"/>
     <w:rsid w:val="002E691E"/>
     <w:rsid w:val="002E7904"/>
     <w:rsid w:val="002F110A"/>
     <w:rsid w:val="002F178F"/>
     <w:rsid w:val="002F2549"/>
+    <w:rsid w:val="002F288D"/>
+    <w:rsid w:val="002F3C8B"/>
     <w:rsid w:val="002F4EEB"/>
     <w:rsid w:val="002F504B"/>
     <w:rsid w:val="002F65A9"/>
     <w:rsid w:val="002F7E43"/>
     <w:rsid w:val="00301280"/>
     <w:rsid w:val="0030139C"/>
     <w:rsid w:val="003014F7"/>
     <w:rsid w:val="0030293D"/>
     <w:rsid w:val="003030FF"/>
     <w:rsid w:val="003033B4"/>
     <w:rsid w:val="00303B1F"/>
     <w:rsid w:val="00304AC3"/>
     <w:rsid w:val="00304C8B"/>
     <w:rsid w:val="00304D11"/>
     <w:rsid w:val="00305DB8"/>
     <w:rsid w:val="00306196"/>
     <w:rsid w:val="00306679"/>
     <w:rsid w:val="003069D1"/>
     <w:rsid w:val="00307285"/>
     <w:rsid w:val="00310A06"/>
     <w:rsid w:val="00311E17"/>
     <w:rsid w:val="00311F23"/>
     <w:rsid w:val="00311FFE"/>
     <w:rsid w:val="00312C03"/>
     <w:rsid w:val="00312E1D"/>
     <w:rsid w:val="003137AA"/>
     <w:rsid w:val="00315777"/>
     <w:rsid w:val="00315A04"/>
     <w:rsid w:val="0031627D"/>
+    <w:rsid w:val="003163ED"/>
     <w:rsid w:val="003164DA"/>
     <w:rsid w:val="00316BDB"/>
+    <w:rsid w:val="00317AFC"/>
     <w:rsid w:val="0032227F"/>
     <w:rsid w:val="00322479"/>
+    <w:rsid w:val="003228F5"/>
     <w:rsid w:val="0032392A"/>
     <w:rsid w:val="00324D8F"/>
     <w:rsid w:val="00324F39"/>
+    <w:rsid w:val="003250D8"/>
     <w:rsid w:val="00326715"/>
     <w:rsid w:val="00326A02"/>
     <w:rsid w:val="00326BC3"/>
     <w:rsid w:val="00327260"/>
     <w:rsid w:val="00330198"/>
     <w:rsid w:val="0033086F"/>
     <w:rsid w:val="00330931"/>
     <w:rsid w:val="00331157"/>
     <w:rsid w:val="00331C75"/>
+    <w:rsid w:val="003320FC"/>
+    <w:rsid w:val="00332522"/>
     <w:rsid w:val="00332D44"/>
     <w:rsid w:val="003336F4"/>
     <w:rsid w:val="00333816"/>
     <w:rsid w:val="00333A97"/>
     <w:rsid w:val="003344C4"/>
+    <w:rsid w:val="003347B6"/>
     <w:rsid w:val="003359FE"/>
     <w:rsid w:val="003362A6"/>
     <w:rsid w:val="00336A99"/>
+    <w:rsid w:val="00336F36"/>
     <w:rsid w:val="003371AE"/>
     <w:rsid w:val="003406D0"/>
     <w:rsid w:val="0034145C"/>
     <w:rsid w:val="00341478"/>
     <w:rsid w:val="00341BE5"/>
     <w:rsid w:val="00341C6B"/>
     <w:rsid w:val="0034283A"/>
     <w:rsid w:val="003431C3"/>
     <w:rsid w:val="00344994"/>
+    <w:rsid w:val="0034555E"/>
+    <w:rsid w:val="00347738"/>
     <w:rsid w:val="00347CE9"/>
     <w:rsid w:val="00350680"/>
     <w:rsid w:val="00350A56"/>
     <w:rsid w:val="00350B3C"/>
     <w:rsid w:val="00351D3D"/>
     <w:rsid w:val="00351EF5"/>
     <w:rsid w:val="0035365F"/>
     <w:rsid w:val="00353CFA"/>
     <w:rsid w:val="00355CEA"/>
     <w:rsid w:val="00356BED"/>
     <w:rsid w:val="00357373"/>
     <w:rsid w:val="00357846"/>
     <w:rsid w:val="00357B97"/>
     <w:rsid w:val="00361FFC"/>
     <w:rsid w:val="00362BDE"/>
     <w:rsid w:val="00362F47"/>
     <w:rsid w:val="0036331C"/>
     <w:rsid w:val="003642D8"/>
+    <w:rsid w:val="003643F7"/>
     <w:rsid w:val="00365050"/>
     <w:rsid w:val="00365A1C"/>
     <w:rsid w:val="00365AF1"/>
     <w:rsid w:val="003704F2"/>
     <w:rsid w:val="00370BF9"/>
     <w:rsid w:val="00370D96"/>
     <w:rsid w:val="003712DD"/>
     <w:rsid w:val="003713F6"/>
     <w:rsid w:val="003720A7"/>
     <w:rsid w:val="003721FD"/>
     <w:rsid w:val="00372925"/>
     <w:rsid w:val="00372A8D"/>
     <w:rsid w:val="00372DD9"/>
     <w:rsid w:val="003730DA"/>
+    <w:rsid w:val="00373FB8"/>
     <w:rsid w:val="003744CB"/>
+    <w:rsid w:val="00374865"/>
     <w:rsid w:val="00374F23"/>
     <w:rsid w:val="003757FB"/>
     <w:rsid w:val="00375EC3"/>
     <w:rsid w:val="0037779B"/>
     <w:rsid w:val="00377ACB"/>
     <w:rsid w:val="00380BA9"/>
     <w:rsid w:val="0038133D"/>
     <w:rsid w:val="0038136D"/>
     <w:rsid w:val="00381B6C"/>
     <w:rsid w:val="003820B8"/>
     <w:rsid w:val="003830EF"/>
     <w:rsid w:val="00383A13"/>
     <w:rsid w:val="00383F57"/>
     <w:rsid w:val="00384DE9"/>
     <w:rsid w:val="003851AC"/>
     <w:rsid w:val="003851E7"/>
     <w:rsid w:val="00385E25"/>
     <w:rsid w:val="003864C7"/>
     <w:rsid w:val="00387292"/>
+    <w:rsid w:val="00390B6D"/>
     <w:rsid w:val="0039133B"/>
     <w:rsid w:val="0039161E"/>
     <w:rsid w:val="00391E98"/>
     <w:rsid w:val="003926F5"/>
     <w:rsid w:val="00392A58"/>
     <w:rsid w:val="00393F9D"/>
     <w:rsid w:val="003942E7"/>
     <w:rsid w:val="0039491F"/>
     <w:rsid w:val="00394F12"/>
     <w:rsid w:val="00396593"/>
+    <w:rsid w:val="0039782E"/>
     <w:rsid w:val="003978B7"/>
     <w:rsid w:val="003A17C8"/>
     <w:rsid w:val="003A1C0B"/>
     <w:rsid w:val="003A23C3"/>
     <w:rsid w:val="003A2C64"/>
     <w:rsid w:val="003A4368"/>
     <w:rsid w:val="003A63D7"/>
     <w:rsid w:val="003A6471"/>
     <w:rsid w:val="003A6854"/>
     <w:rsid w:val="003A709B"/>
     <w:rsid w:val="003B08B3"/>
+    <w:rsid w:val="003B1222"/>
     <w:rsid w:val="003B4AF1"/>
     <w:rsid w:val="003B7F92"/>
     <w:rsid w:val="003C126D"/>
     <w:rsid w:val="003C1293"/>
     <w:rsid w:val="003C158B"/>
     <w:rsid w:val="003C2FC6"/>
     <w:rsid w:val="003C36A9"/>
     <w:rsid w:val="003C4B94"/>
     <w:rsid w:val="003C4FB5"/>
     <w:rsid w:val="003C6068"/>
     <w:rsid w:val="003C6E23"/>
     <w:rsid w:val="003C7240"/>
     <w:rsid w:val="003D1B14"/>
     <w:rsid w:val="003D2745"/>
     <w:rsid w:val="003D4805"/>
     <w:rsid w:val="003D568D"/>
     <w:rsid w:val="003D68E4"/>
     <w:rsid w:val="003D6F45"/>
+    <w:rsid w:val="003E0D1A"/>
     <w:rsid w:val="003E0D2E"/>
     <w:rsid w:val="003E26CC"/>
     <w:rsid w:val="003E3720"/>
     <w:rsid w:val="003E4C78"/>
     <w:rsid w:val="003E57EF"/>
     <w:rsid w:val="003E5CFF"/>
     <w:rsid w:val="003E7033"/>
     <w:rsid w:val="003F0E93"/>
     <w:rsid w:val="003F1740"/>
     <w:rsid w:val="003F2733"/>
     <w:rsid w:val="003F3323"/>
     <w:rsid w:val="003F4423"/>
     <w:rsid w:val="003F5072"/>
     <w:rsid w:val="003F52D8"/>
     <w:rsid w:val="003F5CEF"/>
     <w:rsid w:val="003F67C1"/>
     <w:rsid w:val="003F774A"/>
     <w:rsid w:val="004011A5"/>
     <w:rsid w:val="0040167B"/>
     <w:rsid w:val="00401680"/>
     <w:rsid w:val="004021D4"/>
     <w:rsid w:val="00404177"/>
     <w:rsid w:val="0040440C"/>
     <w:rsid w:val="00404E50"/>
     <w:rsid w:val="00406080"/>
+    <w:rsid w:val="00406220"/>
     <w:rsid w:val="004064F1"/>
     <w:rsid w:val="00410912"/>
     <w:rsid w:val="00410983"/>
     <w:rsid w:val="00410A04"/>
     <w:rsid w:val="0041215B"/>
     <w:rsid w:val="00412D32"/>
     <w:rsid w:val="00413F07"/>
     <w:rsid w:val="00414778"/>
     <w:rsid w:val="004149DF"/>
     <w:rsid w:val="00414ECB"/>
     <w:rsid w:val="0041666A"/>
     <w:rsid w:val="00417272"/>
     <w:rsid w:val="004200E8"/>
     <w:rsid w:val="00420A18"/>
+    <w:rsid w:val="00420E6B"/>
     <w:rsid w:val="00421257"/>
     <w:rsid w:val="00421BFD"/>
     <w:rsid w:val="00422022"/>
     <w:rsid w:val="00422FBA"/>
     <w:rsid w:val="00422FE4"/>
     <w:rsid w:val="00423D52"/>
     <w:rsid w:val="00424770"/>
     <w:rsid w:val="004252F5"/>
     <w:rsid w:val="004254CF"/>
     <w:rsid w:val="00426215"/>
     <w:rsid w:val="0042639E"/>
     <w:rsid w:val="00426A1D"/>
     <w:rsid w:val="00426E9F"/>
     <w:rsid w:val="00427726"/>
+    <w:rsid w:val="00427BF6"/>
     <w:rsid w:val="0043030D"/>
     <w:rsid w:val="00430732"/>
     <w:rsid w:val="00430AA3"/>
     <w:rsid w:val="00430AFB"/>
     <w:rsid w:val="0043122B"/>
     <w:rsid w:val="00432DA6"/>
     <w:rsid w:val="00434827"/>
     <w:rsid w:val="00434BC3"/>
     <w:rsid w:val="00434EBF"/>
     <w:rsid w:val="00435433"/>
     <w:rsid w:val="00435A67"/>
     <w:rsid w:val="0043635D"/>
     <w:rsid w:val="0043726D"/>
     <w:rsid w:val="004376F8"/>
+    <w:rsid w:val="004379E5"/>
+    <w:rsid w:val="00437B44"/>
     <w:rsid w:val="00437D86"/>
     <w:rsid w:val="00440761"/>
     <w:rsid w:val="004413FA"/>
     <w:rsid w:val="00441D03"/>
     <w:rsid w:val="004426C9"/>
     <w:rsid w:val="00443B9F"/>
     <w:rsid w:val="004444A1"/>
     <w:rsid w:val="00444FB5"/>
     <w:rsid w:val="004450C0"/>
     <w:rsid w:val="004464B3"/>
     <w:rsid w:val="004465B5"/>
     <w:rsid w:val="00450177"/>
     <w:rsid w:val="0045099D"/>
     <w:rsid w:val="00450C6E"/>
     <w:rsid w:val="00450E0C"/>
+    <w:rsid w:val="0045416E"/>
     <w:rsid w:val="0045427F"/>
     <w:rsid w:val="004544E9"/>
+    <w:rsid w:val="00454E51"/>
     <w:rsid w:val="004555F6"/>
     <w:rsid w:val="004578EB"/>
     <w:rsid w:val="00457A17"/>
     <w:rsid w:val="00457B56"/>
     <w:rsid w:val="0046062A"/>
     <w:rsid w:val="004617B5"/>
     <w:rsid w:val="00461D64"/>
     <w:rsid w:val="00461FFC"/>
     <w:rsid w:val="00463A48"/>
     <w:rsid w:val="00463F90"/>
     <w:rsid w:val="00466BF3"/>
     <w:rsid w:val="00470524"/>
     <w:rsid w:val="00472F83"/>
     <w:rsid w:val="0047347B"/>
     <w:rsid w:val="004740B8"/>
     <w:rsid w:val="004773F6"/>
     <w:rsid w:val="004812BE"/>
     <w:rsid w:val="004824FD"/>
+    <w:rsid w:val="004837C8"/>
     <w:rsid w:val="004838DE"/>
     <w:rsid w:val="004844BC"/>
     <w:rsid w:val="00484E6C"/>
     <w:rsid w:val="00485678"/>
     <w:rsid w:val="00486041"/>
     <w:rsid w:val="0048680B"/>
     <w:rsid w:val="00486B6E"/>
     <w:rsid w:val="0049110E"/>
     <w:rsid w:val="00493542"/>
     <w:rsid w:val="00494840"/>
     <w:rsid w:val="004961B2"/>
     <w:rsid w:val="00497E78"/>
     <w:rsid w:val="004A006E"/>
     <w:rsid w:val="004A0B71"/>
     <w:rsid w:val="004A0FFB"/>
     <w:rsid w:val="004A1E83"/>
     <w:rsid w:val="004A1EDC"/>
     <w:rsid w:val="004A1FBE"/>
     <w:rsid w:val="004A26DC"/>
     <w:rsid w:val="004A3657"/>
     <w:rsid w:val="004A46D5"/>
     <w:rsid w:val="004A4FCE"/>
     <w:rsid w:val="004A5209"/>
     <w:rsid w:val="004A5A40"/>
     <w:rsid w:val="004B04C5"/>
+    <w:rsid w:val="004B17D0"/>
+    <w:rsid w:val="004B2A4D"/>
     <w:rsid w:val="004B2F99"/>
     <w:rsid w:val="004B326B"/>
     <w:rsid w:val="004B390D"/>
     <w:rsid w:val="004B46C3"/>
     <w:rsid w:val="004B4C05"/>
     <w:rsid w:val="004B640A"/>
     <w:rsid w:val="004B6BA1"/>
     <w:rsid w:val="004B7711"/>
+    <w:rsid w:val="004C1042"/>
     <w:rsid w:val="004C1C01"/>
     <w:rsid w:val="004C2D4A"/>
     <w:rsid w:val="004C3D51"/>
     <w:rsid w:val="004C4AD9"/>
     <w:rsid w:val="004C4AE6"/>
+    <w:rsid w:val="004C516E"/>
     <w:rsid w:val="004C59D5"/>
     <w:rsid w:val="004C5AFA"/>
     <w:rsid w:val="004D12D1"/>
     <w:rsid w:val="004D142E"/>
     <w:rsid w:val="004D1668"/>
     <w:rsid w:val="004D2345"/>
     <w:rsid w:val="004D2640"/>
     <w:rsid w:val="004D3051"/>
     <w:rsid w:val="004D31CC"/>
     <w:rsid w:val="004D3393"/>
+    <w:rsid w:val="004D3DD6"/>
     <w:rsid w:val="004E06A5"/>
     <w:rsid w:val="004E113D"/>
     <w:rsid w:val="004E21BB"/>
     <w:rsid w:val="004E290E"/>
     <w:rsid w:val="004E3A5F"/>
+    <w:rsid w:val="004E443B"/>
     <w:rsid w:val="004E485D"/>
     <w:rsid w:val="004E4C44"/>
     <w:rsid w:val="004E50FD"/>
     <w:rsid w:val="004E5425"/>
     <w:rsid w:val="004F0790"/>
     <w:rsid w:val="004F1041"/>
     <w:rsid w:val="004F14B2"/>
     <w:rsid w:val="004F2301"/>
     <w:rsid w:val="004F290C"/>
     <w:rsid w:val="004F2E3C"/>
     <w:rsid w:val="004F30EB"/>
+    <w:rsid w:val="004F3EA0"/>
     <w:rsid w:val="004F4D56"/>
     <w:rsid w:val="004F5277"/>
     <w:rsid w:val="004F5B95"/>
     <w:rsid w:val="004F5D5C"/>
     <w:rsid w:val="004F635C"/>
     <w:rsid w:val="004F72A9"/>
     <w:rsid w:val="004F7A7F"/>
     <w:rsid w:val="004F7BC4"/>
     <w:rsid w:val="00502952"/>
     <w:rsid w:val="0050364E"/>
     <w:rsid w:val="00504176"/>
     <w:rsid w:val="00504470"/>
     <w:rsid w:val="00504664"/>
     <w:rsid w:val="005051F4"/>
     <w:rsid w:val="00505660"/>
     <w:rsid w:val="005071EA"/>
     <w:rsid w:val="0050750C"/>
     <w:rsid w:val="00510894"/>
     <w:rsid w:val="005112AC"/>
     <w:rsid w:val="00511D99"/>
     <w:rsid w:val="00512B8E"/>
     <w:rsid w:val="0051367E"/>
+    <w:rsid w:val="00513B09"/>
+    <w:rsid w:val="005146BA"/>
     <w:rsid w:val="005147B1"/>
     <w:rsid w:val="00514C02"/>
     <w:rsid w:val="00515F47"/>
     <w:rsid w:val="00516813"/>
     <w:rsid w:val="00516EBF"/>
     <w:rsid w:val="00520033"/>
     <w:rsid w:val="005208B0"/>
     <w:rsid w:val="00521652"/>
     <w:rsid w:val="00521818"/>
     <w:rsid w:val="005218D2"/>
     <w:rsid w:val="00521D45"/>
     <w:rsid w:val="00522575"/>
+    <w:rsid w:val="00522B41"/>
     <w:rsid w:val="0052348C"/>
     <w:rsid w:val="00523FBE"/>
     <w:rsid w:val="00523FE1"/>
     <w:rsid w:val="00524687"/>
+    <w:rsid w:val="00524765"/>
     <w:rsid w:val="0052585E"/>
     <w:rsid w:val="00525A72"/>
     <w:rsid w:val="00525AD1"/>
+    <w:rsid w:val="00526543"/>
     <w:rsid w:val="00527561"/>
     <w:rsid w:val="00530162"/>
     <w:rsid w:val="00530C13"/>
+    <w:rsid w:val="00531045"/>
+    <w:rsid w:val="005317AA"/>
+    <w:rsid w:val="00531BE5"/>
     <w:rsid w:val="00531D3C"/>
     <w:rsid w:val="00533344"/>
     <w:rsid w:val="00533B4B"/>
     <w:rsid w:val="00534ACB"/>
     <w:rsid w:val="00534F60"/>
     <w:rsid w:val="00535AC9"/>
     <w:rsid w:val="00535BEE"/>
     <w:rsid w:val="00540B1C"/>
     <w:rsid w:val="0054127C"/>
     <w:rsid w:val="00541AA4"/>
     <w:rsid w:val="00542489"/>
     <w:rsid w:val="00542813"/>
     <w:rsid w:val="00542819"/>
     <w:rsid w:val="00543384"/>
     <w:rsid w:val="00543410"/>
     <w:rsid w:val="00544236"/>
     <w:rsid w:val="0054429B"/>
     <w:rsid w:val="00544D29"/>
+    <w:rsid w:val="005465DD"/>
     <w:rsid w:val="00546E39"/>
+    <w:rsid w:val="005470A8"/>
     <w:rsid w:val="0055204E"/>
     <w:rsid w:val="0055212B"/>
     <w:rsid w:val="00552684"/>
     <w:rsid w:val="00552EF6"/>
     <w:rsid w:val="005546F4"/>
+    <w:rsid w:val="0055603B"/>
     <w:rsid w:val="00556F2C"/>
     <w:rsid w:val="005601C3"/>
     <w:rsid w:val="00560A63"/>
     <w:rsid w:val="00561F8C"/>
     <w:rsid w:val="005626CF"/>
     <w:rsid w:val="00562C64"/>
     <w:rsid w:val="0056340C"/>
     <w:rsid w:val="00563B05"/>
     <w:rsid w:val="00563B33"/>
     <w:rsid w:val="0056407D"/>
     <w:rsid w:val="00564A6E"/>
     <w:rsid w:val="005655CD"/>
     <w:rsid w:val="00565C42"/>
     <w:rsid w:val="00566065"/>
     <w:rsid w:val="0056626F"/>
     <w:rsid w:val="005671D5"/>
     <w:rsid w:val="00567320"/>
     <w:rsid w:val="0056798C"/>
     <w:rsid w:val="00570A7E"/>
     <w:rsid w:val="00570CB7"/>
+    <w:rsid w:val="00571C7A"/>
+    <w:rsid w:val="005732AC"/>
     <w:rsid w:val="005733C0"/>
     <w:rsid w:val="0057349B"/>
     <w:rsid w:val="00573520"/>
     <w:rsid w:val="0057352E"/>
     <w:rsid w:val="00573A33"/>
     <w:rsid w:val="005741D2"/>
     <w:rsid w:val="0057615C"/>
+    <w:rsid w:val="00576A37"/>
     <w:rsid w:val="00577C63"/>
     <w:rsid w:val="00580198"/>
     <w:rsid w:val="0058071A"/>
     <w:rsid w:val="00582ADD"/>
     <w:rsid w:val="0058376B"/>
     <w:rsid w:val="0058468A"/>
     <w:rsid w:val="0058499E"/>
     <w:rsid w:val="005850F9"/>
     <w:rsid w:val="0058570A"/>
     <w:rsid w:val="00587010"/>
     <w:rsid w:val="00587074"/>
     <w:rsid w:val="005871A4"/>
     <w:rsid w:val="00587366"/>
     <w:rsid w:val="005876FC"/>
     <w:rsid w:val="00591805"/>
     <w:rsid w:val="0059237A"/>
     <w:rsid w:val="00592724"/>
     <w:rsid w:val="00594361"/>
     <w:rsid w:val="005944C1"/>
     <w:rsid w:val="00594A36"/>
+    <w:rsid w:val="00595AB2"/>
     <w:rsid w:val="00595E1D"/>
     <w:rsid w:val="00597224"/>
     <w:rsid w:val="00597383"/>
     <w:rsid w:val="0059799D"/>
     <w:rsid w:val="005A00E4"/>
     <w:rsid w:val="005A0146"/>
     <w:rsid w:val="005A02AC"/>
+    <w:rsid w:val="005A227C"/>
     <w:rsid w:val="005A25ED"/>
     <w:rsid w:val="005A3E19"/>
     <w:rsid w:val="005A3EC6"/>
     <w:rsid w:val="005A3FBD"/>
     <w:rsid w:val="005A487A"/>
     <w:rsid w:val="005A4FC2"/>
     <w:rsid w:val="005A58AA"/>
     <w:rsid w:val="005A7621"/>
     <w:rsid w:val="005A7A8E"/>
     <w:rsid w:val="005A7EBF"/>
     <w:rsid w:val="005B056A"/>
     <w:rsid w:val="005B05E6"/>
     <w:rsid w:val="005B1512"/>
     <w:rsid w:val="005B1A6A"/>
     <w:rsid w:val="005B1D2A"/>
+    <w:rsid w:val="005B1D3C"/>
     <w:rsid w:val="005B2A72"/>
     <w:rsid w:val="005B2DCC"/>
+    <w:rsid w:val="005B34FF"/>
     <w:rsid w:val="005B423D"/>
     <w:rsid w:val="005B472D"/>
     <w:rsid w:val="005B68CE"/>
     <w:rsid w:val="005C0838"/>
     <w:rsid w:val="005C3962"/>
     <w:rsid w:val="005C3B4B"/>
     <w:rsid w:val="005C40CA"/>
     <w:rsid w:val="005C486D"/>
     <w:rsid w:val="005C4A88"/>
     <w:rsid w:val="005C4F85"/>
     <w:rsid w:val="005C5334"/>
     <w:rsid w:val="005C5C7E"/>
     <w:rsid w:val="005C6331"/>
     <w:rsid w:val="005C646D"/>
     <w:rsid w:val="005C6714"/>
     <w:rsid w:val="005C6D9D"/>
     <w:rsid w:val="005D0CEF"/>
     <w:rsid w:val="005D247D"/>
     <w:rsid w:val="005D2AAB"/>
     <w:rsid w:val="005D4155"/>
     <w:rsid w:val="005D4203"/>
     <w:rsid w:val="005D459B"/>
     <w:rsid w:val="005D58B0"/>
     <w:rsid w:val="005D5A17"/>
     <w:rsid w:val="005D60A7"/>
     <w:rsid w:val="005D6718"/>
     <w:rsid w:val="005D6955"/>
     <w:rsid w:val="005D74E0"/>
     <w:rsid w:val="005D7501"/>
     <w:rsid w:val="005D7587"/>
     <w:rsid w:val="005D77A0"/>
     <w:rsid w:val="005E0B0D"/>
+    <w:rsid w:val="005E0C43"/>
     <w:rsid w:val="005E1108"/>
     <w:rsid w:val="005E184A"/>
     <w:rsid w:val="005E1C9C"/>
     <w:rsid w:val="005E2345"/>
     <w:rsid w:val="005E269D"/>
     <w:rsid w:val="005E3BB6"/>
     <w:rsid w:val="005E4D66"/>
+    <w:rsid w:val="005E5D5E"/>
     <w:rsid w:val="005E637D"/>
     <w:rsid w:val="005E68DB"/>
     <w:rsid w:val="005E6C62"/>
     <w:rsid w:val="005E6E4A"/>
+    <w:rsid w:val="005E7C3D"/>
     <w:rsid w:val="005F048B"/>
     <w:rsid w:val="005F0650"/>
+    <w:rsid w:val="005F09C7"/>
     <w:rsid w:val="005F154D"/>
     <w:rsid w:val="005F3893"/>
     <w:rsid w:val="005F4381"/>
     <w:rsid w:val="005F4DC2"/>
     <w:rsid w:val="005F4FDA"/>
     <w:rsid w:val="005F54AC"/>
     <w:rsid w:val="005F5D0F"/>
     <w:rsid w:val="005F6315"/>
     <w:rsid w:val="005F702A"/>
     <w:rsid w:val="006002AA"/>
     <w:rsid w:val="00601B0C"/>
     <w:rsid w:val="006028CE"/>
     <w:rsid w:val="00602CAD"/>
     <w:rsid w:val="00603083"/>
+    <w:rsid w:val="006038AC"/>
     <w:rsid w:val="006042E3"/>
     <w:rsid w:val="00604716"/>
     <w:rsid w:val="00604D84"/>
     <w:rsid w:val="00605009"/>
     <w:rsid w:val="00605070"/>
     <w:rsid w:val="00605129"/>
+    <w:rsid w:val="00605626"/>
     <w:rsid w:val="006056A8"/>
     <w:rsid w:val="00605CD5"/>
     <w:rsid w:val="0060780B"/>
     <w:rsid w:val="00610200"/>
     <w:rsid w:val="0061145D"/>
     <w:rsid w:val="00611D09"/>
     <w:rsid w:val="00612CCC"/>
     <w:rsid w:val="006136AC"/>
+    <w:rsid w:val="006139CE"/>
     <w:rsid w:val="00613AB1"/>
     <w:rsid w:val="0061403D"/>
     <w:rsid w:val="00614AAF"/>
     <w:rsid w:val="00614CE9"/>
     <w:rsid w:val="00615298"/>
     <w:rsid w:val="006155A6"/>
     <w:rsid w:val="006155DF"/>
     <w:rsid w:val="0061587F"/>
     <w:rsid w:val="00615EBA"/>
     <w:rsid w:val="00616740"/>
     <w:rsid w:val="00616C0D"/>
     <w:rsid w:val="00616F70"/>
     <w:rsid w:val="00624086"/>
     <w:rsid w:val="00624A21"/>
     <w:rsid w:val="00626082"/>
     <w:rsid w:val="00631BE4"/>
+    <w:rsid w:val="006320C5"/>
     <w:rsid w:val="00632B79"/>
     <w:rsid w:val="006356B4"/>
     <w:rsid w:val="00635AAE"/>
+    <w:rsid w:val="00636D70"/>
     <w:rsid w:val="006372E9"/>
     <w:rsid w:val="00637AE2"/>
     <w:rsid w:val="00641020"/>
     <w:rsid w:val="00641221"/>
     <w:rsid w:val="006419C9"/>
     <w:rsid w:val="00641DD0"/>
     <w:rsid w:val="00644C10"/>
+    <w:rsid w:val="006451CE"/>
     <w:rsid w:val="00645523"/>
+    <w:rsid w:val="00645721"/>
     <w:rsid w:val="00646330"/>
     <w:rsid w:val="00647037"/>
     <w:rsid w:val="0064735C"/>
     <w:rsid w:val="006477D5"/>
     <w:rsid w:val="006500F6"/>
+    <w:rsid w:val="00650C7D"/>
     <w:rsid w:val="00650D87"/>
     <w:rsid w:val="006512D4"/>
+    <w:rsid w:val="0065255D"/>
     <w:rsid w:val="0065431F"/>
     <w:rsid w:val="0065436C"/>
     <w:rsid w:val="00655C95"/>
     <w:rsid w:val="006568EC"/>
+    <w:rsid w:val="00656B93"/>
     <w:rsid w:val="0065760B"/>
+    <w:rsid w:val="00661A7A"/>
     <w:rsid w:val="00661B30"/>
     <w:rsid w:val="0066264C"/>
+    <w:rsid w:val="0066286F"/>
     <w:rsid w:val="0066290B"/>
     <w:rsid w:val="00662D3D"/>
     <w:rsid w:val="006634A1"/>
     <w:rsid w:val="00663906"/>
     <w:rsid w:val="006640D8"/>
     <w:rsid w:val="0066469F"/>
     <w:rsid w:val="00664B0C"/>
     <w:rsid w:val="00665680"/>
     <w:rsid w:val="00665850"/>
     <w:rsid w:val="0066642C"/>
     <w:rsid w:val="0066722B"/>
+    <w:rsid w:val="006673CC"/>
     <w:rsid w:val="00667408"/>
     <w:rsid w:val="00667A8C"/>
     <w:rsid w:val="00667CE9"/>
     <w:rsid w:val="00667F57"/>
+    <w:rsid w:val="00670D95"/>
     <w:rsid w:val="0067123E"/>
     <w:rsid w:val="0067227D"/>
     <w:rsid w:val="006727C6"/>
     <w:rsid w:val="00672EE5"/>
     <w:rsid w:val="006741FE"/>
     <w:rsid w:val="006763C2"/>
     <w:rsid w:val="006777D5"/>
     <w:rsid w:val="00677C01"/>
     <w:rsid w:val="00677F94"/>
     <w:rsid w:val="00680318"/>
     <w:rsid w:val="00680C11"/>
     <w:rsid w:val="00682A10"/>
     <w:rsid w:val="006847C6"/>
+    <w:rsid w:val="00685024"/>
     <w:rsid w:val="006861B1"/>
     <w:rsid w:val="00686823"/>
     <w:rsid w:val="00687120"/>
     <w:rsid w:val="00690617"/>
     <w:rsid w:val="00690BC2"/>
     <w:rsid w:val="006919CE"/>
     <w:rsid w:val="00691ACE"/>
+    <w:rsid w:val="00692346"/>
     <w:rsid w:val="00696D9E"/>
     <w:rsid w:val="00697DD4"/>
     <w:rsid w:val="006A1BCF"/>
     <w:rsid w:val="006A1D07"/>
+    <w:rsid w:val="006A2ED1"/>
     <w:rsid w:val="006A3C74"/>
     <w:rsid w:val="006A3F44"/>
     <w:rsid w:val="006A4AAB"/>
     <w:rsid w:val="006A6A20"/>
     <w:rsid w:val="006A7729"/>
     <w:rsid w:val="006B0CCC"/>
     <w:rsid w:val="006B1AC0"/>
     <w:rsid w:val="006B2172"/>
     <w:rsid w:val="006B2224"/>
     <w:rsid w:val="006B26CA"/>
     <w:rsid w:val="006B361F"/>
     <w:rsid w:val="006B41CB"/>
     <w:rsid w:val="006B5795"/>
     <w:rsid w:val="006B5D9E"/>
     <w:rsid w:val="006B6F57"/>
     <w:rsid w:val="006C02E4"/>
     <w:rsid w:val="006C1CCD"/>
     <w:rsid w:val="006C266A"/>
     <w:rsid w:val="006C362A"/>
     <w:rsid w:val="006C3819"/>
     <w:rsid w:val="006C44BE"/>
     <w:rsid w:val="006C4777"/>
     <w:rsid w:val="006C51BC"/>
     <w:rsid w:val="006C64F0"/>
     <w:rsid w:val="006C6723"/>
     <w:rsid w:val="006C68B2"/>
+    <w:rsid w:val="006C74B7"/>
     <w:rsid w:val="006D0519"/>
     <w:rsid w:val="006D0A35"/>
     <w:rsid w:val="006D102B"/>
     <w:rsid w:val="006D360E"/>
     <w:rsid w:val="006D48D6"/>
     <w:rsid w:val="006D48FD"/>
     <w:rsid w:val="006D5469"/>
+    <w:rsid w:val="006D68C9"/>
     <w:rsid w:val="006D748E"/>
     <w:rsid w:val="006D7769"/>
     <w:rsid w:val="006D78C9"/>
+    <w:rsid w:val="006D7982"/>
     <w:rsid w:val="006D7ABE"/>
     <w:rsid w:val="006E119B"/>
+    <w:rsid w:val="006E1454"/>
     <w:rsid w:val="006E17E2"/>
     <w:rsid w:val="006E1BC7"/>
+    <w:rsid w:val="006E4311"/>
     <w:rsid w:val="006E53D7"/>
     <w:rsid w:val="006E6978"/>
     <w:rsid w:val="006F054F"/>
     <w:rsid w:val="006F1553"/>
     <w:rsid w:val="006F163E"/>
     <w:rsid w:val="006F311E"/>
     <w:rsid w:val="006F33A0"/>
     <w:rsid w:val="006F3799"/>
     <w:rsid w:val="006F5495"/>
     <w:rsid w:val="006F5B7F"/>
     <w:rsid w:val="006F720D"/>
     <w:rsid w:val="006F7C74"/>
+    <w:rsid w:val="0070046E"/>
     <w:rsid w:val="00701F1F"/>
     <w:rsid w:val="00701FF7"/>
     <w:rsid w:val="00702D04"/>
     <w:rsid w:val="00703E15"/>
     <w:rsid w:val="00704F82"/>
     <w:rsid w:val="00705466"/>
     <w:rsid w:val="00712588"/>
     <w:rsid w:val="0071634F"/>
     <w:rsid w:val="00716993"/>
     <w:rsid w:val="007211C2"/>
     <w:rsid w:val="00722439"/>
     <w:rsid w:val="00722EB0"/>
     <w:rsid w:val="00724045"/>
+    <w:rsid w:val="0072457B"/>
     <w:rsid w:val="00724ED8"/>
     <w:rsid w:val="007258C9"/>
     <w:rsid w:val="00725F1D"/>
     <w:rsid w:val="00726219"/>
     <w:rsid w:val="00726667"/>
     <w:rsid w:val="00727405"/>
+    <w:rsid w:val="00730CC4"/>
     <w:rsid w:val="0073173F"/>
     <w:rsid w:val="007321A2"/>
     <w:rsid w:val="007324C6"/>
     <w:rsid w:val="007346A0"/>
     <w:rsid w:val="007354E8"/>
     <w:rsid w:val="00735E8F"/>
     <w:rsid w:val="00736196"/>
     <w:rsid w:val="00736260"/>
     <w:rsid w:val="0073652A"/>
     <w:rsid w:val="007372F8"/>
     <w:rsid w:val="00737DFB"/>
     <w:rsid w:val="00740196"/>
     <w:rsid w:val="00740280"/>
     <w:rsid w:val="00740B00"/>
+    <w:rsid w:val="00740B95"/>
+    <w:rsid w:val="00740BCE"/>
     <w:rsid w:val="00741055"/>
     <w:rsid w:val="007410C1"/>
     <w:rsid w:val="007415D1"/>
     <w:rsid w:val="0074352D"/>
     <w:rsid w:val="00743A84"/>
     <w:rsid w:val="00744BB9"/>
+    <w:rsid w:val="00744BC3"/>
     <w:rsid w:val="00745423"/>
     <w:rsid w:val="007460D8"/>
     <w:rsid w:val="00746E45"/>
     <w:rsid w:val="00747479"/>
+    <w:rsid w:val="007504F0"/>
     <w:rsid w:val="00750FCF"/>
     <w:rsid w:val="00751CBF"/>
     <w:rsid w:val="007554DE"/>
     <w:rsid w:val="00755F03"/>
     <w:rsid w:val="00756B8A"/>
+    <w:rsid w:val="00760F9B"/>
     <w:rsid w:val="007616EB"/>
     <w:rsid w:val="00761866"/>
     <w:rsid w:val="00761920"/>
     <w:rsid w:val="00761E6A"/>
+    <w:rsid w:val="00761EB8"/>
     <w:rsid w:val="00762086"/>
     <w:rsid w:val="007625FF"/>
     <w:rsid w:val="007626B6"/>
     <w:rsid w:val="00765230"/>
     <w:rsid w:val="007653AC"/>
     <w:rsid w:val="0076704A"/>
     <w:rsid w:val="0077082E"/>
     <w:rsid w:val="00771382"/>
     <w:rsid w:val="007715B3"/>
+    <w:rsid w:val="00771EEF"/>
     <w:rsid w:val="00772CAD"/>
     <w:rsid w:val="007730A3"/>
     <w:rsid w:val="00774897"/>
     <w:rsid w:val="007767AA"/>
     <w:rsid w:val="00776876"/>
     <w:rsid w:val="007773F4"/>
     <w:rsid w:val="00777D4C"/>
     <w:rsid w:val="00780265"/>
     <w:rsid w:val="00780A49"/>
     <w:rsid w:val="00781D4C"/>
     <w:rsid w:val="0078237D"/>
     <w:rsid w:val="00782E13"/>
     <w:rsid w:val="00784147"/>
     <w:rsid w:val="007857E0"/>
     <w:rsid w:val="00785AD7"/>
     <w:rsid w:val="00786807"/>
     <w:rsid w:val="00787279"/>
     <w:rsid w:val="007874A9"/>
     <w:rsid w:val="00790ACE"/>
     <w:rsid w:val="00791ED1"/>
     <w:rsid w:val="007928B4"/>
     <w:rsid w:val="00792E32"/>
     <w:rsid w:val="00793829"/>
     <w:rsid w:val="00793A68"/>
     <w:rsid w:val="00794988"/>
     <w:rsid w:val="00794BC4"/>
     <w:rsid w:val="00795E95"/>
+    <w:rsid w:val="007964E2"/>
     <w:rsid w:val="0079687A"/>
     <w:rsid w:val="00797BEC"/>
     <w:rsid w:val="007A0CEF"/>
     <w:rsid w:val="007A0F0C"/>
     <w:rsid w:val="007A37A8"/>
     <w:rsid w:val="007A4043"/>
     <w:rsid w:val="007A62A0"/>
     <w:rsid w:val="007A6990"/>
     <w:rsid w:val="007A7CDE"/>
     <w:rsid w:val="007B019E"/>
     <w:rsid w:val="007B0DBF"/>
     <w:rsid w:val="007B115A"/>
     <w:rsid w:val="007B176E"/>
     <w:rsid w:val="007B218E"/>
     <w:rsid w:val="007B2C63"/>
     <w:rsid w:val="007B30E5"/>
     <w:rsid w:val="007B3178"/>
     <w:rsid w:val="007B33D7"/>
     <w:rsid w:val="007B475D"/>
     <w:rsid w:val="007B47B8"/>
     <w:rsid w:val="007B49BB"/>
     <w:rsid w:val="007B5209"/>
     <w:rsid w:val="007B6D6E"/>
     <w:rsid w:val="007B71E5"/>
     <w:rsid w:val="007B7E4E"/>
     <w:rsid w:val="007C0586"/>
     <w:rsid w:val="007C0BDB"/>
     <w:rsid w:val="007C1C7E"/>
     <w:rsid w:val="007C2968"/>
     <w:rsid w:val="007C3D46"/>
     <w:rsid w:val="007C400D"/>
+    <w:rsid w:val="007C5351"/>
     <w:rsid w:val="007C563F"/>
     <w:rsid w:val="007C645B"/>
     <w:rsid w:val="007D0C69"/>
     <w:rsid w:val="007D1D06"/>
     <w:rsid w:val="007D2C7B"/>
     <w:rsid w:val="007D4327"/>
     <w:rsid w:val="007D58D6"/>
+    <w:rsid w:val="007D6365"/>
     <w:rsid w:val="007D65CB"/>
     <w:rsid w:val="007D6EA8"/>
     <w:rsid w:val="007E0832"/>
     <w:rsid w:val="007E2E2D"/>
     <w:rsid w:val="007E3AE2"/>
     <w:rsid w:val="007E3F47"/>
     <w:rsid w:val="007E43A6"/>
     <w:rsid w:val="007E5966"/>
     <w:rsid w:val="007E5AC7"/>
     <w:rsid w:val="007E710A"/>
     <w:rsid w:val="007E72B6"/>
     <w:rsid w:val="007E7540"/>
     <w:rsid w:val="007E7A53"/>
     <w:rsid w:val="007F2133"/>
     <w:rsid w:val="007F338B"/>
     <w:rsid w:val="007F503A"/>
     <w:rsid w:val="007F5205"/>
     <w:rsid w:val="007F5421"/>
     <w:rsid w:val="007F60B4"/>
+    <w:rsid w:val="007F627C"/>
     <w:rsid w:val="007F65E7"/>
     <w:rsid w:val="007F7650"/>
     <w:rsid w:val="007F7753"/>
     <w:rsid w:val="00800298"/>
     <w:rsid w:val="00800C20"/>
     <w:rsid w:val="00801CAC"/>
     <w:rsid w:val="00801E87"/>
     <w:rsid w:val="00801F85"/>
+    <w:rsid w:val="008032AE"/>
     <w:rsid w:val="0080356B"/>
+    <w:rsid w:val="00803874"/>
     <w:rsid w:val="0080421E"/>
+    <w:rsid w:val="008046CD"/>
     <w:rsid w:val="00804E4A"/>
     <w:rsid w:val="008051B9"/>
     <w:rsid w:val="008051EF"/>
     <w:rsid w:val="00806516"/>
     <w:rsid w:val="00806EB6"/>
     <w:rsid w:val="0081024C"/>
     <w:rsid w:val="0081045E"/>
     <w:rsid w:val="00810482"/>
     <w:rsid w:val="00810C08"/>
     <w:rsid w:val="008128E4"/>
+    <w:rsid w:val="00812BD0"/>
     <w:rsid w:val="008148CF"/>
     <w:rsid w:val="00814ED9"/>
     <w:rsid w:val="008154A0"/>
+    <w:rsid w:val="008154DB"/>
     <w:rsid w:val="00815CEC"/>
+    <w:rsid w:val="0081679E"/>
     <w:rsid w:val="00816A7A"/>
     <w:rsid w:val="00820D1B"/>
     <w:rsid w:val="00821EB2"/>
     <w:rsid w:val="008229E0"/>
     <w:rsid w:val="00822AF4"/>
+    <w:rsid w:val="00822CFF"/>
     <w:rsid w:val="00824049"/>
     <w:rsid w:val="0082427A"/>
     <w:rsid w:val="0082536C"/>
     <w:rsid w:val="00825556"/>
     <w:rsid w:val="00826738"/>
     <w:rsid w:val="008273CD"/>
+    <w:rsid w:val="00830580"/>
     <w:rsid w:val="00830D7C"/>
     <w:rsid w:val="00830D85"/>
     <w:rsid w:val="00831FE4"/>
     <w:rsid w:val="0083219A"/>
     <w:rsid w:val="00834CC0"/>
     <w:rsid w:val="0083582B"/>
     <w:rsid w:val="00836291"/>
     <w:rsid w:val="00836AFA"/>
     <w:rsid w:val="0083708A"/>
     <w:rsid w:val="00837272"/>
     <w:rsid w:val="00837CF0"/>
     <w:rsid w:val="0084031A"/>
     <w:rsid w:val="0084142F"/>
     <w:rsid w:val="008414FB"/>
     <w:rsid w:val="00841873"/>
     <w:rsid w:val="00842C70"/>
     <w:rsid w:val="00843B22"/>
     <w:rsid w:val="0084456A"/>
     <w:rsid w:val="00844ABE"/>
     <w:rsid w:val="00845996"/>
     <w:rsid w:val="00845AE0"/>
     <w:rsid w:val="008505CC"/>
     <w:rsid w:val="008512B1"/>
     <w:rsid w:val="00851EB2"/>
     <w:rsid w:val="0085285E"/>
     <w:rsid w:val="0085291A"/>
+    <w:rsid w:val="00852B8E"/>
+    <w:rsid w:val="00852C53"/>
     <w:rsid w:val="00854938"/>
     <w:rsid w:val="008557FF"/>
     <w:rsid w:val="00855C4C"/>
     <w:rsid w:val="00856219"/>
     <w:rsid w:val="008568A1"/>
     <w:rsid w:val="00856B56"/>
     <w:rsid w:val="00856C2D"/>
     <w:rsid w:val="008574F8"/>
     <w:rsid w:val="00860CDB"/>
     <w:rsid w:val="00861D96"/>
     <w:rsid w:val="00862986"/>
+    <w:rsid w:val="00862DA9"/>
+    <w:rsid w:val="00864864"/>
     <w:rsid w:val="008654AC"/>
     <w:rsid w:val="00865EF2"/>
     <w:rsid w:val="008661AD"/>
     <w:rsid w:val="008666FC"/>
     <w:rsid w:val="00866E49"/>
     <w:rsid w:val="0087015F"/>
     <w:rsid w:val="00870366"/>
     <w:rsid w:val="00871939"/>
+    <w:rsid w:val="0087299E"/>
     <w:rsid w:val="00872D8E"/>
     <w:rsid w:val="00874C2B"/>
     <w:rsid w:val="00874F4D"/>
     <w:rsid w:val="0087501B"/>
     <w:rsid w:val="00875F99"/>
     <w:rsid w:val="00876713"/>
     <w:rsid w:val="00877B80"/>
     <w:rsid w:val="00881BC3"/>
+    <w:rsid w:val="00881F07"/>
     <w:rsid w:val="0088327A"/>
     <w:rsid w:val="00883D0E"/>
     <w:rsid w:val="00885371"/>
     <w:rsid w:val="00890049"/>
     <w:rsid w:val="00890D75"/>
     <w:rsid w:val="00891158"/>
     <w:rsid w:val="00891427"/>
     <w:rsid w:val="0089399A"/>
     <w:rsid w:val="0089640F"/>
     <w:rsid w:val="008972B6"/>
     <w:rsid w:val="00897DE4"/>
     <w:rsid w:val="008A077D"/>
     <w:rsid w:val="008A09D9"/>
     <w:rsid w:val="008A177D"/>
     <w:rsid w:val="008A1D1E"/>
     <w:rsid w:val="008A25B7"/>
     <w:rsid w:val="008A2BCA"/>
     <w:rsid w:val="008A3F25"/>
     <w:rsid w:val="008A5C19"/>
+    <w:rsid w:val="008A6068"/>
     <w:rsid w:val="008A6C43"/>
     <w:rsid w:val="008A6F31"/>
     <w:rsid w:val="008A72D1"/>
     <w:rsid w:val="008B0988"/>
     <w:rsid w:val="008B0E54"/>
     <w:rsid w:val="008B161D"/>
     <w:rsid w:val="008B1939"/>
     <w:rsid w:val="008B2157"/>
     <w:rsid w:val="008B2B89"/>
+    <w:rsid w:val="008B313D"/>
     <w:rsid w:val="008B3992"/>
     <w:rsid w:val="008B3A0A"/>
     <w:rsid w:val="008B3B03"/>
     <w:rsid w:val="008B45C3"/>
     <w:rsid w:val="008B4854"/>
     <w:rsid w:val="008B557F"/>
+    <w:rsid w:val="008B56CB"/>
     <w:rsid w:val="008B585D"/>
     <w:rsid w:val="008B7220"/>
     <w:rsid w:val="008B72DF"/>
     <w:rsid w:val="008B755E"/>
     <w:rsid w:val="008C2930"/>
     <w:rsid w:val="008C29C5"/>
     <w:rsid w:val="008C4D07"/>
     <w:rsid w:val="008C682F"/>
     <w:rsid w:val="008C71DA"/>
     <w:rsid w:val="008C7352"/>
     <w:rsid w:val="008C7AE0"/>
     <w:rsid w:val="008D0555"/>
     <w:rsid w:val="008D0E47"/>
     <w:rsid w:val="008D105B"/>
     <w:rsid w:val="008D1FAF"/>
     <w:rsid w:val="008D2C4C"/>
+    <w:rsid w:val="008D34BC"/>
     <w:rsid w:val="008D3AB3"/>
     <w:rsid w:val="008D62E4"/>
     <w:rsid w:val="008D63CF"/>
     <w:rsid w:val="008D6887"/>
     <w:rsid w:val="008D690D"/>
     <w:rsid w:val="008D6B69"/>
     <w:rsid w:val="008D7120"/>
     <w:rsid w:val="008D7382"/>
     <w:rsid w:val="008D753E"/>
     <w:rsid w:val="008E0067"/>
     <w:rsid w:val="008E0288"/>
     <w:rsid w:val="008E0362"/>
     <w:rsid w:val="008E14C4"/>
     <w:rsid w:val="008E2773"/>
     <w:rsid w:val="008E2BF8"/>
     <w:rsid w:val="008E3A09"/>
     <w:rsid w:val="008E4245"/>
     <w:rsid w:val="008E4A1F"/>
+    <w:rsid w:val="008E5C8A"/>
     <w:rsid w:val="008E6F6C"/>
     <w:rsid w:val="008E7DFC"/>
+    <w:rsid w:val="008F0386"/>
     <w:rsid w:val="008F077D"/>
     <w:rsid w:val="008F09BE"/>
+    <w:rsid w:val="008F0D99"/>
     <w:rsid w:val="008F1F73"/>
     <w:rsid w:val="008F2270"/>
     <w:rsid w:val="008F255E"/>
     <w:rsid w:val="008F264F"/>
     <w:rsid w:val="008F2709"/>
+    <w:rsid w:val="008F279D"/>
     <w:rsid w:val="008F2B03"/>
     <w:rsid w:val="008F388A"/>
     <w:rsid w:val="008F3AC4"/>
     <w:rsid w:val="008F52FD"/>
     <w:rsid w:val="008F58DE"/>
     <w:rsid w:val="008F5C51"/>
     <w:rsid w:val="008F617D"/>
     <w:rsid w:val="00901EFE"/>
     <w:rsid w:val="009025CB"/>
     <w:rsid w:val="00902D12"/>
     <w:rsid w:val="009031D1"/>
     <w:rsid w:val="009042AE"/>
     <w:rsid w:val="00904853"/>
     <w:rsid w:val="009052A9"/>
     <w:rsid w:val="00906B7B"/>
     <w:rsid w:val="00907412"/>
     <w:rsid w:val="0090756D"/>
+    <w:rsid w:val="00910127"/>
     <w:rsid w:val="00910AF2"/>
     <w:rsid w:val="00910EB4"/>
     <w:rsid w:val="009113FF"/>
     <w:rsid w:val="00911956"/>
     <w:rsid w:val="00911F04"/>
     <w:rsid w:val="00913BBE"/>
     <w:rsid w:val="00914B72"/>
     <w:rsid w:val="009159A9"/>
+    <w:rsid w:val="00915CF3"/>
     <w:rsid w:val="00917346"/>
     <w:rsid w:val="00917A77"/>
     <w:rsid w:val="00917DEB"/>
     <w:rsid w:val="0092052A"/>
     <w:rsid w:val="009208BE"/>
     <w:rsid w:val="00920F72"/>
     <w:rsid w:val="00921250"/>
     <w:rsid w:val="00922F51"/>
     <w:rsid w:val="0092354B"/>
     <w:rsid w:val="00923A40"/>
     <w:rsid w:val="00923C68"/>
     <w:rsid w:val="00924ADA"/>
     <w:rsid w:val="00924ED9"/>
     <w:rsid w:val="00925CFD"/>
     <w:rsid w:val="009265DC"/>
     <w:rsid w:val="009275ED"/>
     <w:rsid w:val="0092784E"/>
+    <w:rsid w:val="00927DF2"/>
     <w:rsid w:val="009304C0"/>
     <w:rsid w:val="0093065F"/>
     <w:rsid w:val="009307B3"/>
+    <w:rsid w:val="0093237F"/>
     <w:rsid w:val="00932798"/>
     <w:rsid w:val="00934A85"/>
     <w:rsid w:val="00936D3B"/>
     <w:rsid w:val="009376F6"/>
     <w:rsid w:val="00941552"/>
     <w:rsid w:val="00941AF1"/>
     <w:rsid w:val="00942039"/>
     <w:rsid w:val="00942147"/>
     <w:rsid w:val="00942347"/>
     <w:rsid w:val="0094267D"/>
     <w:rsid w:val="00944657"/>
     <w:rsid w:val="009457CD"/>
     <w:rsid w:val="00945A36"/>
     <w:rsid w:val="00946FC9"/>
+    <w:rsid w:val="00951332"/>
     <w:rsid w:val="0095237B"/>
+    <w:rsid w:val="009523E9"/>
     <w:rsid w:val="00952AF1"/>
     <w:rsid w:val="00952B7A"/>
     <w:rsid w:val="0095396B"/>
     <w:rsid w:val="00953E2F"/>
     <w:rsid w:val="00954B30"/>
     <w:rsid w:val="00955B03"/>
     <w:rsid w:val="00956652"/>
     <w:rsid w:val="00957369"/>
     <w:rsid w:val="009574CB"/>
     <w:rsid w:val="00957538"/>
     <w:rsid w:val="009578A2"/>
     <w:rsid w:val="00961268"/>
     <w:rsid w:val="00961C28"/>
     <w:rsid w:val="00963B15"/>
     <w:rsid w:val="00963DEB"/>
     <w:rsid w:val="00964B46"/>
     <w:rsid w:val="00964D31"/>
     <w:rsid w:val="00965BB9"/>
+    <w:rsid w:val="00965C9B"/>
     <w:rsid w:val="009671C6"/>
     <w:rsid w:val="009711A7"/>
     <w:rsid w:val="00971A6F"/>
+    <w:rsid w:val="00972221"/>
+    <w:rsid w:val="00972C67"/>
     <w:rsid w:val="00972CE2"/>
     <w:rsid w:val="0097499D"/>
     <w:rsid w:val="00974A30"/>
     <w:rsid w:val="0097529A"/>
     <w:rsid w:val="00975CB0"/>
+    <w:rsid w:val="00975F67"/>
     <w:rsid w:val="00977044"/>
+    <w:rsid w:val="00977C6D"/>
+    <w:rsid w:val="00980801"/>
     <w:rsid w:val="0098143F"/>
     <w:rsid w:val="00982B72"/>
     <w:rsid w:val="00982C07"/>
     <w:rsid w:val="0098305F"/>
     <w:rsid w:val="009831D1"/>
+    <w:rsid w:val="00985648"/>
     <w:rsid w:val="0098720A"/>
     <w:rsid w:val="009872E4"/>
     <w:rsid w:val="00990059"/>
     <w:rsid w:val="00990517"/>
     <w:rsid w:val="00990793"/>
+    <w:rsid w:val="00991570"/>
     <w:rsid w:val="00991EAF"/>
     <w:rsid w:val="009926F1"/>
+    <w:rsid w:val="00992F86"/>
     <w:rsid w:val="009936F9"/>
     <w:rsid w:val="00994715"/>
     <w:rsid w:val="00994F34"/>
     <w:rsid w:val="00994F50"/>
     <w:rsid w:val="0099580D"/>
     <w:rsid w:val="009962CD"/>
     <w:rsid w:val="0099692B"/>
+    <w:rsid w:val="009A110C"/>
     <w:rsid w:val="009A1DF5"/>
     <w:rsid w:val="009A27D2"/>
     <w:rsid w:val="009A3660"/>
     <w:rsid w:val="009A3851"/>
     <w:rsid w:val="009A3955"/>
     <w:rsid w:val="009A3A13"/>
     <w:rsid w:val="009A3AFA"/>
     <w:rsid w:val="009A4E3A"/>
     <w:rsid w:val="009A509A"/>
     <w:rsid w:val="009A532B"/>
     <w:rsid w:val="009A63E4"/>
     <w:rsid w:val="009B0424"/>
+    <w:rsid w:val="009B0FC8"/>
     <w:rsid w:val="009B1835"/>
     <w:rsid w:val="009B1CB1"/>
     <w:rsid w:val="009B2612"/>
     <w:rsid w:val="009B2A7F"/>
     <w:rsid w:val="009B2B5E"/>
     <w:rsid w:val="009B3526"/>
     <w:rsid w:val="009B39A1"/>
     <w:rsid w:val="009B3CC1"/>
     <w:rsid w:val="009B4B3F"/>
     <w:rsid w:val="009B5D1E"/>
     <w:rsid w:val="009B788B"/>
     <w:rsid w:val="009B7CBF"/>
     <w:rsid w:val="009C042D"/>
+    <w:rsid w:val="009C05AE"/>
     <w:rsid w:val="009C09A8"/>
     <w:rsid w:val="009C134D"/>
+    <w:rsid w:val="009C1926"/>
     <w:rsid w:val="009C19A9"/>
     <w:rsid w:val="009C1F4F"/>
     <w:rsid w:val="009C3985"/>
     <w:rsid w:val="009C3D4E"/>
+    <w:rsid w:val="009C4C00"/>
     <w:rsid w:val="009C7469"/>
     <w:rsid w:val="009C7E30"/>
     <w:rsid w:val="009C7EF3"/>
     <w:rsid w:val="009D035E"/>
     <w:rsid w:val="009D06AD"/>
     <w:rsid w:val="009D0E0E"/>
     <w:rsid w:val="009D1C02"/>
     <w:rsid w:val="009D2185"/>
     <w:rsid w:val="009D2805"/>
     <w:rsid w:val="009D37C3"/>
     <w:rsid w:val="009D4F4E"/>
     <w:rsid w:val="009D6030"/>
     <w:rsid w:val="009D713B"/>
     <w:rsid w:val="009E0375"/>
     <w:rsid w:val="009E08CF"/>
     <w:rsid w:val="009E0AA2"/>
     <w:rsid w:val="009E16AE"/>
     <w:rsid w:val="009E1C34"/>
     <w:rsid w:val="009E2100"/>
     <w:rsid w:val="009E397C"/>
     <w:rsid w:val="009E5245"/>
     <w:rsid w:val="009E5EC9"/>
     <w:rsid w:val="009E6BFB"/>
     <w:rsid w:val="009E7B64"/>
     <w:rsid w:val="009F02D6"/>
     <w:rsid w:val="009F2204"/>
+    <w:rsid w:val="009F2E61"/>
     <w:rsid w:val="009F3580"/>
     <w:rsid w:val="009F3AF4"/>
     <w:rsid w:val="009F3C4F"/>
+    <w:rsid w:val="009F41D0"/>
     <w:rsid w:val="009F4FC3"/>
     <w:rsid w:val="00A014CD"/>
     <w:rsid w:val="00A017E5"/>
     <w:rsid w:val="00A02536"/>
     <w:rsid w:val="00A02DE4"/>
     <w:rsid w:val="00A02E57"/>
     <w:rsid w:val="00A04421"/>
     <w:rsid w:val="00A05352"/>
     <w:rsid w:val="00A07499"/>
     <w:rsid w:val="00A07F7B"/>
     <w:rsid w:val="00A10254"/>
     <w:rsid w:val="00A111A8"/>
     <w:rsid w:val="00A113C9"/>
     <w:rsid w:val="00A11501"/>
     <w:rsid w:val="00A11787"/>
     <w:rsid w:val="00A1192B"/>
+    <w:rsid w:val="00A11944"/>
     <w:rsid w:val="00A11AA5"/>
     <w:rsid w:val="00A12379"/>
     <w:rsid w:val="00A124BC"/>
     <w:rsid w:val="00A12685"/>
+    <w:rsid w:val="00A14587"/>
     <w:rsid w:val="00A145B1"/>
     <w:rsid w:val="00A15010"/>
+    <w:rsid w:val="00A16CE0"/>
     <w:rsid w:val="00A170BD"/>
     <w:rsid w:val="00A1715A"/>
     <w:rsid w:val="00A17FD7"/>
     <w:rsid w:val="00A204C9"/>
     <w:rsid w:val="00A20C12"/>
     <w:rsid w:val="00A20DD1"/>
     <w:rsid w:val="00A213AD"/>
     <w:rsid w:val="00A22CE3"/>
     <w:rsid w:val="00A23064"/>
     <w:rsid w:val="00A238A7"/>
     <w:rsid w:val="00A23CF0"/>
     <w:rsid w:val="00A24372"/>
     <w:rsid w:val="00A246B0"/>
     <w:rsid w:val="00A27825"/>
     <w:rsid w:val="00A301BF"/>
     <w:rsid w:val="00A307D7"/>
     <w:rsid w:val="00A30DA7"/>
     <w:rsid w:val="00A30FFA"/>
     <w:rsid w:val="00A31951"/>
     <w:rsid w:val="00A31BE7"/>
     <w:rsid w:val="00A32520"/>
     <w:rsid w:val="00A3264C"/>
     <w:rsid w:val="00A33B76"/>
     <w:rsid w:val="00A33BC0"/>
     <w:rsid w:val="00A33C3D"/>
+    <w:rsid w:val="00A340E0"/>
     <w:rsid w:val="00A34E8D"/>
     <w:rsid w:val="00A3584B"/>
     <w:rsid w:val="00A36610"/>
     <w:rsid w:val="00A3691E"/>
     <w:rsid w:val="00A4196A"/>
     <w:rsid w:val="00A41F49"/>
+    <w:rsid w:val="00A431CE"/>
     <w:rsid w:val="00A43766"/>
+    <w:rsid w:val="00A43F46"/>
     <w:rsid w:val="00A44261"/>
     <w:rsid w:val="00A4596A"/>
     <w:rsid w:val="00A4669B"/>
     <w:rsid w:val="00A468A4"/>
     <w:rsid w:val="00A47819"/>
     <w:rsid w:val="00A47FB8"/>
     <w:rsid w:val="00A50CAC"/>
     <w:rsid w:val="00A51803"/>
     <w:rsid w:val="00A531AC"/>
     <w:rsid w:val="00A53817"/>
     <w:rsid w:val="00A53C9F"/>
     <w:rsid w:val="00A54EDE"/>
     <w:rsid w:val="00A556FA"/>
     <w:rsid w:val="00A55836"/>
     <w:rsid w:val="00A55B26"/>
     <w:rsid w:val="00A5710F"/>
     <w:rsid w:val="00A57237"/>
     <w:rsid w:val="00A60800"/>
     <w:rsid w:val="00A618FC"/>
     <w:rsid w:val="00A61D7D"/>
     <w:rsid w:val="00A62C92"/>
     <w:rsid w:val="00A63468"/>
     <w:rsid w:val="00A64AB8"/>
+    <w:rsid w:val="00A657DB"/>
     <w:rsid w:val="00A6667E"/>
     <w:rsid w:val="00A66CCF"/>
     <w:rsid w:val="00A67E3D"/>
     <w:rsid w:val="00A67F5B"/>
     <w:rsid w:val="00A71A9D"/>
     <w:rsid w:val="00A71F40"/>
     <w:rsid w:val="00A7310A"/>
     <w:rsid w:val="00A7384F"/>
     <w:rsid w:val="00A74DB8"/>
     <w:rsid w:val="00A758F5"/>
     <w:rsid w:val="00A76C4B"/>
     <w:rsid w:val="00A77159"/>
     <w:rsid w:val="00A771AD"/>
     <w:rsid w:val="00A80207"/>
     <w:rsid w:val="00A80C79"/>
     <w:rsid w:val="00A82020"/>
     <w:rsid w:val="00A82F0C"/>
     <w:rsid w:val="00A8353C"/>
+    <w:rsid w:val="00A83823"/>
     <w:rsid w:val="00A83CC6"/>
     <w:rsid w:val="00A83FCD"/>
     <w:rsid w:val="00A84BF5"/>
     <w:rsid w:val="00A84E8B"/>
     <w:rsid w:val="00A85386"/>
     <w:rsid w:val="00A855DC"/>
     <w:rsid w:val="00A85B1E"/>
     <w:rsid w:val="00A85BE0"/>
+    <w:rsid w:val="00A8603E"/>
     <w:rsid w:val="00A862A9"/>
     <w:rsid w:val="00A8732D"/>
     <w:rsid w:val="00A879F0"/>
     <w:rsid w:val="00A90BB2"/>
     <w:rsid w:val="00A91716"/>
     <w:rsid w:val="00A91F47"/>
     <w:rsid w:val="00A924C4"/>
     <w:rsid w:val="00A92AF1"/>
     <w:rsid w:val="00A92D7E"/>
+    <w:rsid w:val="00A9483A"/>
     <w:rsid w:val="00A95F39"/>
     <w:rsid w:val="00A963EA"/>
     <w:rsid w:val="00AA0205"/>
     <w:rsid w:val="00AA11EE"/>
     <w:rsid w:val="00AA199D"/>
     <w:rsid w:val="00AA2BBC"/>
     <w:rsid w:val="00AA42F4"/>
     <w:rsid w:val="00AA4310"/>
     <w:rsid w:val="00AA447C"/>
+    <w:rsid w:val="00AA49B9"/>
+    <w:rsid w:val="00AA66A8"/>
     <w:rsid w:val="00AB0595"/>
     <w:rsid w:val="00AB1095"/>
     <w:rsid w:val="00AB6EC4"/>
     <w:rsid w:val="00AB7CC3"/>
     <w:rsid w:val="00AB7E56"/>
     <w:rsid w:val="00AC0B99"/>
     <w:rsid w:val="00AC1575"/>
     <w:rsid w:val="00AC186E"/>
     <w:rsid w:val="00AC1BDB"/>
     <w:rsid w:val="00AC30D7"/>
     <w:rsid w:val="00AC3C34"/>
     <w:rsid w:val="00AC48F5"/>
     <w:rsid w:val="00AC55C2"/>
     <w:rsid w:val="00AC5CF9"/>
     <w:rsid w:val="00AC5E92"/>
+    <w:rsid w:val="00AC6026"/>
     <w:rsid w:val="00AC64CA"/>
     <w:rsid w:val="00AC6B4B"/>
     <w:rsid w:val="00AC7D7C"/>
     <w:rsid w:val="00AD188E"/>
     <w:rsid w:val="00AD246A"/>
+    <w:rsid w:val="00AD2925"/>
     <w:rsid w:val="00AD2B43"/>
     <w:rsid w:val="00AD3857"/>
+    <w:rsid w:val="00AD38B5"/>
     <w:rsid w:val="00AD414B"/>
     <w:rsid w:val="00AD6A10"/>
     <w:rsid w:val="00AD787F"/>
     <w:rsid w:val="00AD7A0A"/>
     <w:rsid w:val="00AD7C39"/>
     <w:rsid w:val="00AD7E24"/>
     <w:rsid w:val="00AE0032"/>
     <w:rsid w:val="00AE0890"/>
     <w:rsid w:val="00AE0FE5"/>
     <w:rsid w:val="00AE18C6"/>
     <w:rsid w:val="00AE1F77"/>
     <w:rsid w:val="00AE23D5"/>
     <w:rsid w:val="00AE30FC"/>
+    <w:rsid w:val="00AE3908"/>
     <w:rsid w:val="00AE4336"/>
     <w:rsid w:val="00AE45D2"/>
     <w:rsid w:val="00AE50E8"/>
     <w:rsid w:val="00AE5460"/>
     <w:rsid w:val="00AE54A4"/>
     <w:rsid w:val="00AE59D3"/>
     <w:rsid w:val="00AE7022"/>
     <w:rsid w:val="00AE7263"/>
+    <w:rsid w:val="00AE7A8E"/>
+    <w:rsid w:val="00AE7E17"/>
     <w:rsid w:val="00AF0478"/>
     <w:rsid w:val="00AF15CE"/>
+    <w:rsid w:val="00AF1BE4"/>
     <w:rsid w:val="00AF2C49"/>
+    <w:rsid w:val="00AF352F"/>
+    <w:rsid w:val="00AF3FFA"/>
     <w:rsid w:val="00AF4F12"/>
     <w:rsid w:val="00AF522E"/>
     <w:rsid w:val="00AF5BAC"/>
     <w:rsid w:val="00AF5D6A"/>
     <w:rsid w:val="00AF636E"/>
     <w:rsid w:val="00AF6A87"/>
     <w:rsid w:val="00AF6C52"/>
     <w:rsid w:val="00AF6FDA"/>
+    <w:rsid w:val="00AF7248"/>
     <w:rsid w:val="00B000AB"/>
     <w:rsid w:val="00B020A7"/>
     <w:rsid w:val="00B029A9"/>
     <w:rsid w:val="00B02BDB"/>
     <w:rsid w:val="00B02ED1"/>
     <w:rsid w:val="00B03630"/>
     <w:rsid w:val="00B046E0"/>
+    <w:rsid w:val="00B04ED7"/>
     <w:rsid w:val="00B0597B"/>
     <w:rsid w:val="00B07AD4"/>
     <w:rsid w:val="00B124AD"/>
+    <w:rsid w:val="00B13D3E"/>
     <w:rsid w:val="00B15065"/>
     <w:rsid w:val="00B1555E"/>
     <w:rsid w:val="00B16CD3"/>
     <w:rsid w:val="00B16FDE"/>
     <w:rsid w:val="00B1734F"/>
     <w:rsid w:val="00B2049E"/>
     <w:rsid w:val="00B20F76"/>
     <w:rsid w:val="00B217D4"/>
+    <w:rsid w:val="00B22751"/>
+    <w:rsid w:val="00B2355D"/>
     <w:rsid w:val="00B2514A"/>
+    <w:rsid w:val="00B25504"/>
+    <w:rsid w:val="00B256DD"/>
     <w:rsid w:val="00B25B45"/>
     <w:rsid w:val="00B25EB5"/>
+    <w:rsid w:val="00B27048"/>
     <w:rsid w:val="00B2761B"/>
     <w:rsid w:val="00B278E8"/>
     <w:rsid w:val="00B27D01"/>
     <w:rsid w:val="00B31F48"/>
+    <w:rsid w:val="00B32BAD"/>
     <w:rsid w:val="00B33A14"/>
     <w:rsid w:val="00B34783"/>
     <w:rsid w:val="00B34DFD"/>
     <w:rsid w:val="00B35555"/>
     <w:rsid w:val="00B35D2B"/>
     <w:rsid w:val="00B35DDE"/>
     <w:rsid w:val="00B36535"/>
     <w:rsid w:val="00B36736"/>
     <w:rsid w:val="00B377EA"/>
     <w:rsid w:val="00B40150"/>
     <w:rsid w:val="00B41F21"/>
+    <w:rsid w:val="00B43F11"/>
+    <w:rsid w:val="00B444A8"/>
     <w:rsid w:val="00B451C7"/>
     <w:rsid w:val="00B45921"/>
     <w:rsid w:val="00B4686C"/>
     <w:rsid w:val="00B47E57"/>
     <w:rsid w:val="00B5058F"/>
     <w:rsid w:val="00B51C1A"/>
     <w:rsid w:val="00B52647"/>
     <w:rsid w:val="00B530FA"/>
+    <w:rsid w:val="00B55BEA"/>
     <w:rsid w:val="00B561A4"/>
     <w:rsid w:val="00B571D2"/>
     <w:rsid w:val="00B5773A"/>
     <w:rsid w:val="00B57B09"/>
     <w:rsid w:val="00B603C7"/>
+    <w:rsid w:val="00B603D7"/>
     <w:rsid w:val="00B60594"/>
     <w:rsid w:val="00B60783"/>
     <w:rsid w:val="00B608C4"/>
     <w:rsid w:val="00B60E56"/>
     <w:rsid w:val="00B61273"/>
     <w:rsid w:val="00B6132E"/>
     <w:rsid w:val="00B622F9"/>
     <w:rsid w:val="00B64289"/>
     <w:rsid w:val="00B64370"/>
     <w:rsid w:val="00B6544C"/>
     <w:rsid w:val="00B6564D"/>
     <w:rsid w:val="00B656F9"/>
     <w:rsid w:val="00B67573"/>
     <w:rsid w:val="00B676FF"/>
     <w:rsid w:val="00B679C8"/>
     <w:rsid w:val="00B71218"/>
     <w:rsid w:val="00B71222"/>
     <w:rsid w:val="00B727C2"/>
+    <w:rsid w:val="00B72ED8"/>
     <w:rsid w:val="00B73163"/>
     <w:rsid w:val="00B731DC"/>
     <w:rsid w:val="00B74209"/>
+    <w:rsid w:val="00B7465E"/>
     <w:rsid w:val="00B7482C"/>
     <w:rsid w:val="00B7508A"/>
     <w:rsid w:val="00B75917"/>
+    <w:rsid w:val="00B759AA"/>
     <w:rsid w:val="00B7716C"/>
     <w:rsid w:val="00B82531"/>
     <w:rsid w:val="00B8259D"/>
     <w:rsid w:val="00B84F14"/>
     <w:rsid w:val="00B858A5"/>
     <w:rsid w:val="00B85AFD"/>
     <w:rsid w:val="00B865F3"/>
     <w:rsid w:val="00B873BF"/>
     <w:rsid w:val="00B87B27"/>
     <w:rsid w:val="00B9017B"/>
     <w:rsid w:val="00B90E66"/>
+    <w:rsid w:val="00B9127B"/>
+    <w:rsid w:val="00B92FA3"/>
     <w:rsid w:val="00B93541"/>
+    <w:rsid w:val="00B939C5"/>
     <w:rsid w:val="00B93CC1"/>
     <w:rsid w:val="00B93FA8"/>
     <w:rsid w:val="00B9519E"/>
     <w:rsid w:val="00B95C6B"/>
     <w:rsid w:val="00B95FC6"/>
     <w:rsid w:val="00B961FB"/>
     <w:rsid w:val="00B96259"/>
+    <w:rsid w:val="00BA0033"/>
     <w:rsid w:val="00BA0F31"/>
     <w:rsid w:val="00BA309D"/>
     <w:rsid w:val="00BA3450"/>
     <w:rsid w:val="00BA45C9"/>
     <w:rsid w:val="00BA49DF"/>
     <w:rsid w:val="00BA4D8F"/>
     <w:rsid w:val="00BA5325"/>
     <w:rsid w:val="00BA6059"/>
     <w:rsid w:val="00BA63CF"/>
     <w:rsid w:val="00BA6AB9"/>
     <w:rsid w:val="00BA705C"/>
+    <w:rsid w:val="00BA7296"/>
     <w:rsid w:val="00BA75D4"/>
+    <w:rsid w:val="00BA925A"/>
     <w:rsid w:val="00BB013E"/>
     <w:rsid w:val="00BB0433"/>
     <w:rsid w:val="00BB071A"/>
     <w:rsid w:val="00BB1241"/>
     <w:rsid w:val="00BB203B"/>
     <w:rsid w:val="00BB27B5"/>
     <w:rsid w:val="00BB35CD"/>
     <w:rsid w:val="00BB409E"/>
     <w:rsid w:val="00BB41FA"/>
     <w:rsid w:val="00BB445E"/>
     <w:rsid w:val="00BB49E1"/>
     <w:rsid w:val="00BB54D9"/>
     <w:rsid w:val="00BB6883"/>
+    <w:rsid w:val="00BB6E06"/>
     <w:rsid w:val="00BB6F02"/>
     <w:rsid w:val="00BC0035"/>
     <w:rsid w:val="00BC06EE"/>
     <w:rsid w:val="00BC0D36"/>
     <w:rsid w:val="00BC1212"/>
     <w:rsid w:val="00BC2646"/>
     <w:rsid w:val="00BC2839"/>
     <w:rsid w:val="00BC7AB3"/>
     <w:rsid w:val="00BD0201"/>
     <w:rsid w:val="00BD0D42"/>
     <w:rsid w:val="00BD1FC1"/>
     <w:rsid w:val="00BD28B6"/>
     <w:rsid w:val="00BD2B98"/>
     <w:rsid w:val="00BD3004"/>
     <w:rsid w:val="00BD4107"/>
     <w:rsid w:val="00BD4488"/>
     <w:rsid w:val="00BD45D0"/>
     <w:rsid w:val="00BD46E9"/>
     <w:rsid w:val="00BD4D01"/>
     <w:rsid w:val="00BD57B1"/>
     <w:rsid w:val="00BD5CE2"/>
+    <w:rsid w:val="00BD769D"/>
     <w:rsid w:val="00BE1284"/>
     <w:rsid w:val="00BE17E1"/>
     <w:rsid w:val="00BE3308"/>
+    <w:rsid w:val="00BE36C0"/>
     <w:rsid w:val="00BE3866"/>
     <w:rsid w:val="00BE415C"/>
     <w:rsid w:val="00BE4FCA"/>
     <w:rsid w:val="00BE53DD"/>
     <w:rsid w:val="00BE62D2"/>
     <w:rsid w:val="00BF068D"/>
     <w:rsid w:val="00BF23EE"/>
     <w:rsid w:val="00BF2D2C"/>
     <w:rsid w:val="00BF37B0"/>
     <w:rsid w:val="00BF4E1C"/>
     <w:rsid w:val="00BF4EAF"/>
     <w:rsid w:val="00BF5AB5"/>
     <w:rsid w:val="00BF5E7F"/>
     <w:rsid w:val="00BF600B"/>
     <w:rsid w:val="00BF644D"/>
     <w:rsid w:val="00BF7C49"/>
     <w:rsid w:val="00C015A0"/>
     <w:rsid w:val="00C018B4"/>
     <w:rsid w:val="00C01C0E"/>
     <w:rsid w:val="00C027A4"/>
     <w:rsid w:val="00C02CA7"/>
     <w:rsid w:val="00C0399B"/>
     <w:rsid w:val="00C03F6D"/>
     <w:rsid w:val="00C041B8"/>
     <w:rsid w:val="00C045EB"/>
     <w:rsid w:val="00C04EBD"/>
     <w:rsid w:val="00C11354"/>
     <w:rsid w:val="00C11992"/>
     <w:rsid w:val="00C1216D"/>
     <w:rsid w:val="00C13337"/>
     <w:rsid w:val="00C135D1"/>
     <w:rsid w:val="00C14E8E"/>
     <w:rsid w:val="00C1568F"/>
     <w:rsid w:val="00C16021"/>
     <w:rsid w:val="00C16300"/>
     <w:rsid w:val="00C168DD"/>
     <w:rsid w:val="00C17265"/>
     <w:rsid w:val="00C214B8"/>
     <w:rsid w:val="00C21C48"/>
     <w:rsid w:val="00C22905"/>
     <w:rsid w:val="00C23152"/>
     <w:rsid w:val="00C23760"/>
     <w:rsid w:val="00C242CA"/>
     <w:rsid w:val="00C250A6"/>
     <w:rsid w:val="00C270D3"/>
     <w:rsid w:val="00C27260"/>
     <w:rsid w:val="00C277A5"/>
     <w:rsid w:val="00C31001"/>
     <w:rsid w:val="00C32277"/>
     <w:rsid w:val="00C331E6"/>
+    <w:rsid w:val="00C3485B"/>
     <w:rsid w:val="00C34E9C"/>
     <w:rsid w:val="00C352B3"/>
     <w:rsid w:val="00C3639C"/>
     <w:rsid w:val="00C36954"/>
     <w:rsid w:val="00C405C0"/>
     <w:rsid w:val="00C40924"/>
     <w:rsid w:val="00C40A59"/>
     <w:rsid w:val="00C41998"/>
     <w:rsid w:val="00C4201D"/>
     <w:rsid w:val="00C424FE"/>
     <w:rsid w:val="00C436C0"/>
     <w:rsid w:val="00C44B43"/>
     <w:rsid w:val="00C45580"/>
     <w:rsid w:val="00C46126"/>
+    <w:rsid w:val="00C4663B"/>
     <w:rsid w:val="00C466EB"/>
     <w:rsid w:val="00C472A2"/>
+    <w:rsid w:val="00C4742E"/>
     <w:rsid w:val="00C47B22"/>
     <w:rsid w:val="00C51F41"/>
     <w:rsid w:val="00C51F6C"/>
+    <w:rsid w:val="00C521AA"/>
     <w:rsid w:val="00C523DC"/>
     <w:rsid w:val="00C52ACA"/>
     <w:rsid w:val="00C544FE"/>
     <w:rsid w:val="00C55F6E"/>
     <w:rsid w:val="00C5620C"/>
     <w:rsid w:val="00C5655A"/>
     <w:rsid w:val="00C57886"/>
     <w:rsid w:val="00C57C6D"/>
     <w:rsid w:val="00C60049"/>
     <w:rsid w:val="00C602AB"/>
     <w:rsid w:val="00C622BF"/>
     <w:rsid w:val="00C63C9B"/>
     <w:rsid w:val="00C64C01"/>
     <w:rsid w:val="00C650CA"/>
+    <w:rsid w:val="00C659B0"/>
     <w:rsid w:val="00C66627"/>
     <w:rsid w:val="00C7041D"/>
     <w:rsid w:val="00C706B1"/>
     <w:rsid w:val="00C71AED"/>
     <w:rsid w:val="00C72E3A"/>
     <w:rsid w:val="00C73297"/>
     <w:rsid w:val="00C7370E"/>
     <w:rsid w:val="00C746FB"/>
     <w:rsid w:val="00C75957"/>
+    <w:rsid w:val="00C75FCD"/>
     <w:rsid w:val="00C80920"/>
+    <w:rsid w:val="00C828B0"/>
     <w:rsid w:val="00C82C7E"/>
+    <w:rsid w:val="00C8318D"/>
+    <w:rsid w:val="00C84483"/>
     <w:rsid w:val="00C8617A"/>
     <w:rsid w:val="00C86999"/>
     <w:rsid w:val="00C86DD6"/>
     <w:rsid w:val="00C86E65"/>
     <w:rsid w:val="00C878EE"/>
     <w:rsid w:val="00C87DE3"/>
     <w:rsid w:val="00C90C27"/>
     <w:rsid w:val="00C91180"/>
     <w:rsid w:val="00C91F17"/>
     <w:rsid w:val="00C93014"/>
     <w:rsid w:val="00C93F6C"/>
     <w:rsid w:val="00C947B9"/>
     <w:rsid w:val="00C94956"/>
     <w:rsid w:val="00C9517A"/>
+    <w:rsid w:val="00C9586D"/>
     <w:rsid w:val="00C963E8"/>
     <w:rsid w:val="00C96B50"/>
     <w:rsid w:val="00C97BEC"/>
     <w:rsid w:val="00CA0B04"/>
     <w:rsid w:val="00CA0C08"/>
+    <w:rsid w:val="00CA121B"/>
     <w:rsid w:val="00CA1577"/>
+    <w:rsid w:val="00CA2571"/>
+    <w:rsid w:val="00CA350B"/>
     <w:rsid w:val="00CA37D5"/>
     <w:rsid w:val="00CA3820"/>
     <w:rsid w:val="00CA4E5F"/>
     <w:rsid w:val="00CA5B71"/>
+    <w:rsid w:val="00CA6AA1"/>
     <w:rsid w:val="00CA7D46"/>
     <w:rsid w:val="00CA7DBE"/>
     <w:rsid w:val="00CB0291"/>
     <w:rsid w:val="00CB1CD9"/>
     <w:rsid w:val="00CB3346"/>
     <w:rsid w:val="00CB3601"/>
     <w:rsid w:val="00CB377A"/>
     <w:rsid w:val="00CB4955"/>
     <w:rsid w:val="00CB5422"/>
     <w:rsid w:val="00CB5688"/>
     <w:rsid w:val="00CB56FF"/>
     <w:rsid w:val="00CC1BB4"/>
     <w:rsid w:val="00CC2833"/>
     <w:rsid w:val="00CC4D58"/>
     <w:rsid w:val="00CC65CB"/>
     <w:rsid w:val="00CC6649"/>
     <w:rsid w:val="00CC673D"/>
     <w:rsid w:val="00CD0232"/>
     <w:rsid w:val="00CD08B0"/>
     <w:rsid w:val="00CD35C7"/>
     <w:rsid w:val="00CD43DA"/>
     <w:rsid w:val="00CD45DD"/>
     <w:rsid w:val="00CD4A69"/>
+    <w:rsid w:val="00CD577B"/>
     <w:rsid w:val="00CD6ED9"/>
     <w:rsid w:val="00CD7D3C"/>
     <w:rsid w:val="00CE0979"/>
     <w:rsid w:val="00CE150A"/>
     <w:rsid w:val="00CE209B"/>
     <w:rsid w:val="00CE348E"/>
     <w:rsid w:val="00CE3AAE"/>
     <w:rsid w:val="00CE42D0"/>
+    <w:rsid w:val="00CE4AE5"/>
+    <w:rsid w:val="00CE4C93"/>
+    <w:rsid w:val="00CE5303"/>
+    <w:rsid w:val="00CE6B0B"/>
     <w:rsid w:val="00CF0777"/>
     <w:rsid w:val="00CF2A93"/>
     <w:rsid w:val="00CF316A"/>
     <w:rsid w:val="00CF36F2"/>
     <w:rsid w:val="00CF3798"/>
     <w:rsid w:val="00CF3DA1"/>
     <w:rsid w:val="00CF4991"/>
     <w:rsid w:val="00CF4F8C"/>
+    <w:rsid w:val="00CF5451"/>
     <w:rsid w:val="00CF6F61"/>
     <w:rsid w:val="00CF6FB3"/>
     <w:rsid w:val="00CF797C"/>
     <w:rsid w:val="00D00276"/>
     <w:rsid w:val="00D01847"/>
     <w:rsid w:val="00D070E8"/>
+    <w:rsid w:val="00D07297"/>
     <w:rsid w:val="00D07E16"/>
     <w:rsid w:val="00D114AD"/>
     <w:rsid w:val="00D12AFD"/>
     <w:rsid w:val="00D12D24"/>
     <w:rsid w:val="00D15536"/>
+    <w:rsid w:val="00D156A3"/>
     <w:rsid w:val="00D16BA4"/>
     <w:rsid w:val="00D1733B"/>
     <w:rsid w:val="00D17CBC"/>
     <w:rsid w:val="00D2058D"/>
     <w:rsid w:val="00D20B89"/>
+    <w:rsid w:val="00D2241D"/>
     <w:rsid w:val="00D226B7"/>
     <w:rsid w:val="00D23A66"/>
     <w:rsid w:val="00D23E05"/>
     <w:rsid w:val="00D24C44"/>
     <w:rsid w:val="00D257D0"/>
     <w:rsid w:val="00D259C9"/>
     <w:rsid w:val="00D25A4C"/>
     <w:rsid w:val="00D25CB9"/>
     <w:rsid w:val="00D25DD6"/>
+    <w:rsid w:val="00D26548"/>
     <w:rsid w:val="00D271B7"/>
     <w:rsid w:val="00D30D76"/>
     <w:rsid w:val="00D31D55"/>
     <w:rsid w:val="00D3269E"/>
     <w:rsid w:val="00D32DD1"/>
     <w:rsid w:val="00D34606"/>
     <w:rsid w:val="00D362D4"/>
     <w:rsid w:val="00D36512"/>
     <w:rsid w:val="00D36A68"/>
     <w:rsid w:val="00D36C96"/>
     <w:rsid w:val="00D37A4B"/>
     <w:rsid w:val="00D37DA0"/>
     <w:rsid w:val="00D40B8E"/>
     <w:rsid w:val="00D412D0"/>
     <w:rsid w:val="00D42251"/>
     <w:rsid w:val="00D4228B"/>
     <w:rsid w:val="00D427ED"/>
+    <w:rsid w:val="00D428B7"/>
     <w:rsid w:val="00D433DF"/>
     <w:rsid w:val="00D44CFD"/>
     <w:rsid w:val="00D4573A"/>
     <w:rsid w:val="00D45CA4"/>
     <w:rsid w:val="00D4700C"/>
     <w:rsid w:val="00D475C3"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D50D26"/>
     <w:rsid w:val="00D51E82"/>
     <w:rsid w:val="00D53BBB"/>
     <w:rsid w:val="00D54360"/>
     <w:rsid w:val="00D5535B"/>
     <w:rsid w:val="00D56802"/>
     <w:rsid w:val="00D56FFE"/>
     <w:rsid w:val="00D571C2"/>
     <w:rsid w:val="00D57C71"/>
     <w:rsid w:val="00D6042A"/>
     <w:rsid w:val="00D60B4B"/>
     <w:rsid w:val="00D619B3"/>
     <w:rsid w:val="00D622B2"/>
     <w:rsid w:val="00D62A30"/>
     <w:rsid w:val="00D652F1"/>
     <w:rsid w:val="00D65FAD"/>
     <w:rsid w:val="00D66446"/>
     <w:rsid w:val="00D66C55"/>
     <w:rsid w:val="00D66FEB"/>
     <w:rsid w:val="00D67353"/>
+    <w:rsid w:val="00D67561"/>
+    <w:rsid w:val="00D702DF"/>
     <w:rsid w:val="00D70E5B"/>
     <w:rsid w:val="00D723B5"/>
     <w:rsid w:val="00D72599"/>
     <w:rsid w:val="00D7281D"/>
     <w:rsid w:val="00D75017"/>
     <w:rsid w:val="00D75249"/>
     <w:rsid w:val="00D75795"/>
     <w:rsid w:val="00D7642A"/>
     <w:rsid w:val="00D801C8"/>
+    <w:rsid w:val="00D80B65"/>
     <w:rsid w:val="00D815AC"/>
     <w:rsid w:val="00D818C9"/>
     <w:rsid w:val="00D81AD8"/>
     <w:rsid w:val="00D82E1E"/>
     <w:rsid w:val="00D83580"/>
     <w:rsid w:val="00D841AD"/>
+    <w:rsid w:val="00D8681C"/>
     <w:rsid w:val="00D87877"/>
     <w:rsid w:val="00D87DD6"/>
     <w:rsid w:val="00D90706"/>
     <w:rsid w:val="00D93FA3"/>
     <w:rsid w:val="00D94415"/>
     <w:rsid w:val="00D956BF"/>
     <w:rsid w:val="00D95F87"/>
     <w:rsid w:val="00D9691F"/>
     <w:rsid w:val="00D976A9"/>
     <w:rsid w:val="00D979C5"/>
     <w:rsid w:val="00D97E94"/>
     <w:rsid w:val="00DA2991"/>
     <w:rsid w:val="00DA29F7"/>
     <w:rsid w:val="00DA3DA2"/>
     <w:rsid w:val="00DA48F3"/>
     <w:rsid w:val="00DA52EB"/>
     <w:rsid w:val="00DA54D8"/>
     <w:rsid w:val="00DA666F"/>
     <w:rsid w:val="00DA6FF8"/>
     <w:rsid w:val="00DB17D0"/>
     <w:rsid w:val="00DB1B97"/>
     <w:rsid w:val="00DB23E5"/>
     <w:rsid w:val="00DB2872"/>
     <w:rsid w:val="00DB2C9A"/>
     <w:rsid w:val="00DB2D2F"/>
     <w:rsid w:val="00DB2F34"/>
     <w:rsid w:val="00DB31C2"/>
+    <w:rsid w:val="00DB3281"/>
     <w:rsid w:val="00DB44B0"/>
     <w:rsid w:val="00DB5573"/>
     <w:rsid w:val="00DB55E2"/>
     <w:rsid w:val="00DB5BBB"/>
+    <w:rsid w:val="00DB6076"/>
+    <w:rsid w:val="00DB6423"/>
     <w:rsid w:val="00DB75E4"/>
     <w:rsid w:val="00DC02F4"/>
     <w:rsid w:val="00DC0C0E"/>
     <w:rsid w:val="00DC2A89"/>
     <w:rsid w:val="00DC3371"/>
     <w:rsid w:val="00DC405F"/>
     <w:rsid w:val="00DC4292"/>
     <w:rsid w:val="00DC4414"/>
     <w:rsid w:val="00DC4DC9"/>
+    <w:rsid w:val="00DC534A"/>
     <w:rsid w:val="00DC59AA"/>
     <w:rsid w:val="00DC5FD1"/>
     <w:rsid w:val="00DC7831"/>
     <w:rsid w:val="00DD1D03"/>
     <w:rsid w:val="00DD28D8"/>
+    <w:rsid w:val="00DD2B55"/>
     <w:rsid w:val="00DD3699"/>
     <w:rsid w:val="00DD4D1E"/>
     <w:rsid w:val="00DD5089"/>
     <w:rsid w:val="00DD628B"/>
     <w:rsid w:val="00DD7725"/>
     <w:rsid w:val="00DE04C9"/>
     <w:rsid w:val="00DE0550"/>
     <w:rsid w:val="00DE08E9"/>
     <w:rsid w:val="00DE0DC9"/>
     <w:rsid w:val="00DE1632"/>
     <w:rsid w:val="00DE18C8"/>
     <w:rsid w:val="00DE236A"/>
     <w:rsid w:val="00DE24A8"/>
     <w:rsid w:val="00DE2880"/>
+    <w:rsid w:val="00DE29E7"/>
     <w:rsid w:val="00DE3122"/>
     <w:rsid w:val="00DE34A9"/>
     <w:rsid w:val="00DE3CE2"/>
+    <w:rsid w:val="00DE6B9F"/>
+    <w:rsid w:val="00DE6E8C"/>
     <w:rsid w:val="00DE7064"/>
+    <w:rsid w:val="00DE727C"/>
     <w:rsid w:val="00DE7ECF"/>
     <w:rsid w:val="00DF11D7"/>
     <w:rsid w:val="00DF130F"/>
     <w:rsid w:val="00DF2049"/>
     <w:rsid w:val="00DF22E0"/>
     <w:rsid w:val="00DF28F5"/>
     <w:rsid w:val="00DF2C20"/>
     <w:rsid w:val="00DF2CD0"/>
     <w:rsid w:val="00DF2F6A"/>
     <w:rsid w:val="00DF3218"/>
     <w:rsid w:val="00DF4165"/>
     <w:rsid w:val="00DF4F2C"/>
     <w:rsid w:val="00DF6504"/>
     <w:rsid w:val="00DF70DD"/>
     <w:rsid w:val="00DF7811"/>
     <w:rsid w:val="00E007BF"/>
     <w:rsid w:val="00E00C92"/>
+    <w:rsid w:val="00E017F9"/>
     <w:rsid w:val="00E021D9"/>
     <w:rsid w:val="00E03AF5"/>
     <w:rsid w:val="00E03FBB"/>
     <w:rsid w:val="00E0465E"/>
     <w:rsid w:val="00E1057C"/>
+    <w:rsid w:val="00E11C3F"/>
     <w:rsid w:val="00E11DF3"/>
     <w:rsid w:val="00E126BA"/>
     <w:rsid w:val="00E14C4B"/>
     <w:rsid w:val="00E15CE6"/>
     <w:rsid w:val="00E15FFA"/>
     <w:rsid w:val="00E17324"/>
     <w:rsid w:val="00E20F63"/>
     <w:rsid w:val="00E225F0"/>
     <w:rsid w:val="00E22708"/>
     <w:rsid w:val="00E24054"/>
     <w:rsid w:val="00E24098"/>
     <w:rsid w:val="00E2483C"/>
     <w:rsid w:val="00E248B4"/>
     <w:rsid w:val="00E25074"/>
     <w:rsid w:val="00E25FF8"/>
     <w:rsid w:val="00E2602E"/>
     <w:rsid w:val="00E27DA2"/>
     <w:rsid w:val="00E3040D"/>
     <w:rsid w:val="00E305BE"/>
     <w:rsid w:val="00E30EA5"/>
+    <w:rsid w:val="00E322AB"/>
     <w:rsid w:val="00E322FA"/>
     <w:rsid w:val="00E339FE"/>
     <w:rsid w:val="00E343B4"/>
     <w:rsid w:val="00E3499E"/>
     <w:rsid w:val="00E34FE0"/>
     <w:rsid w:val="00E3606C"/>
     <w:rsid w:val="00E3699E"/>
     <w:rsid w:val="00E36C3A"/>
+    <w:rsid w:val="00E40A4C"/>
     <w:rsid w:val="00E4111D"/>
     <w:rsid w:val="00E41910"/>
     <w:rsid w:val="00E42210"/>
     <w:rsid w:val="00E4370E"/>
     <w:rsid w:val="00E4374A"/>
     <w:rsid w:val="00E43ACD"/>
     <w:rsid w:val="00E444E9"/>
     <w:rsid w:val="00E44D3A"/>
+    <w:rsid w:val="00E45C6B"/>
+    <w:rsid w:val="00E473B5"/>
     <w:rsid w:val="00E47410"/>
     <w:rsid w:val="00E5027D"/>
     <w:rsid w:val="00E51A3C"/>
     <w:rsid w:val="00E52452"/>
     <w:rsid w:val="00E52795"/>
     <w:rsid w:val="00E527B2"/>
     <w:rsid w:val="00E530BA"/>
     <w:rsid w:val="00E534BA"/>
     <w:rsid w:val="00E53A52"/>
     <w:rsid w:val="00E56378"/>
     <w:rsid w:val="00E564F6"/>
     <w:rsid w:val="00E569B4"/>
     <w:rsid w:val="00E56FC6"/>
     <w:rsid w:val="00E579F7"/>
     <w:rsid w:val="00E60BD7"/>
     <w:rsid w:val="00E62160"/>
     <w:rsid w:val="00E62A49"/>
     <w:rsid w:val="00E62B82"/>
     <w:rsid w:val="00E630F2"/>
     <w:rsid w:val="00E6349E"/>
     <w:rsid w:val="00E64747"/>
     <w:rsid w:val="00E652B0"/>
     <w:rsid w:val="00E65F91"/>
     <w:rsid w:val="00E66ABC"/>
     <w:rsid w:val="00E66ECE"/>
     <w:rsid w:val="00E67AC7"/>
+    <w:rsid w:val="00E67FC1"/>
     <w:rsid w:val="00E70129"/>
     <w:rsid w:val="00E7020B"/>
     <w:rsid w:val="00E713EE"/>
     <w:rsid w:val="00E75FBE"/>
     <w:rsid w:val="00E766FF"/>
     <w:rsid w:val="00E76EC0"/>
     <w:rsid w:val="00E77A61"/>
+    <w:rsid w:val="00E77CE2"/>
     <w:rsid w:val="00E80339"/>
     <w:rsid w:val="00E818A0"/>
     <w:rsid w:val="00E81A79"/>
     <w:rsid w:val="00E8218C"/>
     <w:rsid w:val="00E82F34"/>
     <w:rsid w:val="00E8323B"/>
     <w:rsid w:val="00E837D7"/>
     <w:rsid w:val="00E84C8E"/>
     <w:rsid w:val="00E852C3"/>
+    <w:rsid w:val="00E85C39"/>
     <w:rsid w:val="00E85D19"/>
     <w:rsid w:val="00E861D9"/>
     <w:rsid w:val="00E8708C"/>
     <w:rsid w:val="00E871C1"/>
     <w:rsid w:val="00E873CE"/>
     <w:rsid w:val="00E87AB3"/>
     <w:rsid w:val="00E911C3"/>
     <w:rsid w:val="00E9145A"/>
     <w:rsid w:val="00E9277F"/>
     <w:rsid w:val="00E95B7D"/>
     <w:rsid w:val="00E95C10"/>
     <w:rsid w:val="00E975A3"/>
     <w:rsid w:val="00EA10D9"/>
     <w:rsid w:val="00EA265E"/>
     <w:rsid w:val="00EA3F45"/>
     <w:rsid w:val="00EA5375"/>
     <w:rsid w:val="00EA66AD"/>
     <w:rsid w:val="00EA67A2"/>
     <w:rsid w:val="00EA6F77"/>
     <w:rsid w:val="00EA75D5"/>
     <w:rsid w:val="00EA7723"/>
     <w:rsid w:val="00EB0297"/>
     <w:rsid w:val="00EB0662"/>
     <w:rsid w:val="00EB0973"/>
+    <w:rsid w:val="00EB0C8B"/>
     <w:rsid w:val="00EB0DAF"/>
     <w:rsid w:val="00EB230B"/>
     <w:rsid w:val="00EB246E"/>
     <w:rsid w:val="00EB2AD0"/>
     <w:rsid w:val="00EB2FE1"/>
     <w:rsid w:val="00EB37D6"/>
     <w:rsid w:val="00EB3BAC"/>
+    <w:rsid w:val="00EB4535"/>
     <w:rsid w:val="00EB4F79"/>
     <w:rsid w:val="00EB53A8"/>
     <w:rsid w:val="00EB630D"/>
     <w:rsid w:val="00EB69BE"/>
+    <w:rsid w:val="00EB69DA"/>
     <w:rsid w:val="00EB6D36"/>
     <w:rsid w:val="00EC1502"/>
     <w:rsid w:val="00EC2C42"/>
     <w:rsid w:val="00EC3235"/>
     <w:rsid w:val="00EC424D"/>
     <w:rsid w:val="00EC518C"/>
     <w:rsid w:val="00EC59EE"/>
+    <w:rsid w:val="00EC6E44"/>
     <w:rsid w:val="00EC748D"/>
     <w:rsid w:val="00EC7B01"/>
     <w:rsid w:val="00ED168C"/>
     <w:rsid w:val="00ED294B"/>
     <w:rsid w:val="00ED2F32"/>
     <w:rsid w:val="00ED34A5"/>
     <w:rsid w:val="00ED4576"/>
     <w:rsid w:val="00ED4B26"/>
     <w:rsid w:val="00ED5A18"/>
     <w:rsid w:val="00ED6C9A"/>
     <w:rsid w:val="00ED6FAE"/>
     <w:rsid w:val="00EE0875"/>
+    <w:rsid w:val="00EE0EB5"/>
     <w:rsid w:val="00EE109A"/>
     <w:rsid w:val="00EE2732"/>
     <w:rsid w:val="00EE27FF"/>
     <w:rsid w:val="00EE28C8"/>
     <w:rsid w:val="00EE2A76"/>
+    <w:rsid w:val="00EE2D50"/>
     <w:rsid w:val="00EE5850"/>
     <w:rsid w:val="00EE76AC"/>
     <w:rsid w:val="00EF06C1"/>
+    <w:rsid w:val="00EF0DD6"/>
     <w:rsid w:val="00EF2149"/>
     <w:rsid w:val="00EF28DB"/>
     <w:rsid w:val="00EF336D"/>
     <w:rsid w:val="00EF39FE"/>
+    <w:rsid w:val="00EF41DF"/>
     <w:rsid w:val="00EF54A6"/>
+    <w:rsid w:val="00EF5722"/>
     <w:rsid w:val="00EF612E"/>
     <w:rsid w:val="00EF62B1"/>
     <w:rsid w:val="00EF6912"/>
     <w:rsid w:val="00EF6CAF"/>
     <w:rsid w:val="00EF7BDD"/>
     <w:rsid w:val="00F00D35"/>
     <w:rsid w:val="00F00E1C"/>
     <w:rsid w:val="00F02159"/>
     <w:rsid w:val="00F0230F"/>
     <w:rsid w:val="00F027BA"/>
     <w:rsid w:val="00F03FC8"/>
     <w:rsid w:val="00F05071"/>
     <w:rsid w:val="00F05D0D"/>
     <w:rsid w:val="00F06590"/>
     <w:rsid w:val="00F06640"/>
     <w:rsid w:val="00F06C17"/>
     <w:rsid w:val="00F0742B"/>
+    <w:rsid w:val="00F10197"/>
     <w:rsid w:val="00F103FE"/>
     <w:rsid w:val="00F10B3D"/>
     <w:rsid w:val="00F1104F"/>
     <w:rsid w:val="00F11093"/>
     <w:rsid w:val="00F11AB5"/>
     <w:rsid w:val="00F144EA"/>
     <w:rsid w:val="00F2015F"/>
     <w:rsid w:val="00F22009"/>
     <w:rsid w:val="00F22821"/>
     <w:rsid w:val="00F22AAA"/>
     <w:rsid w:val="00F2314D"/>
     <w:rsid w:val="00F2320C"/>
     <w:rsid w:val="00F23843"/>
     <w:rsid w:val="00F251E8"/>
+    <w:rsid w:val="00F2635B"/>
     <w:rsid w:val="00F275C4"/>
     <w:rsid w:val="00F31780"/>
+    <w:rsid w:val="00F32950"/>
     <w:rsid w:val="00F33899"/>
     <w:rsid w:val="00F33DE4"/>
     <w:rsid w:val="00F33E31"/>
     <w:rsid w:val="00F34BAA"/>
     <w:rsid w:val="00F364A7"/>
     <w:rsid w:val="00F36F8F"/>
     <w:rsid w:val="00F37DCA"/>
     <w:rsid w:val="00F41305"/>
     <w:rsid w:val="00F41F57"/>
     <w:rsid w:val="00F42030"/>
     <w:rsid w:val="00F43D3D"/>
     <w:rsid w:val="00F44168"/>
     <w:rsid w:val="00F44D9E"/>
     <w:rsid w:val="00F45D02"/>
     <w:rsid w:val="00F464AE"/>
     <w:rsid w:val="00F46736"/>
     <w:rsid w:val="00F50EED"/>
     <w:rsid w:val="00F5110B"/>
     <w:rsid w:val="00F51995"/>
     <w:rsid w:val="00F52F21"/>
     <w:rsid w:val="00F5366B"/>
     <w:rsid w:val="00F536B7"/>
     <w:rsid w:val="00F53950"/>
     <w:rsid w:val="00F546F7"/>
     <w:rsid w:val="00F547FA"/>
     <w:rsid w:val="00F54A95"/>
     <w:rsid w:val="00F57C00"/>
     <w:rsid w:val="00F6004F"/>
     <w:rsid w:val="00F605A3"/>
+    <w:rsid w:val="00F607C1"/>
+    <w:rsid w:val="00F60838"/>
     <w:rsid w:val="00F61780"/>
     <w:rsid w:val="00F618FE"/>
     <w:rsid w:val="00F61D1E"/>
     <w:rsid w:val="00F64FAE"/>
     <w:rsid w:val="00F650CE"/>
     <w:rsid w:val="00F670E7"/>
+    <w:rsid w:val="00F67E9D"/>
     <w:rsid w:val="00F7052E"/>
     <w:rsid w:val="00F716F6"/>
     <w:rsid w:val="00F72E75"/>
     <w:rsid w:val="00F736A3"/>
     <w:rsid w:val="00F74B57"/>
     <w:rsid w:val="00F76F3E"/>
     <w:rsid w:val="00F80BB3"/>
     <w:rsid w:val="00F80E49"/>
+    <w:rsid w:val="00F82A5D"/>
     <w:rsid w:val="00F830BF"/>
     <w:rsid w:val="00F83EA5"/>
     <w:rsid w:val="00F849B1"/>
     <w:rsid w:val="00F853F8"/>
     <w:rsid w:val="00F8541C"/>
     <w:rsid w:val="00F855E9"/>
     <w:rsid w:val="00F85A91"/>
     <w:rsid w:val="00F865D9"/>
     <w:rsid w:val="00F876C5"/>
     <w:rsid w:val="00F876E9"/>
     <w:rsid w:val="00F87755"/>
     <w:rsid w:val="00F87B35"/>
     <w:rsid w:val="00F901CB"/>
     <w:rsid w:val="00F9189F"/>
     <w:rsid w:val="00F91B07"/>
     <w:rsid w:val="00F91B9D"/>
     <w:rsid w:val="00F93070"/>
     <w:rsid w:val="00F9376D"/>
     <w:rsid w:val="00F94AED"/>
     <w:rsid w:val="00F95371"/>
     <w:rsid w:val="00FA04BD"/>
     <w:rsid w:val="00FA196E"/>
     <w:rsid w:val="00FA19D7"/>
     <w:rsid w:val="00FA1B45"/>
     <w:rsid w:val="00FA1E94"/>
@@ -41025,105 +39818,321 @@
     <w:rsid w:val="00FC0140"/>
     <w:rsid w:val="00FC06C1"/>
     <w:rsid w:val="00FC42D8"/>
     <w:rsid w:val="00FC4E3D"/>
     <w:rsid w:val="00FC53C5"/>
     <w:rsid w:val="00FC63B6"/>
     <w:rsid w:val="00FC6984"/>
     <w:rsid w:val="00FC6CD3"/>
     <w:rsid w:val="00FC6D21"/>
     <w:rsid w:val="00FC6F14"/>
     <w:rsid w:val="00FC74BE"/>
     <w:rsid w:val="00FC756E"/>
     <w:rsid w:val="00FC7C03"/>
     <w:rsid w:val="00FD23E6"/>
     <w:rsid w:val="00FD2B1E"/>
     <w:rsid w:val="00FD322A"/>
     <w:rsid w:val="00FD3867"/>
     <w:rsid w:val="00FD3C2E"/>
     <w:rsid w:val="00FD49B8"/>
     <w:rsid w:val="00FD5FEB"/>
     <w:rsid w:val="00FE0DE1"/>
     <w:rsid w:val="00FE150C"/>
     <w:rsid w:val="00FE1B31"/>
     <w:rsid w:val="00FE236A"/>
     <w:rsid w:val="00FE2DC0"/>
+    <w:rsid w:val="00FE3AD9"/>
     <w:rsid w:val="00FE4284"/>
     <w:rsid w:val="00FE5329"/>
     <w:rsid w:val="00FE5F7C"/>
     <w:rsid w:val="00FF0110"/>
     <w:rsid w:val="00FF026C"/>
     <w:rsid w:val="00FF0E69"/>
     <w:rsid w:val="00FF1AD8"/>
     <w:rsid w:val="00FF2EC7"/>
     <w:rsid w:val="00FF300B"/>
     <w:rsid w:val="00FF32CF"/>
     <w:rsid w:val="00FF3472"/>
     <w:rsid w:val="00FF3E3D"/>
     <w:rsid w:val="00FF40D9"/>
     <w:rsid w:val="00FF485D"/>
     <w:rsid w:val="00FF5C4A"/>
     <w:rsid w:val="00FF68AC"/>
     <w:rsid w:val="00FF69E3"/>
     <w:rsid w:val="00FF708C"/>
     <w:rsid w:val="00FF76A2"/>
+    <w:rsid w:val="02873EB5"/>
+    <w:rsid w:val="02BBE5B9"/>
+    <w:rsid w:val="03502DE9"/>
+    <w:rsid w:val="03630081"/>
+    <w:rsid w:val="04445475"/>
+    <w:rsid w:val="05375C96"/>
+    <w:rsid w:val="053B9AC8"/>
+    <w:rsid w:val="05871905"/>
+    <w:rsid w:val="058F6247"/>
+    <w:rsid w:val="065EC811"/>
+    <w:rsid w:val="06C4B849"/>
+    <w:rsid w:val="071DF677"/>
+    <w:rsid w:val="074BDA30"/>
+    <w:rsid w:val="08F2711F"/>
+    <w:rsid w:val="0A2BD9AE"/>
+    <w:rsid w:val="0A3835B5"/>
+    <w:rsid w:val="0ABB7987"/>
+    <w:rsid w:val="0B308C32"/>
+    <w:rsid w:val="0C7EB9C8"/>
+    <w:rsid w:val="0D59EB0D"/>
+    <w:rsid w:val="0DE32665"/>
+    <w:rsid w:val="0E138821"/>
+    <w:rsid w:val="0FDFB1B6"/>
+    <w:rsid w:val="0FF240B3"/>
+    <w:rsid w:val="100BDAD1"/>
+    <w:rsid w:val="104C6AB5"/>
+    <w:rsid w:val="129A4B8E"/>
+    <w:rsid w:val="12AD070A"/>
+    <w:rsid w:val="1375812D"/>
+    <w:rsid w:val="13E524EA"/>
+    <w:rsid w:val="143A6BD4"/>
+    <w:rsid w:val="16365A29"/>
+    <w:rsid w:val="163CA21B"/>
+    <w:rsid w:val="17677CE9"/>
+    <w:rsid w:val="17AC2BE5"/>
+    <w:rsid w:val="17C4DEA1"/>
+    <w:rsid w:val="17C89933"/>
+    <w:rsid w:val="19383CEA"/>
+    <w:rsid w:val="19816EDD"/>
+    <w:rsid w:val="1C3F1879"/>
+    <w:rsid w:val="1C6343D0"/>
+    <w:rsid w:val="1D388572"/>
+    <w:rsid w:val="1E37A8C1"/>
+    <w:rsid w:val="1E598FDC"/>
+    <w:rsid w:val="1EE41A0B"/>
+    <w:rsid w:val="1F106EBE"/>
+    <w:rsid w:val="1F389E3D"/>
+    <w:rsid w:val="1F8AD85F"/>
+    <w:rsid w:val="21999342"/>
+    <w:rsid w:val="21A3ABE8"/>
+    <w:rsid w:val="226B8A07"/>
+    <w:rsid w:val="22F0C35D"/>
+    <w:rsid w:val="23BFE8A7"/>
+    <w:rsid w:val="23E90B42"/>
+    <w:rsid w:val="23EBD406"/>
+    <w:rsid w:val="263BC000"/>
+    <w:rsid w:val="278BBE96"/>
+    <w:rsid w:val="28B2FED2"/>
+    <w:rsid w:val="28B44A2E"/>
+    <w:rsid w:val="29158850"/>
+    <w:rsid w:val="291F7805"/>
+    <w:rsid w:val="29615EA8"/>
+    <w:rsid w:val="2A6852FE"/>
+    <w:rsid w:val="2ABA28CB"/>
+    <w:rsid w:val="2AE112A2"/>
+    <w:rsid w:val="2B31590A"/>
+    <w:rsid w:val="2CF25CAF"/>
+    <w:rsid w:val="2E22274F"/>
+    <w:rsid w:val="2E89390B"/>
+    <w:rsid w:val="2EA2E057"/>
+    <w:rsid w:val="2EF85B1C"/>
+    <w:rsid w:val="2F494AEF"/>
+    <w:rsid w:val="2F6197F8"/>
+    <w:rsid w:val="3015B1D7"/>
+    <w:rsid w:val="3050D1A6"/>
+    <w:rsid w:val="306BA0F6"/>
+    <w:rsid w:val="308FC80C"/>
+    <w:rsid w:val="32522EE5"/>
+    <w:rsid w:val="3260BD10"/>
+    <w:rsid w:val="32A80295"/>
+    <w:rsid w:val="332E3842"/>
+    <w:rsid w:val="334DD3A6"/>
+    <w:rsid w:val="3477C7D2"/>
+    <w:rsid w:val="351283F9"/>
+    <w:rsid w:val="359D62E6"/>
+    <w:rsid w:val="35F4F5C8"/>
+    <w:rsid w:val="365F2FAD"/>
+    <w:rsid w:val="37E3EDCC"/>
+    <w:rsid w:val="38643F2F"/>
+    <w:rsid w:val="38E98CDE"/>
     <w:rsid w:val="38FDB1AA"/>
+    <w:rsid w:val="397A16DF"/>
+    <w:rsid w:val="3A54AC71"/>
+    <w:rsid w:val="3AF61819"/>
+    <w:rsid w:val="3B88284E"/>
+    <w:rsid w:val="3B9C46D6"/>
+    <w:rsid w:val="3BC494DE"/>
+    <w:rsid w:val="3BC8ACE7"/>
+    <w:rsid w:val="3C6579D6"/>
+    <w:rsid w:val="3CCE3EB3"/>
+    <w:rsid w:val="3D06B78C"/>
+    <w:rsid w:val="3D16F5CB"/>
+    <w:rsid w:val="3D60DD77"/>
+    <w:rsid w:val="3EF7EDA9"/>
+    <w:rsid w:val="4030B29F"/>
+    <w:rsid w:val="4056BF01"/>
     <w:rsid w:val="407DD2CD"/>
+    <w:rsid w:val="41AA1346"/>
+    <w:rsid w:val="41C6E761"/>
+    <w:rsid w:val="42B1D779"/>
     <w:rsid w:val="42CC80EB"/>
+    <w:rsid w:val="4470C986"/>
+    <w:rsid w:val="44CD3EFF"/>
+    <w:rsid w:val="451123D1"/>
+    <w:rsid w:val="4551C1FF"/>
+    <w:rsid w:val="45C6AA25"/>
+    <w:rsid w:val="461A494E"/>
+    <w:rsid w:val="46DCC0D1"/>
+    <w:rsid w:val="4738D132"/>
+    <w:rsid w:val="47C932C6"/>
+    <w:rsid w:val="484C192E"/>
+    <w:rsid w:val="48D5737D"/>
+    <w:rsid w:val="48E3F600"/>
+    <w:rsid w:val="4A5DF33B"/>
+    <w:rsid w:val="4A8F7BA3"/>
+    <w:rsid w:val="4AA6C460"/>
+    <w:rsid w:val="4AE4DC6D"/>
+    <w:rsid w:val="4B13FEF5"/>
+    <w:rsid w:val="4B922357"/>
+    <w:rsid w:val="4BB57F0C"/>
+    <w:rsid w:val="4BE4642D"/>
+    <w:rsid w:val="4C2F4D2A"/>
+    <w:rsid w:val="4C449EC3"/>
+    <w:rsid w:val="4C72E908"/>
+    <w:rsid w:val="4CA76024"/>
+    <w:rsid w:val="4CCC2D00"/>
+    <w:rsid w:val="4D2E538D"/>
+    <w:rsid w:val="4D9CC9CE"/>
+    <w:rsid w:val="506CC9E0"/>
+    <w:rsid w:val="51A40936"/>
+    <w:rsid w:val="51C5EA04"/>
+    <w:rsid w:val="524F360A"/>
+    <w:rsid w:val="533203EF"/>
+    <w:rsid w:val="535A0E87"/>
+    <w:rsid w:val="53ACDB9C"/>
+    <w:rsid w:val="53C23D65"/>
+    <w:rsid w:val="5492585D"/>
+    <w:rsid w:val="54CA8C6B"/>
+    <w:rsid w:val="54E5A64F"/>
+    <w:rsid w:val="557BE08A"/>
     <w:rsid w:val="55DBD8D9"/>
+    <w:rsid w:val="565EA8D3"/>
+    <w:rsid w:val="57476054"/>
+    <w:rsid w:val="58A1A443"/>
+    <w:rsid w:val="58B3EA6B"/>
+    <w:rsid w:val="598B48D3"/>
+    <w:rsid w:val="5A3E3692"/>
+    <w:rsid w:val="5A97584E"/>
+    <w:rsid w:val="5AD2FCB3"/>
+    <w:rsid w:val="5BE6E56B"/>
+    <w:rsid w:val="5BEDF4C9"/>
+    <w:rsid w:val="5C3D194C"/>
+    <w:rsid w:val="5C705204"/>
+    <w:rsid w:val="5E17012F"/>
+    <w:rsid w:val="5E794D4E"/>
+    <w:rsid w:val="5EDB6A91"/>
+    <w:rsid w:val="5F1C858A"/>
+    <w:rsid w:val="61F4F097"/>
+    <w:rsid w:val="62FA3288"/>
+    <w:rsid w:val="636BBC0C"/>
+    <w:rsid w:val="63EAD2BE"/>
+    <w:rsid w:val="642C55A1"/>
+    <w:rsid w:val="643E18DF"/>
+    <w:rsid w:val="64CE015E"/>
+    <w:rsid w:val="6538924C"/>
+    <w:rsid w:val="653C29F2"/>
+    <w:rsid w:val="6632E4E5"/>
+    <w:rsid w:val="66C155C5"/>
+    <w:rsid w:val="6771E413"/>
+    <w:rsid w:val="69F2DDF4"/>
+    <w:rsid w:val="6B1FA92E"/>
+    <w:rsid w:val="6BA6DF00"/>
+    <w:rsid w:val="6C0BE430"/>
+    <w:rsid w:val="6C7F8669"/>
+    <w:rsid w:val="6D163805"/>
+    <w:rsid w:val="6DEBCA3C"/>
+    <w:rsid w:val="6E5D4BFF"/>
+    <w:rsid w:val="6ED08041"/>
+    <w:rsid w:val="704650B4"/>
     <w:rsid w:val="711C8D62"/>
     <w:rsid w:val="7171C607"/>
+    <w:rsid w:val="7218E162"/>
+    <w:rsid w:val="74324F30"/>
+    <w:rsid w:val="748FAB3A"/>
+    <w:rsid w:val="74CB0161"/>
+    <w:rsid w:val="74F727A5"/>
+    <w:rsid w:val="7509DD55"/>
+    <w:rsid w:val="754847C4"/>
+    <w:rsid w:val="763A9DE3"/>
+    <w:rsid w:val="76E6EFD8"/>
+    <w:rsid w:val="77876E84"/>
+    <w:rsid w:val="77C06AF8"/>
+    <w:rsid w:val="77CA437B"/>
+    <w:rsid w:val="78123370"/>
+    <w:rsid w:val="78319625"/>
+    <w:rsid w:val="78DCD6E7"/>
+    <w:rsid w:val="795A6D6F"/>
+    <w:rsid w:val="799454CD"/>
+    <w:rsid w:val="7A60CF09"/>
     <w:rsid w:val="7B207397"/>
     <w:rsid w:val="7B7CAE8F"/>
     <w:rsid w:val="7B9A338C"/>
+    <w:rsid w:val="7BF89488"/>
+    <w:rsid w:val="7C62DC18"/>
+    <w:rsid w:val="7CFBFF30"/>
     <w:rsid w:val="7D0BFDB7"/>
+    <w:rsid w:val="7D359675"/>
+    <w:rsid w:val="7D99D74C"/>
+    <w:rsid w:val="7DBD5FF1"/>
+    <w:rsid w:val="7E59ED55"/>
+    <w:rsid w:val="7F4E6EB4"/>
+    <w:rsid w:val="7F6BA28D"/>
+    <w:rsid w:val="7F87FE79"/>
+    <w:rsid w:val="7FB011DE"/>
+    <w:rsid w:val="7FFC7052"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4274844B"/>
-  <w15:docId w15:val="{6DA7E4FE-D568-4CC3-9B3E-0B7F0426E70C}"/>
+  <w15:docId w15:val="{CD0F1B8E-0C74-498B-8862-A3FBAD7B4AD9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -42453,60 +41462,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F02D6"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E975A3"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="003A63D7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00534ACB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00534ACB"/>
     <w:rPr>
@@ -42601,87 +41601,98 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00E007BF"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00E007BF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C57886"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="91"/>
+        <w:numId w:val="92"/>
       </w:numPr>
       <w:ind w:left="1080"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00837CF0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9540"/>
         <w:tab w:val="left" w:pos="10530"/>
       </w:tabs>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00837CF0"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="94"/>
+        <w:numId w:val="95"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="360"/>
       </w:tabs>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE29E7"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="16854528">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="79254522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -42835,51 +41846,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1874537382">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@myombudsman.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth/appointment" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.masshealthchoices.com/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/massachusetts-medicaid-estate-recovery" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myservices.mass.gov/home" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myservices.mass.gov/home" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/senior-guide-and-application-for-health-care-coverage" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Section1557Coordinator@state.ma.us" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ADAAccommodations@state.ma.us" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-premium-assistance-pa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ADAAccommodations@state.ma.us" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hhs.gov/ocr/office/file/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myservices.mass.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/fixed-enrollment-period" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrportal.hhs.gov/ocr/portal/lobby.jsf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/how-myservices-works" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssa.gov/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.myombudsman.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-guides-and-handbooks" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mahealthconnector.org/site-policies/privacy-policy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hsnhelpdesk@state.ma.us" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-506000-masshealth-financial-requirements" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/masshealth-member-applications" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/masshealth-member-guides-and-handbooks" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@myombudsman.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth/appointment" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.masshealthchoices.com/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myservices.mass.gov/home" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/senior-guide-and-application-for-health-care-coverage" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Section1557Coordinator@state.ma.us" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ADAAccommodations@state.ma.us" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-premium-schedule-for-members" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/massachusetts-medicaid-estate-recovery" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ADAAccommodations@state.ma.us" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hhs.gov/ocr/office/file/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myservices.mass.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/fixed-enrollment-period" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocrportal.hhs.gov/ocr/portal/lobby.jsf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/hipaa-forms-for-masshealth-members" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/how-myservices-works" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssa.gov/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.myombudsman.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/masshealth-member-guides-and-handbooks" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mahealthconnector.org/site-policies/privacy-policy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-premium-assistance-pa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hsnhelpdesk@state.ma.us" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-506000-masshealth-financial-requirements" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.MAhealthconnector.org" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/masshealth-member-applications" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/how-to/enroll-in-a-masshealth-health-plan-individuals-and-families-younger-than-65" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/lists/masshealth-member-guides-and-handbooks" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/program-financial-guidelines-for-certain-masshealth-applicants-and-members" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -43140,52 +42151,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084FB04377A0C464383E52F97DDF00F60" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="27f6f78c171eae5795660fddcf486424">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" xmlns:ns3="4991edc6-c95a-41cf-abea-d90d8029a3b7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f7c81e21042854c5efc62a7c3b699b20" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4991edc6-c95a-41cf-abea-d90d8029a3b7" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084FB04377A0C464383E52F97DDF00F60" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5d29f4fa4b25da7ad24fa2e3428f85ce">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" xmlns:ns3="4991edc6-c95a-41cf-abea-d90d8029a3b7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9ebb55f2fe558459e6cbe0a2ac4c37f" ns2:_="" ns3:_="">
     <xsd:import namespace="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
     <xsd:import namespace="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -43368,917 +42403,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C79DAE0-0F0B-4C96-9848-9F061C61EFCC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4D15A7D-168D-41B8-B795-285328E020B4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AC30855-7FFC-4AF7-A0B7-E5E97FA0600B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
     <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02177F91-FB06-4FF1-A266-BB98FCB0DEBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4D15A7D-168D-41B8-B795-285328E020B4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B69854A9-81B6-4D1E-A4BA-B3D7CB492A13}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
+    <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>57</Pages>
-  <Words>23170</Words>
-  <Characters>132074</Characters>
+  <Words>22955</Words>
+  <Characters>130850</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1100</Lines>
-  <Paragraphs>309</Paragraphs>
+  <Lines>1090</Lines>
+  <Paragraphs>306</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>154935</CharactersWithSpaces>
+  <CharactersWithSpaces>153499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...758 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Administrator</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010084FB04377A0C464383E52F97DDF00F60</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">