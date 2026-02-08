--- v0 (2025-11-05)
+++ v1 (2026-02-08)
@@ -4,59 +4,59 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="622A51FA" w14:textId="768FE471" w:rsidR="7BCCA673" w:rsidRDefault="5FE17D87" w:rsidP="7BCCA673">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F31B79D" wp14:editId="3CC21F53">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F31B79D" wp14:editId="1266062B">
             <wp:extent cx="1000125" cy="504825"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="235684509" name="Picture 235684509" descr="MassHealth Logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="235684509" name="Picture 235684509" descr="MassHealth Logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -139,75 +139,115 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FROM</w:t>
       </w:r>
       <w:r w:rsidRPr="64F06657">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: MassHealth</w:t>
       </w:r>
       <w:r w:rsidR="20E58B06" w:rsidRPr="0E60EA20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Office of Health Equity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7D85A6" w14:textId="6EF842F5" w:rsidR="09250552" w:rsidRDefault="09250552" w:rsidP="58103553">
+    <w:p w14:paraId="7D7D85A6" w14:textId="782CD505" w:rsidR="09250552" w:rsidRDefault="09250552" w:rsidP="58103553">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="58103553">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DATE</w:t>
       </w:r>
       <w:r w:rsidRPr="58103553">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: 10/11/2024</w:t>
+        <w:t>: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00255E5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="58103553">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="58103553">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5 (Updated)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="071D6811" w14:textId="67D93E73" w:rsidR="58103553" w:rsidRDefault="09250552" w:rsidP="58103553">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="58103553">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SUBJECT</w:t>
       </w:r>
       <w:r w:rsidRPr="58103553">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -802,52 +842,62 @@
         </w:rPr>
         <w:t>MassHealth in advance of the reporting deadline</w:t>
       </w:r>
       <w:r w:rsidR="745FA071" w:rsidRPr="26943EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008E6F4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> request an extension </w:t>
       </w:r>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>with a justification</w:t>
-      </w:r>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00645494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a justification</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0410DF5C" w:rsidRPr="26943EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and provide a plan for mitigating the delay. If approved, extensions will be granted for 2 weeks from the original deadline.​</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3843F7B6" w14:textId="77777777" w:rsidR="00645494" w:rsidRPr="00645494" w:rsidRDefault="00645494" w:rsidP="00645494">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -895,127 +945,225 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Resubmission Policy:</w:t>
       </w:r>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D575018" w14:textId="460B7755" w:rsidR="00645494" w:rsidRPr="00645494" w:rsidRDefault="00645494" w:rsidP="00645494">
+    <w:p w14:paraId="5D575018" w14:textId="679081B0" w:rsidR="00645494" w:rsidRDefault="00645494" w:rsidP="00645494">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In cases where the initial submission was </w:t>
       </w:r>
-      <w:r w:rsidR="00CF3EA3">
-[...5 lines deleted...]
-        <w:t>rejected</w:t>
+      <w:r w:rsidR="008C781C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>denied</w:t>
       </w:r>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, one resubmission will be allowed no more than 2 weeks after the </w:t>
-[...7 lines deleted...]
-        <w:t>rejection</w:t>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">up to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85312">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85312" w:rsidRPr="00645494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>resubmission</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be allowed</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. For each resubmission</w:t>
+      </w:r>
+      <w:r w:rsidR="00473219">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the due date shall be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no more than 2 weeks after the </w:t>
+      </w:r>
+      <w:r w:rsidR="008C781C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>most recent denial</w:t>
       </w:r>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> date.​</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60EEC307" w14:textId="77777777" w:rsidR="00DA2D4E" w:rsidRDefault="00DA2D4E" w:rsidP="00645494">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A896EF" w14:textId="6B98D34B" w:rsidR="00645494" w:rsidRPr="00645494" w:rsidRDefault="00645494" w:rsidP="00645494">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Non-compliance with the outlined criteria for specific performance requirements may lead to reduction in QEIP funding. In addition to submitting timely, responsive and complete deliverables, </w:t>
+        <w:t>Non-compliance with the outlined criteria for specific performance requirements may lead to reduction in QEIP funding. In addition to submitting timely, responsive and complete </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00645494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deliverables</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00645494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00EF2690">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">organizations </w:t>
       </w:r>
       <w:r w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">must comply with the requirements set </w:t>
       </w:r>
       <w:r w:rsidR="00EF2690" w:rsidRPr="00645494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>forth</w:t>
       </w:r>
@@ -1111,51 +1259,51 @@
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Health.Equity@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DA2D4E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F11409" w:rsidRPr="00EF2690">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1179,51 +1327,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04985D29"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A0220C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -1904,159 +2052,178 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="239682642">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1132482447">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1010303528">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="111245740">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1110322280">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00645494"/>
     <w:rsid w:val="000312E3"/>
     <w:rsid w:val="00092127"/>
     <w:rsid w:val="000B1A2F"/>
+    <w:rsid w:val="00103078"/>
     <w:rsid w:val="0016407C"/>
+    <w:rsid w:val="00192576"/>
     <w:rsid w:val="00197B2B"/>
     <w:rsid w:val="001D7845"/>
     <w:rsid w:val="0021684C"/>
     <w:rsid w:val="00220720"/>
     <w:rsid w:val="00231F88"/>
     <w:rsid w:val="0024224B"/>
+    <w:rsid w:val="00243F54"/>
     <w:rsid w:val="00251E42"/>
+    <w:rsid w:val="00255E5E"/>
     <w:rsid w:val="003B57A6"/>
     <w:rsid w:val="003C12FF"/>
+    <w:rsid w:val="003C18FD"/>
     <w:rsid w:val="003D5729"/>
     <w:rsid w:val="003E31C4"/>
     <w:rsid w:val="00420082"/>
     <w:rsid w:val="00430A7A"/>
     <w:rsid w:val="00447411"/>
     <w:rsid w:val="0045298A"/>
+    <w:rsid w:val="00473219"/>
     <w:rsid w:val="00473CB1"/>
     <w:rsid w:val="0048591A"/>
+    <w:rsid w:val="00495518"/>
+    <w:rsid w:val="004D39B6"/>
+    <w:rsid w:val="004D5A49"/>
+    <w:rsid w:val="004F434D"/>
     <w:rsid w:val="00504096"/>
     <w:rsid w:val="00505AF9"/>
     <w:rsid w:val="00525489"/>
     <w:rsid w:val="00553BFE"/>
     <w:rsid w:val="005B3D4C"/>
+    <w:rsid w:val="005D2E2E"/>
+    <w:rsid w:val="0061075D"/>
     <w:rsid w:val="0061357C"/>
     <w:rsid w:val="006407C4"/>
     <w:rsid w:val="00645494"/>
     <w:rsid w:val="006648D3"/>
     <w:rsid w:val="00692E86"/>
     <w:rsid w:val="00694E1F"/>
     <w:rsid w:val="006B72E3"/>
     <w:rsid w:val="006C08C4"/>
     <w:rsid w:val="00732176"/>
     <w:rsid w:val="00736939"/>
     <w:rsid w:val="00737774"/>
     <w:rsid w:val="00784664"/>
     <w:rsid w:val="00795DF7"/>
     <w:rsid w:val="007B4E17"/>
     <w:rsid w:val="007B7043"/>
     <w:rsid w:val="007E1A5A"/>
     <w:rsid w:val="007F39B7"/>
     <w:rsid w:val="007F6ADB"/>
+    <w:rsid w:val="00817143"/>
     <w:rsid w:val="008200E7"/>
     <w:rsid w:val="008307EC"/>
     <w:rsid w:val="00833A9C"/>
     <w:rsid w:val="00835E01"/>
     <w:rsid w:val="00845FD1"/>
     <w:rsid w:val="0087511A"/>
     <w:rsid w:val="008C1308"/>
+    <w:rsid w:val="008C781C"/>
     <w:rsid w:val="008E6F4F"/>
     <w:rsid w:val="008F4E2E"/>
     <w:rsid w:val="0095224E"/>
     <w:rsid w:val="00963009"/>
+    <w:rsid w:val="0096411D"/>
     <w:rsid w:val="00A1756E"/>
     <w:rsid w:val="00A50139"/>
     <w:rsid w:val="00A70617"/>
     <w:rsid w:val="00A80457"/>
     <w:rsid w:val="00A94CD8"/>
     <w:rsid w:val="00A969F9"/>
     <w:rsid w:val="00AB4244"/>
     <w:rsid w:val="00AB48C2"/>
     <w:rsid w:val="00AC59C9"/>
     <w:rsid w:val="00AC7449"/>
     <w:rsid w:val="00AD07D1"/>
     <w:rsid w:val="00AD54AA"/>
     <w:rsid w:val="00B21D3D"/>
     <w:rsid w:val="00B71F19"/>
     <w:rsid w:val="00BF0B9D"/>
     <w:rsid w:val="00BF1303"/>
     <w:rsid w:val="00BF2C8C"/>
     <w:rsid w:val="00C02A25"/>
+    <w:rsid w:val="00C26CCD"/>
     <w:rsid w:val="00C335EB"/>
     <w:rsid w:val="00C713EF"/>
     <w:rsid w:val="00C76F61"/>
     <w:rsid w:val="00CA3AE1"/>
     <w:rsid w:val="00CB39A1"/>
+    <w:rsid w:val="00CB7E79"/>
     <w:rsid w:val="00CF3EA3"/>
     <w:rsid w:val="00D43854"/>
     <w:rsid w:val="00D5007F"/>
     <w:rsid w:val="00D567F0"/>
     <w:rsid w:val="00D653E6"/>
+    <w:rsid w:val="00D655CA"/>
     <w:rsid w:val="00DA2D4E"/>
     <w:rsid w:val="00DB6703"/>
     <w:rsid w:val="00DC2578"/>
     <w:rsid w:val="00DE0AB1"/>
     <w:rsid w:val="00DE64FC"/>
     <w:rsid w:val="00E21A2C"/>
     <w:rsid w:val="00E67498"/>
     <w:rsid w:val="00EE28E4"/>
     <w:rsid w:val="00EF2690"/>
     <w:rsid w:val="00F11409"/>
     <w:rsid w:val="00F75D56"/>
+    <w:rsid w:val="00F85312"/>
     <w:rsid w:val="00F9536F"/>
     <w:rsid w:val="0187BF53"/>
     <w:rsid w:val="029E0320"/>
     <w:rsid w:val="0410DF5C"/>
     <w:rsid w:val="04D608A2"/>
     <w:rsid w:val="08684B18"/>
     <w:rsid w:val="09250552"/>
     <w:rsid w:val="0BAE3AA0"/>
     <w:rsid w:val="0E52A6F0"/>
     <w:rsid w:val="0E60EA20"/>
     <w:rsid w:val="0FCF669A"/>
     <w:rsid w:val="10F1D9F6"/>
     <w:rsid w:val="13ECDD8F"/>
     <w:rsid w:val="16FE3170"/>
     <w:rsid w:val="20E58B06"/>
     <w:rsid w:val="21ACF140"/>
     <w:rsid w:val="26943EDC"/>
     <w:rsid w:val="2761C749"/>
     <w:rsid w:val="32C93CBD"/>
     <w:rsid w:val="364D5769"/>
     <w:rsid w:val="3AAB0961"/>
     <w:rsid w:val="42D4BA7F"/>
     <w:rsid w:val="449E2EA0"/>
     <w:rsid w:val="49BBD15D"/>
     <w:rsid w:val="4AC48AED"/>
@@ -2087,51 +2254,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0E076D52"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{08D67421-6632-4BA2-89EC-00F99AC1712E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3114,51 +3281,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0024224B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0024224B"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="666134217">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="325911256">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3656,91 +3823,82 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b54f10f4e79eec172ed26ef1834b7607" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2df0f1ff799e2b1eec60a5ae7dbd158">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca181a51-b58f-4101-967e-bee951ab042e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3759,50 +3917,57 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BriefDescription" ma:index="21" nillable="true" ma:displayName="Brief Description" ma:format="Dropdown" ma:internalName="BriefDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3891,114 +4056,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2998676-1A61-4921-825A-842B419CC29A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84489873-FFCE-40AD-B103-F8B0AB0F2CEC}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6E42C24-2772-49FD-B0A5-875BB723DA56}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CB2BC18-EC05-46CA-904F-C7FEED75C41E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>371</Words>
-  <Characters>2119</Characters>
+  <Words>382</Words>
+  <Characters>2179</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2486</CharactersWithSpaces>
+  <CharactersWithSpaces>2556</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+    <vt:lpwstr>e4711e0b-d8e4-499a-9b3f-f01c4e99d0a8</vt:lpwstr>
+  </property>
 </Properties>
 </file>