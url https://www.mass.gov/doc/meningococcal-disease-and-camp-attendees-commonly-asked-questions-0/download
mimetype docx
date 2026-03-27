--- v0 (2025-11-03)
+++ v1 (2026-03-27)
@@ -1,2070 +1,2331 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6F1957C5" w14:textId="77777777" w:rsidR="00773D8F" w:rsidRPr="0097433A" w:rsidRDefault="00773D8F" w:rsidP="00020797">
+    <w:p w14:paraId="6E9DE198" w14:textId="5C5ABDE9" w:rsidR="00E12889" w:rsidRPr="00D54E49" w:rsidRDefault="009A5297" w:rsidP="00CB01FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Meningococcal Disease:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12889" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Commonly Asked Questions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F00D1AD" w14:textId="77777777" w:rsidR="00F34E0C" w:rsidRPr="00D54E49" w:rsidRDefault="00F34E0C" w:rsidP="00CB01FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00576DF2">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="695CCB9E" w14:textId="18FB7BE9" w:rsidR="0055462E" w:rsidRPr="00D54E49" w:rsidRDefault="00481D4D" w:rsidP="00481D4D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00BC6F45" w:rsidRPr="00576DF2">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00576DF2">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="0055462E" w:rsidRPr="00D54E49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...11 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information on meningococcal disease is pertinent for all children, adolescents, and college students. For information about </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specific populations, see the headers </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Meningococcal_Disease_and" w:history="1">
+        <w:r w:rsidR="0055462E" w:rsidRPr="00D54E49">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Students</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D54E49">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink w:anchor="_Meningococcal_Disease_and_1" w:history="1">
+        <w:r w:rsidR="0055462E" w:rsidRPr="00D54E49">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Camp Attendees</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D54E49">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>,</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0055462E" w:rsidRPr="00C65121">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Daycare_Attendees" w:history="1">
+        <w:r w:rsidR="0055462E" w:rsidRPr="00D54E49">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Daycare Attendees</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E77C942" w14:textId="77777777" w:rsidR="0055462E" w:rsidRPr="00D54E49" w:rsidRDefault="0055462E" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D7898F0" w14:textId="3CD5BB1B" w:rsidR="009A5297" w:rsidRPr="00D54E49" w:rsidRDefault="009A5297" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>What is meningococcal disease?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069006C8" w14:textId="21275639" w:rsidR="009A5297" w:rsidRPr="00D54E49" w:rsidRDefault="009A5297" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meningococcal disease is caused by infection with bacteria called </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...8 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Neisseria meningitidis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. These bacteria can infect the tissue (the “meninges”) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1652" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>surrounding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the brain and spinal cord and cause meningitis, or they may infect the blood or other organs of the body.</w:t>
+      </w:r>
+      <w:r w:rsidR="002937FE" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Symptoms of mening</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10CE2" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ococcal disease</w:t>
+      </w:r>
+      <w:r w:rsidR="002937FE" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may appear suddenly. Fever, severe and constant headache</w:t>
+      </w:r>
+      <w:r w:rsidR="00377CD1" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002937FE" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, stiff neck or neck pain, nausea and vomiting, and rash can all be signs of mening</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE767F" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ococcal disease</w:t>
+      </w:r>
+      <w:r w:rsidR="002937FE" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Changes in behavior</w:t>
+      </w:r>
+      <w:r w:rsidR="0098327E" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002937FE" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as confusion, sleepiness, and trouble waking up can also be important symptoms. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the US, about </w:t>
+      </w:r>
+      <w:r w:rsidR="00B467C3" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>350-550</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> people get meningococcal disease each </w:t>
+      </w:r>
+      <w:r w:rsidR="00A629E8" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>year, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-15% die despite receiving antibiotic treatment. Of those who survive, about 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B467C3" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01F3C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B467C3" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% may lose limbs, become </w:t>
+      </w:r>
+      <w:r w:rsidR="00377CD1" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hearing impaired</w:t>
+      </w:r>
+      <w:r w:rsidR="00377CD1" w:rsidRPr="00D54E49" w:rsidDel="00377CD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00022D9A" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deaf, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1229E" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have problems</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01F3C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with their nervous system</w:t>
+      </w:r>
+      <w:r w:rsidR="00022D9A" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00A629E8" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>long-term</w:t>
+      </w:r>
+      <w:r w:rsidR="00022D9A" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neurologic problems</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01F3C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have seizures or strokes</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01F3C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0022150D" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Less common manifestations </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk204593252"/>
+      <w:r w:rsidR="0022150D" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of meningococcal disease </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="0022150D" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>include pneumonia</w:t>
+      </w:r>
+      <w:r w:rsidR="00184CBB" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="0022150D" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arthritis</w:t>
+      </w:r>
+      <w:r w:rsidR="00596F86" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E60E718" w14:textId="77777777" w:rsidR="005319E6" w:rsidRPr="00D54E49" w:rsidRDefault="005319E6" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="468E65A6" w14:textId="77777777" w:rsidR="0022150D" w:rsidRPr="00D54E49" w:rsidRDefault="0022150D" w:rsidP="00CB01FF">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0023161F">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>How common is meningococcal disease?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BA4CEB" w14:textId="77777777" w:rsidR="005658C8" w:rsidRPr="00D54E49" w:rsidRDefault="005658C8" w:rsidP="005658C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The incidence of meningococcal disease has declined steadily in the U.S. since a peak of reported disease in the late 1990s. In 2021, the rate of meningococcal disease in the United States reached a historic low of 0.06 cases per 100,000 population. Among adolescents age 16–23, the incidence rate was 0.05 cases per 100,000 population, which equals 5 cases per 10 million people age 16–23 in 2021. Rates of meningococcal disease in the United States increased in 2023. Much of this increase was due to a sharp increase in serogroup Y disease. In 2023, 415 confirmed and probable meningococcal disease cases were reported in the United States (preliminary data), which is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the rate in 2014. Declining rates of meningococcal disease may be due in part to the introduction of meningococcal vaccines (initially recommended routinely in 2005 for adolescents aged 11-12 years, unvaccinated college freshmen living in residence halls) as well as other factors such as the decline in cigarette smoking, which may impact susceptibility to this disease.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75144157" w14:textId="77777777" w:rsidR="0022150D" w:rsidRPr="00D54E49" w:rsidRDefault="0022150D" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="251B9D4B" w14:textId="77777777" w:rsidR="009A5297" w:rsidRPr="00D54E49" w:rsidRDefault="009A5297" w:rsidP="00CB01FF">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...330 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CB01FF">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>How is meningococcal disease spread?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6E154C" w14:textId="0AEB7C66" w:rsidR="00BD1027" w:rsidRPr="00D54E49" w:rsidRDefault="009A5297" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">These bacteria are passed from </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96882" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">person to person through saliva (spit). </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk204593656"/>
+      <w:r w:rsidR="00F96882" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the bacteria to spread, you must be in close contact with an infected person’s saliva. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00F96882" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Close contact includes activities such as kissing, sharing water bottles, sharing eating/drinking utensils, sharing cigarettes, or being within 3-6 feet of someone infected </w:t>
+      </w:r>
+      <w:r w:rsidR="007807A3" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r w:rsidR="0098327E" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="007807A3" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96882" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1027" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>coughing or sneezing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D33D04A" w14:textId="77777777" w:rsidR="005319E6" w:rsidRPr="00D54E49" w:rsidRDefault="005319E6" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37CA6BE5" w14:textId="77777777" w:rsidR="00F47A1E" w:rsidRPr="00D54E49" w:rsidRDefault="00F47A1E" w:rsidP="00CB01FF">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...32 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0023161F">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Who is most at risk for getting meningococcal disease?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B99EED4" w14:textId="7180C105" w:rsidR="00F47A1E" w:rsidRPr="00D54E49" w:rsidRDefault="00F47A1E" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">High-risk groups include anyone with a damaged spleen or whose spleen has been removed, those with persistent complement component deficiency (an inherited immune disorder), HIV infection, those traveling to countries where meningococcal disease is very common, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk204593832"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">microbiologists </w:t>
+      </w:r>
+      <w:r w:rsidR="008E39CF" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and people </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>who are routinely exposed to the organism and people who may have been exposed to meningococcal disease during an outbreak.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk204593876"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">People who live in certain settings such as </w:t>
+      </w:r>
+      <w:r w:rsidR="002765A9" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first-year </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">college </w:t>
+      </w:r>
+      <w:r w:rsidR="002765A9" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">students </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">living </w:t>
+      </w:r>
+      <w:r w:rsidR="002765A9" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>on campus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and military recruits are also at greater risk of disease caused by some serotypes.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="27470F9E" w14:textId="77777777" w:rsidR="0009674B" w:rsidRPr="00D54E49" w:rsidRDefault="0009674B" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E108F93" w14:textId="77777777" w:rsidR="009A5297" w:rsidRPr="00D54E49" w:rsidRDefault="009A5297" w:rsidP="00CB01FF">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...64 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0023161F">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Is there a vaccine against meningococcal disease?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27715B67" w14:textId="7DA350E9" w:rsidR="009C2045" w:rsidRPr="00D54E49" w:rsidRDefault="009C2045" w:rsidP="009C2045">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes, there are several different meningococcal vaccines. Quadrivalent meningococcal conjugate vaccine (Menveo and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MenQuadfi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) protects against 4 serotypes (A, C, W, and Y) of meningococcal disease. The meningococcal serogroup B vaccines (Bexsero and Trumenba) protect against serogroup B meningococcal disease for people age 10 and older. Pentavalent meningococcal vaccine protects against serogroups A, B, C, W, and Y. It may be administered to persons aged ≥10 years when both a quadrivalent meningococcal conjugate vaccine and meningococcal B vaccine are indicated at the same visit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D98C1FD" w14:textId="77777777" w:rsidR="00A82991" w:rsidRPr="00D54E49" w:rsidRDefault="00A82991" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2856CA0C" w14:textId="77777777" w:rsidR="009A5297" w:rsidRPr="00D54E49" w:rsidRDefault="009A5297" w:rsidP="00CB01FF">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0042769C" w:rsidRPr="0023161F">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...35 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>How can I protect my child from getting meningococcal disease?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2491FE9C" w14:textId="02CD482E" w:rsidR="009A5297" w:rsidRPr="00D54E49" w:rsidRDefault="009A5297" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The best protection against meningococcal disease and many other infectious diseases is thorough and frequent handwashing, respiratory hygiene</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2ADD" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0023161F">
-[...713 lines deleted...]
-    <w:p w14:paraId="5E38710E" w14:textId="2E8B0A1D" w:rsidR="001306D0" w:rsidRPr="0023161F" w:rsidRDefault="001306D0" w:rsidP="0023161F">
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and cough etiquette. </w:t>
+      </w:r>
+      <w:r w:rsidR="0040216F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The following are best practices:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC17672" w14:textId="77777777" w:rsidR="0000755A" w:rsidRPr="00D54E49" w:rsidRDefault="0000755A" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1263A107" w14:textId="402FD8AD" w:rsidR="00214835" w:rsidRPr="00D54E49" w:rsidRDefault="003D4F4B" w:rsidP="00CB01FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5297" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ash their hands often, especially after using the toilet and before eating or preparing food (hands should be washed with soap and water</w:t>
+      </w:r>
+      <w:r w:rsidR="009567CD" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0023161F">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009A5297" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or an alcohol-based hand gel or rub may be used if hands are not visibly dirty)</w:t>
       </w:r>
-      <w:r w:rsidR="008D4FCB">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009567CD" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36560565" w14:textId="77777777" w:rsidR="001306D0" w:rsidRPr="0023161F" w:rsidRDefault="001306D0" w:rsidP="0023161F">
+    <w:p w14:paraId="400AA4A5" w14:textId="14498658" w:rsidR="00214835" w:rsidRPr="00D54E49" w:rsidRDefault="003D4F4B" w:rsidP="00CB01FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="1D19CF55" w14:textId="0BEDA852" w:rsidR="00591286" w:rsidRPr="0023161F" w:rsidRDefault="001306D0" w:rsidP="0023161F">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5297" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>over their nose and mouth with a tissue when coughing or sneezing and discard the tissue in a trash can;</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5B6B" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if they don’t have a tissue, cough or sneeze into their upper </w:t>
+      </w:r>
+      <w:r w:rsidR="009567CD" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sleeve.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66778150" w14:textId="3C3EEE79" w:rsidR="00214835" w:rsidRPr="00D54E49" w:rsidRDefault="003D4F4B" w:rsidP="00CB01FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5297" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ot </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A5297" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>share</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A5297" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> food, drinks</w:t>
+      </w:r>
+      <w:r w:rsidR="00803D4E" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0023161F">
-[...8 lines deleted...]
-    <w:p w14:paraId="0233A8FA" w14:textId="77777777" w:rsidR="00591286" w:rsidRPr="0023161F" w:rsidRDefault="00591286" w:rsidP="0023161F">
+      <w:r w:rsidR="009A5297" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or eating utensils with other people, especially if they are ill</w:t>
+      </w:r>
+      <w:r w:rsidR="009567CD" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544DD61A" w14:textId="4FA468C7" w:rsidR="003A5C05" w:rsidRPr="00D54E49" w:rsidRDefault="003D4F4B" w:rsidP="00CB01FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5C05" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ontact their healthcare provider immediately if they have symptoms of mening</w:t>
+      </w:r>
+      <w:r w:rsidR="004435BD" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ococcal disease</w:t>
       </w:r>
-      <w:r w:rsidRPr="0023161F">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009567CD" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BEEA4DC" w14:textId="77777777" w:rsidR="00BC4730" w:rsidRPr="0023161F" w:rsidRDefault="00BC4730" w:rsidP="0023161F">
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="491B8C32" w14:textId="77777777" w:rsidR="00D13CB0" w:rsidRPr="00D54E49" w:rsidRDefault="00D13CB0" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40DE3175" w14:textId="63B3950A" w:rsidR="00FD47B7" w:rsidRPr="00D54E49" w:rsidRDefault="00FC61F6" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00A42FD8" w:rsidRPr="0023161F">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A74DBF" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">f your child is exposed to someone with meningococcal disease, antibiotics may be </w:t>
       </w:r>
-      <w:r w:rsidR="00ED191D" w:rsidRPr="0023161F">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00C71B94" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>recommend</w:t>
       </w:r>
-      <w:r w:rsidR="00A42FD8" w:rsidRPr="0023161F">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A74DBF" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ed to keep your child from getting sick.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C08964" w14:textId="77777777" w:rsidR="00BC4730" w:rsidRPr="0023161F" w:rsidRDefault="00BC4730" w:rsidP="0023161F">
-[...41 lines deleted...]
-        <w:r w:rsidR="000F52A3" w:rsidRPr="0023161F">
+    <w:p w14:paraId="4CF66995" w14:textId="77777777" w:rsidR="00357A89" w:rsidRPr="00D54E49" w:rsidRDefault="00357A89" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56CE397D" w14:textId="4FA9179F" w:rsidR="000F79FF" w:rsidRPr="00D54E49" w:rsidRDefault="000F79FF" w:rsidP="00CB01FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>How can I obtain more information about meningococcal disease and vaccination?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3B1AAC" w14:textId="0EEEA32E" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="000F79FF" w:rsidP="00B84521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can contact your </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA705C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">healthcare provider, local </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA705C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA705C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA705C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or the Massachusetts Department of Public Health </w:t>
+      </w:r>
+      <w:r w:rsidR="0040216F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(MDPH) </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA705C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Divisions of Epidemiology and Immunization at (617) 983-6800 or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visit </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00EA705C" w:rsidRPr="00D54E49">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.mass.gov/info-details/school-immunizations</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006721AC" w:rsidRPr="0097433A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00EA705C" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3707" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3707" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> please visit the CDC’s website:</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00C80585">
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00EB3707" w:rsidRPr="00D54E49">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Meningococcal Disease Surveillance and Trends | Meningococcal | CDC</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00EB3707" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007E2C12" w:rsidRPr="0097433A" w:rsidSect="00DD3F5A">
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="697A177F" w14:textId="77777777" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00EE3B27">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FD47F22" w14:textId="629DAF1E" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00EE3B27">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Meningococcal_Disease_and_2"/>
+      <w:bookmarkStart w:id="5" w:name="_Daycare_Attendees"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Daycare Attendees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461E32CA" w14:textId="77777777" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00B84521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F8F378B" w14:textId="77777777" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00B84521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Are children in daycare at increased risk for meningococcal disease?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04527FE7" w14:textId="77777777" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00B84521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Children under five years of age have a higher rate of meningococcal disease than older children, but </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>attending daycare is not considered to increase the risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C01816E" w14:textId="77777777" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00B84521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10CF41DD" w14:textId="77777777" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00B84521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Should my preschool-aged child receive the meningococcal vaccine?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1E7A26" w14:textId="77777777" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00B84521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>At the current time, routine vaccination with the meningococcal vaccine is not recommended for healthy preschool children who are not in one of the high-risk groups. Parents of children who are at higher risk of infection because of certain medical conditions or other circumstances (see above, “Who is most at risk?”) should discuss vaccination with their child’s healthcare provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D83BEDF" w14:textId="77777777" w:rsidR="00B84521" w:rsidRPr="00D54E49" w:rsidRDefault="00B84521" w:rsidP="00B84521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27D0DC70" w14:textId="7E08C47E" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00EE3B27">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Meningococcal_Disease_and"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Students</w:t>
+      </w:r>
+      <w:r w:rsidR="00345758" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Campers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750D853F" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C35EC58" w14:textId="7C9B836A" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Which students </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are most</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at risk for meningococcal disease?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB8CEB9" w14:textId="5F406D0E" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00345758" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">College students </w:t>
+      </w:r>
+      <w:r w:rsidR="00983AE4" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3E2B" w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lose contact in residence halls, combined with social mixing activities (such as going to bars, clubs, or parties, participating in Greek life, sharing food or beverages, and other activities involving the exchange of saliva), may put college students at increased risk relative to others of the same age. People with close contact to or lengthy contact with confirmed cases are also at increased risk of developing invasive meningococcal disease.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A29357" w14:textId="77777777" w:rsidR="00345758" w:rsidRPr="00D54E49" w:rsidRDefault="00345758" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="204200D6" w14:textId="77777777" w:rsidR="00345758" w:rsidRPr="00D54E49" w:rsidRDefault="00345758" w:rsidP="00345758">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Are camp attendees at increased risk for meningococcal disease?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F26D076" w14:textId="77777777" w:rsidR="00345758" w:rsidRPr="00D54E49" w:rsidRDefault="00345758" w:rsidP="00345758">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No. Children attending day or residential camps are not considered to be at an increased risk for meningococcal disease because of their participation at camp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C510116" w14:textId="77777777" w:rsidR="00211501" w:rsidRPr="00D54E49" w:rsidRDefault="00211501" w:rsidP="00211501">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54EE667A" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Should my school-aged child or adolescent receive the meningococcal vaccine?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DE35B4" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Different meningococcal vaccines are recommended for a range of age and risk groups. Quadrivalent meningococcal conjugate vaccine (MenACWY) is recommended routinely for children 11-12 years of age, with a second dose at age 16, and is required for school entry for grades 7 and 11. College freshmen and other newly enrolled college students (under age 21) are also required to have received quadrivalent meningococcal conjugate vaccine regardless of whether they live in congregate housing. This includes individuals from other countries attending or visiting classes or educational programs as part of an academic visitation or exchange program. More information about exemptions from this requirement may be found in the MDPH document “Information about Meningococcal Disease, Meningococcal Vaccines, Vaccination Requirements and the Waiver for Students at Colleges and Residential Schools.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBF1CFF" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41C83DF9" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Meningococcal B vaccine is recommended for people over age 10 in certain relatively rare high-risk groups (e.g., persons with a damaged spleen or whose spleen has been removed, those with persistent complement component deficiency (an inherited disorder), and people who may have been exposed during an outbreak). In addition, adolescents and young adults (16 through 23 years of age) who are not at high risk may be vaccinated with a serogroup B meningococcal vaccine, preferably at 16 through 18 years of age, to provide short-term protection for most strains of serogroup B meningococcal disease. Parents of adolescents and children at higher risk of infection because of certain medical conditions or other circumstances should discuss vaccination with their child’s healthcare provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FE6368" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F386079" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pentavalent meningococcal vaccine protects against serogroups A, B, C, W, and Y. It may be administered to persons aged ≥10 years when both a quadrivalent meningococcal conjugate vaccine and meningococcal B vaccine are indicated at the same visit. Talk with your doctor about which vaccines your child should receive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328289D4" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00211501">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21C30EE3" w14:textId="77777777" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="00BF3E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Shouldn’t meningococcal B vaccine be required?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5CEB19" w14:textId="2D97C9D6" w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidRDefault="00BF3E2B" w:rsidP="006D0F21">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54E49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CDC’s Advisory Committee on Immunization Practices has reviewed the available data regarding serogroup B meningococcal disease and the vaccines. At the current time, there is no routine recommendation and no statewide requirement for meningococcal B vaccination before going to college (although some colleges might decide to have such a requirement). As noted previously, adolescents and young adults (16 through 23 years of age) may be vaccinated with a serogroup B meningococcal vaccine, preferably at 16 through 18 years of age, to provide short-term protection against most strains of serogroup B meningococcal disease. This would be a decision between a patient or parent and a healthcare provider. These policies may change as new information becomes available.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Meningococcal_Disease_and_1"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:sectPr w:rsidR="00BF3E2B" w:rsidRPr="00D54E49" w:rsidSect="00EA18AA">
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="288" w:right="576" w:bottom="288" w:left="576" w:header="720" w:footer="432" w:gutter="0"/>
+      <w:pgMar w:top="288" w:right="576" w:bottom="288" w:left="576" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5214AA9F" w14:textId="77777777" w:rsidR="00AE77E8" w:rsidRDefault="00AE77E8">
+    <w:p w14:paraId="60BEF037" w14:textId="77777777" w:rsidR="00C84F1C" w:rsidRDefault="00C84F1C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71424B3D" w14:textId="77777777" w:rsidR="00AE77E8" w:rsidRDefault="00AE77E8">
+    <w:p w14:paraId="13B58E4C" w14:textId="77777777" w:rsidR="00C84F1C" w:rsidRDefault="00C84F1C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="16A58A94" w14:textId="77777777" w:rsidR="00BF3D41" w:rsidRDefault="00BF3D41" w:rsidP="00BC6F45">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1B111B8D" w14:textId="77777777" w:rsidR="00EA705C" w:rsidRDefault="00EA705C" w:rsidP="00475EB5">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="11070"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="37DED172" w14:textId="02C2AA2D" w:rsidR="00F65406" w:rsidRDefault="00FA44C3" w:rsidP="00475EB5">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="11070"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Provided by the Massachusetts Department of Public Health in accordance with M.G.L. c.111, s.219.</w:t>
+    </w:r>
+    <w:r w:rsidR="00475EB5">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00F20F74">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">September </w:t>
+    </w:r>
+    <w:r w:rsidR="000E0BAE">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2025</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="762888D4" w14:textId="66FBF91E" w:rsidR="00113AB6" w:rsidRDefault="00113AB6" w:rsidP="00D13CB0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6695C917" w14:textId="5FDED7C7" w:rsidR="00B16F27" w:rsidRDefault="00EA0FD1" w:rsidP="00BC6F45">
+  <w:p w14:paraId="7A15D8BA" w14:textId="472A505A" w:rsidR="00FA44C3" w:rsidRDefault="00F65406" w:rsidP="00D13CB0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00926015">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Provided by the Massachusetts Department of Public Health in accordance with M.G.L. c.111, s.219</w:t>
+      <w:t>Massachusetts Department of Public Health Divisions of Epidemiology and Immunization</w:t>
     </w:r>
-    <w:r w:rsidR="00745EB0" w:rsidRPr="00745EB0">
-[...157 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4340082C" w14:textId="77777777" w:rsidR="00AE77E8" w:rsidRDefault="00AE77E8">
+    <w:p w14:paraId="1D04D105" w14:textId="77777777" w:rsidR="00C84F1C" w:rsidRDefault="00C84F1C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6067375B" w14:textId="77777777" w:rsidR="00AE77E8" w:rsidRDefault="00AE77E8">
+    <w:p w14:paraId="34C007CE" w14:textId="77777777" w:rsidR="00C84F1C" w:rsidRDefault="00C84F1C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E435CF1"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B542D6B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D6E200E"/>
+    <w:lvl w:ilvl="0" w:tplc="0226C908">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22362A37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75049EA8"/>
     <w:lvl w:ilvl="0" w:tplc="6E9E29EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BodyText3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2162,51 +2423,137 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C561466"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7B1679B6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D4C6845"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="424243FE"/>
     <w:lvl w:ilvl="0" w:tplc="34F04FA8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2302,54 +2649,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3EE47DC2"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32EF2955"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6472D81C"/>
+    <w:tmpl w:val="E69EB86A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -2388,194 +2735,420 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="401412C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="49909F5E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45854B1E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19C4CF1A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C3B4398"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87263C9E"/>
+    <w:tmpl w:val="7F00C58E"/>
     <w:lvl w:ilvl="0" w:tplc="AD588492">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="8280"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6CED006A"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50FC2047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FCD88684"/>
+    <w:tmpl w:val="1A2C6286"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -2614,385 +3187,546 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="82916440">
+  <w:num w:numId="1" w16cid:durableId="49498467">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1340695342">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="502546955">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1856260650">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="18818644">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="684870172">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2008437266">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2091810640">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1174761983">
+  <w:num w:numId="8" w16cid:durableId="1326322128">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2063749255">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="9" w16cid:durableId="1853756962">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="662396039">
+  <w:num w:numId="10" w16cid:durableId="1668940659">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1193346499">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="11" w16cid:durableId="2087920810">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001306D0"/>
-[...28 lines deleted...]
-    <w:rsid w:val="0023633E"/>
+    <w:rsidRoot w:val="009A5297"/>
+    <w:rsid w:val="0000755A"/>
+    <w:rsid w:val="00022D9A"/>
+    <w:rsid w:val="00032E32"/>
+    <w:rsid w:val="00036B49"/>
+    <w:rsid w:val="000478AA"/>
+    <w:rsid w:val="000602AE"/>
+    <w:rsid w:val="00060AF4"/>
+    <w:rsid w:val="00062664"/>
+    <w:rsid w:val="00063341"/>
+    <w:rsid w:val="00063EF3"/>
+    <w:rsid w:val="00065830"/>
+    <w:rsid w:val="00066F70"/>
+    <w:rsid w:val="0009674B"/>
+    <w:rsid w:val="000A248B"/>
+    <w:rsid w:val="000A4855"/>
+    <w:rsid w:val="000B1F63"/>
+    <w:rsid w:val="000B287F"/>
+    <w:rsid w:val="000B541E"/>
+    <w:rsid w:val="000C4D84"/>
+    <w:rsid w:val="000D66E3"/>
+    <w:rsid w:val="000D74C0"/>
+    <w:rsid w:val="000E013F"/>
+    <w:rsid w:val="000E0BAE"/>
+    <w:rsid w:val="000E5316"/>
+    <w:rsid w:val="000E6000"/>
+    <w:rsid w:val="000F1551"/>
+    <w:rsid w:val="000F79FF"/>
+    <w:rsid w:val="00110C63"/>
+    <w:rsid w:val="00113AB6"/>
+    <w:rsid w:val="001255C9"/>
+    <w:rsid w:val="001344F3"/>
+    <w:rsid w:val="001458BC"/>
+    <w:rsid w:val="001541A0"/>
+    <w:rsid w:val="00157748"/>
+    <w:rsid w:val="00171AC7"/>
+    <w:rsid w:val="00181328"/>
+    <w:rsid w:val="00184CBB"/>
+    <w:rsid w:val="00195CF6"/>
+    <w:rsid w:val="00197BEC"/>
+    <w:rsid w:val="001A581D"/>
+    <w:rsid w:val="001A79C7"/>
+    <w:rsid w:val="001D3E96"/>
+    <w:rsid w:val="001D4F62"/>
+    <w:rsid w:val="001F5693"/>
+    <w:rsid w:val="00202CF2"/>
+    <w:rsid w:val="0020550C"/>
+    <w:rsid w:val="00210FB0"/>
+    <w:rsid w:val="00211501"/>
+    <w:rsid w:val="00214835"/>
+    <w:rsid w:val="0022150D"/>
+    <w:rsid w:val="00223A69"/>
+    <w:rsid w:val="002267CC"/>
+    <w:rsid w:val="00240CFB"/>
+    <w:rsid w:val="0024146D"/>
     <w:rsid w:val="00244B00"/>
-    <w:rsid w:val="002528F0"/>
-[...72 lines deleted...]
-    <w:rsid w:val="00745EB0"/>
+    <w:rsid w:val="00255B0D"/>
+    <w:rsid w:val="00263145"/>
+    <w:rsid w:val="00270371"/>
+    <w:rsid w:val="002711BF"/>
+    <w:rsid w:val="002765A9"/>
+    <w:rsid w:val="002823A0"/>
+    <w:rsid w:val="00287550"/>
+    <w:rsid w:val="002937FE"/>
+    <w:rsid w:val="002A1C2B"/>
+    <w:rsid w:val="002A5DC7"/>
+    <w:rsid w:val="002E4D22"/>
+    <w:rsid w:val="002F3DC3"/>
+    <w:rsid w:val="002F545F"/>
+    <w:rsid w:val="003158D8"/>
+    <w:rsid w:val="00343A15"/>
+    <w:rsid w:val="00345758"/>
+    <w:rsid w:val="00356EA9"/>
+    <w:rsid w:val="00356EC4"/>
+    <w:rsid w:val="00357A89"/>
+    <w:rsid w:val="00363764"/>
+    <w:rsid w:val="00373DEB"/>
+    <w:rsid w:val="003764D9"/>
+    <w:rsid w:val="00377CD1"/>
+    <w:rsid w:val="00394E19"/>
+    <w:rsid w:val="003A5C05"/>
+    <w:rsid w:val="003A79C1"/>
+    <w:rsid w:val="003B4385"/>
+    <w:rsid w:val="003B5BFB"/>
+    <w:rsid w:val="003B6CBC"/>
+    <w:rsid w:val="003C7AA0"/>
+    <w:rsid w:val="003D4F4B"/>
+    <w:rsid w:val="003E57CC"/>
+    <w:rsid w:val="003F3687"/>
+    <w:rsid w:val="00400F22"/>
+    <w:rsid w:val="0040216F"/>
+    <w:rsid w:val="00407AE8"/>
+    <w:rsid w:val="00411AD4"/>
+    <w:rsid w:val="00413834"/>
+    <w:rsid w:val="00422AA9"/>
+    <w:rsid w:val="00431F7E"/>
+    <w:rsid w:val="0043768F"/>
+    <w:rsid w:val="00442AE9"/>
+    <w:rsid w:val="004435BD"/>
+    <w:rsid w:val="004444E2"/>
+    <w:rsid w:val="004612C9"/>
+    <w:rsid w:val="00462F0A"/>
+    <w:rsid w:val="004646BA"/>
+    <w:rsid w:val="00471082"/>
+    <w:rsid w:val="00475EB5"/>
+    <w:rsid w:val="00481D4D"/>
+    <w:rsid w:val="00482FE4"/>
+    <w:rsid w:val="00485C09"/>
+    <w:rsid w:val="004860C8"/>
+    <w:rsid w:val="00495069"/>
+    <w:rsid w:val="0049770E"/>
+    <w:rsid w:val="004B4876"/>
+    <w:rsid w:val="004C1550"/>
+    <w:rsid w:val="004C17A1"/>
+    <w:rsid w:val="004D4681"/>
+    <w:rsid w:val="004D5D0E"/>
+    <w:rsid w:val="004E44C8"/>
+    <w:rsid w:val="004E5BAA"/>
+    <w:rsid w:val="004E6BA4"/>
+    <w:rsid w:val="005057D0"/>
+    <w:rsid w:val="005103D7"/>
+    <w:rsid w:val="00516513"/>
+    <w:rsid w:val="00526E42"/>
+    <w:rsid w:val="005319E6"/>
+    <w:rsid w:val="005334AF"/>
+    <w:rsid w:val="00534163"/>
+    <w:rsid w:val="0054016D"/>
+    <w:rsid w:val="00540214"/>
+    <w:rsid w:val="00552845"/>
+    <w:rsid w:val="0055462E"/>
+    <w:rsid w:val="005635F5"/>
+    <w:rsid w:val="005658C8"/>
+    <w:rsid w:val="00565F40"/>
+    <w:rsid w:val="005674B1"/>
+    <w:rsid w:val="0057299C"/>
+    <w:rsid w:val="00572BDF"/>
+    <w:rsid w:val="005733EB"/>
+    <w:rsid w:val="00584C2E"/>
+    <w:rsid w:val="00585529"/>
+    <w:rsid w:val="0058786A"/>
+    <w:rsid w:val="00596F86"/>
+    <w:rsid w:val="005B58DF"/>
+    <w:rsid w:val="005B622A"/>
+    <w:rsid w:val="005B7228"/>
+    <w:rsid w:val="005C626F"/>
+    <w:rsid w:val="005D1B96"/>
+    <w:rsid w:val="005E21B9"/>
+    <w:rsid w:val="005F576C"/>
+    <w:rsid w:val="0060124E"/>
+    <w:rsid w:val="00604CA5"/>
+    <w:rsid w:val="00613590"/>
+    <w:rsid w:val="0061369B"/>
+    <w:rsid w:val="006377A1"/>
+    <w:rsid w:val="0065091B"/>
+    <w:rsid w:val="0066122F"/>
+    <w:rsid w:val="00675158"/>
+    <w:rsid w:val="006838B7"/>
+    <w:rsid w:val="006A640E"/>
+    <w:rsid w:val="006B3218"/>
+    <w:rsid w:val="006B5B6B"/>
+    <w:rsid w:val="006C5B77"/>
+    <w:rsid w:val="006D0F21"/>
+    <w:rsid w:val="006E401A"/>
+    <w:rsid w:val="00740F37"/>
+    <w:rsid w:val="00743DCC"/>
+    <w:rsid w:val="007460E5"/>
+    <w:rsid w:val="00754E9C"/>
+    <w:rsid w:val="0076252D"/>
     <w:rsid w:val="00762B0B"/>
-    <w:rsid w:val="00773D8F"/>
-[...46 lines deleted...]
-    <w:rsid w:val="00AB6569"/>
+    <w:rsid w:val="007807A3"/>
+    <w:rsid w:val="00781C56"/>
+    <w:rsid w:val="0078543E"/>
+    <w:rsid w:val="0079144A"/>
+    <w:rsid w:val="00792588"/>
+    <w:rsid w:val="007A294F"/>
+    <w:rsid w:val="007A3895"/>
+    <w:rsid w:val="007B1846"/>
+    <w:rsid w:val="007B26FC"/>
+    <w:rsid w:val="007C2062"/>
+    <w:rsid w:val="007F30E6"/>
+    <w:rsid w:val="00803D4E"/>
+    <w:rsid w:val="00812AF3"/>
+    <w:rsid w:val="00815B00"/>
+    <w:rsid w:val="00816642"/>
+    <w:rsid w:val="00817E05"/>
+    <w:rsid w:val="00832E83"/>
+    <w:rsid w:val="00833782"/>
+    <w:rsid w:val="00841D84"/>
+    <w:rsid w:val="00852274"/>
+    <w:rsid w:val="0085760F"/>
+    <w:rsid w:val="00861973"/>
+    <w:rsid w:val="00866A18"/>
+    <w:rsid w:val="008808A2"/>
+    <w:rsid w:val="00881632"/>
+    <w:rsid w:val="0089409A"/>
+    <w:rsid w:val="008C4CB3"/>
+    <w:rsid w:val="008C6C17"/>
+    <w:rsid w:val="008C7AC6"/>
+    <w:rsid w:val="008E39CF"/>
+    <w:rsid w:val="008E68D1"/>
+    <w:rsid w:val="008F6276"/>
+    <w:rsid w:val="00900DB0"/>
+    <w:rsid w:val="009027FB"/>
+    <w:rsid w:val="00902B7F"/>
+    <w:rsid w:val="00914FC6"/>
+    <w:rsid w:val="00931E9A"/>
+    <w:rsid w:val="009410D2"/>
+    <w:rsid w:val="009431C9"/>
+    <w:rsid w:val="00952452"/>
+    <w:rsid w:val="00955502"/>
+    <w:rsid w:val="009567CD"/>
+    <w:rsid w:val="0096367D"/>
+    <w:rsid w:val="00967913"/>
+    <w:rsid w:val="0098327E"/>
+    <w:rsid w:val="00983AE4"/>
+    <w:rsid w:val="009904DC"/>
+    <w:rsid w:val="009A5297"/>
+    <w:rsid w:val="009C2045"/>
+    <w:rsid w:val="009C5E62"/>
+    <w:rsid w:val="009D58A9"/>
+    <w:rsid w:val="009F5A99"/>
+    <w:rsid w:val="009F7BEA"/>
+    <w:rsid w:val="00A01F3C"/>
+    <w:rsid w:val="00A22925"/>
+    <w:rsid w:val="00A41825"/>
+    <w:rsid w:val="00A42225"/>
+    <w:rsid w:val="00A44CDE"/>
+    <w:rsid w:val="00A45948"/>
+    <w:rsid w:val="00A5009C"/>
+    <w:rsid w:val="00A548BE"/>
+    <w:rsid w:val="00A57BF2"/>
+    <w:rsid w:val="00A629E8"/>
+    <w:rsid w:val="00A70723"/>
+    <w:rsid w:val="00A723F4"/>
+    <w:rsid w:val="00A74DBF"/>
+    <w:rsid w:val="00A82991"/>
+    <w:rsid w:val="00A83071"/>
+    <w:rsid w:val="00A9159A"/>
     <w:rsid w:val="00AB7515"/>
-    <w:rsid w:val="00AD0EC1"/>
-[...33 lines deleted...]
-    <w:rsid w:val="00C524C0"/>
+    <w:rsid w:val="00AB7997"/>
+    <w:rsid w:val="00AC28AA"/>
+    <w:rsid w:val="00AC2E20"/>
+    <w:rsid w:val="00AD2186"/>
+    <w:rsid w:val="00AE47E9"/>
+    <w:rsid w:val="00AE6CF8"/>
+    <w:rsid w:val="00AF0738"/>
+    <w:rsid w:val="00AF52EB"/>
+    <w:rsid w:val="00B022B5"/>
+    <w:rsid w:val="00B02F39"/>
+    <w:rsid w:val="00B11FDB"/>
+    <w:rsid w:val="00B13750"/>
+    <w:rsid w:val="00B15459"/>
+    <w:rsid w:val="00B15DA1"/>
+    <w:rsid w:val="00B1640A"/>
+    <w:rsid w:val="00B175B6"/>
+    <w:rsid w:val="00B25DE5"/>
+    <w:rsid w:val="00B350CC"/>
+    <w:rsid w:val="00B4553E"/>
+    <w:rsid w:val="00B467C3"/>
+    <w:rsid w:val="00B57243"/>
+    <w:rsid w:val="00B65655"/>
+    <w:rsid w:val="00B66204"/>
+    <w:rsid w:val="00B6689C"/>
+    <w:rsid w:val="00B773D4"/>
+    <w:rsid w:val="00B84521"/>
+    <w:rsid w:val="00B8692F"/>
+    <w:rsid w:val="00B91083"/>
+    <w:rsid w:val="00B91EDF"/>
+    <w:rsid w:val="00B95B18"/>
+    <w:rsid w:val="00B97D32"/>
+    <w:rsid w:val="00BA49F2"/>
+    <w:rsid w:val="00BA76B6"/>
+    <w:rsid w:val="00BB29E6"/>
+    <w:rsid w:val="00BB2ADD"/>
+    <w:rsid w:val="00BD1027"/>
+    <w:rsid w:val="00BE44E4"/>
+    <w:rsid w:val="00BE717E"/>
+    <w:rsid w:val="00BE7C15"/>
+    <w:rsid w:val="00BF3E2B"/>
+    <w:rsid w:val="00C01010"/>
+    <w:rsid w:val="00C0264B"/>
+    <w:rsid w:val="00C02C8E"/>
+    <w:rsid w:val="00C10A22"/>
+    <w:rsid w:val="00C11C03"/>
+    <w:rsid w:val="00C1229E"/>
+    <w:rsid w:val="00C20537"/>
+    <w:rsid w:val="00C33A76"/>
+    <w:rsid w:val="00C3611C"/>
+    <w:rsid w:val="00C409B6"/>
+    <w:rsid w:val="00C45821"/>
     <w:rsid w:val="00C5346E"/>
-    <w:rsid w:val="00C65356"/>
-[...57 lines deleted...]
-    <w:rsid w:val="1CD45124"/>
+    <w:rsid w:val="00C54069"/>
+    <w:rsid w:val="00C560A1"/>
+    <w:rsid w:val="00C61BAF"/>
+    <w:rsid w:val="00C65121"/>
+    <w:rsid w:val="00C71B94"/>
+    <w:rsid w:val="00C84F1C"/>
+    <w:rsid w:val="00C907A4"/>
+    <w:rsid w:val="00C95A50"/>
+    <w:rsid w:val="00CA490B"/>
+    <w:rsid w:val="00CA648B"/>
+    <w:rsid w:val="00CB01FF"/>
+    <w:rsid w:val="00CB72DD"/>
+    <w:rsid w:val="00CB73BF"/>
+    <w:rsid w:val="00CC21F9"/>
+    <w:rsid w:val="00CC2F1A"/>
+    <w:rsid w:val="00CC6FAA"/>
+    <w:rsid w:val="00CD44AA"/>
+    <w:rsid w:val="00CD45F3"/>
+    <w:rsid w:val="00CE0CEE"/>
+    <w:rsid w:val="00CE36DC"/>
+    <w:rsid w:val="00CE767F"/>
+    <w:rsid w:val="00CE7FB8"/>
+    <w:rsid w:val="00CF0A8D"/>
+    <w:rsid w:val="00CF64D7"/>
+    <w:rsid w:val="00D04B2B"/>
+    <w:rsid w:val="00D054A9"/>
+    <w:rsid w:val="00D0631E"/>
+    <w:rsid w:val="00D10696"/>
+    <w:rsid w:val="00D10CDE"/>
+    <w:rsid w:val="00D10CE2"/>
+    <w:rsid w:val="00D13CB0"/>
+    <w:rsid w:val="00D16EAB"/>
+    <w:rsid w:val="00D21266"/>
+    <w:rsid w:val="00D32218"/>
+    <w:rsid w:val="00D32552"/>
+    <w:rsid w:val="00D32A41"/>
+    <w:rsid w:val="00D333DF"/>
+    <w:rsid w:val="00D33ED8"/>
+    <w:rsid w:val="00D370DE"/>
+    <w:rsid w:val="00D54E49"/>
+    <w:rsid w:val="00D558D6"/>
+    <w:rsid w:val="00D6501A"/>
+    <w:rsid w:val="00D72CB7"/>
+    <w:rsid w:val="00D74417"/>
+    <w:rsid w:val="00D74B3D"/>
+    <w:rsid w:val="00D95580"/>
+    <w:rsid w:val="00DA00DC"/>
+    <w:rsid w:val="00DA46C1"/>
+    <w:rsid w:val="00DB13D0"/>
+    <w:rsid w:val="00DC6F6B"/>
+    <w:rsid w:val="00DE0819"/>
+    <w:rsid w:val="00E066D6"/>
+    <w:rsid w:val="00E12110"/>
+    <w:rsid w:val="00E12889"/>
+    <w:rsid w:val="00E24663"/>
+    <w:rsid w:val="00E263FC"/>
+    <w:rsid w:val="00E311CD"/>
+    <w:rsid w:val="00E41FB1"/>
+    <w:rsid w:val="00E439CE"/>
+    <w:rsid w:val="00E50DC9"/>
+    <w:rsid w:val="00E61555"/>
+    <w:rsid w:val="00E664E7"/>
+    <w:rsid w:val="00E71DEA"/>
+    <w:rsid w:val="00E84837"/>
+    <w:rsid w:val="00E95AC7"/>
+    <w:rsid w:val="00E977B7"/>
+    <w:rsid w:val="00EA18AA"/>
+    <w:rsid w:val="00EA4323"/>
+    <w:rsid w:val="00EA5205"/>
+    <w:rsid w:val="00EA705C"/>
+    <w:rsid w:val="00EB14D8"/>
+    <w:rsid w:val="00EB3707"/>
+    <w:rsid w:val="00EE3B27"/>
+    <w:rsid w:val="00EF3F44"/>
+    <w:rsid w:val="00EF543C"/>
+    <w:rsid w:val="00F07258"/>
+    <w:rsid w:val="00F07ECD"/>
+    <w:rsid w:val="00F200B7"/>
+    <w:rsid w:val="00F20F74"/>
+    <w:rsid w:val="00F3108C"/>
+    <w:rsid w:val="00F34E0C"/>
+    <w:rsid w:val="00F441AE"/>
+    <w:rsid w:val="00F47A1E"/>
+    <w:rsid w:val="00F553AC"/>
+    <w:rsid w:val="00F65406"/>
+    <w:rsid w:val="00F65D5C"/>
+    <w:rsid w:val="00F80644"/>
+    <w:rsid w:val="00F819DC"/>
+    <w:rsid w:val="00F84B2C"/>
+    <w:rsid w:val="00F96882"/>
+    <w:rsid w:val="00FA1D0B"/>
+    <w:rsid w:val="00FA2AA3"/>
+    <w:rsid w:val="00FA43F7"/>
+    <w:rsid w:val="00FA44C3"/>
+    <w:rsid w:val="00FB1652"/>
+    <w:rsid w:val="00FC3A73"/>
+    <w:rsid w:val="00FC3C0F"/>
+    <w:rsid w:val="00FC61F6"/>
+    <w:rsid w:val="00FC70FE"/>
+    <w:rsid w:val="00FD47B7"/>
+    <w:rsid w:val="00FE59BC"/>
+    <w:rsid w:val="00FF5ADF"/>
+    <w:rsid w:val="00FF6384"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="221D443F"/>
+  <w14:docId w14:val="0F2A2651"/>
   <w14:defaultImageDpi w14:val="96"/>
-  <w15:docId w15:val="{D767970C-C673-4042-B69A-04767E92FF4B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3345,73 +4079,81 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00BF3E2B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
+    <w:rsid w:val="0055462E"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9180"/>
+      </w:tabs>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:shd w:val="solid" w:color="auto" w:fill="auto"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9180"/>
       </w:tabs>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
@@ -3442,59 +4184,61 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
+    <w:rsid w:val="0055462E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="32"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
@@ -3623,201 +4367,247 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00922022"/>
+    <w:rsid w:val="004D4681"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...16 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B91083"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B91083"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B91083"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B91083"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B91083"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CD330C"/>
+    <w:rsid w:val="000602AE"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC6F6B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC4730"/>
+    <w:rsid w:val="00113AB6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0023161F"/>
+    <w:rsid w:val="00CB01FF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...61 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="841706479">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1092431481">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1495994742">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2052148049">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/meningococcal/php/surveillance/index.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/school-immunizations" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/school-immunizations" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/meningococcal/php/surveillance/index.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4061,64 +4851,72 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBB4A03F-5C6F-4871-89FA-9C63F8F09C36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>955</Words>
-  <Characters>5469</Characters>
+  <Words>1513</Words>
+  <Characters>8629</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6399</CharactersWithSpaces>
+  <CharactersWithSpaces>10122</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>