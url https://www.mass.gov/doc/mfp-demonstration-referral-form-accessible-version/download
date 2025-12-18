--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="663D777C" w14:textId="77777777" w:rsidR="00732F62" w:rsidRDefault="00AC4487" w:rsidP="00407134">
       <w:pPr>
         <w:spacing w:before="82"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
@@ -2736,51 +2737,51 @@
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="74A81DA6" id="docshapegroup1" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:3pt;width:115.9pt;height:59.05pt;z-index:15734272;mso-position-horizontal-relative:page" coordorigin="720,60" coordsize="2319,1179" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjTQsNaCIAALDBAAAOAAAAZHJzL2Uyb0RvYy54bWzsXVtvZLlxfg+Q/9DQY4J4mjx3wbNGvL4g&#10;gJMYcOcH9Go0khCNWmlpd9b59fmKrGKTp4usYzvIQzAve2Z2qnmKda9isc4vf/Xzl+fdT/fnt6fT&#10;y8cb94v9ze7+5e706enl4ePNfxx+90/zze7t/fjy6fh8ern/ePPn+7ebX33393/3y6+vt/f+9Hh6&#10;/nR/3mGRl7fbr68fbx7f319vP3x4u3u8/3J8+8Xp9f4F//j5dP5yfMdfzw8fPp2PX7H6l+cPfr8f&#10;P3w9nT+9nk93929v+L+/if94811Y//Pn+7v3f//8+e3+fff88Qa4vYf/nsN/f6D/fvjul8fbh/Px&#10;9fHpjtE4/hVYfDk+veClaanfHN+Pux/PT1dLfXm6O5/eTp/ff3F3+vLh9Pnz09192AN24/ar3fz+&#10;fPrxNezl4fbrw2siE0i7otNfvezdv/30+/Prn17/eI7Y449/ON395xvo8uHr68Nt/u/094cIvPvh&#10;67+ePoGfxx/fT2HjP38+f6ElsKXdz4G+f070vf/5fXeH/+n6ybu5v9nd4d+mfpn3c2TA3SO4RD+b&#10;PJiEfxyZM3ePv+Xf+s4t8YfOTQv97MPxNr40IMqIEeMhSW8XYr39bcT60+Px9T7w4I2I8cfz7unT&#10;x5t5vNm9HL+AAJ9Od28E4gklejeAhJxvOS2zfyGwN5DcpOLiQSyQYwgbPt4KIb1zTMUrYhxv7358&#10;e//9/Slw4/jTH97eo4x/wp8Cjz8x5geQ+vOXZ4j7P/7Tbr/zo/e7xQ+sEgnKCdQ/fNgd9ruvu/By&#10;XlOW8gIUlnL7zu2EhQ9ppU6AsFIAedwJ+lCcBIad5WgNvYrWIFCEVl9BC1zKlsLLvILWJECEFoHo&#10;aMGQZWv5vus1akFGIxShNVfQciXlnfcauVxO+QCjI+ZK4vvBDRpmLif/wfkabiX5nXd7hWYuJ3+A&#10;qeBWcsCPs8pMl/Pg4MYabiUPnPOdhlvOgwCj40amJufoNI8a3XzOhoOvakDJBbcfNZ76nAkBpoJb&#10;yYVu72cVt5wNB19TA19ywe1VuvmcCQGmglvJBfB0UnHL2XAA/rrl6EouzIMmbl3OAwLRMetKHni/&#10;VzHrciYcupomdCUP5qVXhK3LOUAgFcxKDng/qbLW5Sw4dDU96EoOuP1eRS1nQIDRcetLDvhur9qP&#10;PufBoa/pQV/yAHZew63PWRBgKriVPPAdZFzxUX3OhUNf04O+5IKDcVBY2udMCDAV3Eou+N7puOVs&#10;OPQ1PRhKLjg3aHQbciYEGB23oeSC7ytONGfDYahpwlBywbm9ZtuGnAkBpoJbyQU/4L0KT4ecDYeh&#10;pgtDyQXYLZVuORMCjI4bgpbcJ3R76KCC25iz4TDWdGEsubBMkyJuY84DAqlgVvLAj7oFGXMmHMaa&#10;JowlD5a9ZnXHnAMEUsGs5ABkba/SLGfBYazpwVRyoCJrU86AhqxNJQf8Mqm4TTkPDggBdV81lTyo&#10;+NEpZ0HDj04lD7r9ftHoNuVcOIDrFdxKLsyqi0fidAlPCUTn6FzywC9Lp2E250w4zDUtmEseLAih&#10;rnODOecAgVQwKzngZ0TOin7OOQsOc00LKIvLIkBdP+ec/nX9nEv6I2JTuTnnHDjMNS1YSg7M06DQ&#10;bMnpTyA6zZaS/sjAVR1Ycg4clpoOLCUH5kELwZec/gRSwaykf82mLTkHDktNA5aSA7Pq3Jec/gSi&#10;Y4ZwqRANP1QSl33OgwN+VlFP2IFiwQkG8FoLEAkJFPJHgqmhV3LBL72qoW6fMwLo1TQBqYi8OGTw&#10;kxq1uX3OCYKpoVeyAgZEDY3cPucG0KupAyx8iR5SNYV6RcZM6VwFvXXGPHrVy7tVylzPmakakxkS&#10;XfQQrgkUmNuQPVfyArxRkz/UKrL1Dq6eNruSHXoZxFF9LdUu6nUQt8qbXdfpslcmzvhZTTX8SjXg&#10;oxXmFqnzBJgKc6lklvHCj2Cb4iIcKl2X7aIeUlWNVfY8qZ7VFdkzwdTQK3nhh0n1YM7n3AB6VdVY&#10;JdCjGv+6IoMmmAp66xS6Un0D0wvqVZNot8qiBwQwCnOLNJpgauiVquH7RademUi7aibtVqn0gDxD&#10;Qy9nBsFU0LtKpRddc8tc2lWTabfKpgdd9opsmmBq6K1Uo/dqpu/KdNpV82m3Sqj7XgtTUPXPZIVg&#10;auitVKOfdeb2OTcOrppSu1VO3WE9hblFTk0wFfSucmo9jnJDqRrVrBoZvtAl+NwOYqChl9spgqmh&#10;t1KNUU8nXJlXu2pi7VaZdacWmRyOJi5mlGAq6GFnpVnudZ9bptaumlu7VXINO69Rr8iuCaaGXskL&#10;PwBU8xplfu2qCbZbZdio+Kno5apBMDX0VqoxwOCq6OXcQCG96jVWabZ3WhjvijSbYCrordPsUS+8&#10;ujLPphhDT2bdKtOeukWjXpFpE0wNvZVqVDIgV6barppru6lkx6TW6uiY8qIaBFNBb51u16hX5tu0&#10;iQr1Vhl3hXpFyt2gHh3Y5gHVjBqVJntl0o1z3ip6JTsm+BfF7hV5N8HUqFfywi+VYL7MvF019Xar&#10;3HucVNkrkm+CqaC3zr57vS7gyvTbVfNvt0rAB8Q2CvWKDJxgauiVvPD9qJYtXJmDu2oS7lZZ+KBW&#10;e1yRhhOMjh46PErZq1APvRMCR+eu+FlF9vwqDaf48Zp6vkjDCaaG3ko1BtBFUQ1fpuG+mob7VRqO&#10;8w4VvcJrAKaG3ko1Rt1r+DIN99U0HGfBQubYMqAe86M/QKDADPRt1NBbp+E15pZpuK+m4X6VhqtF&#10;M19k4dWimV8l4diGavV8mYTjZzXJWyfh6pm/L5NwwFRYu0rC/dCr8Qo6CzJeHHAiWkNvlYSTjCqK&#10;USThBFNDb60YekDgyyTcV5Nwf5WEq9jlelFt5PB+pRb9oKZBvkzB8bMa7dYpuBbHQ4AyTiCsvVAO&#10;jUwP0p1zfJSGnbufX7hjB3/aHamfbh86rV5Pb9QqdcB6aA06dNwLBShq76kAI4kg4GkTMOIWAoYe&#10;xzar9tKkngE8tA5hMwY4mBTApYmrDU4CTOCQvC3IkEAF8G07JRYTOJizZXWqegTwbVulKkQA37ZV&#10;qgoQONL5LchQlh7At22VsmYCR7q7ZXXKYgP4tq1SVhnAt22VsjwCR3q2BRnKugL4tq2OvFWkL1tW&#10;p6yEVkc6sQmct5q6ENsCTFE7rY5we8vqFEUH8G1bpaiWwBGOblmdoswAvm2rFPUF8G1cRV9AhKdz&#10;jC3ohPMJegGdLGz7Ae8XfRnbfpCsE/z+pjeQQw8owRVv+oFYKHSjbfwBs5hqxtveIJveaKZCdTbs&#10;AXXVTW8QS+W6jZsWW+U2GqtQUwwooRq4CSWxV26jwQp1t/AGNKJseoPYLKphbfqBWC230Ww5sVsO&#10;rRTb3iCc3mi6QkUlbHqj8Qo1jviDjZsW++U2GjAnFswhg9+0abFhbqMRC7ly2AOy3E1vEDtGeeeW&#10;H4R8kt5AmeC2H7BOo+Vw4w+Y05QtbXqDGDJKYLb9gA0Z5RSbfiCGzG80ZCF6D1TaaMhCRB1+UBqy&#10;GDNytHvGnY31bY3zzQ63NX6gbRxvX4/vFCTLH3dfP97EfvhH3DCgohv9y5fTT/eHU4B5p2gZENE3&#10;obeEqXEBeX7JQd24oCgCNC+gAiDP17AmACOJl5gpYRsCIM81YFJrAZBnAoxyhEYCEQuBkKdAstag&#10;sSBcomi8nBqNsB2cI4vkyFrylDXZ91HTIxNJIOTJkANVfGlNnF0ZkOwpqFnRgOTLDoAUgZW3ylPe&#10;TgWL8HZY5CjaAiHPK0iUbNuQdNwR17Qg094ttg9USgxr4iSq+faRirEEuUeE1oScqH4RIJPFlz3L&#10;k/c+dYnvo7Eme0JIiPV2qsqGt5uQVPgMkEnXBT95Mp4zayaiR+PtMztgWzsWakbF2xe0ZbXICUPP&#10;ZgEHIm1ATrcWY+OokUVWbgCMUrxg5earQ5sMbaZva5Bi44TUd8+nt3u85Now4pQjMmqCsEY0qobR&#10;04kGELmAyvryZJaiLy8AzpYV8yz3s8X6tCL6CVrEQqNEZOhsMBQdEZFPc9q3bEKevJmO9WhBBa/5&#10;6o5OkjfwyXV0aEqAlgHpmDdLih8FN3kKjmO0XovlYDo6bKJX44StuZmec7klpbnySnnKq6mWjxXh&#10;iAyn0SXIlGXIWvK8WhOH7gaaqDSGt1vmEO35EZKSzvaaTHV0nYlKCH7yZDz75IRxKtNcc6DWuYAn&#10;mk7bkOIG9/AzbUiWYLT1WW5QHLsNSRXegKfFo4GrLDbfRzp0wZqLtfWRmqgIcDSoOVLrBAEapnNz&#10;KNcwnSXLL4AgaZM7aE2OOFqAE1usBVFNc0Wx1LNFx4kN0WwFZ7LitUFvOIzhWpiqHmP4C0RU4pq/&#10;QZjrWCtuuYY0jjU4eLBc/Z5VYIH1bXEOB2xsnlMOLVIlz2hQFCwFoLG1PZ3QQxumhG99a1zWvYDK&#10;+vJkRPZ0+YPWNNwo8t3oUGbDVuJoM9JgNpweUu64nRnGtU1VOlYlK7A3zAXZkwBopTWzZH6Wzm5V&#10;7s3mAoAbdw1rHzYzpzqAsE6ewsIrsRCAuiyhUBVt9ZgcWk2W0EAbyX8BlfXlyV5SACcrt9kcX9bt&#10;1urVJOelagiAPBlHMZmTFXBMHBeZgCPdCCENMnM/RC4BEEXYlryjmsg6GccmtDL+NRNlt3XOIxOK&#10;pBpxyBXRqHEe7RVxaxdQWV+eIoJ06A0ajEa0ibaMmKtORvyKToptDEUTQ1STDZaOkxqg0CI/cIyA&#10;YypIy27lmXa9pqQA1MmPXrjIsymFNDXyu80iuF2oOWCgH7RooGC5YWvUngwhuBSVajuLnmQ0Ik8W&#10;KcPn9tSrEkSv7UV6luUJ8K2t41Zj1FIjpe2pJ3rDe9GbyUpqJVi4Xx9XTO5daC5PtmEjn+6N6dRH&#10;AOQpgHwuMabqtgDIUwBZLnD7qUkc9MHGXQ9m5E7N4CDPYDAZRyzRKg5W+UiShgF5U4uBbuS4dUBr&#10;TxuQ85UBzybgwMm0DcjRVI+CcXtFahsGeXoEIk3AntoANwEyjpSqtlfkY/AeP9gGaMljT/20hKPF&#10;woFDmg2A0QT3hq1G53/U1g6HUc3NDKz+VGlpA0JgaTOdJbhDHw1UZ9XlcY8krohEsf1qVtfOiPjQ&#10;sc+7Rhthe0W2PT4doIniy5MNwMAxnreEYqCGU5DHW0KBKUMR0DoOGJmOHs/mZkb29Lh4bgBySRp9&#10;9hZgZCE19zVfPXFVB3mbAcjFADpYbK8oybVVlZyknIXdN1cckW8RZ2jwVhtQzgusYuPIUZ15ToMr&#10;KPHVkPT2q6nvlXBMR/cih/IUhyRlNISBxoryaoPgXXq1AXgVxQhqjaDu2sfXQp/NYcOeKTBa9hzj&#10;BAJNJ8uLSXpm5nHXuaGQQJ7CJXYlFJC0uSQxkGVergkpr6xTH2lKrMCN6QC8Rn20tzOoVcOm7m6S&#10;1NESwIWuixGgpXZ0RBUADcfyl2RdtfxDiBb5pBBIAOpUxTEuRx6pjlOl6sDE6s1jWs49e+uEOkUK&#10;ONNuStbm+GjYGnENnH33ZkhxRaAtVL0KgapU3RxW9Xze0luFhUTVq0CtIQfS/HCx2VWMRxq0QeY9&#10;iYxQRJ7JcERdoMapJntH1lckpAbgVu+32Z9OUtJG2b6JowQHdIuuCXhNSSFLg/wDNZ2DphJ4VIkv&#10;5Xoj/BcZsGLMnrPR1EYjuMqTWdlzP4UVa/UcGaU+QllHnrxex8GbZUrS2arhejb7/UsQY7GRroyQ&#10;lJtxKNet6fJ5UzAGPjbA8EcLMDob0zSxv7Xq4ANnHCYcn8NZ4a/4DCOcXsu0iICoASqe1PwVRr+m&#10;LjD8z3zi6dvp+enT756en6nZ4e388MP3z+fdT0eM//3197/+7feiLgXYc7g58XKinwlDwvzbOKY1&#10;znX94fTpzxjZej7FGcKYeYw/PJ7O/32z+4r5wR9v3v7rx+P5/mb3/C8vmDm7QAygoe/hLz36pfCX&#10;c/4vP+T/cny5w1Ifb95vcNOD/vj9exxS/OPr+enhEW9yoa3t5fTPGLj7+YlmumLs7dttxIr/grG3&#10;/1fzb5HZl/Nvg7oRRv+b829lHHAXq/L5AFxqK6Mxwhg/ybohE4hzafgL5t/iVHVH7wNl82m0eE0a&#10;inKIt6fiAWUOBO3LbsjSANaE8WWuLYKytBKBPGLkbsA9XwmxVbYS3cpVcEIImlY6xGu21zjBGGUr&#10;9c5pOIGNaSUCUXGCT85WmnA1VcEJyUZaiQffXuNENdlsKei7hhS1ZKW1CEbFCrYpX2vGBCQFLXLW&#10;aS2ZeqsgVtJ91DlIrXdpMYLRESspv0w6YjnpZeStglhJ/AGzTxXRKm4NEoyKGJmgjPo4SFQlnhxy&#10;2qUMvL3GjOo42WodRjwpmFE7SVqMYHTMSvI7up2tMHN1W7Am+au7gjSXU8MsZwDB6JiV9EdLkE6z&#10;Qvz5puA1zVYXBftx0jBDFH6hGcGomK0m9WB8U6/RrBzUgwvANDNAwazkQI+pRArNijE9BKNjVipA&#10;mF+lcJPunCTRkGG3CmYlBwbMItQwyxlAMCpm5JEzmUW3+KTRDEhkmPF0nmvM1sN5cJlYwYzqRmmb&#10;Q7hwrNn9kv7oBnAqZrkFkkG3CmYlB4Z+UTHLGUAwOs1K+juPmScKN8uhPDyT5xqz1UieiqGlY6dE&#10;s6qhpQpLzk1yYApmdGKcFpMhtwpmJQd63ORWuEn18LQYwag0o8p+jpnHHCgNs5wBMuJWwazkQI/Z&#10;ZxpmuQYQjIoZpcM5Zp0uZ9RonbYpA26vMaNGyWy1AfNmFMyoByMtRjA6ZiX9XYcr4wrNKDNJi8mA&#10;WwWzkgMVOaNjubRYVc6ocSnbJa68DSpmOQNkwO01ZtQvla2GOwIazai+kTAjGJVm1KyTreU6mBeF&#10;ZuXYHZ66o2BWcgDFOBWznAEEo2NW0h/TmnTMcgbIcFsFs5ID/aR6dOpOTzQjGBUzOiPLaTY4VTep&#10;KTMtJsNtrzGjhDpbrcdiigZQl3tajGB0zEr640KjGmnT/bq0mAy3VTArOUCD/DTMcgYQjI5ZSX9M&#10;dFN9AHVDZ5jFeQnXmNGtmIxmw6B6p2LADsGomK3G64BmanxGnREXzHi4joJZyYER4zIUmhWzdQhG&#10;x6ykPw5ndcxyBshwWwWzkgM4tlYxyxlAMCpm1NaeMwBlWT1FofOTC9Xws0rwuB5u2+t+oJxuS0AV&#10;9Eou4OKpajsqw22vaYcAVPYRxtZUcuFyum01G8aU2mI19L6oBqQy3FZBb5UVQ+I03oYLjIkbBKRT&#10;b5UXU8uW5hMqw2019Ep2DIiZFaUop9sSUAW9khdu9qopqQy31dAr2VHx9OV026qrXw+3Raqkq0aZ&#10;JMtwWwW9VZqMMxmVekWeTEA69dbDbffIwRSHXxluq6FXsqPHlCONuXQxI8keAVXQK3mBTnpd9srJ&#10;OjLcVkFvnTAPqtkrp9vi5KGC3iplBno6c8uc2VWT5vVw20qlAfe9CupVAhNMqRWwYKYwZE23e2Xi&#10;LMNtNeqV7Bjx2Q6NudTZlJhLQDpzV8kzOtZVh0bFhctyBxluq6C3yp9pULOGXpFAE1AFvdJMoVNY&#10;zR8qw2019Ep2DHraVU63JaAKeiUvqoalzKNluK2C3iqTHpxuWIpUmoB09Fa5NKZV6ZpbJtOOh9tq&#10;6JXsqATGdHh8EZZqZIwptQIWB8/Bq6l2j87okygfZLithl7JjkpGUU63raYUdK7Nr43o4SKDil6Z&#10;VstwWwW9VWJNJk1TjSKzrts9uv4SqcLUwwxmzWuUubUMt9XQK9kx6PkYTT25cIOAdNlb5deYAleh&#10;Xm6n0nBbBb1Vio1+NZV6RY5NQDp6qyQbI/V09MosmyRUL7Wuh9sOo2736FpIkmUCqqBX8gLNjbpT&#10;04fbatQrVaMWUBXZdj2gWqXbvquoRplvy3BbBb1tGTdNq7lQr25YqHc0V41+0AOqMumW4bYaeiU7&#10;aoaFuigSc+uGZfVVGT/g22ya5paZtwy3VdBb5d7drFbTaRLPBT0C0mVvlX1DcXXZK9NvGW6roVey&#10;A30DquYWGTgBVdAreYGh3nqmRmNcEjMOMtxWQ2+lGnp9oJxuWy0QoP1OXhvN8qBrbhhGdEEPP6sY&#10;lvVwW1zG0KhXTrclIJV6iI5L9DB9Q5O9ynDba+qth9v2mK+tODWaoHThBgFV0Ct54Sc9mK8Mt1XQ&#10;W6Xhvc5chL05erXqD6bUClhk7qR7DQxVF7gwuZiH22rolewA5VTqFWfUBKRTbz3edqqca1I7eiZ7&#10;PN5WQ69kR8VrlPNtq14Dc2rltUw9TM1W7F5lvK2C3joNx3RyTfbKNBxAOvXWafgEC6mil7twTN+t&#10;nlivjqwHPRWiiwsXbhBQBb2SF76muWUaLgNuFeqt0/CK5pYH17nmoknr24jb2mxe7oD8NuL2asQx&#10;D2I4bJwZKSMj0y3W9mRWymXRQXZIl04McChfAJdO2jY45XoEni5EGeAwFQFceiQNcORCBJ56i9vg&#10;fCHj24jbKxGT0ZAbJ0N+G3EbG2Tb4hbqzySe30bcUjcpiKUOcBd79W3EbYtKYrtcmvBlCB9fOz7Q&#10;LNBN0soDmA7fRtw2+BDyPNLpbyNuW1SSLwrQ9x4y4aNbCumDDn/diFvE5TuMuKXmQULgcuEn3pCh&#10;++YUEsgNh8u/yzWKCBdyqwxO/lWeDMW3nIyhCqE2gcWs25B8Acwaf8B38S7ztQUpeUbkwnEA3oo+&#10;Yaax/Ls8GY5nSFg38ZlnQjlZRJ5MkRgttoGoEZvIIYZHlpCn4BWg0OLWRD/Gm1TViYIki8gzLoZM&#10;GW+07t1TjX0LWMSfPpHSeicPiaLvoDXBYkyLb6s2wahEDNxgtluLyeRZ1F9aYDIs9TLqW8glT+YB&#10;Dzq0CCfDxi04z/NhLl8BkPfJk8WIr0wZu5VL2RvBrDtnnnMd+jxXi3qeB75442oaCtGb5Knj3Nai&#10;Xkf1GcgA2kGa+HVUeSE4Y4ZnRwUVwOGIubXdtc0UVsmFs2sri8sVEYF0T7JmZwceiWPcgUeTX1jQ&#10;uNAs80NhIVsbQlNVWM2YZoKPsEaw9iVJuZtp3Mbt+JoipiG2cENzatxp2xp0PCvHuvTYyaXixAnh&#10;njyjwvUyMsIYr9mz/7REq+eonebwtbbby81jC46+dRlE2mCtwKVpBrJPefJ+RdWNW9+9DL5IxRVZ&#10;R55xvU72YYwFocE4tA+qfLfogk/YRjiofBuOXVasRyKAErzkyfjxAEoPPFvr9VSRJ/ygIk245BgM&#10;OP4YlDfo0vM4AG+pLs8XuHx9QfYpT+Gv0K99R77ngSXemJWEj0AzPwz544EzJn4CZ1wKFuNCn5Zs&#10;8oM+0U36YYxylwvnlgvBYWtcL6WTQl95Mp1Frgz5E5NruTi5A23DCT/a/L32RIJ/3XtNYuOS7tW8&#10;1yRzTtpKMMkkyLbsjHSeDB4a0+FoTGQAa1sGmYNpOLmRYw9D7wauABqRFo3AI9yMiVkDfRqYpNVI&#10;TQae+oIGr6b0o98trpcKvcJleUZpHWV4kzE3Sgb10eluS+sSnDEsT4hM38tsrsfe5vL1GsFfnnEf&#10;g8zoMrwIGowDXS7FCFlHnrwetUiBH1YWJdPMvZG6DTL+IpX15X3yZH7Q6Tm914idEv0ML0JDMeN6&#10;hrxw9GS+l+cHoieiyTf53IiVEEziNY30LE1PSbU5oZs8mX7U0UJ6ZOA3SsnAmJ40UqMhrQc8m3Iq&#10;cKh/NOHYHFAbfROO5+LReOcWHM7fI36GHk0ye82IAq8tvdC37h0WmUtieoeFJ2QaodRMXVMgumGB&#10;Z0la2iSaOTc1zP7M48MNsEmSFkP+ufpseIdJvujR9tn4CDxzua3FE3VikrQa3mESLTG8wyxexPAO&#10;s2ix4R0SnCWt7Fst74D+ibBfyztMLClWjiF0trzDJLmIUWObOJe3vIOMG7diPPnkg2WlRUitHGMG&#10;H0herNxmTrlIW05nao2l9QzrO4u3NspFC49jpeaplhWkkf9B7g3vMIvVt/CjKwakR4Z3mLkIY3mH&#10;BGdY/ZnNgeUdhM6Wd5hZP3Dlok0/9up026lF52tLb3sH3HGKQiFpdi11wEW1aL0EUNaWZ/TwCcz6&#10;opMsZ0RmWC8aEaPEiWuMMUS34aIwwgO0aImOgJiQoy5kwEXj3ybLwimaBRXDX0NPFimXpqHywgN5&#10;Rl7Qlw6Dvhtl1SXZGYsmLCuWIQQzuCqDfLNNPQlOrLnBGNESdd4ElOm0Rs0ZC3Ilyqgg0nCYSEYk&#10;Y83NyDc8TPI46tcOht0geOjYJktnTSXEmJhIHiMghQmJIoayVHMva7MgklWPM13PYQbdnYprV21J&#10;LwcDRhUGt84iusT+Jr49mwliVhNQytrWANeOnZGRweEWIBdBDEkXOLpI10TQy5GYCcjlF1y0NFbk&#10;oJhu3zZf3bFK0GlbG1D4Z1Kbz2pJ2dorcgxDbsEA5GDCKIAmxpgEF84YOT0ujEZPZKQgGKUTJcI4&#10;+8FJCMu2Re3QTU5WwLD3jgaWx0DLkjHxDEZEgTPe6PRxB6TNFvnkI+YItQHlcM4KanELl19taiAY&#10;Eq2ppfrwqxHQwpE/GGUdPuAWrGQ4hnjLsQy127TFm2Nlc/Z8x6f1uHJqrMjZqTn2vqMbyOSVjCIn&#10;7mWz5zTiVnRCcMJhSrhkCNYHMjzXHvB90/au0zmEDRhZePmYu7g6eXJgm9yb5ToTYPKDslLDecqH&#10;US72r+o8R2rIB5+MI+j0ZRSLAlKcNeo5uNS7zf7JvFejloqvecS4yrK7PadJxkG0k6NZHDc0Vazn&#10;Ge7WUTTiGM4zLZ/Uc8Js+s3LhxMNMzBwucs6jsbcdq4pGbUdcI/9puWyE6DlGwY5wjOOpF0vgcqV&#10;QohiiIrJZiyT33MGZFWMEJOyE0nFT3mlPOXVTHBvRV09l5Jt3yBVMqOcCj1gc2oCit21yDNw65t1&#10;OA3pkTzNSEQG6bmzErqBE13rfBrN0ZwDWXGczLu3TqghZuzerVxBDI91Ro05CJxVGYfUoCM7ESvp&#10;TMplHFNDXSXwMkI5scpm0jkmoTB4PdK9MIoDLF5f+yxRqoajk+Ks5HN1N8dhtADK2vJkxR3Zrlne&#10;a0RRkXaFML7tHkZxD1YlaYQ5C3SyHJ2cupssmiQjSNdWZLPy5E1PHAKYLmziA2T0tzV94por8r4G&#10;I2fOKhPhq5ycOQJNkLK6PHlXs7DIcI4TB4GpF1vWkadQiU/zrPfStzyJkSYcf7vK6gLA/Nlo0TcA&#10;slBaHxeY+MAKl+wNRqa0wCKiHLVbDo++Ih3EHJ9+aMrQLBbdoiMmv7HiWCsywc1cEVdheUUjLZi5&#10;F8VMU+fUEWAQfBY3j4bENnkk+zR6INzMcbYZ3MzStWqZiwRockZsn5UCyq5NCb+yEqKjdcuCjDZy&#10;89JhXjMtqIxEUUL5s0V8nFDF2MBwuxgrsCknSZ+9NmpBNIssmpa2z0UfC8O1NQJTIqLPMVr00SYf&#10;1zPoArgYAFq5pKxn5WALN0YYHdp4b+SH4ZYWbvaywLZxF9V0MbdGNWvhk3Xr5BqF/I0xwMJ9zWYM&#10;sIjhseKURSpFKLK0ZB+0ZnUyhB+AUZms7pz0hTGMUWy+GoCcdBqbgfyLyrcNePqMvHWmC83jVxv5&#10;BU2UCypKpqRFR+g8lwPQNmAAcjZg9C5jRQaEcBgrsn8zfEfajCVmyXBuAIw6440MWrHaa1OPZu+/&#10;4UM/uHr3O5StI53+/37oB9//ebj9+oBP/tB0DXyC6PHp7jfH92P+9/BhoNt7f3o8PX+6P3/3PwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJ9GhabeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQ&#10;xe+C32EZwZvd/NEqMZtSinoqgq0g3qbJNAnNzobsNkm/veNJT8PjPd68X76abadGGnzr2EC8iEAR&#10;l65quTbwuX+9ewLlA3KFnWMycCEPq+L6KseschN/0LgLtZIS9hkaaELoM6192ZBFv3A9sXhHN1gM&#10;IodaVwNOUm47nUTRUltsWT402NOmofK0O1sDbxNO6zR+Gben4+byvX94/9rGZMztzbx+BhVoDn9h&#10;+J0v06GQTQd35sqrzsBjIijBwFKO2GmUCslBcsl9DLrI9X+A4gcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAjTQsNaCIAALDBAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCfRoWm3gAAAAgBAAAPAAAAAAAAAAAAAAAAAMIkAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAzSUAAAAA&#10;">
+              <v:group w14:anchorId="16BCFA44" id="docshapegroup1" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:3pt;width:115.9pt;height:59.05pt;z-index:15734272;mso-position-horizontal-relative:page" coordorigin="720,60" coordsize="2319,1179" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjTQsNaCIAALDBAAAOAAAAZHJzL2Uyb0RvYy54bWzsXVtvZLlxfg+Q/9DQY4J4mjx3wbNGvL4g&#10;gJMYcOcH9Go0khCNWmlpd9b59fmKrGKTp4usYzvIQzAve2Z2qnmKda9isc4vf/Xzl+fdT/fnt6fT&#10;y8cb94v9ze7+5e706enl4ePNfxx+90/zze7t/fjy6fh8ern/ePPn+7ebX33393/3y6+vt/f+9Hh6&#10;/nR/3mGRl7fbr68fbx7f319vP3x4u3u8/3J8+8Xp9f4F//j5dP5yfMdfzw8fPp2PX7H6l+cPfr8f&#10;P3w9nT+9nk93929v+L+/if94811Y//Pn+7v3f//8+e3+fff88Qa4vYf/nsN/f6D/fvjul8fbh/Px&#10;9fHpjtE4/hVYfDk+veClaanfHN+Pux/PT1dLfXm6O5/eTp/ff3F3+vLh9Pnz09192AN24/ar3fz+&#10;fPrxNezl4fbrw2siE0i7otNfvezdv/30+/Prn17/eI7Y449/ON395xvo8uHr68Nt/u/094cIvPvh&#10;67+ePoGfxx/fT2HjP38+f6ElsKXdz4G+f070vf/5fXeH/+n6ybu5v9nd4d+mfpn3c2TA3SO4RD+b&#10;PJiEfxyZM3ePv+Xf+s4t8YfOTQv97MPxNr40IMqIEeMhSW8XYr39bcT60+Px9T7w4I2I8cfz7unT&#10;x5t5vNm9HL+AAJ9Od28E4gklejeAhJxvOS2zfyGwN5DcpOLiQSyQYwgbPt4KIb1zTMUrYhxv7358&#10;e//9/Slw4/jTH97eo4x/wp8Cjz8x5geQ+vOXZ4j7P/7Tbr/zo/e7xQ+sEgnKCdQ/fNgd9ruvu/By&#10;XlOW8gIUlnL7zu2EhQ9ppU6AsFIAedwJ+lCcBIad5WgNvYrWIFCEVl9BC1zKlsLLvILWJECEFoHo&#10;aMGQZWv5vus1akFGIxShNVfQciXlnfcauVxO+QCjI+ZK4vvBDRpmLif/wfkabiX5nXd7hWYuJ3+A&#10;qeBWcsCPs8pMl/Pg4MYabiUPnPOdhlvOgwCj40amJufoNI8a3XzOhoOvakDJBbcfNZ76nAkBpoJb&#10;yYVu72cVt5wNB19TA19ywe1VuvmcCQGmglvJBfB0UnHL2XAA/rrl6EouzIMmbl3OAwLRMetKHni/&#10;VzHrciYcupomdCUP5qVXhK3LOUAgFcxKDng/qbLW5Sw4dDU96EoOuP1eRS1nQIDRcetLDvhur9qP&#10;PufBoa/pQV/yAHZew63PWRBgKriVPPAdZFzxUX3OhUNf04O+5IKDcVBY2udMCDAV3Eou+N7puOVs&#10;OPQ1PRhKLjg3aHQbciYEGB23oeSC7ytONGfDYahpwlBywbm9ZtuGnAkBpoJbyQU/4L0KT4ecDYeh&#10;pgtDyQXYLZVuORMCjI4bgpbcJ3R76KCC25iz4TDWdGEsubBMkyJuY84DAqlgVvLAj7oFGXMmHMaa&#10;JowlD5a9ZnXHnAMEUsGs5ABkba/SLGfBYazpwVRyoCJrU86AhqxNJQf8Mqm4TTkPDggBdV81lTyo&#10;+NEpZ0HDj04lD7r9ftHoNuVcOIDrFdxKLsyqi0fidAlPCUTn6FzywC9Lp2E250w4zDUtmEseLAih&#10;rnODOecAgVQwKzngZ0TOin7OOQsOc00LKIvLIkBdP+ec/nX9nEv6I2JTuTnnHDjMNS1YSg7M06DQ&#10;bMnpTyA6zZaS/sjAVR1Ycg4clpoOLCUH5kELwZec/gRSwaykf82mLTkHDktNA5aSA7Pq3Jec/gSi&#10;Y4ZwqRANP1QSl33OgwN+VlFP2IFiwQkG8FoLEAkJFPJHgqmhV3LBL72qoW6fMwLo1TQBqYi8OGTw&#10;kxq1uX3OCYKpoVeyAgZEDY3cPucG0KupAyx8iR5SNYV6RcZM6VwFvXXGPHrVy7tVylzPmakakxkS&#10;XfQQrgkUmNuQPVfyArxRkz/UKrL1Dq6eNruSHXoZxFF9LdUu6nUQt8qbXdfpslcmzvhZTTX8SjXg&#10;oxXmFqnzBJgKc6lklvHCj2Cb4iIcKl2X7aIeUlWNVfY8qZ7VFdkzwdTQK3nhh0n1YM7n3AB6VdVY&#10;JdCjGv+6IoMmmAp66xS6Un0D0wvqVZNot8qiBwQwCnOLNJpgauiVquH7RademUi7aibtVqn0gDxD&#10;Qy9nBsFU0LtKpRddc8tc2lWTabfKpgdd9opsmmBq6K1Uo/dqpu/KdNpV82m3Sqj7XgtTUPXPZIVg&#10;auitVKOfdeb2OTcOrppSu1VO3WE9hblFTk0wFfSucmo9jnJDqRrVrBoZvtAl+NwOYqChl9spgqmh&#10;t1KNUU8nXJlXu2pi7VaZdacWmRyOJi5mlGAq6GFnpVnudZ9bptaumlu7VXINO69Rr8iuCaaGXskL&#10;PwBU8xplfu2qCbZbZdio+Kno5apBMDX0VqoxwOCq6OXcQCG96jVWabZ3WhjvijSbYCrordPsUS+8&#10;ujLPphhDT2bdKtOeukWjXpFpE0wNvZVqVDIgV6barppru6lkx6TW6uiY8qIaBFNBb51u16hX5tu0&#10;iQr1Vhl3hXpFyt2gHh3Y5gHVjBqVJntl0o1z3ip6JTsm+BfF7hV5N8HUqFfywi+VYL7MvF019Xar&#10;3HucVNkrkm+CqaC3zr57vS7gyvTbVfNvt0rAB8Q2CvWKDJxgauiVvPD9qJYtXJmDu2oS7lZZ+KBW&#10;e1yRhhOMjh46PErZq1APvRMCR+eu+FlF9vwqDaf48Zp6vkjDCaaG3ko1BtBFUQ1fpuG+mob7VRqO&#10;8w4VvcJrAKaG3ko1Rt1r+DIN99U0HGfBQubYMqAe86M/QKDADPRt1NBbp+E15pZpuK+m4X6VhqtF&#10;M19k4dWimV8l4diGavV8mYTjZzXJWyfh6pm/L5NwwFRYu0rC/dCr8Qo6CzJeHHAiWkNvlYSTjCqK&#10;USThBFNDb60YekDgyyTcV5Nwf5WEq9jlelFt5PB+pRb9oKZBvkzB8bMa7dYpuBbHQ4AyTiCsvVAO&#10;jUwP0p1zfJSGnbufX7hjB3/aHamfbh86rV5Pb9QqdcB6aA06dNwLBShq76kAI4kg4GkTMOIWAoYe&#10;xzar9tKkngE8tA5hMwY4mBTApYmrDU4CTOCQvC3IkEAF8G07JRYTOJizZXWqegTwbVulKkQA37ZV&#10;qgoQONL5LchQlh7At22VsmYCR7q7ZXXKYgP4tq1SVhnAt22VsjwCR3q2BRnKugL4tq2OvFWkL1tW&#10;p6yEVkc6sQmct5q6ENsCTFE7rY5we8vqFEUH8G1bpaiWwBGOblmdoswAvm2rFPUF8G1cRV9AhKdz&#10;jC3ohPMJegGdLGz7Ae8XfRnbfpCsE/z+pjeQQw8owRVv+oFYKHSjbfwBs5hqxtveIJveaKZCdTbs&#10;AXXVTW8QS+W6jZsWW+U2GqtQUwwooRq4CSWxV26jwQp1t/AGNKJseoPYLKphbfqBWC230Ww5sVsO&#10;rRTb3iCc3mi6QkUlbHqj8Qo1jviDjZsW++U2GjAnFswhg9+0abFhbqMRC7ly2AOy3E1vEDtGeeeW&#10;H4R8kt5AmeC2H7BOo+Vw4w+Y05QtbXqDGDJKYLb9gA0Z5RSbfiCGzG80ZCF6D1TaaMhCRB1+UBqy&#10;GDNytHvGnY31bY3zzQ63NX6gbRxvX4/vFCTLH3dfP97EfvhH3DCgohv9y5fTT/eHU4B5p2gZENE3&#10;obeEqXEBeX7JQd24oCgCNC+gAiDP17AmACOJl5gpYRsCIM81YFJrAZBnAoxyhEYCEQuBkKdAstag&#10;sSBcomi8nBqNsB2cI4vkyFrylDXZ91HTIxNJIOTJkANVfGlNnF0ZkOwpqFnRgOTLDoAUgZW3ylPe&#10;TgWL8HZY5CjaAiHPK0iUbNuQdNwR17Qg094ttg9USgxr4iSq+faRirEEuUeE1oScqH4RIJPFlz3L&#10;k/c+dYnvo7Eme0JIiPV2qsqGt5uQVPgMkEnXBT95Mp4zayaiR+PtMztgWzsWakbF2xe0ZbXICUPP&#10;ZgEHIm1ATrcWY+OokUVWbgCMUrxg5earQ5sMbaZva5Bi44TUd8+nt3u85Now4pQjMmqCsEY0qobR&#10;04kGELmAyvryZJaiLy8AzpYV8yz3s8X6tCL6CVrEQqNEZOhsMBQdEZFPc9q3bEKevJmO9WhBBa/5&#10;6o5OkjfwyXV0aEqAlgHpmDdLih8FN3kKjmO0XovlYDo6bKJX44StuZmec7klpbnySnnKq6mWjxXh&#10;iAyn0SXIlGXIWvK8WhOH7gaaqDSGt1vmEO35EZKSzvaaTHV0nYlKCH7yZDz75IRxKtNcc6DWuYAn&#10;mk7bkOIG9/AzbUiWYLT1WW5QHLsNSRXegKfFo4GrLDbfRzp0wZqLtfWRmqgIcDSoOVLrBAEapnNz&#10;KNcwnSXLL4AgaZM7aE2OOFqAE1usBVFNc0Wx1LNFx4kN0WwFZ7LitUFvOIzhWpiqHmP4C0RU4pq/&#10;QZjrWCtuuYY0jjU4eLBc/Z5VYIH1bXEOB2xsnlMOLVIlz2hQFCwFoLG1PZ3QQxumhG99a1zWvYDK&#10;+vJkRPZ0+YPWNNwo8t3oUGbDVuJoM9JgNpweUu64nRnGtU1VOlYlK7A3zAXZkwBopTWzZH6Wzm5V&#10;7s3mAoAbdw1rHzYzpzqAsE6ewsIrsRCAuiyhUBVt9ZgcWk2W0EAbyX8BlfXlyV5SACcrt9kcX9bt&#10;1urVJOelagiAPBlHMZmTFXBMHBeZgCPdCCENMnM/RC4BEEXYlryjmsg6GccmtDL+NRNlt3XOIxOK&#10;pBpxyBXRqHEe7RVxaxdQWV+eIoJ06A0ajEa0ibaMmKtORvyKToptDEUTQ1STDZaOkxqg0CI/cIyA&#10;YypIy27lmXa9pqQA1MmPXrjIsymFNDXyu80iuF2oOWCgH7RooGC5YWvUngwhuBSVajuLnmQ0Ik8W&#10;KcPn9tSrEkSv7UV6luUJ8K2t41Zj1FIjpe2pJ3rDe9GbyUpqJVi4Xx9XTO5daC5PtmEjn+6N6dRH&#10;AOQpgHwuMabqtgDIUwBZLnD7qUkc9MHGXQ9m5E7N4CDPYDAZRyzRKg5W+UiShgF5U4uBbuS4dUBr&#10;TxuQ85UBzybgwMm0DcjRVI+CcXtFahsGeXoEIk3AntoANwEyjpSqtlfkY/AeP9gGaMljT/20hKPF&#10;woFDmg2A0QT3hq1G53/U1g6HUc3NDKz+VGlpA0JgaTOdJbhDHw1UZ9XlcY8krohEsf1qVtfOiPjQ&#10;sc+7Rhthe0W2PT4doIniy5MNwMAxnreEYqCGU5DHW0KBKUMR0DoOGJmOHs/mZkb29Lh4bgBySRp9&#10;9hZgZCE19zVfPXFVB3mbAcjFADpYbK8oybVVlZyknIXdN1cckW8RZ2jwVhtQzgusYuPIUZ15ToMr&#10;KPHVkPT2q6nvlXBMR/cih/IUhyRlNISBxoryaoPgXXq1AXgVxQhqjaDu2sfXQp/NYcOeKTBa9hzj&#10;BAJNJ8uLSXpm5nHXuaGQQJ7CJXYlFJC0uSQxkGVergkpr6xTH2lKrMCN6QC8Rn20tzOoVcOm7m6S&#10;1NESwIWuixGgpXZ0RBUADcfyl2RdtfxDiBb5pBBIAOpUxTEuRx6pjlOl6sDE6s1jWs49e+uEOkUK&#10;ONNuStbm+GjYGnENnH33ZkhxRaAtVL0KgapU3RxW9Xze0luFhUTVq0CtIQfS/HCx2VWMRxq0QeY9&#10;iYxQRJ7JcERdoMapJntH1lckpAbgVu+32Z9OUtJG2b6JowQHdIuuCXhNSSFLg/wDNZ2DphJ4VIkv&#10;5Xoj/BcZsGLMnrPR1EYjuMqTWdlzP4UVa/UcGaU+QllHnrxex8GbZUrS2arhejb7/UsQY7GRroyQ&#10;lJtxKNet6fJ5UzAGPjbA8EcLMDob0zSxv7Xq4ANnHCYcn8NZ4a/4DCOcXsu0iICoASqe1PwVRr+m&#10;LjD8z3zi6dvp+enT756en6nZ4e388MP3z+fdT0eM//3197/+7feiLgXYc7g58XKinwlDwvzbOKY1&#10;znX94fTpzxjZej7FGcKYeYw/PJ7O/32z+4r5wR9v3v7rx+P5/mb3/C8vmDm7QAygoe/hLz36pfCX&#10;c/4vP+T/cny5w1Ifb95vcNOD/vj9exxS/OPr+enhEW9yoa3t5fTPGLj7+YlmumLs7dttxIr/grG3&#10;/1fzb5HZl/Nvg7oRRv+b829lHHAXq/L5AFxqK6Mxwhg/ybohE4hzafgL5t/iVHVH7wNl82m0eE0a&#10;inKIt6fiAWUOBO3LbsjSANaE8WWuLYKytBKBPGLkbsA9XwmxVbYS3cpVcEIImlY6xGu21zjBGGUr&#10;9c5pOIGNaSUCUXGCT85WmnA1VcEJyUZaiQffXuNENdlsKei7hhS1ZKW1CEbFCrYpX2vGBCQFLXLW&#10;aS2ZeqsgVtJ91DlIrXdpMYLRESspv0w6YjnpZeStglhJ/AGzTxXRKm4NEoyKGJmgjPo4SFQlnhxy&#10;2qUMvL3GjOo42WodRjwpmFE7SVqMYHTMSvI7up2tMHN1W7Am+au7gjSXU8MsZwDB6JiV9EdLkE6z&#10;Qvz5puA1zVYXBftx0jBDFH6hGcGomK0m9WB8U6/RrBzUgwvANDNAwazkQI+pRArNijE9BKNjVipA&#10;mF+lcJPunCTRkGG3CmYlBwbMItQwyxlAMCpm5JEzmUW3+KTRDEhkmPF0nmvM1sN5cJlYwYzqRmmb&#10;Q7hwrNn9kv7oBnAqZrkFkkG3CmYlB4Z+UTHLGUAwOs1K+juPmScKN8uhPDyT5xqz1UieiqGlY6dE&#10;s6qhpQpLzk1yYApmdGKcFpMhtwpmJQd63ORWuEn18LQYwag0o8p+jpnHHCgNs5wBMuJWwazkQI/Z&#10;ZxpmuQYQjIoZpcM5Zp0uZ9RonbYpA26vMaNGyWy1AfNmFMyoByMtRjA6ZiX9XYcr4wrNKDNJi8mA&#10;WwWzkgMVOaNjubRYVc6ocSnbJa68DSpmOQNkwO01ZtQvla2GOwIazai+kTAjGJVm1KyTreU6mBeF&#10;ZuXYHZ66o2BWcgDFOBWznAEEo2NW0h/TmnTMcgbIcFsFs5ID/aR6dOpOTzQjGBUzOiPLaTY4VTep&#10;KTMtJsNtrzGjhDpbrcdiigZQl3tajGB0zEr640KjGmnT/bq0mAy3VTArOUCD/DTMcgYQjI5ZSX9M&#10;dFN9AHVDZ5jFeQnXmNGtmIxmw6B6p2LADsGomK3G64BmanxGnREXzHi4joJZyYER4zIUmhWzdQhG&#10;x6ykPw5ndcxyBshwWwWzkgM4tlYxyxlAMCpm1NaeMwBlWT1FofOTC9Xws0rwuB5u2+t+oJxuS0AV&#10;9Eou4OKpajsqw22vaYcAVPYRxtZUcuFyum01G8aU2mI19L6oBqQy3FZBb5UVQ+I03oYLjIkbBKRT&#10;b5UXU8uW5hMqw2019Ep2DIiZFaUop9sSUAW9khdu9qopqQy31dAr2VHx9OV026qrXw+3Raqkq0aZ&#10;JMtwWwW9VZqMMxmVekWeTEA69dbDbffIwRSHXxluq6FXsqPHlCONuXQxI8keAVXQK3mBTnpd9srJ&#10;OjLcVkFvnTAPqtkrp9vi5KGC3iplBno6c8uc2VWT5vVw20qlAfe9CupVAhNMqRWwYKYwZE23e2Xi&#10;LMNtNeqV7Bjx2Q6NudTZlJhLQDpzV8kzOtZVh0bFhctyBxluq6C3yp9pULOGXpFAE1AFvdJMoVNY&#10;zR8qw2019Ep2DHraVU63JaAKeiUvqoalzKNluK2C3iqTHpxuWIpUmoB09Fa5NKZV6ZpbJtOOh9tq&#10;6JXsqATGdHh8EZZqZIwptQIWB8/Bq6l2j87okygfZLithl7JjkpGUU63raYUdK7Nr43o4SKDil6Z&#10;VstwWwW9VWJNJk1TjSKzrts9uv4SqcLUwwxmzWuUubUMt9XQK9kx6PkYTT25cIOAdNlb5deYAleh&#10;Xm6n0nBbBb1Vio1+NZV6RY5NQDp6qyQbI/V09MosmyRUL7Wuh9sOo2736FpIkmUCqqBX8gLNjbpT&#10;04fbatQrVaMWUBXZdj2gWqXbvquoRplvy3BbBb1tGTdNq7lQr25YqHc0V41+0AOqMumW4bYaeiU7&#10;aoaFuigSc+uGZfVVGT/g22ya5paZtwy3VdBb5d7drFbTaRLPBT0C0mVvlX1DcXXZK9NvGW6roVey&#10;A30DquYWGTgBVdAreYGh3nqmRmNcEjMOMtxWQ2+lGnp9oJxuWy0QoP1OXhvN8qBrbhhGdEEPP6sY&#10;lvVwW1zG0KhXTrclIJV6iI5L9DB9Q5O9ynDba+qth9v2mK+tODWaoHThBgFV0Ct54Sc9mK8Mt1XQ&#10;W6Xhvc5chL05erXqD6bUClhk7qR7DQxVF7gwuZiH22rolewA5VTqFWfUBKRTbz3edqqca1I7eiZ7&#10;PN5WQ69kR8VrlPNtq14Dc2rltUw9TM1W7F5lvK2C3joNx3RyTfbKNBxAOvXWafgEC6mil7twTN+t&#10;nlivjqwHPRWiiwsXbhBQBb2SF76muWUaLgNuFeqt0/CK5pYH17nmoknr24jb2mxe7oD8NuL2asQx&#10;D2I4bJwZKSMj0y3W9mRWymXRQXZIl04McChfAJdO2jY45XoEni5EGeAwFQFceiQNcORCBJ56i9vg&#10;fCHj24jbKxGT0ZAbJ0N+G3EbG2Tb4hbqzySe30bcUjcpiKUOcBd79W3EbYtKYrtcmvBlCB9fOz7Q&#10;LNBN0soDmA7fRtw2+BDyPNLpbyNuW1SSLwrQ9x4y4aNbCumDDn/diFvE5TuMuKXmQULgcuEn3pCh&#10;++YUEsgNh8u/yzWKCBdyqwxO/lWeDMW3nIyhCqE2gcWs25B8Acwaf8B38S7ztQUpeUbkwnEA3oo+&#10;Yaax/Ls8GY5nSFg38ZlnQjlZRJ5MkRgttoGoEZvIIYZHlpCn4BWg0OLWRD/Gm1TViYIki8gzLoZM&#10;GW+07t1TjX0LWMSfPpHSeicPiaLvoDXBYkyLb6s2wahEDNxgtluLyeRZ1F9aYDIs9TLqW8glT+YB&#10;Dzq0CCfDxi04z/NhLl8BkPfJk8WIr0wZu5VL2RvBrDtnnnMd+jxXi3qeB75442oaCtGb5Knj3Nai&#10;Xkf1GcgA2kGa+HVUeSE4Y4ZnRwUVwOGIubXdtc0UVsmFs2sri8sVEYF0T7JmZwceiWPcgUeTX1jQ&#10;uNAs80NhIVsbQlNVWM2YZoKPsEaw9iVJuZtp3Mbt+JoipiG2cENzatxp2xp0PCvHuvTYyaXixAnh&#10;njyjwvUyMsIYr9mz/7REq+eonebwtbbby81jC46+dRlE2mCtwKVpBrJPefJ+RdWNW9+9DL5IxRVZ&#10;R55xvU72YYwFocE4tA+qfLfogk/YRjiofBuOXVasRyKAErzkyfjxAEoPPFvr9VSRJ/ygIk245BgM&#10;OP4YlDfo0vM4AG+pLs8XuHx9QfYpT+Gv0K99R77ngSXemJWEj0AzPwz544EzJn4CZ1wKFuNCn5Zs&#10;8oM+0U36YYxylwvnlgvBYWtcL6WTQl95Mp1Frgz5E5NruTi5A23DCT/a/L32RIJ/3XtNYuOS7tW8&#10;1yRzTtpKMMkkyLbsjHSeDB4a0+FoTGQAa1sGmYNpOLmRYw9D7wauABqRFo3AI9yMiVkDfRqYpNVI&#10;TQae+oIGr6b0o98trpcKvcJleUZpHWV4kzE3Sgb10eluS+sSnDEsT4hM38tsrsfe5vL1GsFfnnEf&#10;g8zoMrwIGowDXS7FCFlHnrwetUiBH1YWJdPMvZG6DTL+IpX15X3yZH7Q6Tm914idEv0ML0JDMeN6&#10;hrxw9GS+l+cHoieiyTf53IiVEEziNY30LE1PSbU5oZs8mX7U0UJ6ZOA3SsnAmJ40UqMhrQc8m3Iq&#10;cKh/NOHYHFAbfROO5+LReOcWHM7fI36GHk0ye82IAq8tvdC37h0WmUtieoeFJ2QaodRMXVMgumGB&#10;Z0la2iSaOTc1zP7M48MNsEmSFkP+ufpseIdJvujR9tn4CDxzua3FE3VikrQa3mESLTG8wyxexPAO&#10;s2ix4R0SnCWt7Fst74D+ibBfyztMLClWjiF0trzDJLmIUWObOJe3vIOMG7diPPnkg2WlRUitHGMG&#10;H0herNxmTrlIW05nao2l9QzrO4u3NspFC49jpeaplhWkkf9B7g3vMIvVt/CjKwakR4Z3mLkIY3mH&#10;BGdY/ZnNgeUdhM6Wd5hZP3Dlok0/9up026lF52tLb3sH3HGKQiFpdi11wEW1aL0EUNaWZ/TwCcz6&#10;opMsZ0RmWC8aEaPEiWuMMUS34aIwwgO0aImOgJiQoy5kwEXj3ybLwimaBRXDX0NPFimXpqHywgN5&#10;Rl7Qlw6Dvhtl1SXZGYsmLCuWIQQzuCqDfLNNPQlOrLnBGNESdd4ElOm0Rs0ZC3Ilyqgg0nCYSEYk&#10;Y83NyDc8TPI46tcOht0geOjYJktnTSXEmJhIHiMghQmJIoayVHMva7MgklWPM13PYQbdnYprV21J&#10;LwcDRhUGt84iusT+Jr49mwliVhNQytrWANeOnZGRweEWIBdBDEkXOLpI10TQy5GYCcjlF1y0NFbk&#10;oJhu3zZf3bFK0GlbG1D4Z1Kbz2pJ2dorcgxDbsEA5GDCKIAmxpgEF84YOT0ujEZPZKQgGKUTJcI4&#10;+8FJCMu2Re3QTU5WwLD3jgaWx0DLkjHxDEZEgTPe6PRxB6TNFvnkI+YItQHlcM4KanELl19taiAY&#10;Eq2ppfrwqxHQwpE/GGUdPuAWrGQ4hnjLsQy127TFm2Nlc/Z8x6f1uHJqrMjZqTn2vqMbyOSVjCIn&#10;7mWz5zTiVnRCcMJhSrhkCNYHMjzXHvB90/au0zmEDRhZePmYu7g6eXJgm9yb5ToTYPKDslLDecqH&#10;US72r+o8R2rIB5+MI+j0ZRSLAlKcNeo5uNS7zf7JvFejloqvecS4yrK7PadJxkG0k6NZHDc0Vazn&#10;Ge7WUTTiGM4zLZ/Uc8Js+s3LhxMNMzBwucs6jsbcdq4pGbUdcI/9puWyE6DlGwY5wjOOpF0vgcqV&#10;QohiiIrJZiyT33MGZFWMEJOyE0nFT3mlPOXVTHBvRV09l5Jt3yBVMqOcCj1gc2oCit21yDNw65t1&#10;OA3pkTzNSEQG6bmzErqBE13rfBrN0ZwDWXGczLu3TqghZuzerVxBDI91Ro05CJxVGYfUoCM7ESvp&#10;TMplHFNDXSXwMkI5scpm0jkmoTB4PdK9MIoDLF5f+yxRqoajk+Ks5HN1N8dhtADK2vJkxR3Zrlne&#10;a0RRkXaFML7tHkZxD1YlaYQ5C3SyHJ2cupssmiQjSNdWZLPy5E1PHAKYLmziA2T0tzV94por8r4G&#10;I2fOKhPhq5ycOQJNkLK6PHlXs7DIcI4TB4GpF1vWkadQiU/zrPfStzyJkSYcf7vK6gLA/Nlo0TcA&#10;slBaHxeY+MAKl+wNRqa0wCKiHLVbDo++Ih3EHJ9+aMrQLBbdoiMmv7HiWCsywc1cEVdheUUjLZi5&#10;F8VMU+fUEWAQfBY3j4bENnkk+zR6INzMcbYZ3MzStWqZiwRockZsn5UCyq5NCb+yEqKjdcuCjDZy&#10;89JhXjMtqIxEUUL5s0V8nFDF2MBwuxgrsCknSZ+9NmpBNIssmpa2z0UfC8O1NQJTIqLPMVr00SYf&#10;1zPoArgYAFq5pKxn5WALN0YYHdp4b+SH4ZYWbvaywLZxF9V0MbdGNWvhk3Xr5BqF/I0xwMJ9zWYM&#10;sIjhseKURSpFKLK0ZB+0ZnUyhB+AUZms7pz0hTGMUWy+GoCcdBqbgfyLyrcNePqMvHWmC83jVxv5&#10;BU2UCypKpqRFR+g8lwPQNmAAcjZg9C5jRQaEcBgrsn8zfEfajCVmyXBuAIw6440MWrHaa1OPZu+/&#10;4UM/uHr3O5StI53+/37oB9//ebj9+oBP/tB0DXyC6PHp7jfH92P+9/BhoNt7f3o8PX+6P3/3PwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJ9GhabeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQ&#10;xe+C32EZwZvd/NEqMZtSinoqgq0g3qbJNAnNzobsNkm/veNJT8PjPd68X76abadGGnzr2EC8iEAR&#10;l65quTbwuX+9ewLlA3KFnWMycCEPq+L6KseschN/0LgLtZIS9hkaaELoM6192ZBFv3A9sXhHN1gM&#10;IodaVwNOUm47nUTRUltsWT402NOmofK0O1sDbxNO6zR+Gben4+byvX94/9rGZMztzbx+BhVoDn9h&#10;+J0v06GQTQd35sqrzsBjIijBwFKO2GmUCslBcsl9DLrI9X+A4gcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAjTQsNaCIAALDBAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCfRoWm3gAAAAgBAAAPAAAAAAAAAAAAAAAAAMIkAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAzSUAAAAA&#10;">
                 <v:shape id="docshape2" o:spid="_x0000_s1027" style="position:absolute;left:924;top:59;width:2114;height:1179;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2114,1179" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDfQvr7vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3F3yHcAQ3F00rIlKNIoLg0v/1oTmmxeakJFHr25sLF1wOM/MNs1h1thFP8qF2rCAfZSCIS6dr&#10;NgrOp+1wBiJEZI2NY1LwpgCrZe9ngYV2Lz7Q8xiNSBAOBSqoYmwLKUNZkcUwci1x8m7OW4xJeiO1&#10;x1eC20aOs2wqLdacFipsaVNReT8+bKK8ywsb4zN9/b2sm22Xh/0kV2rQ79ZzEJG6+A3/t3dawWwK&#10;f1/SD5DLDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDfQvr7vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m2111,920r-415,l1697,960r,11l1695,1001r-6,27l1676,1065r-59,47l1572,1140r-31,14l1524,1159r-15,2l1509,1178r49,-10l1572,1160r18,-10l1683,1093r32,-18l1736,1066r21,-3l1787,1063r5,-32l1811,1013r50,-12l1955,988r56,-18l2045,963r58,l2109,945r,-1l2111,920xm1762,790r-483,l1282,801r1,12l1282,834r-1,36l1313,890r23,28l1351,944r8,16l1362,967r6,4l1380,974r21,5l1399,1022r,17l1399,1052r5,23l1414,1105r48,-5l1489,1094r18,-8l1524,1072r-11,-31l1517,1041r6,-2l1569,1022r33,-36l1627,964r27,-19l1696,920r415,l2111,917r-290,l1781,909r-19,-23l1751,840r11,-50xm1517,1041r-4,l1515,1041r2,xm2103,963r-58,l2069,968r29,15l2103,963xm2084,763r-31,l2067,770r3,30l2068,860r-34,29l2005,904r-41,8l1896,917r-75,l2111,917r3,-28l2104,815r-20,-52xm1672,694r-417,l1255,793r24,-3l1762,790r1,-27l1751,752r-50,l1688,750r-13,-13l1657,708r15,-14xm2013,633r-5,l2018,674r8,97l2053,763r31,l2069,726r-40,-75l2013,633xm1722,745r-21,7l1751,752r,-1l1722,745xm143,112l,639r8,29l410,679r-2,31l440,701r6,-22l1682,679r5,-16l1693,635r-28,-32l1651,582r-5,-18l1647,539r-12,-8l1627,524r-10,-8l1602,502r-22,l1567,497r-1,-1l1494,496r-14,-7l1473,480r,-17l1477,431r27,l1509,426r-9,-41l1508,362r31,-23l1548,328r8,-7l1565,315r15,-9l1582,295r-27,-15l1595,263r27,-9l1648,248r36,-4l1692,227r6,-10l1707,210r14,-9l1717,190r-3,-6l1660,184r-24,-17l1618,159r-9,-3l1606,155r1,-2l1609,151r-303,l143,112xm1682,679r-1236,l1007,689r2,13l1255,694r417,l1673,693r9,-13l1682,679xm2001,619r-30,3l1925,653r27,31l1988,639r20,-6l2013,633r-12,-14xm1544,460r-19,1l1513,465r-9,11l1494,496r72,l1557,485r-13,-25xm1504,431r-27,l1499,437r5,-6xm1697,155r-11,5l1678,165r-7,7l1660,184r54,l1713,181r-6,-10l1697,155xm1530,r-13,9l1504,15r-17,5l1458,27r-37,16l1392,61r-33,32l1306,151r303,l1616,144r-11,-6l1598,122r-6,-37l1582,12r-17,l1554,10,1544,7,1530,xe" fillcolor="#bcbec0" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1697,1031;1617,1172;1509,1221;1590,1210;1757,1123;1861,1061;2103,1023;1762,850;1282,894;1351,1004;1380,1034;1399,1112;1489,1154;1517,1101;1627,1024;2111,977;1751,900;1515,1101;2045,1023;2084,823;2068,920;1896,977;2104,875;1255,853;1751,812;1657,768;2018,734;2069,786;1701,812;143,172;408,770;1687,723;1646,624;1617,576;1566,556;1473,523;1500,445;1556,381;1555,340;1684,304;1721,261;1636,227;1607,213;1682,739;1255,754;1682,739;1952,744;2001,679;1504,536;1544,520;1504,491;1671,232;1707,231;1504,75;1392,121;1616,204;1582,72;1530,60" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
                 <v:shape id="docshape3" o:spid="_x0000_s1028" style="position:absolute;left:720;top:352;width:2141;height:268;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2141,268" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDW9439xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvSH0Hayv1Bk5RBTTFQcWFwhXaC7cl3vyo8TqKXQh9eoyE1ONoZr7RzBe9bcSJOl87VvA8SkAQ&#10;587UXCr4/loPZyB8QDbYOCYFF/KwyB4Gc0yNO/OOTvtQighhn6KCKoQ2ldLnFVn0I9cSR69wncUQ&#10;ZVdK0+E5wm0jx0kykRZrjgsVtqQryn/2v1aBLj908WdXR72rP1+1Xr5sDvlWqafH/v0NRKA+/Ifv&#10;7a1RMJvC7Uv8ATK7AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANb3jf3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m328,l220,r-7,24l201,53,186,97r-20,66l156,118,135,28,129,,23,,19,59r-6,71l7,202,,263r68,l69,228r3,-50l75,124,80,77r7,34l109,199r14,64l193,263,240,123,254,77r1,l255,144r-2,54l251,238r-1,25l321,263r1,-81l324,105r2,-63l328,xm550,115l546,93,532,76,507,66,468,62r-23,1l421,65r-23,4l375,74r-8,48l386,115r21,-6l428,105r21,-1l460,104r14,2l474,119r-21,18l406,147r-46,20l339,212r1,10l348,241r22,19l412,268r11,l433,267r11,-1l457,223r-7,2l443,226r-18,l414,223r,-13l421,197r17,-9l458,182r16,-7l470,241r-2,22l544,263r1,-38l550,115xm728,122l725,68,708,66,691,64,674,62r-17,l621,66,597,77,582,95r-4,23l588,148r24,23l636,190r10,14l646,216r-25,l606,215r-14,-3l577,207r-14,-5l569,259r18,4l604,265r17,2l639,268r28,-3l694,256r21,-18l723,211,713,179,689,156,666,139,655,123r,-10l682,113r13,1l706,116r12,3l728,122xm905,122l902,68,885,66,868,64,851,62r-17,l798,66,773,77,759,95r-5,23l765,148r24,23l812,190r11,14l823,216r-26,l783,215r-15,-3l754,207r-14,-5l746,259r17,4l781,265r17,2l816,268r28,-3l871,256r21,-18l900,211,889,179,866,156,842,139,832,123r,-10l859,113r12,1l883,116r11,3l905,122xm1201,r-86,l1115,34r,25l1113,98r-105,l1009,73r1,-24l1014,,928,r-1,79l924,145r-4,60l916,263r85,l1002,225r3,-71l1110,154r-1,28l1108,209r-2,27l1104,263r86,l1191,181r3,-67l1197,57,1201,xm1423,147r-1,-6l1417,110r-4,-4l1398,84,1366,67r-15,-2l1351,141r-64,l1291,128r7,-11l1308,109r14,-3l1335,108r9,7l1349,126r2,15l1351,65r-28,-3l1261,76r-34,33l1213,145r-3,26l1220,219r25,30l1283,264r45,4l1345,267r17,-1l1379,264r17,-4l1403,218r3,-13l1389,210r-17,4l1354,217r-17,1l1318,216r-17,-7l1289,196r-4,-20l1421,176r2,-9l1423,157r,-10xm1635,115r-4,-22l1617,76,1592,66r-39,-4l1530,63r-24,2l1483,69r-23,5l1452,122r20,-7l1492,109r21,-4l1534,104r11,l1559,106r,13l1538,137r-47,10l1445,167r-21,45l1425,222r9,19l1455,260r42,8l1508,268r10,-1l1529,266r13,-43l1535,225r-7,1l1510,226r-11,-3l1499,210r7,-13l1524,188r19,-6l1559,175r-4,66l1553,263r76,l1630,225r5,-110xm1740,r-79,l1659,66r-3,66l1652,198r-5,65l1725,263r2,-64l1731,122r5,-72l1740,xm1898,66r-44,l1856,15r-71,16l1782,66r-32,l1748,118r30,l1776,144r-3,48l1772,215r5,26l1790,258r20,8l1835,268r13,l1861,266r13,-2l1887,262r10,-55l1879,212r-26,l1850,199r,-33l1852,118r45,l1898,66xm2141,124r-6,-30l2119,75,2096,65r-28,-3l2043,63r-20,5l2007,78r-14,16l1992,93r1,-24l1995,42,1999,r-78,l1919,75r-3,74l1912,215r-5,48l1986,263r1,-31l1989,201r2,-26l1995,156r6,-13l2009,132r12,-6l2034,123r15,3l2057,135r5,11l2063,160r,26l2061,212r-4,51l2135,263r1,-41l2141,124xe" fillcolor="#231f20" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="166,515;19,411;72,530;123,615;253,550;326,394;468,414;386,467;474,471;348,593;457,575;421,549;544,615;691,416;578,470;621,568;587,615;715,590;655,465;905,474;798,418;812,542;754,559;816,620;866,508;883,468;1115,411;928,352;1002,577;1104,615;1423,499;1351,417;1322,458;1323,414;1245,601;1396,612;1337,570;1423,519;1592,418;1452,474;1559,458;1425,574;1529,618;1499,562;1553,615;1659,418;1731,474;1785,383;1773,544;1848,620;1853,564;2141,476;2023,420;1999,352;1986,615;2009,484;2063,512;2141,476" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
                 <w10:wrap type="square" side="right" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Commonwealth</w:t>
       </w:r>
@@ -2842,62 +2843,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00732F62">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Office of Health and Human Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D7EE4C8" w14:textId="2A4B863F" w:rsidR="00E577AB" w:rsidRPr="000A29FA" w:rsidRDefault="00000000" w:rsidP="00407134">
+    <w:p w14:paraId="0D7EE4C8" w14:textId="2A4B863F" w:rsidR="00E577AB" w:rsidRPr="000A29FA" w:rsidRDefault="00732F62" w:rsidP="00407134">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00732F62" w:rsidRPr="00F70299">
+        <w:r w:rsidRPr="00F70299">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
             <w:i/>
             <w:iCs/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="581B8B4C" w14:textId="77777777" w:rsidR="00E577AB" w:rsidRDefault="00E577AB" w:rsidP="00732F62">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="394A926C" w14:textId="77777777" w:rsidR="00407134" w:rsidRDefault="00407134" w:rsidP="00732F62">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
@@ -3477,51 +3478,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A41FA7A" w14:textId="7CE00D00" w:rsidR="00E577AB" w:rsidRPr="000A29FA" w:rsidRDefault="00650511" w:rsidP="00407134">
+    <w:p w14:paraId="2A41FA7A" w14:textId="3BFD2FBA" w:rsidR="00E577AB" w:rsidRPr="000A29FA" w:rsidRDefault="00650511" w:rsidP="00407134">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="118" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
@@ -3667,422 +3668,381 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>referral.</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A29FA">
+      <w:r w:rsidR="00111589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Please</w:t>
+        <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>note</w:t>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A29FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A29FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>any</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>that</w:t>
+        <w:t>field</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A29FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A29FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A29FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A29FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00407134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>any</w:t>
+        <w:t>asterisk</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>field</w:t>
+        <w:t>(*)</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>with</w:t>
+        <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>an</w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t>required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8B7D8A" w14:textId="1D14E257" w:rsidR="00E577AB" w:rsidRPr="00573C65" w:rsidRDefault="00650511" w:rsidP="00573C65">
+    <w:p w14:paraId="7D8B7D8A" w14:textId="31B2B0BA" w:rsidR="00E577AB" w:rsidRPr="00573C65" w:rsidRDefault="00650511" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:r w:rsidRPr="00573C65">
+      <w:r>
         <w:t xml:space="preserve">Section 1: </w:t>
       </w:r>
-      <w:r w:rsidR="00F96A14" w:rsidRPr="00573C65">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00573C65">
+      <w:r w:rsidR="00284E86">
+        <w:t xml:space="preserve"> Individual’s</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5C0294" w14:textId="77777777" w:rsidR="00E577AB" w:rsidRPr="000A29FA" w:rsidRDefault="00650511" w:rsidP="006D4D75">
-[...40 lines deleted...]
-    <w:p w14:paraId="7AEB40EC" w14:textId="75D1EBED" w:rsidR="00732F62" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="7AEB40EC" w14:textId="487393EB" w:rsidR="00732F62" w:rsidRDefault="00284E86" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6489"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Applicant f</w:t>
+        <w:t xml:space="preserve">Individual’s </w:t>
+      </w:r>
+      <w:r w:rsidR="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>irst</w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>name</w:t>
       </w:r>
       <w:r w:rsidR="00407134">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DBD3E3" w14:textId="1154EA32" w:rsidR="00E577AB" w:rsidRPr="000A29FA" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="43DBD3E3" w14:textId="14FE828E" w:rsidR="00E577AB" w:rsidRPr="000A29FA" w:rsidRDefault="00284E86" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6489"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Applicant l</w:t>
+        <w:t xml:space="preserve">Individual’s </w:t>
+      </w:r>
+      <w:r w:rsidR="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ast</w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
@@ -4308,150 +4268,160 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>digits)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DED63B2" w14:textId="1FA97AE4" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="006D4D75">
+    <w:p w14:paraId="4DED63B2" w14:textId="02E32F72" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Phone</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A29FA">
+      <w:r w:rsidR="00BA1AB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Number</w:t>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A29FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>umber</w:t>
       </w:r>
       <w:r w:rsidR="00407134">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1C518E" w14:textId="348176ED" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="006D4D75">
+    <w:p w14:paraId="4F1C518E" w14:textId="21A58C5C" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C32B02F" w14:textId="1EC996C8" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="006D4D75">
+    <w:p w14:paraId="7C32B02F" w14:textId="5BFCDE14" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5669"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Current facility</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
@@ -4732,51 +4702,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e Facility for </w:t>
       </w:r>
       <w:r w:rsidR="00407134">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ndividuals with Intellectual Disabilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6290B1CE" w14:textId="6D149711" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="006D4D75">
+    <w:p w14:paraId="6290B1CE" w14:textId="647E2C15" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5669"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Facility</w:t>
       </w:r>
       <w:r w:rsidRPr="000A29FA">
         <w:rPr>
@@ -4808,318 +4778,254 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74B8EC8C" w14:textId="712024B8" w:rsidR="00E577AB" w:rsidRPr="00813D8E" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813D8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Address*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7557B4D0" w14:textId="01A946D3" w:rsidR="00E577AB" w:rsidRPr="00813D8E" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="3449BFC9" w14:textId="6260CB5B" w:rsidR="00411FED" w:rsidRDefault="00411FED" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...41 lines deleted...]
-        <w:t>*</w:t>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Address*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B81121" w14:textId="49F452FF" w:rsidR="00813D8E" w:rsidRPr="00813D8E" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="4C53F8CB" w14:textId="47F244E4" w:rsidR="00732F62" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...31 lines deleted...]
-        <w:t>2</w:t>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:r w:rsidR="00407134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C53F8CB" w14:textId="1B4F9D2E" w:rsidR="00732F62" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="5B2D4902" w14:textId="34BD6527" w:rsidR="00732F62" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>City</w:t>
+        <w:t>State</w:t>
       </w:r>
       <w:r w:rsidR="00407134">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B2D4902" w14:textId="34BD6527" w:rsidR="00732F62" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="15238C8F" w14:textId="17A7FFD6" w:rsidR="006D4D75" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>State</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00407134">
+        <w:t>ZIP code</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15238C8F" w14:textId="329DB2A5" w:rsidR="006D4D75" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
-[...26 lines deleted...]
-    <w:p w14:paraId="5E5FB297" w14:textId="037C37BB" w:rsidR="00732F62" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="5E5FB297" w14:textId="49C0DBEF" w:rsidR="00732F62" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Facility </w:t>
       </w:r>
       <w:r w:rsidR="00573C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hone </w:t>
       </w:r>
       <w:r w:rsidR="00573C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">umber </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D17F31" w14:textId="7C6F099C" w:rsidR="00E577AB" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="74D17F31" w14:textId="6669E690" w:rsidR="00E577AB" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Facility </w:t>
       </w:r>
       <w:r w:rsidR="00573C65">
         <w:rPr>
@@ -5140,105 +5046,176 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact </w:t>
       </w:r>
       <w:r w:rsidR="00573C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ame</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48BF11D2" w14:textId="7997EB65" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="48BF11D2" w14:textId="72010A49" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813D8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Admission</w:t>
       </w:r>
       <w:r w:rsidRPr="00813D8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00573C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00813D8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785DEF67" w14:textId="3CE7DCD4" w:rsidR="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="569860EE" w14:textId="4A1ABE69" w:rsidR="005F10CE" w:rsidRDefault="00BD0A31" w:rsidP="007B52C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5649"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Projected discharge date</w:t>
+      </w:r>
+      <w:r w:rsidR="00423DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, if known</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CC3C43" w14:textId="08CF9428" w:rsidR="00BD0A31" w:rsidRDefault="007928A0" w:rsidP="007B52C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5649"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Does the individual need housing?</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Yes/No/Unknown)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785DEF67" w14:textId="6B4FCC2B" w:rsidR="007B52C3" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813D8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gender</w:t>
       </w:r>
       <w:r w:rsidRPr="00813D8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5394,51 +5371,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DCB16C" w14:textId="3BB0D7DB" w:rsidR="00732F62" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="00732F62">
+    <w:p w14:paraId="35DCB16C" w14:textId="32543443" w:rsidR="00732F62" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="00732F62">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:before="106"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Preferred</w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5468,51 +5445,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>language</w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34717FB4" w14:textId="1489ECAF" w:rsidR="00E577AB" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="00732F62">
+    <w:p w14:paraId="34717FB4" w14:textId="53DCD173" w:rsidR="00E577AB" w:rsidRPr="007B52C3" w:rsidRDefault="00650511" w:rsidP="00732F62">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5649"/>
         </w:tabs>
         <w:spacing w:before="106"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Preferred</w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
@@ -5541,71 +5518,91 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>language</w:t>
       </w:r>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CF511E" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="006D4D75" w:rsidP="00732F62">
+    <w:p w14:paraId="58CF511E" w14:textId="45E2F958" w:rsidR="007B52C3" w:rsidRDefault="006D4D75" w:rsidP="00732F62">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="107"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Does the applicant need an i</w:t>
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r w:rsidR="00284E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>need an i</w:t>
       </w:r>
       <w:r w:rsidR="00A942B4" w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nterpreter? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0EF2C0" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRPr="00573C65" w:rsidRDefault="00A942B4" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4526"/>
           <w:tab w:val="left" w:pos="5300"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="835"/>
@@ -5646,546 +5643,657 @@
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00573C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D1D418" w14:textId="77777777" w:rsidR="00E577AB" w:rsidRDefault="00E577AB" w:rsidP="00732F62">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BB5F247" w14:textId="3445F318" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="00573C65">
+    <w:p w14:paraId="0BB5F247" w14:textId="70FD4083" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Guardianship</w:t>
       </w:r>
+      <w:r w:rsidR="002A21F2">
+        <w:t xml:space="preserve"> and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="00A277EB">
+        <w:t>Invoked Health Care Proxy</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="58012EEF" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRPr="007B52C3" w:rsidRDefault="000A29FA" w:rsidP="007B52C3">
+    <w:p w14:paraId="58012EEF" w14:textId="39D2FC51" w:rsidR="007B52C3" w:rsidRPr="007B52C3" w:rsidRDefault="000A29FA" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4526"/>
           <w:tab w:val="left" w:pos="5300"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Does the applicant have a legal guardian?* </w:t>
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r w:rsidR="003C749D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have a legal guardian?* </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E29295" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRPr="007B52C3" w:rsidRDefault="000A29FA" w:rsidP="00573C65">
+    <w:p w14:paraId="62E29295" w14:textId="560297AB" w:rsidR="007B52C3" w:rsidRPr="007B52C3" w:rsidRDefault="000A29FA" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4526"/>
           <w:tab w:val="left" w:pos="5300"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="835"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yes  </w:t>
+        <w:t>Yes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A593D3F" w14:textId="347E0DC2" w:rsidR="000A29FA" w:rsidRPr="007B52C3" w:rsidRDefault="000A29FA" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4526"/>
           <w:tab w:val="left" w:pos="5300"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="835"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E51169B" w14:textId="3E6879E4" w:rsidR="00E577AB" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="7E51169B" w14:textId="08FBDD22" w:rsidR="00E577AB" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B52C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If Yes, please fill in the </w:t>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="000A04EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="000A04EF" w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please fill in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">following fields in Section 2. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5942D5A2" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Legal guardian first name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F92A12B" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Legal guardian last name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D960667" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="6B01DA20" w14:textId="2224E82E" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Address</w:t>
+        <w:t>Legal guardian phone number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B3EDCF" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="027FA688" w14:textId="7AE971D6" w:rsidR="007B52C3" w:rsidRPr="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Legal guardian email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A99CA93" w14:textId="301DF676" w:rsidR="002A21F2" w:rsidRPr="007B52C3" w:rsidRDefault="002A21F2" w:rsidP="002A21F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4526"/>
+          <w:tab w:val="left" w:pos="5300"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does the </w:t>
+      </w:r>
+      <w:r w:rsidR="003C749D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>have a</w:t>
+      </w:r>
+      <w:r w:rsidR="00195319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>invoked health care proxy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?* </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FD2BDD" w14:textId="77777777" w:rsidR="002A21F2" w:rsidRPr="007B52C3" w:rsidRDefault="002A21F2" w:rsidP="002A21F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...12 lines deleted...]
-        <w:t>Address Line 1</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4526"/>
+          <w:tab w:val="left" w:pos="5300"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="835"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34FC6DCE" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="63889B8B" w14:textId="77777777" w:rsidR="002A21F2" w:rsidRPr="007B52C3" w:rsidRDefault="002A21F2" w:rsidP="002A21F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...12 lines deleted...]
-        <w:t>Address Line 2</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4526"/>
+          <w:tab w:val="left" w:pos="5300"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="835"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6470EF8B" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
-[...100 lines deleted...]
-    <w:p w14:paraId="6B01DA20" w14:textId="2224E82E" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="0AC410AC" w14:textId="78840BA4" w:rsidR="002A21F2" w:rsidRDefault="002A21F2" w:rsidP="002A21F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="000A04EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es, please fill in the </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Legal guardian phone number</w:t>
+        <w:t xml:space="preserve">following fields in Section 2. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027FA688" w14:textId="7AE971D6" w:rsidR="007B52C3" w:rsidRPr="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="1EC03C8D" w14:textId="5E658205" w:rsidR="002A21F2" w:rsidRDefault="002A21F2" w:rsidP="002A21F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Legal guardian email address</w:t>
+        <w:t>Invoked health care proxy first name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0995A068" w14:textId="77777777" w:rsidR="00E41E0E" w:rsidRDefault="00E41E0E" w:rsidP="00573C65">
+    <w:p w14:paraId="4FDFAB30" w14:textId="478C0F18" w:rsidR="002A21F2" w:rsidRDefault="002A21F2" w:rsidP="002A21F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Invoked health care proxy last name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B73298" w14:textId="42A11F73" w:rsidR="002A21F2" w:rsidRDefault="002A21F2" w:rsidP="002A21F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Invoked health care proxy phone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591CC91C" w14:textId="5FD49A87" w:rsidR="002A21F2" w:rsidRPr="007B52C3" w:rsidRDefault="002A21F2" w:rsidP="002A21F2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Invoked health care proxy email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B415DE5" w14:textId="77777777" w:rsidR="002878E9" w:rsidRDefault="002878E9" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07DD2243" w14:textId="6A0C6FF8" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="00573C65">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>3:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Who</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>filing</w:t>
+      <w:r w:rsidR="008B578E">
+        <w:t>filling</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>out</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>form?</w:t>
-      </w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28D89408" w14:textId="6F7C705C" w:rsidR="00732F62" w:rsidRDefault="00573C65" w:rsidP="006D4D75">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6479"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Submitter f</w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
@@ -6203,314 +6311,282 @@
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>name</w:t>
       </w:r>
       <w:r w:rsidR="00E41E0E">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5088F2" w14:textId="3983C3FF" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00573C65" w:rsidP="006D4D75">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6479"/>
         </w:tabs>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Submitter l</w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ast</w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00650511" w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>name</w:t>
       </w:r>
       <w:r w:rsidR="00E41E0E">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6303BE9E" w14:textId="23C6EBC0" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="006D4D75">
+    <w:p w14:paraId="6303BE9E" w14:textId="4C790CAC" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5639"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Relationship</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
+      <w:r w:rsidR="000A04EF">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00913A32">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>applicant*</w:t>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8AEA75" w14:textId="2BF70EC7" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="006D4D75">
+    <w:p w14:paraId="7D8AEA75" w14:textId="312F577E" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5639"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B040098" w14:textId="3FFEB851" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="006D4D75">
+    <w:p w14:paraId="4B040098" w14:textId="003C3D24" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t>Submitter</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7397973D" w14:textId="29F1D4F7" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="007B52C3">
-[...61 lines deleted...]
-    <w:p w14:paraId="274D66D1" w14:textId="3D83E3E5" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="274D66D1" w14:textId="3CCECC63" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4379"/>
           <w:tab w:val="left" w:pos="8699"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
+      <w:r w:rsidR="00FB7593">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1ECE125E" w14:textId="07CA8BB5" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="1ECE125E" w14:textId="3442767F" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4379"/>
           <w:tab w:val="left" w:pos="8699"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>State</w:t>
       </w:r>
+      <w:r w:rsidR="00FB7593">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="735E6294" w14:textId="005E451F" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="735E6294" w14:textId="72E23E33" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4379"/>
           <w:tab w:val="left" w:pos="8699"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t>ZIP</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> code</w:t>
       </w:r>
+      <w:r w:rsidR="00FB7593">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2E75B6AE" w14:textId="0022EAE3" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5639"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Submitter</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -6584,51 +6660,51 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>address*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A996064" w14:textId="617B4955" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="006D4D75">
+    <w:p w14:paraId="4A996064" w14:textId="5554FFFE" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="006D4D75">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Is</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -6723,89 +6799,82 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="66A177A4" w14:textId="23669078" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="702"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A7FC264" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="00650511" w:rsidP="00732F62">
+    <w:p w14:paraId="0A7FC264" w14:textId="54BBF0A8" w:rsidR="007B52C3" w:rsidRDefault="00650511" w:rsidP="00732F62">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="702"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Is</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D4D75">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00913A32">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the individual </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>aware</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
@@ -6887,101 +6956,95 @@
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4371B9AA" w14:textId="77777777" w:rsidR="00573C65" w:rsidRDefault="00573C65" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="702"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D3B51BC" w14:textId="77777777" w:rsidR="007B52C3" w:rsidRDefault="00650511" w:rsidP="00573C65">
+    <w:p w14:paraId="4D3B51BC" w14:textId="780BB35E" w:rsidR="007B52C3" w:rsidRDefault="00650511" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:t>4:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:t>Is</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D4D75">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00913A32">
+        <w:t xml:space="preserve">individual </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:t>already</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:t>working</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:spacing w:val="11"/>
@@ -7081,51 +7144,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EDA6CDD" w14:textId="0F131802" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="007B52C3">
+    <w:p w14:paraId="3EDA6CDD" w14:textId="72256359" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Agency</w:t>
       </w:r>
       <w:r w:rsidR="00B6171D">
         <w:rPr>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="007B52C3">
         <w:rPr>
           <w:i/>
@@ -7156,100 +7219,124 @@
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E97486" w14:textId="5D48B432" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Department of Developmental Services (DDS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F041252" w14:textId="76F2081D" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="2F041252" w14:textId="3FC373E1" w:rsidR="007B52C3" w:rsidRDefault="005D0FBA" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>Massachusetts Rehabilitation Commission (M</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E41E0E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B578E">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>R</w:t>
+        <w:t>MassAbility</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>C)</w:t>
+        <w:t xml:space="preserve"> (MBY)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="458E0C0B" w14:textId="0AD381D0" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
+    <w:p w14:paraId="458E0C0B" w14:textId="4AD3C854" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t xml:space="preserve">Executive Office of Elder Affairs (EOEA) or Aging Services </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF595D">
+        <w:t xml:space="preserve">Executive </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0FBA">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Office of Aging &amp; Independence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0FBA">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>AGE)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Aging Services </w:t>
+      </w:r>
+      <w:r w:rsidR="0027167B">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Access</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> Point (ASAP</w:t>
       </w:r>
       <w:r w:rsidR="00E41E0E">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E35968" w14:textId="3A9B24A3" w:rsidR="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
@@ -7287,51 +7374,51 @@
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6589BA3B" w14:textId="4F252BF6" w:rsidR="007B52C3" w:rsidRPr="006D4D75" w:rsidRDefault="007B52C3" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Unknown</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEDB9BB" w14:textId="1F725AF3" w:rsidR="00EC52E4" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="00732F62">
+    <w:p w14:paraId="7AEDB9BB" w14:textId="6F26B5C8" w:rsidR="00EC52E4" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="00732F62">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6939"/>
           <w:tab w:val="left" w:pos="7269"/>
           <w:tab w:val="left" w:pos="10899"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="51"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Agency Contact Name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E6FB95B" w14:textId="5BC741B9" w:rsidR="00732F62" w:rsidRDefault="00650511" w:rsidP="007B52C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
@@ -7403,339 +7490,155 @@
           <w:color w:val="231F20"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393043FF" w14:textId="77777777" w:rsidR="005F1BCC" w:rsidRDefault="005F1BCC" w:rsidP="00732F62">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10899"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077FE681" w14:textId="214F698B" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="00732F62">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="5E361A1F" w14:textId="06809115" w:rsidR="007B52C3" w:rsidRPr="007B52C3" w:rsidRDefault="007B52C3" w:rsidP="005F1BCC">
+      <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="231F20"/>
-          <w:spacing w:val="12"/>
-[...5 lines deleted...]
-          <w:spacing w:val="-8"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Agency</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D4D75">
-[...25 lines deleted...]
-        <w:t>Address</w:t>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1BCC">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ontact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1BCC">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B52C3">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>hone</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50BA9A89" w14:textId="77777777" w:rsidR="00E577AB" w:rsidRPr="006D4D75" w:rsidRDefault="00650511" w:rsidP="007B52C3">
-[...194 lines deleted...]
-    <w:p w14:paraId="790289B4" w14:textId="2B40FAEE" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="005F1BCC">
+    <w:p w14:paraId="790289B4" w14:textId="7F52481D" w:rsidR="00E577AB" w:rsidRDefault="00650511" w:rsidP="005F1BCC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2338"/>
           <w:tab w:val="left" w:pos="5418"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="436" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">Agency </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7D90">
-[...3 lines deleted...]
-        <w:t>C</w:t>
+      <w:r w:rsidR="005F1BCC">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">ontact </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7D90">
-[...3 lines deleted...]
-        <w:t>E</w:t>
+      <w:r w:rsidR="005F1BCC">
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4D75">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B0E830" w14:textId="76E74A9C" w:rsidR="003A4015" w:rsidRDefault="003A4015" w:rsidP="003A4015">
+    <w:p w14:paraId="24B0E830" w14:textId="12A5883C" w:rsidR="003A4015" w:rsidRDefault="003A4015" w:rsidP="003A4015">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">To submit this Referral Form </w:t>
       </w:r>
       <w:r w:rsidRPr="009A78A2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">to the MFP </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="009A78A2">
@@ -7768,400 +7671,275 @@
         </w:rPr>
         <w:t>to the MFP Project Office</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00982369">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>MFP@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>. The Subject line should be MFP Demo Referral.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C848CA" w14:textId="77777777" w:rsidR="003A4015" w:rsidRDefault="003A4015" w:rsidP="003A4015">
+    <w:p w14:paraId="31C848CA" w14:textId="1A80E31B" w:rsidR="003A4015" w:rsidRDefault="003A4015" w:rsidP="003A4015">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note: If you are a state agency or organization sending on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A04EF">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+        </w:rPr>
+        <w:t>, be sure to send the email securely and in compliance with any applicable privacy laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2BA204" w14:textId="77777777" w:rsidR="00735301" w:rsidRDefault="00735301" w:rsidP="003A4015">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38F09B3B" w14:textId="35874B3B" w:rsidR="00735301" w:rsidRDefault="00735301" w:rsidP="003A4015">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...162 lines deleted...]
-        <w:t>This document was developed under grant CFDA 93.791 from the U.S. Department of Health and Human Services, Centers for Medicare &amp; Medicaid Services. The contents do not necessarily represent the policy of the U.S. Department of Health and Human Services, and you should not assume endorsement by the federal government.</w:t>
+      <w:r w:rsidRPr="00735301">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>This document was developed under grant CFDA 93.791 from the U.S. Department of Health and Human Services, Centers for Medicare &amp; Medicaid Services. The contents do not necessarily represent the policy of the U.S. Department of Health and Human Services, and you should not assume endorsement by the federal government</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B00E7A" w14:textId="77777777" w:rsidR="00BF2528" w:rsidRDefault="00BF2528" w:rsidP="003A4015">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2338"/>
           <w:tab w:val="left" w:pos="5418"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="436" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44E514FC" w14:textId="40B759A4" w:rsidR="007B52C3" w:rsidRPr="00573C65" w:rsidRDefault="007B52C3" w:rsidP="00573C65">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00573C65">
         <w:t>End of Form</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007B52C3" w:rsidRPr="00573C65" w:rsidSect="00407134">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F109D66" w14:textId="77777777" w:rsidR="002D09EE" w:rsidRDefault="002D09EE" w:rsidP="00BE446B">
+    <w:p w14:paraId="004EA582" w14:textId="77777777" w:rsidR="007D3EAF" w:rsidRDefault="007D3EAF" w:rsidP="00BE446B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56C1E2EA" w14:textId="77777777" w:rsidR="002D09EE" w:rsidRDefault="002D09EE" w:rsidP="00BE446B">
+    <w:p w14:paraId="25D56736" w14:textId="77777777" w:rsidR="007D3EAF" w:rsidRDefault="007D3EAF" w:rsidP="00BE446B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E7D4F78" w14:textId="1F19F337" w:rsidR="00BE446B" w:rsidRPr="00BE446B" w:rsidRDefault="00BE446B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E7D4F78" w14:textId="7B64531E" w:rsidR="00BE446B" w:rsidRPr="00BE446B" w:rsidRDefault="00BE446B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BE446B">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>MFP-RF 0</w:t>
+      <w:t>MFP-RF (</w:t>
     </w:r>
-    <w:r w:rsidR="00670CE7">
+    <w:r w:rsidR="00BB1A80">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>10/25</w:t>
     </w:r>
     <w:r w:rsidRPr="00BE446B">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>23</w:t>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E69A3D6" w14:textId="77777777" w:rsidR="002D09EE" w:rsidRDefault="002D09EE" w:rsidP="00BE446B">
+    <w:p w14:paraId="7FF0744D" w14:textId="77777777" w:rsidR="007D3EAF" w:rsidRDefault="007D3EAF" w:rsidP="00BE446B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CE70A9C" w14:textId="77777777" w:rsidR="002D09EE" w:rsidRDefault="002D09EE" w:rsidP="00BE446B">
+    <w:p w14:paraId="1AA7002B" w14:textId="77777777" w:rsidR="007D3EAF" w:rsidRDefault="007D3EAF" w:rsidP="00BE446B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058C0B11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89808D78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9630,150 +9408,203 @@
   <w:num w:numId="7" w16cid:durableId="1087926929">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="783497989">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="208297297">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="578099669">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2063819448">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1782803133">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1438990176">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E577AB"/>
     <w:rsid w:val="00050087"/>
-    <w:rsid w:val="000761B3"/>
+    <w:rsid w:val="000766CB"/>
+    <w:rsid w:val="000A04EF"/>
     <w:rsid w:val="000A29FA"/>
+    <w:rsid w:val="00111589"/>
+    <w:rsid w:val="00113DE7"/>
+    <w:rsid w:val="001460C7"/>
+    <w:rsid w:val="00195319"/>
+    <w:rsid w:val="002150B9"/>
     <w:rsid w:val="00215192"/>
-    <w:rsid w:val="002D09EE"/>
+    <w:rsid w:val="00253157"/>
+    <w:rsid w:val="0027167B"/>
+    <w:rsid w:val="00271F46"/>
+    <w:rsid w:val="00284E86"/>
+    <w:rsid w:val="002878E9"/>
+    <w:rsid w:val="002A21F2"/>
     <w:rsid w:val="003A4015"/>
+    <w:rsid w:val="003C749D"/>
     <w:rsid w:val="00407134"/>
-    <w:rsid w:val="0047584F"/>
+    <w:rsid w:val="00411FED"/>
+    <w:rsid w:val="00423DBE"/>
     <w:rsid w:val="004976B5"/>
+    <w:rsid w:val="004C23F7"/>
     <w:rsid w:val="00523DD7"/>
+    <w:rsid w:val="00571C81"/>
     <w:rsid w:val="00573C65"/>
-    <w:rsid w:val="00575FD0"/>
+    <w:rsid w:val="005901FE"/>
+    <w:rsid w:val="005B5955"/>
+    <w:rsid w:val="005D0FBA"/>
+    <w:rsid w:val="005E3BA1"/>
+    <w:rsid w:val="005E7DBD"/>
+    <w:rsid w:val="005F10CE"/>
     <w:rsid w:val="005F1BCC"/>
+    <w:rsid w:val="005F5C3F"/>
     <w:rsid w:val="00605ECC"/>
     <w:rsid w:val="00650511"/>
-    <w:rsid w:val="00670CE7"/>
+    <w:rsid w:val="0066592F"/>
+    <w:rsid w:val="00666C99"/>
     <w:rsid w:val="006D4D75"/>
+    <w:rsid w:val="006E7960"/>
     <w:rsid w:val="00724788"/>
     <w:rsid w:val="00732F62"/>
+    <w:rsid w:val="00735301"/>
+    <w:rsid w:val="007928A0"/>
     <w:rsid w:val="007B52C3"/>
+    <w:rsid w:val="007D3EAF"/>
+    <w:rsid w:val="007E1109"/>
+    <w:rsid w:val="008055DB"/>
     <w:rsid w:val="00813D8E"/>
+    <w:rsid w:val="00814318"/>
+    <w:rsid w:val="008238E3"/>
+    <w:rsid w:val="008B578E"/>
+    <w:rsid w:val="00913A32"/>
+    <w:rsid w:val="009145C6"/>
     <w:rsid w:val="009A1E53"/>
-    <w:rsid w:val="009D5066"/>
+    <w:rsid w:val="00A277EB"/>
+    <w:rsid w:val="00A35247"/>
+    <w:rsid w:val="00A90A63"/>
     <w:rsid w:val="00A942B4"/>
     <w:rsid w:val="00AC4487"/>
     <w:rsid w:val="00AD41C3"/>
+    <w:rsid w:val="00AF0869"/>
+    <w:rsid w:val="00AF0E71"/>
     <w:rsid w:val="00AF7CB8"/>
+    <w:rsid w:val="00B56F94"/>
     <w:rsid w:val="00B6171D"/>
+    <w:rsid w:val="00BA1AB5"/>
+    <w:rsid w:val="00BB1A80"/>
+    <w:rsid w:val="00BD0A31"/>
+    <w:rsid w:val="00BE4146"/>
     <w:rsid w:val="00BE446B"/>
     <w:rsid w:val="00BF2528"/>
     <w:rsid w:val="00C44833"/>
+    <w:rsid w:val="00C61C3E"/>
     <w:rsid w:val="00C65D4C"/>
     <w:rsid w:val="00C824E3"/>
-    <w:rsid w:val="00CD7D90"/>
-    <w:rsid w:val="00CF595D"/>
+    <w:rsid w:val="00CE2ABE"/>
     <w:rsid w:val="00D06DA5"/>
+    <w:rsid w:val="00D13497"/>
     <w:rsid w:val="00D33761"/>
+    <w:rsid w:val="00D44967"/>
+    <w:rsid w:val="00D836E9"/>
     <w:rsid w:val="00DB3D5D"/>
+    <w:rsid w:val="00DC1455"/>
     <w:rsid w:val="00DC2D7D"/>
+    <w:rsid w:val="00DE7D9E"/>
+    <w:rsid w:val="00DF7B0C"/>
+    <w:rsid w:val="00E353F8"/>
     <w:rsid w:val="00E41E0E"/>
     <w:rsid w:val="00E577AB"/>
     <w:rsid w:val="00EC52E4"/>
+    <w:rsid w:val="00EE3968"/>
     <w:rsid w:val="00F96A14"/>
     <w:rsid w:val="00FB23DD"/>
+    <w:rsid w:val="00FB7593"/>
+    <w:rsid w:val="00FE6ADA"/>
+    <w:rsid w:val="1363CBBF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="181D3831"/>
   <w15:docId w15:val="{5CF08E4B-2E48-419B-81B7-E803E29DDD39}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10405,51 +10236,51 @@
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00732F62"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="003A4015"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MFP@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -10708,101 +10539,145 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="216a08ac-7e03-4f5f-979c-3bffbd85bc1b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010060E57BFBB4685F488F99CA37B05AADBE" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bb9e0b07896ae7e1e02b893c0a064e10">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="216a08ac-7e03-4f5f-979c-3bffbd85bc1b" xmlns:ns3="2f03ae36-b6f2-441e-9a77-c4a72761777b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="608952718ee3620b242fb85ff150dbd7" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010060E57BFBB4685F488F99CA37B05AADBE" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d37b906faa0c204091d9ef641d77c866">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="216a08ac-7e03-4f5f-979c-3bffbd85bc1b" xmlns:ns3="2f03ae36-b6f2-441e-9a77-c4a72761777b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="11f47b2c3b57720b2f724fa33330faf7" ns2:_="" ns3:_="">
     <xsd:import namespace="216a08ac-7e03-4f5f-979c-3bffbd85bc1b"/>
     <xsd:import namespace="2f03ae36-b6f2-441e-9a77-c4a72761777b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="216a08ac-7e03-4f5f-979c-3bffbd85bc1b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2f03ae36-b6f2-441e-9a77-c4a72761777b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -10894,125 +10769,135 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE4AD334-C89F-4E1A-958E-B571499AF59E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="216a08ac-7e03-4f5f-979c-3bffbd85bc1b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40BB319F-EB91-4395-B727-E1EFD258C1C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{679A94FB-1BA4-478E-9C5C-BDDE3E76F5F3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7823F800-B5A2-45D0-9391-3DEABDBB514E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="216a08ac-7e03-4f5f-979c-3bffbd85bc1b"/>
     <ds:schemaRef ds:uri="2f03ae36-b6f2-441e-9a77-c4a72761777b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>472</Words>
-  <Characters>2694</Characters>
+  <Words>496</Words>
+  <Characters>2831</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3160</CharactersWithSpaces>
+  <CharactersWithSpaces>3321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Crystal, Malcolm (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-05-31T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 18.2 (Windows)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2023-06-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Adobe PDF Library 17.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x01010060E57BFBB4685F488F99CA37B05AADBE</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>