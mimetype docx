--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,4593 +1,2888 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="23566E16" w14:textId="77777777" w:rsidR="00794DA2" w:rsidRPr="00794DA2" w:rsidRDefault="00794DA2" w:rsidP="00794DA2">
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5E8FDAE0" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="10"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
-          <w:kern w:val="28"/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...9 lines deleted...]
-          <w:kern w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">REQUESTING YOUR IMMUNIZATION RECORD  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCC9E7D" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="41"/>
+        <w:ind w:left="85"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
-[...42 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E8F673" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="103" w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
         <w:t>NOTE:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00794DA2">
-[...54 lines deleted...]
-        <w:r w:rsidRPr="00794DA2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Before beginning this process, it may be faster to request a copy of your immunization record electronically via the My Vax Records Patient Portal or from your current healthcare provider. If that is not possible, please read this information and complete the form below to request a paper copy of your immunization record, including your record of COVID-19 vaccination.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F43A033" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="103" w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To obtain a copy of your immunization record, we use the Massachusetts Immunization Information System (MIIS), a web-based system that keeps track of all immunizations that healthcare providers administer to children and adults in Massachusetts. The system was established in 2011 and is operated by the Massachusetts Department of Public Health (MDPH) according to state law </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>(</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId6">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
-            <w:kern w:val="0"/>
-[...1 lines deleted...]
-            <w14:ligatures w14:val="none"/>
+            <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>M.G.L c. 111, Section 24M</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00794DA2">
-[...26 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:hyperlink r:id="rId7">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20659946" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="89" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
         <w:t>All individual information in the MIIS is kept confidential in accordance with applicable law.</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382E6636" w14:textId="19C77D21" w:rsidR="002856D1" w:rsidRPr="002856D1" w:rsidRDefault="002856D1">
+      <w:pPr>
+        <w:spacing w:after="89" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002856D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>To obtain your Immunization Certificate from MDPH, please submit the following and we will make every effort to respond within 10 business day</w:t>
+      </w:r>
+      <w:r w:rsidR="003004A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF72A1C" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
-[...35 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:after="218" w:line="237" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>An Immunization Record Request Form, fully completed and signed and notarized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1775B8" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:after="103" w:line="237" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A photocopy of your driver’s license, or other state-issued ID, with the license number shielded or removed </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0C164A" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:after="103" w:line="237" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have experienced a name change in the last 10 years, please submit proof of legal name change </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C01E3A" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
-[...48 lines deleted...]
-          <w:kern w:val="28"/>
+        <w:spacing w:after="103" w:line="237" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If your new address is not reflected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your ID, please submit proof of your new address (e.g. a copy of a utility bill)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55546EF6" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="81"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2331AFAE" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Immunization Certificate generated from the MIIS may or may not be a complete representation of the most current immunization status. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">According to Massachusetts state law, healthcare providers and other licensed professionals must report administered vaccinations to the state; however, it is possible your provider has not yet: a) been registered to use the system; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>or,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> b) entered complete immunization history into the system. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Therefore, MDPH may be unable to provide you with an Immunization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Certificate or may only be able to provide you with a partial record</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. In this case, you will have to contact your healthcare provider to obtain your immunization records.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">According to Massachusetts state law, healthcare providers and other licensed professionals must report administered vaccinations to the state; however, it is possible your provider has not yet: a) been registered to use the system; </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442D77A8" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="43"/>
+        <w:ind w:left="68"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5452E2" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="8" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please return the completed paperwork to MDPH by mail or fax: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FC5C55" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="45"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6ECD24" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="10" w:line="268" w:lineRule="auto"/>
+        <w:ind w:left="1235" w:right="1211" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">My Vax Records </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C0DAFB" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="10" w:line="268" w:lineRule="auto"/>
+        <w:ind w:left="1235" w:right="1214" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts Immunization Information System (MIIS) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9DD323" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="10" w:line="268" w:lineRule="auto"/>
+        <w:ind w:left="1235" w:right="1150" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts Department of Public Health, Immunization Division 305 South Street, Jamaica Plain, MA 02130 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B9943F" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="74"/>
+        <w:ind w:left="68"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05790703" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="23"/>
+        <w:ind w:left="12"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>FAX</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">857-323-8321 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0EB491" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="67"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4231D42D" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="11"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>DO NOT SUBMIT VIA EMAIL – MIIS EMAIL IS NOT SECURE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA5905A" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">MDPH Immunization Record Request </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Page 1 of 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469F838B" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="103"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708643D5" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Immunization Record Request Form  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E54880" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F5496"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1B35BD" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>Record</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being requested:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>This information is necessary to ensure the identity of the individual whose record is being requested (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>you, your child, or individual over whom you have legal authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE941F7" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4194844F" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>NAME:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A4B3E5" w14:textId="33144134" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="1"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________________________________________________________       </w:t>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LAST </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">FIRST </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">MIDDLE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E96594B" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="6"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4856D953" w14:textId="77777777" w:rsidR="002856D1" w:rsidRDefault="002E7753" w:rsidP="002856D1">
+      <w:pPr>
+        <w:spacing w:after="1"/>
+        <w:ind w:left="10" w:right="568" w:hanging="10"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DATE OF BIRTH:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _ _/_ _/_ _ _ _ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GENDER: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PHONE NUMBER: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EC6AE3" w14:textId="52372049" w:rsidR="005B6DD3" w:rsidRDefault="002856D1" w:rsidP="002856D1">
+      <w:pPr>
+        <w:spacing w:after="1"/>
+        <w:ind w:left="10" w:right="568" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>M/DD</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>/YYYY</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CD5BBD" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="7"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314509E6" w14:textId="088DBDA5" w:rsidR="005B6DD3" w:rsidRPr="002856D1" w:rsidRDefault="002E7753" w:rsidP="002856D1">
+      <w:pPr>
+        <w:spacing w:after="1"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>ADDRESS:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> STREET </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">CITY </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">STATE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ZIPCODE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409984C9" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42011DC8" w14:textId="77777777" w:rsidR="002856D1" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="-5"/>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">MOTHERS MAIDEN NAME: </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">_____________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C87F0C1" w14:textId="4FD43C9E" w:rsidR="005B6DD3" w:rsidRDefault="002856D1" w:rsidP="002856D1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="-5" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:t xml:space="preserve">IF AVAILABLE FOR INDIVIDUAL YOUNGER THAN 18 YEARS OF AGE </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662BFEDE" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DD73EC" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="79"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>Requestor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the record:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This information is necessary to ensure the individual/agency has the legal authority to complete this record request. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB50672" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="165"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC4F17E" w14:textId="342C56D4" w:rsidR="005B6DD3" w:rsidRDefault="002856D1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002856D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Requestor same as above </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Signature of Requestor</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>, otherwise complete section below.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677163CF" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="31"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040EF1C4" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>NAME:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2667A62B" w14:textId="77777777" w:rsidR="002856D1" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="38"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________________________________________________                </w:t>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5D9F74" w14:textId="267DDB61" w:rsidR="005B6DD3" w:rsidRDefault="002856D1">
+      <w:pPr>
+        <w:spacing w:after="38"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LAST </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">FIRST </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">MIDDLE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBB0845" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="19"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283924D2" w14:textId="08EDFE5A" w:rsidR="005B6DD3" w:rsidRDefault="002E7753" w:rsidP="002856D1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ADDRESS:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> _______________________________________________________________________________________________________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00794DA2">
-[...5 lines deleted...]
-        <w:t>or,</w:t>
+      <w:r>
+        <w:t xml:space="preserve">_  </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00794DA2">
-[...51 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">STREET </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">CITY </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">STATE </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">ZIPCODE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33465964" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="128"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE027A6" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="140"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PHONE NUMBER: ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5DC85F" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="81"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EDCBFC6" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="238"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I authorize the Massachusetts Department of Public Health to release the requested record to:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B5F1E9" w14:textId="2841A933" w:rsidR="005B6DD3" w:rsidRDefault="002856D1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="2875"/>
+          <w:tab w:val="center" w:pos="5884"/>
+          <w:tab w:val="center" w:pos="7994"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-15"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002856D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SELF </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002856D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HEALTHCARE PROVIDER </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002856D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>SCHOOL</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002856D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OTHER </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400E4F76" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="53"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>AGENCY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000B3737" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="83"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AGENCY NAME: ____________________________________________________________________ VIA FAX: _________________________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4951E82F" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="47"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AGENCY PHONE: _________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66453D8C" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>VIA MAIL:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759E5BDB" w14:textId="77777777" w:rsidR="002856D1" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="1"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________________________________________________  </w:t>
+      </w:r>
+      <w:r w:rsidR="002856D1">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09570F9C" w14:textId="5736EA0D" w:rsidR="005B6DD3" w:rsidRDefault="002856D1">
+      <w:pPr>
+        <w:spacing w:after="1"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> STREET </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">CITY </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">STATE </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7753">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ZIPCODE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD1A3A5" w14:textId="492696B7" w:rsidR="005B6DD3" w:rsidRDefault="002E7753" w:rsidP="002856D1">
+      <w:pPr>
+        <w:spacing w:after="129"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:i/>
-          <w:iCs/>
-[...191 lines deleted...]
-          <w:kern w:val="28"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7FAAB7" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">MDPH Immunization Record Request </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Page 2 of 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C4E3AE" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="84"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665F62B3" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="98" w:line="241" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I authorize the Massachusetts Department of Public Health to release confirmation of record processing to the following: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745A5AB8" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="79"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: ________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4957420C" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="81"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338DB448" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="79"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you do not have access to an email, you may request confirmation via Fax or Phone: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E49F38A" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="81"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5610D69D" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="79"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fax: ____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F062AF0" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="81"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AAA143B" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="48"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phone: __________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D6C325" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="179"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F09469E" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="179"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">SIGNATURE: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DATE:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E715FC" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39431E51" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="11"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>Signature of Requestor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>I am requesting my own record, or I am the parent, guardian, or other person authorized to act for the person whose record I am requesting.  I certify under the penalties of perjury that the information I am providing to request the identified immunization record is true to the best of my knowledge.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...337 lines deleted...]
-        <w:sectPr w:rsidR="00794DA2" w:rsidRPr="00794DA2">
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093DB4C1" w14:textId="5C898C30" w:rsidR="005B6DD3" w:rsidRDefault="002E7753" w:rsidP="002856D1">
+      <w:pPr>
+        <w:spacing w:after="179"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6203C8F5" w14:textId="77777777" w:rsidR="002856D1" w:rsidRDefault="002856D1" w:rsidP="002856D1">
+      <w:pPr>
+        <w:spacing w:after="179"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F4C0098" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Verification: To be completed by a certified notary public </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BF8EB3" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="005B6DD3">
+      <w:pPr>
+        <w:sectPr w:rsidR="005B6DD3">
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
+          <w:pgMar w:top="1496" w:right="1451" w:bottom="1748" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48FE248E" w14:textId="77777777" w:rsidR="00794DA2" w:rsidRPr="00794DA2" w:rsidRDefault="00794DA2" w:rsidP="00794DA2">
-[...653 lines deleted...]
-        <w:spacing w:after="0" w:line="223" w:lineRule="auto"/>
+    <w:p w14:paraId="6CD24DCE" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...1368 lines deleted...]
-        <w:widowControl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AFFBD70" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20135738" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2105B78B" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="4" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STATE OF _____________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735F0BD0" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:pos="4680"/>
-          <w:tab w:val="right" w:pos="9360"/>
+          <w:tab w:val="center" w:pos="2881"/>
+          <w:tab w:val="center" w:pos="3601"/>
         </w:tabs>
-        <w:overflowPunct w:val="0"/>
-[...1167 lines deleted...]
-    <w:sectPr w:rsidR="00594634" w:rsidSect="00794DA2">
+        <w:spacing w:after="4" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-15"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________ County, ss.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20550CDF" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DB8679" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="4" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:right="498" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On this ____ day of ___________, 20___,  before me, the undersigned notary public,  personally appeared ________________________________  proved to me through satisfactory evidence of identification, which were </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C2CA63" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="4" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________, to be the person whose name is signed on this document in my presence. And has produced documentation to confirm legal authority if requesting on behalf of another person. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDB30AD" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE7284E" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3201E871" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223EA61C" w14:textId="76A1B377" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7180A7E7" w14:textId="0EE52D47" w:rsidR="005B6DD3" w:rsidRDefault="002E7753" w:rsidP="002856D1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0648AF" w14:textId="1C9F736D" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OFFICIAL SIGNATURE AND SEAL OF NOTARY: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121F2FE1" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517C7718" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF1C1F1" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA9F573" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1239E76A" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526F8E8B" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBC5DD0" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0167BCF3" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C8553A" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="4" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377A4639" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="4" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notary Public  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E4C7DD" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD44AFE" w14:textId="77777777" w:rsidR="005B6DD3" w:rsidRDefault="002E7753">
+      <w:pPr>
+        <w:spacing w:after="4" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C815BD3" w14:textId="5441CDAF" w:rsidR="005B6DD3" w:rsidRDefault="002E7753" w:rsidP="002856D1">
+      <w:pPr>
+        <w:spacing w:after="4" w:line="250" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commission #                        My commission expires </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005B6DD3">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:top="1440" w:right="1638" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:num="2" w:space="688"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...23 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="011E009C"/>
+    <w:nsid w:val="762253F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4CC6CCD8"/>
-    <w:lvl w:ilvl="0" w:tplc="A9E8D410">
+    <w:tmpl w:val="6C102EFA"/>
+    <w:lvl w:ilvl="0" w:tplc="B81A4662">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="B17A36D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005">
+    <w:lvl w:ilvl="2" w:tplc="8BAE2C8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="1800"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001">
+    <w:lvl w:ilvl="3" w:tplc="0BF8A8D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2520"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003">
+    <w:lvl w:ilvl="4" w:tplc="EFBE0164">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005">
+    <w:lvl w:ilvl="5" w:tplc="CD16658C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="3960"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001">
+    <w:lvl w:ilvl="6" w:tplc="3B30F266">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="4680"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003">
+    <w:lvl w:ilvl="7" w:tplc="DDA6C66E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5400"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005">
+    <w:lvl w:ilvl="8" w:tplc="E1948F42">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
+        <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1422531789">
+  <w:num w:numId="1" w16cid:durableId="1754350695">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00794DA2"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00EC4454"/>
+    <w:rsidRoot w:val="005B6DD3"/>
+    <w:rsid w:val="002856D1"/>
+    <w:rsid w:val="002E7753"/>
+    <w:rsid w:val="003004A7"/>
+    <w:rsid w:val="005B6DD3"/>
+    <w:rsid w:val="00682F3E"/>
+    <w:rsid w:val="009C586E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6573D620"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{EA3A26C2-EB12-4B8A-BA60-B416510D2D4E}"/>
+  <w14:docId w14:val="0BBF2E17"/>
+  <w15:docId w15:val="{C17A3337-9C43-4910-9304-FC30BEEFC792}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4928,655 +3223,153 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00794DA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="10" w:hanging="10"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="2F5496"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00794DA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:after="1" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="10" w:hanging="10"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...157 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00794DA2"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="2F5496"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00794DA2"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="16"/>
     </w:rPr>
-  </w:style>
-[...322 lines deleted...]
-    <w:rsid w:val="0053512A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...17 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/mass-general-laws-c111-ss-24m" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/mass-general-laws-c111-ss-24m" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/mass-general-laws-c111-ss-24m" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/mass-general-laws-c111-ss-24m" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5633,51 +3426,51 @@
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -5741,65 +3534,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -5820,422 +3613,103 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
-</file>
-[...325 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>913</Words>
-  <Characters>5206</Characters>
+  <Words>1009</Words>
+  <Characters>5756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6107</CharactersWithSpaces>
+  <CharactersWithSpaces>6752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hakala, Jeanne (DPH)</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>